--- v0 (2025-12-20)
+++ v1 (2026-03-14)
@@ -1,50 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2E669B6F" w14:textId="3D417FCE" w:rsidR="00CC1355" w:rsidRPr="004A37FD" w:rsidRDefault="006E4106" w:rsidP="005D57EE">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="0038459B">
         <w:t xml:space="preserve">ome and Living </w:t>
       </w:r>
       <w:r w:rsidR="00D0222A">
@@ -75,363 +82,345 @@
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Parties</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7497418C" w14:textId="77777777" w:rsidR="00B2671E" w:rsidRPr="00B2671E" w:rsidRDefault="00B2671E" w:rsidP="00B2671E"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2408"/>
         <w:gridCol w:w="6602"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="1CEF144D" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="1CEF144D" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71E715F7" w14:textId="1E81CCD0" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="71E715F7" w14:textId="0E8B1B52" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participant</w:t>
             </w:r>
             <w:r w:rsidR="000E2AA5">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4942A635" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="4942A635" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:pStyle w:val="Participant"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Participant"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Participant"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="2E276C18" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="2E276C18" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1AEA87AC" w14:textId="6A6E9C5F" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="1AEA87AC" w14:textId="4E7A21E7" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Participant </w:t>
             </w:r>
             <w:r w:rsidR="000E2AA5">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Number</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32637FB7" w14:textId="18777460" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="32637FB7" w14:textId="18777460" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:pStyle w:val="ParticipantID"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ParticipantID"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="ParticipantID"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="27D7F1B5" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="27D7F1B5" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="396A9BAD" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="396A9BAD" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>And</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49E31636" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="49E31636" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="0CD8B6F9" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="0CD8B6F9" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2260694C" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="2260694C" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Service </w:t>
             </w:r>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67B45974" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="67B45974" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -492,93 +481,93 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w14:paraId="7B44AF10" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w14:paraId="7B44AF10" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04E230B3" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="04E230B3" w14:textId="3B48A219" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Address:</w:t>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="747302F0" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="747302F0" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -635,93 +624,93 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w14:paraId="684BFC23" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w14:paraId="684BFC23" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14FCFF03" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="14FCFF03" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NDIS Registration Status</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48CFD5DB" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="48CFD5DB" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -778,111 +767,111 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w14:paraId="7DBB2D97" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w14:paraId="7DBB2D97" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4614B2CA" w14:textId="447DD043" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="4614B2CA" w14:textId="35C6C46E" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">NDIS Provider </w:t>
             </w:r>
             <w:r w:rsidR="000E2AA5">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (where applicable):</w:t>
+              <w:t xml:space="preserve"> (where applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="231BD4B0" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="231BD4B0" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -939,93 +928,93 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w14:paraId="09BFFC6F" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w14:paraId="09BFFC6F" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10D0E8E7" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="10D0E8E7" w14:textId="6FCB2256" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ABN:</w:t>
+              <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3983A0E3" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="3983A0E3" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -1082,111 +1071,102 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w14:paraId="75704E0D" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w14:paraId="75704E0D" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2543EB3E" w14:textId="3B428A42" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="2543EB3E" w14:textId="0292CE9E" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Document </w:t>
             </w:r>
             <w:r w:rsidR="000E2AA5">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Number</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39A476DA" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="39A476DA" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -1243,167 +1223,167 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="5FB739D1" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="5FB739D1" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="706F4626" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="706F4626" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>For</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77E322B4" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="77E322B4" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="741341B4" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w14:paraId="741341B4" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1331EC75" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="1331EC75" w14:textId="4E9FBD95" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Service</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/s</w:t>
             </w:r>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D48FCB2" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="004D4135">
+          <w:p w14:paraId="7D48FCB2" w14:textId="77777777" w:rsidR="00FC05D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC05D8" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -1475,52 +1455,53 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11A78A4D" w14:textId="77777777" w:rsidR="004D5569" w:rsidRDefault="004D5569" w:rsidP="004D5569"/>
     <w:p w14:paraId="1D19FA86" w14:textId="2698148F" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="0026436F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2F37BD" w14:textId="77777777" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="0026436F"/>
-    <w:p w14:paraId="2C6C48B4" w14:textId="32FBBB2B" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="0026436F">
+    <w:p w14:paraId="2C6C48B4" w14:textId="4FEAAD7E" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="005F5669">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1599,508 +1580,544 @@
         <w:t xml:space="preserve">a plan under the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="003970C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003C02D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="009137E0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003C02D4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The plan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> includes a statement of participant supports. </w:t>
+        <w:t xml:space="preserve"> includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFDEF8C" w14:textId="77777777" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="0026436F">
+    <w:p w14:paraId="6999344C" w14:textId="393E3698" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="005F5669">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been appointed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State Administrative Tribunal of Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6999344C" w14:textId="393E3698" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="0026436F">
+    <w:p w14:paraId="0BC2C4D2" w14:textId="396BCAFB" w:rsidR="0026436F" w:rsidRPr="0065052B" w:rsidRDefault="0026436F" w:rsidP="005F5669">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">B. The </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve">C. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> represents that it has the skills, expertise and experience necessary to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which will be funded through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="003970C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provisions</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF45C8" w14:textId="706EB1B8" w:rsidR="00916EDF" w:rsidRPr="006F6AC9" w:rsidRDefault="00916EDF" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. The </w:t>
+      </w:r>
+      <w:r w:rsidR="005B039A" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> as </w:t>
+      <w:r w:rsidR="005B039A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1DFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005B039A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
+      <w:r w:rsidR="00A36BEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36BEE" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hereunder</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1DFA" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wishes to engage the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3581">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has agreed to be so engaged. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEE8B62" w14:textId="77777777" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="0026436F">
+    <w:p w14:paraId="1C4BEEB5" w14:textId="1830232B" w:rsidR="001766B9" w:rsidRDefault="00916EDF" w:rsidP="005F5669">
       <w:pPr>
-        <w:rPr>
-[...315 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">E. This </w:t>
       </w:r>
       <w:r w:rsidR="002A247C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -2155,255 +2172,253 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FBBDC90" w14:textId="77777777" w:rsidR="001766B9" w:rsidRDefault="001766B9" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="001766B9" w:rsidSect="007361C0">
-          <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301C0B99" w14:textId="0C7D792C" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="006F6AC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>AGREED TERMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7434B824" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
-    <w:p w14:paraId="1C6B4BA1" w14:textId="1DB3F897" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="00260D9E" w:rsidP="005D17D8">
+    <w:p w14:paraId="1C6B4BA1" w14:textId="6D861151" w:rsidR="005D17D8" w:rsidRPr="0065052B" w:rsidRDefault="00260D9E" w:rsidP="005D17D8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="005D17D8">
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E4AA9">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D17D8" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Definitions and interpretation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>1.1 Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2735D0E6" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
-    <w:p w14:paraId="78368CD5" w14:textId="2DE03581" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="78368CD5" w14:textId="2DE03581" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless expressed or implied to the contrary: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A02434" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="27326E8D" w14:textId="77777777" w:rsidR="00694E1D" w:rsidRPr="00CD66EC" w:rsidRDefault="00694E1D" w:rsidP="005F5669">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD66EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Board and Lodgings Agreement </w:t>
       </w:r>
       <w:r w:rsidRPr="00CD66EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>means the provision of meals and accommodation on a regular and continuing or indefinite basis either in a private home or other shared accommodation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54C7CBF9" w14:textId="77777777" w:rsidR="00694E1D" w:rsidRPr="00CD66EC" w:rsidRDefault="00694E1D" w:rsidP="00694E1D">
+    <w:p w14:paraId="0FE8E481" w14:textId="77777777" w:rsidR="00694E1D" w:rsidRPr="008E2CD7" w:rsidRDefault="00694E1D" w:rsidP="005F5669">
       <w:pPr>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CD66EC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Board or Lodgings Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00CD66EC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the provision of meals or accommodation on a regular and continuing or indefinite basis either in a private home or other shared accommodation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="421127D8" w14:textId="77777777" w:rsidR="00694E1D" w:rsidRPr="006F6AC9" w:rsidRDefault="00694E1D" w:rsidP="005D17D8">
+    <w:p w14:paraId="78421BD7" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means Monday to Friday excluding public holidays in Western Australia. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="78421BD7" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="415D03E4" w14:textId="578D79BD" w:rsidR="00ED7314" w:rsidRDefault="00ED7314" w:rsidP="005F5669">
       <w:pPr>
-        <w:rPr>
-[...30 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commonwealth</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA1D11">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the Commonwealth of Australia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1018F485" w14:textId="77777777" w:rsidR="00B8292C" w:rsidRPr="003E6C79" w:rsidRDefault="00B8292C" w:rsidP="00B8292C">
+    <w:p w14:paraId="1018F485" w14:textId="77777777" w:rsidR="00B8292C" w:rsidRPr="003E6C79" w:rsidRDefault="00B8292C" w:rsidP="005F5669">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Hlk211187152"/>
       <w:r w:rsidRPr="009A1825">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compensation Reduction Amount </w:t>
       </w:r>
       <w:r w:rsidRPr="009A1825">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an amount the </w:t>
       </w:r>
       <w:r w:rsidRPr="009A1825">
         <w:rPr>
           <w:b/>
@@ -2415,7009 +2430,9154 @@
       </w:r>
       <w:r w:rsidRPr="009A1825">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">may reduce a </w:t>
       </w:r>
       <w:r w:rsidRPr="009A1825">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="009A1825">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’s funding for reasonable and necessary supports to account for compensation received or given up.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:p w14:paraId="52FABFB7" w14:textId="77777777" w:rsidR="00ED7314" w:rsidRPr="006F6AC9" w:rsidRDefault="00ED7314" w:rsidP="005D17D8">
+    <w:p w14:paraId="3F34436F" w14:textId="77777777" w:rsidR="00130A0F" w:rsidRPr="002F4DE5" w:rsidRDefault="00130A0F" w:rsidP="005F5669">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk222475097"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Confidential Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means information that is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530BD5B6" w14:textId="77777777" w:rsidR="00130A0F" w:rsidRPr="002F4DE5" w:rsidRDefault="00130A0F" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(a) by its nature confidential; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08127F89" w14:textId="77777777" w:rsidR="00130A0F" w:rsidRPr="00696D17" w:rsidRDefault="00130A0F" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b) labelled, notified or described by the disclosing party as confidential at the time of its disclosure.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="688276C4" w14:textId="4E98E616" w:rsidR="0058791B" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dispute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a dispute </w:t>
+      </w:r>
+      <w:r w:rsidR="0038459B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or disagreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arising under or in connection with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3DB1D9" w14:textId="27F8FE91" w:rsidR="00CE2E27" w:rsidRDefault="0058791B" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723A51">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dwelling </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a house, flat, or other place of residence.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B2F9AB" w14:textId="132A1777" w:rsidR="00CE2E27" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk180125544"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 2 of Schedule 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>which is either the date the plan ends</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the date the plan extension ends. Where</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00C44860">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00840CF5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lan end date' </w:t>
+      </w:r>
+      <w:r w:rsidR="002827EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57FA7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D96FB75" w14:textId="77777777" w:rsidR="00B8292C" w:rsidRPr="00BF7320" w:rsidRDefault="00B8292C" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk211149547"/>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engagement Date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is defined at clause 2.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="5923935A" w14:textId="77777777" w:rsidR="002827EF" w:rsidRPr="00A95F18" w:rsidRDefault="002827EF" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funding Period </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the specific timeframe set by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which a portion of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95F18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funding is made available for use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FBF698" w14:textId="047AAF2E" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s guardian in a guardianship order made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State Administrative Tribunal, Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, namely the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or the person to whom the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has delegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powers and duties in respect of that appointment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0173EBAF" w14:textId="6A3644C3" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF410F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="00AF410F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF410F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7758325F" w14:textId="6CD35350" w:rsidR="00CE2E27" w:rsidRDefault="005D17D8" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472699">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Health Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means information, data and medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED7314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>opinion</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00ED7314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on or </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED7314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>about an individual's state of physical or mental health and wellbeing, including matters pertaining to disease, affliction, disability and drug or alcohol addiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75457057" w14:textId="7B7B3271" w:rsidR="002428DE" w:rsidRDefault="001720D3" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk180087673"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home and Living </w:t>
+      </w:r>
+      <w:r w:rsidR="00E226FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E226FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>an</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E226FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS support category that can be included in a </w:t>
+      </w:r>
+      <w:r w:rsidR="00E226FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00840CF5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00E226FF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00E226FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to help a participant to live as independently as possible and build skills with things like household tasks and personal care.</w:t>
+      </w:r>
+      <w:r w:rsidR="002428DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="4BDF55E5" w14:textId="75FF3A3E" w:rsidR="00527C1A" w:rsidRPr="00ED65DE" w:rsidRDefault="00527C1A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Home and Living with Occupancy Rights </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a Home</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Living support (excluding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supported Disability Accommodation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) wherein the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervice Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provides the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>with a right to occupy a living space</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DFD0D05" w14:textId="77777777" w:rsidR="006F16E5" w:rsidRPr="003B7CBC" w:rsidRDefault="006F16E5" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indexation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to an adjustment by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pricing contained within the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is informed by a combination of market data, research, public consultation and regular industry engagement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414D07EE" w14:textId="31C2DBA2" w:rsidR="00DD59B0" w:rsidRDefault="00DD59B0" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means any requirement or rule of any statute, subordinate legislation, the common law or equity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F28961" w14:textId="28C7363D" w:rsidR="004D79D4" w:rsidRPr="00CD0D07" w:rsidRDefault="004D79D4" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Miscellaneous Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as defined in section 10 of the NDIS Act except for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home and Living </w:t>
+      </w:r>
+      <w:r w:rsidR="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">supports, </w:t>
+      </w:r>
+      <w:r w:rsidR="0065052B" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Specialist Disability Accommodation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B823AB" w14:textId="10A91310" w:rsidR="0047393C" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Agency, established by section 117 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2506" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26928DF9" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Scheme, being the arrangements set out in Chapter 3 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B88E373" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Disability Insurance Scheme Act 2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBE5624" w14:textId="67D2F283" w:rsidR="00A967A1" w:rsidRPr="002F4DE5" w:rsidRDefault="00A967A1" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk222475178"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D56125">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means </w:t>
+      </w:r>
+      <w:r w:rsidR="00D56125" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a legislative instrument under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D56125">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Disability Insurance Scheme Rules 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04C924F1" w14:textId="2102284F" w:rsidR="0033565F" w:rsidRPr="00312CB0" w:rsidRDefault="0033565F" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Compliance Action </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E251A3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">compliance </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4490E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and enforcement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>action</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4490E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, including banning orders, compliance orders, enforceable undertakings and suspension or revocation of registration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> taken by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4490E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in relation to the Service Provider.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4490E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED8DFD1" w14:textId="77FCA9A3" w:rsidR="008E2CD7" w:rsidRPr="00743BC9" w:rsidRDefault="008E2CD7" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk189143278"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Maximum Reasonable Rent Contribution and Board Payment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25</w:t>
+      </w:r>
+      <w:r w:rsidR="00E147A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per cent</w:t>
+      </w:r>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Commonwealth Disability Support Pension as well as any Commonwealth Rent Assistance entitlement and is prescribed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the context of </w:t>
+      </w:r>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Specialist Disability Accommodation</w:t>
+      </w:r>
+      <w:r w:rsidR="00743BC9" w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="4BCFB9C4" w14:textId="77777777" w:rsidR="00C30E8F" w:rsidRDefault="00C30E8F" w:rsidP="00C30E8F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s plan that is in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C7E7CA" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the document of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that sets out the general pricing arrangements that apply to all supports in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the specific arrangements that apply to individual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793ECA53" w14:textId="77777777" w:rsidR="00905C03" w:rsidRDefault="00905C03" w:rsidP="00905C03">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk180076337"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Commission established by section 181A of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BA2445B" w14:textId="77777777" w:rsidR="00D9488A" w:rsidRPr="006F6AC9" w:rsidRDefault="00D9488A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Regis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tered Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Service Provider has completed and maintains all requirements of NDIS registration and is in possession of a current certificate of registration granted by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outlining the services the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered to provide, the period of registration, and any conditions the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must follow to keep registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="3B677125" w14:textId="77777777" w:rsidR="00A23799" w:rsidRPr="00A23799" w:rsidRDefault="00A23799" w:rsidP="00A23799">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A23799">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23799">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means legislative instruments made under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23799">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A23799">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EA9FE7" w14:textId="0BFA4612" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the document of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that provides information on the current price limits for each support item and indicates for each price-limited support item the claim types that can be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45A363E9" w14:textId="576BE92F" w:rsidR="002428DE" w:rsidRDefault="00C5584E" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk222658367"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk184014136"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Supports </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are defined in Section 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are supports that can be funded by the NDIS and declared by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00E147A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supports. </w:t>
+      </w:r>
+      <w:r w:rsidR="002428DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w14:paraId="67BA21BB" w14:textId="2AFD29D4" w:rsidR="00096F30" w:rsidRPr="00D268A2" w:rsidRDefault="00096F30" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
+      </w:r>
+      <w:r w:rsidR="00733469">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cheme </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a national scheme run by the Office of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000710F3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Australian Information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Commissioner (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OAIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), requiring any </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or agency covered by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Privacy Act 1988, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to notify affected individuals and the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>OAIC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when a data breach is likely to result in harm to an individual whose personal information is involved.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="619C6F30" w14:textId="5DE43926" w:rsidR="0089542D" w:rsidRPr="000B3657" w:rsidRDefault="00A809ED" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means a person with a disability who is a participant in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and has a right to have plan under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="005C41FD" w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B3657">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F80F08" w14:textId="4A51E2FD" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Personal Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means personal information within the definition </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Privacy Act 1988 (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00A52C96">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CDCFFD1" w14:textId="2A309845" w:rsidR="00FE7251" w:rsidRPr="0065052B" w:rsidRDefault="00FE7251" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk200916977"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Extension </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an automatic extension of the existing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hasn’t been </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>finalised</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to the current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D25448F" w14:textId="0DDB5451" w:rsidR="001B65DE" w:rsidRPr="007112C4" w:rsidRDefault="001B65DE" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk222475393"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is when a participant chooses to use </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6EB1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan management provider to manage their NDIS funds which involves receiving funds from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and disbursing these funds on behalf of the participant to providers of other services received</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; in that regard, see </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6195A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Item </w:t>
+      </w:r>
+      <w:r w:rsidR="00264390">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Schedule 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="272243AE" w14:textId="2B9C6B9E" w:rsidR="004A0655" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the Public Advocate, being the office continued in existence by section </w:t>
+      </w:r>
+      <w:r w:rsidR="007E336B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3366CFDE" w14:textId="685E9B2A" w:rsidR="00C5584E" w:rsidRPr="0065052B" w:rsidRDefault="00C5584E" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Replacement Support </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means a service, item or equipment which is not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0096744D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Support </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">but has been approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to use instead of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0096744D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS Support</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It replaces an existing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Support/s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="684B135A" w14:textId="43C36155" w:rsidR="00CC2664" w:rsidRDefault="00E85010" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk222475446"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means this agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and includes its Schedules</w:t>
+      </w:r>
+      <w:r w:rsidR="00847FA9" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Appendices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s and any documents incorporated by reference hereby, but no terms and conditions put forward, or sought by to be put forward, by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall be referred to as this, or the Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any service agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="23325729" w14:textId="77777777" w:rsidR="00CC2664" w:rsidRPr="006F6AC9" w:rsidRDefault="00CC2664" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">documented change to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008143EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00096F30">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>explains the requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in that regard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D824E61" w14:textId="20BD3A2B" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rganisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engaged to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00563006">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home and Living </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10468991" w14:textId="77777777" w:rsidR="00BA717C" w:rsidRPr="007C7BED" w:rsidRDefault="00BA717C" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Hlk222475590"/>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the Service Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB08E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB08E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(including Support Coordination Provider, Plan Management Provider and Specialist Disability Accommodation Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB08E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms and conditions for the provision of goods and/or services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To remove any doubt, the Service Provider's terms and conditions are not this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but are a separate appendix to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C7BED">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBE6B43" w14:textId="3A423F0F" w:rsidR="007E336B" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk180124738"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the services set out in Schedule 2 and, where one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the services set out in those </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="14FE8946" w14:textId="77777777" w:rsidR="00527C1A" w:rsidRPr="00EF0D83" w:rsidRDefault="00527C1A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Disability Accommodation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to accommodation for participants who require specialist housing solutions to assist with the delivery of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that cater for their extreme functional impairment and/or very high support needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56D0B3A7" w14:textId="41202303" w:rsidR="0047329D" w:rsidRDefault="00053278" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk180125501"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Schedule 1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="_Hlk200917007"/>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>which is either the date the plan commences, or the plan extension commences. W</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>start</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date' </w:t>
+      </w:r>
+      <w:r w:rsidR="002827EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="00D57FA7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="0047329D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB830A6" w14:textId="7C375A93" w:rsidR="00A43999" w:rsidRPr="0089542D" w:rsidRDefault="00A43999" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Hlk180092250"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Support</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003C2774">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oordination </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is a</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>support designed to assist the</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to implement their </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan according to their wishes and budgets, build the</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personal capacity and connect the</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant to NDIS S</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3" w:rsidRPr="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>roviders</w:t>
+      </w:r>
+      <w:r w:rsidR="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, community, mainstream and other government services.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="11F30E11" w14:textId="5C807A21" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engaged to provide support coordination services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which includes assisting the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to implement the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, building the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> capacity and connecting the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to NDIS service providers and community, mainstream and other government services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="778EBF7D" w14:textId="77777777" w:rsidR="00D6581B" w:rsidRDefault="00D6581B" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D6581B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supported Accommodation Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes drop-in daily </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A024A7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Home and Living</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18AAB519" w14:textId="6FFEAE8B" w:rsidR="00AD3DA1" w:rsidRPr="00AD3DA1" w:rsidRDefault="00AD3DA1" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supported Independent Living </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is a type of support to help you live in your home and build independence.  It includes help or supervision with daily tasks, like personal care or cooking meals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BA16EDD" w14:textId="1700E3BE" w:rsidR="00561F95" w:rsidRDefault="005D17D8" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the term of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as determined under clause 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="002F7063">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are a legal agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>outline</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00561F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rules of use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BEC9DA1" w14:textId="77777777" w:rsidR="005F5669" w:rsidRDefault="005F5669" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13B254B1" w14:textId="723FB132" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="00B707A8" w:rsidP="005D17D8">
+    <w:p w14:paraId="7C80B064" w14:textId="77777777" w:rsidR="006F16E5" w:rsidRDefault="006F16E5" w:rsidP="005F5669">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing/>
       </w:pPr>
-      <w:r w:rsidRPr="005E3FA5">
-[...17 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="005E3FA5">
+      <w:r>
+        <w:t xml:space="preserve">1.2 Interpretation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EFC708" w14:textId="22BEF90C" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.1 This </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to be construed in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s of </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AB491E" w14:textId="72A94110" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.2 In this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except where the context requires otherwise: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7323A733" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the singular includes the plural and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vice versa;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00690D50">
-[...55 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="006F6AC9">
+    </w:p>
+    <w:p w14:paraId="4574B060" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) another grammatical form of a defined word or expression has a corresponding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>meaning;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31F4F6A1" w14:textId="66FC2984" w:rsidR="00B707A8" w:rsidRPr="006F6AC9" w:rsidRDefault="00B707A8" w:rsidP="005D17D8">
+    <w:p w14:paraId="39946049" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) a reference to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577FA69B" w14:textId="26736F7B" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) a clause, schedule, appendix or annexure is a reference to a clause, schedule, appendix or annexure in or to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which are deemed part of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00A5289C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A5289C" w:rsidRPr="00A5289C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and must be complied with</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with their expressed and implied </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>terms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA1DE50" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ii) a person includes the legal personal representatives, successors and permitted assigns of that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C95736" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iii) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any body</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which no longer exists or has been reconstituted, renamed, replaced or whose powers or functions have been removed or transferred to another body or agency, is a reference to the body which most closely serves the purposes or objects of the first-mentioned </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>body;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFEB6A2" w14:textId="372D4113" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iv) a statute includes regulations under it and consolidations, amendments, re-enactments or replacements of any of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>them;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A36BF23" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(v) this or any other document includes the document as varied or replaced regardless of any change in the identity of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parties;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4722C4D3" w14:textId="38539562" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) headings and sub-headings are inserted for ease of reference only and do not affect the interpretation of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21D64BFD" w14:textId="53DB0E75" w:rsidR="00542280" w:rsidRDefault="008D49C6" w:rsidP="0065052B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(e) where the expression including or includes is used it means 'including but not limited to' or 'including without limitation'. </w:t>
+      </w:r>
+      <w:r w:rsidR="00542280">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D18AFAA" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="0065052B" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">2. Term </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148EB0BE" w14:textId="0BE9EE1E" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2.1 Term of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BBB672" w14:textId="3366EC62" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Hlk180125090"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commences on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the date on which the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was engaged to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(referred to as the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Engagement Date)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, whichever is later, and continues for the period until the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, unless terminated earlier in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3856">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w14:paraId="4BB4790E" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="688276C4" w14:textId="4E98E616" w:rsidR="0058791B" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="075F26D7" w14:textId="02986639" w:rsidR="0062027E" w:rsidRPr="0065052B" w:rsidRDefault="00841B8A" w:rsidP="0065052B">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F6AC9">
-[...27 lines deleted...]
-        <w:t xml:space="preserve">arising under or in connection with this </w:t>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Acknowledgements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00542280">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arranties and </w:t>
+      </w:r>
+      <w:r w:rsidR="00542280">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>esponsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.1 Acknowledgements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68111282" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The parties acknowledge and agree: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0819DC51" w14:textId="190C2FAA" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.1 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a person with a disability and, in providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have regard to the human rights of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as set out in the United Nations Convention on the Rights of Persons with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Disabilities;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CE0C49" w14:textId="5423FDB7" w:rsidR="003F069A" w:rsidRPr="0065052B" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signs this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to powers vested in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651ED5E7" w14:textId="4FB39652" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.3 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exercise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rights and powers of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00847FA9" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00847FA9" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under this agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B058F9" w14:textId="01607B86" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.4 this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="002F7063">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes expectations as to how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will act to exercise the Participant’s rights in relation to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F7063">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235C3442" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.5 the rights, duties and responsibilities of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cease upon the cessation of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s appointment as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFEBA6B" w14:textId="145919AA" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.6 this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is otherwise unaffected by the cessation of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s appointment as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless the parties vary or terminate it in accordance with its terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27B73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="_Hlk221795371"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk222486807"/>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the guardianship of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has ceased, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any other guardian who represents the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, shall exercise all powers and rights of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as those conferred on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4215B" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="7EEDCA30" w14:textId="77777777" w:rsidR="00CC2664" w:rsidRDefault="00CC2664" w:rsidP="005D17D8">
+    <w:p w14:paraId="0864CA8D" w14:textId="1A2A97E9" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="005F5669">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Hlk180127069"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.7 a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be made in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00657ABC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 to continue the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (with or without variation) beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0089542D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> end date specified in item 2 of Schedule </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1DFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w14:paraId="30BB7362" w14:textId="28EC32B5" w:rsidR="003F069A" w:rsidRDefault="00BE1DFA" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.8 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36BEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may enforce this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including if the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits an actual or suspected breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00696AF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17106D6A" w14:textId="2FFC20C6" w:rsidR="00542280" w:rsidRDefault="00832A0A" w:rsidP="005F5669">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Hlk184621650"/>
+      <w:bookmarkStart w:id="33" w:name="_Hlk180127278"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.9 that, for the duration of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Term, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will have, maintain and comply with all statutory, government and legal requirements (including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>licen</w:t>
+      </w:r>
+      <w:r w:rsidR="00847FA9" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and status </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS Registered Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enters into this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Registered Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) and deliver a service that is compliant with NDIS requirements, policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and if the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is or becomes in bre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ch of those obligations, it shall immediately notify the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in writing accordingly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76821E46" w14:textId="77777777" w:rsidR="00542280" w:rsidRDefault="00542280">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="7DA5BAF0" w14:textId="77777777" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.2 Service Provider warranties </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6613E3CC" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> warrants that: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22ADA609" w14:textId="4C36E4CE" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.1 it has</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and will continue to have,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the skills, expertise and experience necessary to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provisions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5F266A8C" w14:textId="04FEABDB" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.2 prior to entering the </w:t>
+      </w:r>
+      <w:r w:rsidR="000362F6" w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tart </w:t>
+      </w:r>
+      <w:r w:rsidR="000362F6" w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="000362F6" w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="000362F6" w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00542280">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at items 1 and 2 of Schedule 1, it verified with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000362F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the accuracy of those </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dates;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A218788" w14:textId="6EC57950" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.3 prior</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to entering the details of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Schedule 2, it confirmed with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Support Coordinato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r that </w:t>
+      </w:r>
+      <w:r w:rsidR="00563006">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00563006" w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Home and Living</w:t>
+      </w:r>
+      <w:r w:rsidR="00563006">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision has been made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00563006" w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00563006">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">there is sufficient funding available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00542280">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the total cost for all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed in Schedule </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282EA22B" w14:textId="5EB20CFE" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.4 it will only charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="00A07532">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">according to the applicable funding periods prescribed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the provision of Services listed in Schedule 2 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2C87">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3700EB4D" w14:textId="076EE121" w:rsidR="00A55536" w:rsidRDefault="00A55536" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.5 regardless of the hourly rate or unit price</w:t>
+      </w:r>
+      <w:r w:rsidR="00083011">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, including notional pricing that is subject to quotation,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified for any support item in Schedule 2 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it will charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and not more than the current price limit for the relevant support item specified in the current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as updated </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or replaced </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or charge the quoted price as agreed by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and/or the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="34" w:name="_Hlk222486936"/>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For a quotable item (which is not listed in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) the </w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may charge the quoted price as agreed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and/or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00767B1A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00694E1D" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w14:paraId="4E9518E2" w14:textId="0E7B4038" w:rsidR="00083011" w:rsidRDefault="00083011" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.6 it will, where an NDIS service that is a subject of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involves occupancy of a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dwelling </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that is controlled by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, acting reasonably and in good faith, negotiate and enter into with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or, if and when appointed, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administrator</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Board or Lodgings Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Board and Lodgings Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, that accords with all </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Legal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> requirements and aligns with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Maximum Reasonable Rent Contribution and Board Payment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as and when required and appropriate.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29456B9C" w14:textId="77777777" w:rsidR="0062027E" w:rsidRDefault="0062027E" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D3DB1D9" w14:textId="27F8FE91" w:rsidR="00CE2E27" w:rsidRDefault="0058791B" w:rsidP="005D17D8">
-[...3037 lines deleted...]
-    <w:p w14:paraId="7C80B064" w14:textId="77777777" w:rsidR="006F16E5" w:rsidRDefault="006F16E5" w:rsidP="006F16E5">
+    <w:p w14:paraId="5ADBA89C" w14:textId="31A7EC6C" w:rsidR="003664D9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">1.2 Interpretation </w:t>
-[...2411 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">3.3 Service Provider’s responsibilities </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="082ADD53" w14:textId="19D6A6B4" w:rsidR="003664D9" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Service Provider: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B8F219" w14:textId="77777777" w:rsidR="003664D9" w:rsidRPr="006F6AC9" w:rsidRDefault="003664D9" w:rsidP="005D17D8">
-[...195 lines deleted...]
-    <w:p w14:paraId="43B6AF04" w14:textId="77777777" w:rsidR="00B8292C" w:rsidRPr="00B8292C" w:rsidRDefault="00B8292C" w:rsidP="00B8292C">
+    <w:p w14:paraId="0EA56505" w14:textId="61F0F89D" w:rsidR="00925186" w:rsidRDefault="00925186" w:rsidP="00925186">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1825">
-[...117 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="35" w:name="_Hlk222487005"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5B5A" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall immediately report to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any serious concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">health, safety and wellbeing, and shall provide written </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46570" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 24 hours of becoming aware of a significant incident or risk to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>health,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safety and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wellbeing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5265028C" w14:textId="44DAC015" w:rsidR="00B8292C" w:rsidRPr="00B8292C" w:rsidRDefault="00B8292C" w:rsidP="00B8292C">
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w14:paraId="2D96B1F1" w14:textId="77777777" w:rsidR="002618FE" w:rsidRPr="006F6AC9" w:rsidRDefault="002618FE" w:rsidP="002618FE">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B8292C">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00B8292C">
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B8292C">
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B8292C">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00B8292C">
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B8292C">
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00B8292C">
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11B24CD5" w14:textId="66431BA7" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002618FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with information concerning the provision of the Services in formats </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB593D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">best </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">understood by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="08DF9790" w14:textId="29DCA2A0" w:rsidR="00B8292C" w:rsidRDefault="00B8292C" w:rsidP="00CB593D">
+    <w:p w14:paraId="12A38E50" w14:textId="7B07787F" w:rsidR="002E6436" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002618FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B8292C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consult </w:t>
+      </w:r>
+      <w:r w:rsidR="002827EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the extent possible </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68A6989F" w14:textId="77777777" w:rsidR="002E6436" w:rsidRDefault="002E6436">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C9CF7F" w14:textId="75DA218E" w:rsidR="00767B1A" w:rsidRPr="002F4DE5" w:rsidRDefault="00767B1A" w:rsidP="00767B1A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B8292C">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> are and remain Lawful, fair and reasonable;</w:t>
+      <w:bookmarkStart w:id="36" w:name="_Hlk221795522"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002618FE" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may propose additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contained in Appendix 2 in this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which shall be incorporated into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the extent that they:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4613A40A" w14:textId="28F29DEB" w:rsidR="00CB593D" w:rsidRDefault="00CB593D" w:rsidP="00CB593D">
+    <w:p w14:paraId="7029F5CE" w14:textId="77777777" w:rsidR="00767B1A" w:rsidRPr="002F4DE5" w:rsidRDefault="00767B1A" w:rsidP="00767B1A">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-      <w:r w:rsidR="00CC2664">
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ful, fair and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C7C24B" w14:textId="77777777" w:rsidR="00767B1A" w:rsidRPr="002F4DE5" w:rsidRDefault="00767B1A" w:rsidP="00767B1A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) may be required where the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to record (and keep recorded) business specific information about how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will meet requirements; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43B6AF04" w14:textId="77042DC9" w:rsidR="00B8292C" w:rsidRPr="002F4DE5" w:rsidRDefault="00767B1A" w:rsidP="00767B1A">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>authorise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or provide any indemnity or release</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from or limitation on liability</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breach of any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, non-compliance with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erformance </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tandards in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.4;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w14:paraId="5265028C" w14:textId="11B1A44E" w:rsidR="00B8292C" w:rsidRPr="002F4DE5" w:rsidRDefault="00B8292C" w:rsidP="00B8292C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002618FE" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A shall ensure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00847FA9" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not render the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00695E88" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acting reasonably and in good faith, responsible for payment of any overspend of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds as set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="4613A40A" w14:textId="406A27BE" w:rsidR="00CB593D" w:rsidRDefault="00F85667" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Hlk221795681"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002618FE" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall propose any changes to its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by providing written notice of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">changes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the form of a replacement Appendix 2 to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This notice should provide a summary of the proposed changes in language the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is most likely to understand. The proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with clause</w:t>
+      </w:r>
+      <w:r w:rsidR="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="002618FE" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.5A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will replace Appendix 2 once notice has been provided</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (unless the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has rejected the same o</w:t>
+      </w:r>
+      <w:r w:rsidR="008D2A44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the grounds of them being in breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r>
-[...52 lines deleted...]
-        <w:t xml:space="preserve"> provide the </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB593D" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w14:paraId="07B46691" w14:textId="25637F53" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> treat the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with a copy of its </w:t>
-[...32 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> with courtesy and respect at all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>times;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...124 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="56F2DA9A" w14:textId="3F45509C" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
+    <w:p w14:paraId="0E140C99" w14:textId="37C21653" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00B8292C">
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> keep the </w:t>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communicate openly and honestly with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+        <w:t xml:space="preserve"> in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manner;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2483E411" w14:textId="0B6BA577" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s situation known to the </w:t>
-[...47 lines deleted...]
-        <w:t xml:space="preserve">’s support needs; </w:t>
+        <w:t xml:space="preserve">’s and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s feedback and work with them to resolve problems </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quickly;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="015B9B53" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00F2410B" w:rsidP="005D17D8">
+    <w:p w14:paraId="6A37D0A0" w14:textId="6C22EFF9" w:rsidR="00EE1C2F" w:rsidRDefault="00EE1C2F" w:rsidP="0062027E">
       <w:pPr>
-        <w:rPr>
-[...213 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00B8292C">
-[...4 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00925186">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> deliver services to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant </w:t>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0B8A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">in such a way as to give effect to the personal and lifestyle decisions made by the </w:t>
-      </w:r>
+        <w:t xml:space="preserve">in such a way as to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>give</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effect </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the personal and lifestyle decisions made by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on behalf of the</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Participant</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="00696AF7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0EF4F098" w14:textId="77777777" w:rsidR="007E2386" w:rsidRDefault="007E2386" w:rsidP="00EE1C2F">
+    <w:p w14:paraId="78C10F12" w14:textId="4E14E262" w:rsidR="00925186" w:rsidRPr="002F4DE5" w:rsidRDefault="00925186" w:rsidP="0062027E">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="_Hlk222664543"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB201E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="789CF0FA" w14:textId="7F4CED7B" w:rsidR="007E2386" w:rsidRDefault="007E2386" w:rsidP="007E2386">
+    <w:p w14:paraId="216C1ABB" w14:textId="6D30E7B6" w:rsidR="00925186" w:rsidRPr="002F4DE5" w:rsidRDefault="00925186" w:rsidP="00925186">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has </w:t>
+      </w:r>
+      <w:r w:rsidR="00922B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00922B72" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Conflict-of-Interest Declaration form, in the format published by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on its website, in relation to any actual or perceived conflicts of interest</w:t>
+      </w:r>
+      <w:r w:rsidR="00922B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00922B72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and provided it </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for approval prior to entering into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4A2EB5" w14:textId="2807D820" w:rsidR="00925186" w:rsidRPr="002F4DE5" w:rsidRDefault="00925186" w:rsidP="00925186">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1493" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will provide an updated Conflict</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0B8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF0B8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interest Declaration form to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval if any undeclared actual or perceived conflicts of interest arise during the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5" w:rsidDel="00517CFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722522F1" w14:textId="13068CFB" w:rsidR="00925186" w:rsidRDefault="00925186" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Hlk222395949"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 1 Business Day of being advised by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0DC1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0DC1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Compliance Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B0DC1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">being taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00D034B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p w14:paraId="789CF0FA" w14:textId="628DEF32" w:rsidR="002E6436" w:rsidRDefault="007E2386" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
       <w:r w:rsidR="00CB593D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00B8292C">
-[...4 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> support the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to experience a planned and coordinated transition to or from another provider when required</w:t>
       </w:r>
       <w:r w:rsidR="0029124E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and possible</w:t>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0029124E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>possible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="2BB6CDE7" w14:textId="77777777" w:rsidR="00033559" w:rsidRDefault="00033559" w:rsidP="007E2386">
+    <w:p w14:paraId="7A1E295A" w14:textId="77777777" w:rsidR="002E6436" w:rsidRDefault="002E6436">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5CFE57E8" w14:textId="453F753B" w:rsidR="00033559" w:rsidRDefault="00033559" w:rsidP="007E2386">
+    <w:p w14:paraId="5CFE57E8" w14:textId="3E542F15" w:rsidR="00033559" w:rsidRDefault="00033559" w:rsidP="0062027E">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00CB593D">
+      <w:r w:rsidR="00925186">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00B8292C">
-[...4 lines deleted...]
-        <w:t>1</w:t>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> where the provider delivers </w:t>
       </w:r>
       <w:r w:rsidR="002D5035" w:rsidRPr="00A024A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00A024A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">upported </w:t>
@@ -9545,6153 +11705,8350 @@
       <w:r w:rsidRPr="00A024A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ccommodation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dwelling</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">s agree and document arrangements with the </w:t>
+      <w:r w:rsidR="004E245F" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree and document arrangements with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Specialist Disability Accommodation Provider </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">outlining the roles and </w:t>
       </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>responsibilities of each party (where applicable</w:t>
       </w:r>
       <w:r w:rsidR="00151593">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="00C30E8F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the following matters:</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E8F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and provide a copy to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00C30E8F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for the following matters:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44E94701" w14:textId="77777777" w:rsidR="002D5035" w:rsidRDefault="002D5035" w:rsidP="007E2386">
-[...7 lines deleted...]
-    <w:p w14:paraId="7EF2BE95" w14:textId="1BE00BFC" w:rsidR="002D5035" w:rsidRDefault="00151593" w:rsidP="00151593">
+    <w:p w14:paraId="7EF2BE95" w14:textId="51640DBA" w:rsidR="002D5035" w:rsidRDefault="00151593" w:rsidP="0062027E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ho</w:t>
       </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">w the </w:t>
       </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s concerns about the </w:t>
       </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dwelling </w:t>
       </w:r>
       <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>with be communicated and addressed;</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">with be communicated and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>addressed;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5BAE88B7" w14:textId="11EC90FC" w:rsidR="002D5035" w:rsidRDefault="002D5035" w:rsidP="00151593">
+    <w:p w14:paraId="5BAE88B7" w14:textId="45EEDF2E" w:rsidR="002D5035" w:rsidRDefault="00107C02" w:rsidP="0062027E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In shared living how potential conflicts involving </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A024A7">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n shared living</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how potential conflicts involving </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5035" w:rsidRPr="00A024A7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>managed;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="79BB6AE5" w14:textId="0860806F" w:rsidR="002D5035" w:rsidRDefault="002D5035" w:rsidP="00151593">
+    <w:p w14:paraId="79BB6AE5" w14:textId="2A018343" w:rsidR="002D5035" w:rsidRDefault="002D5035" w:rsidP="0062027E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">how changes to changes to </w:t>
-[...23 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">how changes to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00107C02" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">circumstances and/or support needs will be agreed and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>communicated;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3ED9A24F" w14:textId="1645CFED" w:rsidR="002D5035" w:rsidRDefault="002D5035" w:rsidP="00151593">
+    <w:p w14:paraId="3ED9A24F" w14:textId="5A948952" w:rsidR="002D5035" w:rsidRDefault="00107C02" w:rsidP="0062027E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In shared living, how vacancies will be filled, including each </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002D5035">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n shared living, how vacancies will be filled, including each </w:t>
+      </w:r>
+      <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s right to have their needs, preferences and situation </w:t>
       </w:r>
       <w:r w:rsidR="00651753">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>considered</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002D5035">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
-      <w:r w:rsidR="00151593">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="5CEABFC6" w14:textId="315330F6" w:rsidR="002D5035" w:rsidRDefault="002D5035" w:rsidP="00151593">
+    <w:p w14:paraId="49DC6242" w14:textId="346061CD" w:rsidR="002D5035" w:rsidRPr="0065052B" w:rsidRDefault="002D5035" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="001E2C87">
+      <w:r w:rsidRPr="002E6436">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>how behaviors of concern</w:t>
+      </w:r>
+      <w:r w:rsidR="00594C06">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00151593">
-[...5 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="002E6436">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which may put tenancies at risk</w:t>
+      </w:r>
+      <w:r w:rsidR="00594C06">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E6436">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be managed, if this is relevant for the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E6436">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>participant</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2C87" w:rsidRPr="00CC1396">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="49DC6242" w14:textId="679C2522" w:rsidR="002D5035" w:rsidRPr="00A024A7" w:rsidRDefault="00151593" w:rsidP="002D5035">
+    <w:p w14:paraId="7243159A" w14:textId="4CECF4E3" w:rsidR="00DD59B0" w:rsidRDefault="00841B8A" w:rsidP="0062027E">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB593D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE3856">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427EACB2" w14:textId="77777777" w:rsidR="00EE1C2F" w:rsidRPr="006F6AC9" w:rsidRDefault="00EE1C2F" w:rsidP="005D17D8">
+    <w:p w14:paraId="39C9C473" w14:textId="0E74B050" w:rsidR="00F2410B" w:rsidRPr="0065052B" w:rsidRDefault="00DD59B0" w:rsidP="0062027E">
       <w:pPr>
-        <w:rPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E2386">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00456667">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> act in a financially responsible and prudent manner in its performance of this</w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CCF4F4" w14:textId="77777777" w:rsidR="003F4FE7" w:rsidRPr="00F24F94" w:rsidRDefault="003F4FE7" w:rsidP="0062027E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7243159A" w14:textId="2E81217D" w:rsidR="00DD59B0" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w14:paraId="5BEAEB18" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="006F6AC9">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve">3.4 Performance standards </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72015C0B" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in doing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>so,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must perform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D15061" w14:textId="648CDA2F" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.1 for the purposes of achieving the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>goals</w:t>
+      </w:r>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="002130FA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and in compliance with, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001E4BD6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710A23D1" w14:textId="73EE8D56" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.2 in a courteous and respectful manner, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72F60">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lawfully, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with due skill, diligence, care and consistent with the highest professional and industry </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>standards;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0167B20B" w14:textId="60B24FB7" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.3 in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, all applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and any reasonable request </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2C87">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001E2C87">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="280492B1" w14:textId="20C7C62B" w:rsidR="00F85667" w:rsidRPr="002F4DE5" w:rsidRDefault="00F85667" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4 in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but in the event of conflict between those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the former shall prevail over the latter to the extent of the conflict (provided that, first, those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ful, fair and reasonable, and, second, that silence shall neither amount to nor form the basis of conflict); and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42FD9880" w14:textId="32C4E69C" w:rsidR="00376082" w:rsidRPr="0065052B" w:rsidRDefault="00376082" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="_Hlk193555108"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4A </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB08E2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he conflict and precedence provisions of clause 3.4.4 do not apply if and to the extent that the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are contrary to clauses 3</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="_Hlk222650901"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 4, 7.1, 7.2</w:t>
+      </w:r>
+      <w:r w:rsidR="009B0DC1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC400E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and 8.8 of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w14:paraId="7A4BFE5B" w14:textId="614C9E88" w:rsidR="002E6436" w:rsidRDefault="002E6436">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72C0E83C" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>3.3.</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> submit a </w:t>
+        <w:t xml:space="preserve">3.5 Guardian’s responsibilities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1E8182" w14:textId="04CABDE9" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85D79">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429D3012" w14:textId="56C6FFCA" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do all things </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cooperate with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to meet the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D0A8D1" w14:textId="33F8D3B0" w:rsidR="00E53F9B" w:rsidRDefault="00E53F9B" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Hlk180949826"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.2 take reasonable steps to work with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to action administrative tasks in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidR="00696AF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="742B2547" w14:textId="43016374" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B659F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="722536D3" w14:textId="3FE823F6" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="008B659F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide feedback as needed regarding the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00832A0A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="356B90F9" w14:textId="04029900" w:rsidR="00B8292C" w:rsidRPr="00A77896" w:rsidRDefault="00B8292C" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Hlk222661698"/>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.5 consent to the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services including those that are privately funded, for example where a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compensation Reduction Amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been applied by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the relevant funding has been removed from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00522B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Financial arrangements for private funding </w:t>
+      </w:r>
+      <w:r w:rsidR="007852CF" w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outside the remit of a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and not covered by this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Details of any private payment arrangements can be included in Appendix 1 for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>noting</w:t>
+      </w:r>
+      <w:r w:rsidR="00832A0A" w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w14:paraId="2CE5B1F7" w14:textId="04A53329" w:rsidR="00832A0A" w:rsidRPr="002F4DE5" w:rsidRDefault="00832A0A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.6 make decisions in conjunction with the delivery of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services, such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00917472">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00917472">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing consent to share information with a third party</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(but only as and when, and to the extent deemed appropriate by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total discretion</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00443C20" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02E91D03" w14:textId="7E15DD47" w:rsidR="00832A0A" w:rsidRPr="00510CAF" w:rsidRDefault="00832A0A" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85D79" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use reasonable endeavors to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acknowledge receipt of service delivery information provided by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="009E048D" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as</w:t>
+      </w:r>
+      <w:r w:rsidR="009E048D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="009E048D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support/care plans</w:t>
+      </w:r>
+      <w:r w:rsidR="00483462" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to accord with a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">role and responsibilities under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have no obligations on account of or arising from any such receipt or </w:t>
+      </w:r>
+      <w:r w:rsidR="00B85D79" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acknowledgement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5B5510" w14:textId="77777777" w:rsidR="00934212" w:rsidRPr="0065052B" w:rsidRDefault="00934212" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1047A818" w14:textId="77777777" w:rsidR="00A53806" w:rsidRDefault="00A53806" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.6 Privacy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E093D3" w14:textId="77777777" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA4F66D" w14:textId="40BDDED0" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.1 protect the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s privacy and collect, use, disclose and otherwise handle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832A0A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Personal Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00832A0A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Health Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collected by or on behalf of the Service Provider in connection with the Services or this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
-          <w:b/>
-[...27 lines deleted...]
-      <w:r w:rsidR="00DD59B0">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only for the purpose of performing its obligations under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and only in compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7064">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7064">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laws </w:t>
+      </w:r>
+      <w:r w:rsidR="006D7064" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Privacy Act 1988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00273482">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th),</w:t>
+      </w:r>
+      <w:r w:rsidR="0013020A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160B14C1" w14:textId="56B7A903" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72F60">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promptly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notify</w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D" w:rsidRPr="00733469">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
+      </w:r>
+      <w:r w:rsidR="00733469" w:rsidRPr="00733469">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D" w:rsidRPr="00733469">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cheme</w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing of any actual or suspected breach of its obligations under clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.6.1;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2C30BDF5" w14:textId="051DCB99" w:rsidR="00634EF4" w:rsidRPr="006F6AC9" w:rsidRDefault="00634EF4" w:rsidP="00B2148E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.6.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within 30 days of the signing of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and thereafter every time there is policy or procedures change on the part of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a copy of its privacy policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in language the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is most likely to understand;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the above can be achieved by providing a link to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017404B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s privacy, policies and procedures available on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s website</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F02D039" w14:textId="7512EE0B" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
+    <w:p w14:paraId="1F9CE7AD" w14:textId="7288E67B" w:rsidR="002E6436" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.4 inform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0C79">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of how their information is stored and used, and when and how </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7901">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="009F7901" w:rsidRPr="00BE6684">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can access or correct their information and withdraw or amend their prior consent.</w:t>
+      </w:r>
+      <w:r w:rsidR="002E6436">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39C9C473" w14:textId="2AEE9612" w:rsidR="00F2410B" w:rsidRPr="00F24F94" w:rsidRDefault="00DD59B0" w:rsidP="005D17D8">
+    <w:p w14:paraId="436B0C40" w14:textId="2BB68945" w:rsidR="00866A6E" w:rsidRDefault="00866A6E" w:rsidP="00C8310C">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...33 lines deleted...]
-      <w:r w:rsidR="00CC2664">
+        <w:lastRenderedPageBreak/>
+        <w:t>3.7 Indemnity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B89A49E" w14:textId="1C16AB75" w:rsidR="00FE7251" w:rsidRDefault="00FE7251" w:rsidP="00FE7251">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall indemnify each of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, (each, an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866A6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indemnitee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) from and against all loss, damage, liability, costs, expenses, claims and lawsuits suffered or incurred by, or brought against, an Indemnitee to the extent caused or contributed to by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breach of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F24F94">
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any other wrongful or unlawful act or omission</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or on the part of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA768E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:p w14:paraId="5BEAEB18" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="000A6549">
+    <w:p w14:paraId="611B794A" w14:textId="77777777" w:rsidR="00FE7251" w:rsidRDefault="00FE7251" w:rsidP="00F41C52"/>
+    <w:p w14:paraId="65480CC4" w14:textId="77777777" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">3.4 Performance standards </w:t>
+      <w:bookmarkStart w:id="44" w:name="_Hlk222651109"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:t xml:space="preserve">3.8 Confidential Information </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55D8B47E" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00F2410B" w:rsidP="005D17D8">
-[...459 lines deleted...]
-    <w:p w14:paraId="3C0E4520" w14:textId="63FC5CC4" w:rsidR="007D1FB2" w:rsidRDefault="007D1FB2" w:rsidP="007D1FB2">
+    <w:p w14:paraId="181EA89A" w14:textId="7A87F457" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...61 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="45" w:name="_Hlk222396681"/>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.8.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BA768E">
-[...14 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must keep all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided to it by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:r w:rsidR="00CC2664">
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(or received by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or through this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the purposes of providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confidential. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4BFE5B" w14:textId="77777777" w:rsidR="007D1FB2" w:rsidRPr="006F6AC9" w:rsidRDefault="007D1FB2" w:rsidP="005D17D8">
-[...388 lines deleted...]
-    <w:p w14:paraId="356B90F9" w14:textId="77777777" w:rsidR="00B8292C" w:rsidRPr="006F6AC9" w:rsidRDefault="00B8292C" w:rsidP="00B8292C">
+    <w:p w14:paraId="31DFA6FA" w14:textId="77777777" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1825">
-[...54 lines deleted...]
-      <w:r w:rsidRPr="009A1825">
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only disclose the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1581E2" w14:textId="77777777" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) with the written consent of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardian </w:t>
       </w:r>
-      <w:r w:rsidRPr="009A1825">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="009A1825">
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1024BCBB" w14:textId="1EF10A5A" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) to its employees, contractors or advisors solely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comply with obligations, or to exercise rights, under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="009A1825">
-[...4 lines deleted...]
-        <w:t>. Details of any private payment arrangements can be included in Appendix 1 for noting.</w:t>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D5B5510" w14:textId="77777777" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00934212" w:rsidP="005D17D8">
+    <w:p w14:paraId="6C690EB3" w14:textId="77777777" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) as required by any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1047A818" w14:textId="77777777" w:rsidR="00A53806" w:rsidRDefault="00A53806" w:rsidP="000A6549">
+    <w:p w14:paraId="1565CEC8" w14:textId="1F0F1C30" w:rsidR="00376082" w:rsidRPr="002F4DE5" w:rsidRDefault="00376082" w:rsidP="00376082">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">3.6 Privacy </w:t>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) where the information is in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledge or enters the public domain through no fault of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B29DEC" w14:textId="77777777" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="005D17D8">
+    <w:p w14:paraId="7AFBF788" w14:textId="77777777" w:rsidR="00376082" w:rsidRPr="00D82951" w:rsidRDefault="00376082" w:rsidP="00376082">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.3 Subject to any legal requirements, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must destroy or return </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above within a reasonable time after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has made a written request.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="24E093D3" w14:textId="77777777" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="005D17D8">
-[...665 lines deleted...]
-    <w:p w14:paraId="10E32E7C" w14:textId="77777777" w:rsidR="00DC55FF" w:rsidRDefault="00DC55FF" w:rsidP="009F3AB7">
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w14:paraId="6668A9A1" w14:textId="77777777" w:rsidR="00376082" w:rsidRPr="00F41C52" w:rsidRDefault="00376082" w:rsidP="00F41C52"/>
+    <w:p w14:paraId="10E32E7C" w14:textId="77777777" w:rsidR="00DC55FF" w:rsidRPr="0065052B" w:rsidRDefault="00DC55FF" w:rsidP="009F3AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">4. Insurance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D2BE031" w14:textId="20C0B49D" w:rsidR="00F41C52" w:rsidRDefault="00F41C52" w:rsidP="00F41C52">
+    <w:p w14:paraId="5514CE71" w14:textId="4267017C" w:rsidR="002A60E1" w:rsidRPr="002F4DE5" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00260D9E">
+      <w:bookmarkStart w:id="46" w:name="_Hlk193557546"/>
+      <w:r w:rsidRPr="00265682">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.1</w:t>
-[...99 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.2</w:t>
-[...32 lines deleted...]
-      </w:r>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="_Hlk180075775"/>
+      <w:bookmarkStart w:id="48" w:name="_Hlk180066962"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that, during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for the period after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F76CAB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recommended, it will maintain adequate levels of insurance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will seek professional advice as to the type, duration and amount of insurance that is necessary.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="57446F6C" w14:textId="4AD99AAC" w:rsidR="00F41C52" w:rsidRPr="003D257F" w:rsidRDefault="00F41C52" w:rsidP="00F41C52">
+    <w:p w14:paraId="1A40AD34" w14:textId="1EE675AC" w:rsidR="002A60E1" w:rsidRPr="0065052B" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00260D9E">
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.3</w:t>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A48B3" w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.4</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To meet the requirements of 4.1 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will obtain Public Liability Insurance and Professional Indemnity Insurance that meets the minimum level of cover that is commensurate to the scope of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...52 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="0065052B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E7803E6" w14:textId="77777777" w:rsidR="00F41C52" w:rsidRDefault="00F41C52" w:rsidP="00F41C52">
+    <w:p w14:paraId="3E4169CD" w14:textId="55C96EC2" w:rsidR="002A60E1" w:rsidRPr="002F4DE5" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00260D9E">
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...91 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A48B3" w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.1</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> relief. </w:t>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that it has sought and considered the appropriate professional advice in relation to its insurance requirements and needs, in the light of all relevant factors, including this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and its rights and obligations hereunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7888187E" w14:textId="77777777" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="005D17D8">
+    <w:p w14:paraId="6E84A301" w14:textId="35C4635B" w:rsidR="002A60E1" w:rsidRPr="002F4DE5" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.2</w:t>
-[...102 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A48B3" w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.3</w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> for determination or resolution. </w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> On request, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with evidence of its compliance with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A48B3" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1 and 4.2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49210E25" w14:textId="77777777" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="005D17D8">
+    <w:p w14:paraId="716E4CC7" w14:textId="066AB334" w:rsidR="002A60E1" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+      <w:r w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.4</w:t>
-[...48 lines deleted...]
-      <w:r w:rsidRPr="00260D9E">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A48B3" w:rsidRPr="002F4DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.5</w:t>
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must not commit any act or omission, or allow any act or omission to be committed, which would cancel or lessen the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rights under any of the above insurance policies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="217D6154" w14:textId="0EE60192" w:rsidR="000A504D" w:rsidRDefault="000A504D" w:rsidP="000A504D">
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w14:paraId="2CF2F40C" w14:textId="4E63C146" w:rsidR="002E6436" w:rsidRDefault="002E6436">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51500A37" w14:textId="6264D2B2" w:rsidR="009F3AB7" w:rsidRPr="0065052B" w:rsidRDefault="009F3AB7" w:rsidP="0038355B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t>6 Community Emergency Event or Disaster</w:t>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5. Complaints and </w:t>
+      </w:r>
+      <w:r w:rsidR="002E6436">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ispute resolution </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620B8A83" w14:textId="77777777" w:rsidR="000A504D" w:rsidRPr="00FF25B4" w:rsidRDefault="000A504D" w:rsidP="000A504D"/>
-    <w:p w14:paraId="6FCDA9DD" w14:textId="0ACE6FB1" w:rsidR="000A504D" w:rsidRPr="004A022D" w:rsidRDefault="000A504D" w:rsidP="000A504D">
+    <w:p w14:paraId="220E4C60" w14:textId="76AA1A48" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="0038355B">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A022D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:bookmarkStart w:id="49" w:name="_Hlk222396921"/>
+      <w:r w:rsidRPr="00260D9E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>6.1</w:t>
-[...59 lines deleted...]
-        <w:t xml:space="preserve"> in the event of a community emergency event or disaster.</w:t>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The parties must attempt to resolve all complaints and disputes under this clause 5 before starting any court proceedings, other than court proceedings for interlocutory</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, injunctive or declaratory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relief. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D820674" w14:textId="720E030E" w:rsidR="00A75AFC" w:rsidRPr="004A022D" w:rsidRDefault="00A75AFC" w:rsidP="00A75AFC">
+    <w:p w14:paraId="364CB728" w14:textId="629663D9" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="0038355B">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A022D">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="00260D9E">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>6.2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004A022D">
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must inform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of its complaints and dispute handling processes</w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including avenues external to the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D" w:rsidRPr="000A504D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and their right to access advocates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The parties agree to use these processes to try to resolve any complaint or dispute. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221CE7DE" w14:textId="05DB05CA" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>5.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If, following the processes in good faith, the parties have not resolved the complaint or dispute, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may refer the complaint or dispute to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality </w:t>
+      </w:r>
+      <w:r w:rsidR="00740F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguards Commission, </w:t>
+      </w:r>
+      <w:r w:rsidR="00740F14" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or the</w:t>
+      </w:r>
+      <w:r w:rsidR="00740F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00430F21" w:rsidRPr="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of Local Government, Industry Regulation and Safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00430F21" w:rsidRPr="00D47912" w:rsidDel="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00430F21">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Consumer Protection)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for determination or resolution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA1B02F" w14:textId="018D78B0" w:rsidR="00934212" w:rsidRDefault="009F3AB7" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Despite the existence of a complaint or dispute, the parties must continue to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perform</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their obligations under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> There is a supportive environment for any person who provides feedback and/or makes a complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62875052" w14:textId="24313375" w:rsidR="007159F1" w:rsidRDefault="003E21DA" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Hlk180128140"/>
+      <w:r w:rsidRPr="00260D9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>5.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nothing in the preceding provisions of this clause 5 shall reduce or otherwise affect a party's rights under clause </w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0169AD27" w14:textId="77777777" w:rsidR="0038355B" w:rsidRDefault="0038355B" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p w14:paraId="217D6154" w14:textId="7EE44ADC" w:rsidR="000A504D" w:rsidRPr="0065052B" w:rsidRDefault="000A504D" w:rsidP="0038355B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="006173B3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community </w:t>
+      </w:r>
+      <w:r w:rsidR="006173B3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mergency </w:t>
+      </w:r>
+      <w:r w:rsidR="006173B3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vent or </w:t>
+      </w:r>
+      <w:r w:rsidR="006173B3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>isaster</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCDA9DD" w14:textId="0ACE6FB1" w:rsidR="000A504D" w:rsidRPr="004A022D" w:rsidRDefault="000A504D" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The </w:t>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="_Hlk222674187"/>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
       </w:r>
       <w:r w:rsidRPr="004A022D">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004A022D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03CA3" w:rsidRPr="004A022D">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">may include details of their business continuity plan in their </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="004A022D">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004A022D">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have business continuity processes to ensure they can continue to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="009F7901" w:rsidRPr="004A022D">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00CC2664" w:rsidRPr="004A022D">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Service Agreement</w:t>
+        <w:t>ervices</w:t>
       </w:r>
       <w:r w:rsidRPr="004A022D">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the event of a community emergency event or disaster.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D820674" w14:textId="33A9E57B" w:rsidR="00A75AFC" w:rsidRPr="0065052B" w:rsidRDefault="00A75AFC" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may include details of their business continuity plan in their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as provided for in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00116BAA" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00116BAA" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F6082D4" w14:textId="77777777" w:rsidR="000A504D" w:rsidRPr="006F6AC9" w:rsidRDefault="000A504D" w:rsidP="005D17D8">
+    <w:bookmarkEnd w:id="51"/>
+    <w:p w14:paraId="6F6082D4" w14:textId="77777777" w:rsidR="000A504D" w:rsidRPr="006F6AC9" w:rsidRDefault="000A504D" w:rsidP="0038355B">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43972E91" w14:textId="49B26DB4" w:rsidR="000A6549" w:rsidRDefault="000A504D" w:rsidP="000A6549">
+    <w:p w14:paraId="43972E91" w14:textId="49B26DB4" w:rsidR="000A6549" w:rsidRPr="0065052B" w:rsidRDefault="000A504D" w:rsidP="000A6549">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="_Hlk180128205"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="52" w:name="_Hlk180128205"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="000A6549">
+      <w:r w:rsidR="000A6549" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Termination </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C59B98" w14:textId="7DF4DEBA" w:rsidR="000A6549" w:rsidRDefault="000A504D" w:rsidP="000A6549">
+    <w:p w14:paraId="39C59B98" w14:textId="7DF4DEBA" w:rsidR="000A6549" w:rsidRDefault="000A504D" w:rsidP="00DB08E2">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve">.1 Termination for convenience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B8E4C8" w14:textId="4E66A4C4" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="18B8E4C8" w14:textId="03D540A5" w:rsidR="000A6549" w:rsidRDefault="00A46570" w:rsidP="00A46570">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may terminate this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at any time without cause and without needing to provide reasons by giving the Service Provider 30 days’ notice</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00563006">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>sooner if</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decides that circumstances warrant</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0731F519" w14:textId="7E7757D6" w:rsidR="00A46570" w:rsidRDefault="00A46570" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="_Hlk222397277"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may propose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00740F14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consistent with </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that extend the notice period in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7.1.1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> above to a maximum of </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>90 days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A38809" w14:textId="77777777" w:rsidR="0038355B" w:rsidRPr="00A46570" w:rsidRDefault="0038355B" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p w14:paraId="68D0EF15" w14:textId="1AC90A21" w:rsidR="000A6549" w:rsidRDefault="000A504D" w:rsidP="0038355B">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549">
+        <w:t xml:space="preserve">.2 Termination by the Participant </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282FE664" w14:textId="3B385C33" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at any time without cause and without needing to provide reasons by giving the Service Provider 30 days’ notice</w:t>
+        <w:t xml:space="preserve"> immediately </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notice to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F7CD700" w14:textId="7BDC0307" w:rsidR="006173B3" w:rsidRDefault="000A504D" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.1 the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits a breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which, in the opinion of the </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, cannot be remedied</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or amounts to a repudiation of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00866A6E" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426D2086" w14:textId="77777777" w:rsidR="006173B3" w:rsidRDefault="006173B3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302AFD48" w14:textId="775C62C8" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(subject to clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.1) </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits a breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CD85F3C" w14:textId="42627729" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="006C709B" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) fails to commence action to remedy the breach within </w:t>
+      </w:r>
+      <w:r w:rsidR="000362F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Day</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has served notice requiring it to do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D85C76" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>so</w:t>
+      </w:r>
+      <w:r w:rsidR="00590F87">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="00563006">
-[...13 lines deleted...]
-      <w:r w:rsidR="003E21DA" w:rsidRPr="00966059">
+    </w:p>
+    <w:p w14:paraId="11BB928D" w14:textId="70F245F5" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) having commenced action to remedy the breach, fails to complete that action as soon as possible and in any event, within </w:t>
+      </w:r>
+      <w:r w:rsidR="000A504D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Days of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38302D9D" w14:textId="087A647B" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.3 in the opinion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidR="003E21DA">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, continuation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would pose a risk to the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s safety or personal</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, mental or</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> social wellbeing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68D0EF15" w14:textId="1AC90A21" w:rsidR="000A6549" w:rsidRDefault="000A504D" w:rsidP="000A6549">
+    <w:p w14:paraId="1F4A1CB4" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="0038355B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CD5D5D2" w14:textId="6D380B06" w:rsidR="00CC09F5" w:rsidRDefault="000A504D" w:rsidP="00E30282">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
-        <w:t xml:space="preserve">.2 Termination by the Participant </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549">
+        <w:t xml:space="preserve"> Termination by Service Provider </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282FE664" w14:textId="3B385C33" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="78C35127" w14:textId="05FEEFA7" w:rsidR="00D6581B" w:rsidRDefault="00D6581B" w:rsidP="00E30282">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="003E21DA">
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may terminate this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at any time by giving the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may terminate this </w:t>
-[...8 lines deleted...]
-        <w:t>Service Agreement</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> immediately by notice to the </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> if: </w:t>
+        <w:t xml:space="preserve"> days’ notice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for all services other than </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0069538A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supported Accommodation Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where 30 days’ notice is required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1966626B" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="4A81F5F7" w14:textId="77777777" w:rsidR="006173B3" w:rsidRPr="00D424DB" w:rsidRDefault="006173B3" w:rsidP="00E30282">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7CD700" w14:textId="7EA2E6D2" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="005D17D8">
+    <w:p w14:paraId="55881FE6" w14:textId="3362B642" w:rsidR="00CC09F5" w:rsidRDefault="000A504D" w:rsidP="00E30282">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
-[...6 lines deleted...]
-      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549">
+        <w:t xml:space="preserve"> Termination </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A6549">
+        <w:t>as a consequence of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000A6549">
+        <w:t xml:space="preserve"> changes to the Participant's Plan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64138ED5" w14:textId="0A28C200" w:rsidR="00CC09F5" w:rsidRDefault="000A6549" w:rsidP="00E30282">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreed to under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ceases or has been exhausted</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
-      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
-[...22 lines deleted...]
-      <w:r w:rsidR="003E21DA">
+      <w:r w:rsidR="005731F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acting reasonably and in good faith</w:t>
+      </w:r>
+      <w:r w:rsidR="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and with the welfare and wellbeing of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00966059" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being the paramount consideration</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but at no cost to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
-[...41 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), cannot or do not agree a mutually satisfactory solution</w:t>
+      </w:r>
+      <w:r w:rsidR="005731F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96924">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>within a reasonable period of time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D5CADB" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="5490EF78" w14:textId="77777777" w:rsidR="00E30282" w:rsidRPr="00D424DB" w:rsidRDefault="00E30282" w:rsidP="00E30282">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="302AFD48" w14:textId="775C62C8" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="005D17D8">
+    <w:p w14:paraId="643C932D" w14:textId="3577C2FE" w:rsidR="00CC09F5" w:rsidRDefault="000A504D" w:rsidP="00E30282">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...3 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
+      <w:r w:rsidR="000A6549">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549">
+        <w:t xml:space="preserve"> Effect of termination or expiry </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1C991D" w14:textId="727C502F" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00E30282">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Termination or expiry of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will not affect: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3247092D" w14:textId="36F07763" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="00E30282">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2.2 </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 any accrued rights or remedies of either party; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49015698" w14:textId="71B4008F" w:rsidR="000A6549" w:rsidRDefault="000A504D" w:rsidP="00E30282">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="00866A6E">
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Service Provider</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.2 the operation of clauses 3.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00616126">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00162009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> commits a breach of this </w:t>
+        <w:t xml:space="preserve"> and this clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any other provision which, by its nature, is intended to survive termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and the </w:t>
-[...15 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4559F1C2" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="6598B819" w14:textId="77777777" w:rsidR="00E30282" w:rsidRPr="00D424DB" w:rsidRDefault="00E30282" w:rsidP="00E30282">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CD85F3C" w14:textId="3D90956E" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="006C709B" w:rsidP="00CC09F5">
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w14:paraId="08AC769F" w14:textId="5896ECFA" w:rsidR="00473F78" w:rsidRPr="0065052B" w:rsidRDefault="000A504D" w:rsidP="00E30282">
       <w:pPr>
-        <w:ind w:left="720"/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...27 lines deleted...]
-      <w:r w:rsidR="003E21DA">
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. General </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD67CCF" w14:textId="2192C4F1" w:rsidR="00473F78" w:rsidRDefault="000A504D" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.1 Amendment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A4BD81A" w14:textId="77777777" w:rsidR="00DB0751" w:rsidRDefault="000A504D" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="_Hlk180129106"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.1 During the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51528">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51528" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
-[...28 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may amend the information contained in </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6195A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Item 5</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Schedule 1 by advising the other party in writing of the updated information. Such amendments should be communicated within 7 days of the change. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6887E7E5" w14:textId="633AB4FE" w:rsidR="006173B3" w:rsidRDefault="003F2893" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Hlk218771867"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with 3.2.5 of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="003F2893">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52" w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not required where </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indexation </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52" w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is applied to the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00182050">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52" w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by the</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F41C52" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="11BB928D" w14:textId="70F245F5" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00CC09F5">
+    <w:p w14:paraId="5D162C81" w14:textId="77777777" w:rsidR="006173B3" w:rsidRDefault="006173B3">
       <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="097EA550" w14:textId="13C3DCA9" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="_Hlk180129204"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 If during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the parties agree to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344F27E8" w14:textId="6C6EE890" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(b) having commenced action to remedy the breach, fails to complete that action as soon as possible and in any event, within </w:t>
-[...6 lines deleted...]
-        <w:t>14</w:t>
+        <w:t xml:space="preserve">(a) the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        <w:t>Guardian's</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> notice; or </w:t>
+        <w:t xml:space="preserve"> continuing to provide services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324A" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324A" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="0046324A" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified in item 2 of Schedule 1 or, if a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and/or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501914C9" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="239AEBC9" w14:textId="438A88AD" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00D91B37">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) alter the range and/or details of services specified in Schedule 2 or, if a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63403752" w14:textId="54D629C8" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall, after consulting with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the standard form provided by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00332F5E" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) reflecting the agreed amendments (including the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant's </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF5DA5" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dates, if applicable) within 10 Business Days of the agreement. There is no limit on the number of times a new </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:p w14:paraId="39CDF87A" w14:textId="7AEA1C37" w:rsidR="000010B3" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.3 A </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which includes the addition or removal of services (when compared to those services specified in Schedule 2 or, if a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) is taken to be made only after it has been signed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If a </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not include the addition or removal of services, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken to be made after the </w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completes the appended Support Coordinator’s Notation unless the </w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informs the </w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing within 5 Business Days of the Support Coordinator’s Notation that it does not agree to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in which case the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="000010B3" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken not to have been made and is of no effect. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460E9698" w14:textId="0305FE93" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="_Hlk180129237"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.4 A </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> replaces Schedule 2 and any earlier </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in respect of services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0C6F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> start and end dates specified in that </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must specify all services to be provided within that period. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B94D0D" w14:textId="2C134EE3" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.5 Except as provided for in clause </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0BAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.1 or clause </w:t>
+      </w:r>
+      <w:r w:rsidR="008E0BAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2, this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only be varied or replaced by a document executed by the parties. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2533DB20" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00D91B37">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38302D9D" w14:textId="087A647B" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="005D17D8">
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w14:paraId="426F1D46" w14:textId="6B741ED4" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> social wellbeing. </w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.2 Entire understanding </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4A1CB4" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
+    <w:p w14:paraId="02E295FA" w14:textId="70D922D9" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="_Hlk180129390"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, explanations and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>commitments,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expressed or implied, affecting this subject matter are superseded by this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and have no effect. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C00FFAA" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CD5D5D2" w14:textId="6D380B06" w:rsidR="00CC09F5" w:rsidRDefault="000A504D" w:rsidP="00CC09F5">
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w14:paraId="05BE49FD" w14:textId="68D6E74A" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>7</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Termination by Service Provider </w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.3 Consents and approvals </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C35127" w14:textId="05FEEFA7" w:rsidR="00D6581B" w:rsidRPr="00D424DB" w:rsidRDefault="00D6581B" w:rsidP="00D6581B">
+    <w:p w14:paraId="4E6CA067" w14:textId="7D76F182" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-      </w:r>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the doing of any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may terminate this </w:t>
+        <w:t xml:space="preserve"> act, matter or thing under this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at any time by giving the </w:t>
+        <w:t xml:space="preserve"> is dependent on the consent or approval of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or is within the discretion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">, then consent or approval may be given, or the discretion exercised conditionally or unconditionally or withheld by the </w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> days’ notice</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve"> where 30 days’ notice is required.</w:t>
+        <w:t xml:space="preserve">in its absolute discretion unless express provision to the contrary is made. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55881FE6" w14:textId="3362B642" w:rsidR="00CC09F5" w:rsidRDefault="000A504D" w:rsidP="00CC09F5">
+    <w:p w14:paraId="53500D44" w14:textId="3143A21B" w:rsidR="006173B3" w:rsidRDefault="006173B3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77460E8D" w14:textId="51EE3687" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>7</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Termination as a consequence of changes to the Participant's Plan </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.4 Duty to cooperate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64138ED5" w14:textId="0A28C200" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="5ADB7AEC" w14:textId="2D76B517" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Each party must do everything reasonably necessary </w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and reasonable </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to give full effect to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
-[...152 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643C932D" w14:textId="3577C2FE" w:rsidR="00CC09F5" w:rsidRDefault="000A504D" w:rsidP="00CC09F5">
+    <w:p w14:paraId="1072598E" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38969633" w14:textId="51BE80E8" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:t>7</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> Effect of termination or expiry </w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.5 Legal costs and expenses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1C991D" w14:textId="727C502F" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="1BD20C78" w14:textId="4D07213B" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Termination or expiry of this </w:t>
+        <w:t xml:space="preserve">Each party must pay its own legal costs and expenses in relation to the negotiation, preparation and execution of this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will not affect: </w:t>
+        <w:t xml:space="preserve"> and other documents referred to in it, unless expressly stated otherwise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193E8CF1" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
+    <w:p w14:paraId="69DEA0A2" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3247092D" w14:textId="36F07763" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="005D17D8">
+    <w:p w14:paraId="2B4A09FD" w14:textId="34D42AA9" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">.1 any accrued rights or remedies of either party; or </w:t>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="0014762F">
+        <w:t xml:space="preserve">.6 Waiver and exercise of rights </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB79CEB" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
+    <w:p w14:paraId="32494A14" w14:textId="6F43E874" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A right relating to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>waiving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the right. A single or partial exercise or waiver of a right relating to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not prevent any other exercise of that right or the exercise of any other right. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2465AEDA" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49015698" w14:textId="0049EAC9" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="005D17D8">
-[...105 lines deleted...]
-    <w:p w14:paraId="4AD67CCF" w14:textId="2192C4F1" w:rsidR="00473F78" w:rsidRDefault="000A504D" w:rsidP="00473F78">
+    <w:p w14:paraId="517F6C87" w14:textId="5C47C1BC" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
-        <w:t xml:space="preserve">.1 Amendment </w:t>
+        <w:t xml:space="preserve">.7 Rights and remedies </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6887E7E5" w14:textId="1F8686CE" w:rsidR="00F41C52" w:rsidRPr="003B7CBC" w:rsidRDefault="000A504D" w:rsidP="00F41C52">
+    <w:p w14:paraId="271FB492" w14:textId="176E55EA" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="_Hlk180129106"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve"> of this </w:t>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The rights and remedies conferred on a party by this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00E51528">
-[...139 lines deleted...]
-        <w:t xml:space="preserve"> NDIA.</w:t>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are in addition to all other rights and remedies of that party. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:p w14:paraId="2C1A8F68" w14:textId="77777777" w:rsidR="00473F78" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+    <w:p w14:paraId="55849AD3" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="097EA550" w14:textId="13C3DCA9" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="00B45FA5">
+    <w:p w14:paraId="0F886C2F" w14:textId="44723465" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Hlk180129204"/>
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of the </w:t>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.8 Assignment </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE5CF79" w14:textId="206D8942" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must not assign, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>novate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transfer any of its rights or obligations under this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> the parties agree to: </w:t>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without the prior written consent of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A12D87B" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="6130AF6B" w14:textId="77777777" w:rsidR="008502D0" w:rsidRPr="00D424DB" w:rsidRDefault="008502D0" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="344F27E8" w14:textId="014BED14" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00E55F3F">
+    <w:p w14:paraId="6C05A9BF" w14:textId="62CF4EB0" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
-        <w:ind w:left="720"/>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.9 No relationship </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="711C306E" w14:textId="56B78E8E" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(a) the </w:t>
+        <w:t xml:space="preserve">Nothing in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Service Provider</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be construed or deemed to constitute a partnership, joint venture or employee, employer or representative relationship between any of the parties. Nothing in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> continuing to provide services to the </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> beyond the Participant’s Plan end date specified in item 2 of Schedule 1 or, if a </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> deemed to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment Schedule has previously been made, in the most recent </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>authorise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or empower any of the parties to act as </w:t>
+      </w:r>
+      <w:r w:rsidR="00C34E34">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">; and/or </w:t>
+        <w:t xml:space="preserve">agent for or with any other party. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239AEBC9" w14:textId="438A88AD" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00E55F3F">
+    <w:p w14:paraId="4A4FBC9D" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
-        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ACDB7D0" w14:textId="3ADB21B3" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0065052B">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.10 Rule of construction </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6DDF78" w14:textId="7ED73BDE" w:rsidR="00EA7DED" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+      <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(b) alter the range and/or details of services specified in Schedule 2 or, if a </w:t>
+        <w:t xml:space="preserve">In the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, no rule of construction applies to the disadvantage of the party preparing the document on the basis that it prepared or put forward this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        <w:t>Service Agreement</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">; </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or any part of it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02347630" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="4BCBBBB4" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="63403752" w14:textId="7E23175D" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+    <w:p w14:paraId="68B85F42" w14:textId="5B8B29C3" w:rsidR="00EA7DED" w:rsidRDefault="000A504D" w:rsidP="0065052B">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.11 Counterparts </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09937462" w14:textId="727C6971" w:rsidR="00EA7DED" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2664">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may be executed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>counterparts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which taken together constitute one instrument. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642FA061" w14:textId="6B369C58" w:rsidR="008502D0" w:rsidRDefault="008502D0">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC12571" w14:textId="08AD2323" w:rsidR="00EA7DED" w:rsidRDefault="000A504D" w:rsidP="0065052B">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">the </w:t>
-      </w:r>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78">
+        <w:t xml:space="preserve">.12 Notices </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="308CF940" w14:textId="304735E0" w:rsidR="00EA7DED" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Service Provider</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any notices required to be served by any party to the other party must be in writing and may be via email (see </w:t>
+      </w:r>
+      <w:r w:rsidR="00C6195A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall, after consulting with the </w:t>
-[...120 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> in Schedule 1). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:p w14:paraId="119DC8B3" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="203B2DBD" w14:textId="77777777" w:rsidR="00D91B37" w:rsidRPr="00D424DB" w:rsidRDefault="00D91B37" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="39CDF87A" w14:textId="7AEA1C37" w:rsidR="000010B3" w:rsidRPr="00D424DB" w:rsidRDefault="000A504D" w:rsidP="000010B3">
-[...473 lines deleted...]
-    <w:p w14:paraId="426F1D46" w14:textId="6B741ED4" w:rsidR="0014762F" w:rsidRDefault="000A504D" w:rsidP="0014762F">
+    <w:p w14:paraId="47A1140F" w14:textId="6CFD2930" w:rsidR="00EA7DED" w:rsidRDefault="000A504D" w:rsidP="0065052B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...633 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.13 Governing law and jurisdiction </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DC7ADA0" w14:textId="36EA913E" w:rsidR="00EA68EA" w:rsidRDefault="00473F78">
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00CC2664">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
@@ -15820,142 +20177,142 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or Extension State Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79231135" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00CD66EC">
+    <w:p w14:paraId="79231135" w14:textId="1AF81065" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00CD66EC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="34" w:name="Text2"/>
+      <w:bookmarkStart w:id="59" w:name="Text2"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="Text3"/>
+      <w:bookmarkStart w:id="60" w:name="Text3"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15979,76 +20336,76 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="60"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
               <w:maxLength w:val="4"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="Text4"/>
+      <w:bookmarkStart w:id="61" w:name="Text4"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16064,57 +20421,117 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51581CE2" w14:textId="0059611F" w:rsidR="00CD66EC" w:rsidRPr="005B14B7" w:rsidRDefault="00CD66EC" w:rsidP="00CD66EC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
@@ -16149,51 +20566,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or Extension End Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C58E30B" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00CD66EC">
+    <w:p w14:paraId="3C58E30B" w14:textId="2EAFDFD8" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00CD66EC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -16393,129 +20810,207 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09902D21" w14:textId="77777777" w:rsidR="00C6195A" w:rsidRPr="005B14B7" w:rsidRDefault="00C6195A" w:rsidP="00C6195A">
+    <w:p w14:paraId="09902D21" w14:textId="5F98714B" w:rsidR="00C6195A" w:rsidRPr="005B14B7" w:rsidRDefault="00C6195A" w:rsidP="00C6195A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Hlk211186467"/>
-      <w:bookmarkStart w:id="38" w:name="_Hlk211186559"/>
+      <w:bookmarkStart w:id="62" w:name="_Hlk211186467"/>
+      <w:bookmarkStart w:id="63" w:name="_Hlk211186559"/>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 3 </w:t>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="_Hlk211162516"/>
+      <w:bookmarkStart w:id="64" w:name="_Hlk211162516"/>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement Date </w:t>
       </w:r>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must be specified when a new </w:t>
       </w:r>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has commenced providing the service/s during the </w:t>
       </w:r>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="008502D0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r w:rsidRPr="0012151D">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0012151D">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="39"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
-    <w:bookmarkStart w:id="40" w:name="_Hlk211186511"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7B2004CB" w14:textId="77777777" w:rsidR="00C6195A" w:rsidRDefault="00C6195A" w:rsidP="00C6195A">
+    <w:bookmarkStart w:id="65" w:name="_Hlk211186511"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p w14:paraId="7B2004CB" w14:textId="3859EAA0" w:rsidR="00C6195A" w:rsidRDefault="00C6195A" w:rsidP="00C6195A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -16715,155 +21210,242 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p w14:paraId="7B540A0E" w14:textId="59662BC3" w:rsidR="0062736D" w:rsidRDefault="0062736D" w:rsidP="0062736D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="00C6195A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan Management </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>specify either NDIA managed</w:t>
+      <w:bookmarkStart w:id="66" w:name="_Hlk222651691"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> either </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> managed</w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">managed: </w:t>
       </w:r>
+      <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="6212B61E" w14:textId="77777777" w:rsidR="0062736D" w:rsidRDefault="0062736D" w:rsidP="0062736D">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="Text5"/>
+      <w:bookmarkStart w:id="67" w:name="Text5"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -16905,51 +21487,51 @@
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="67"/>
     </w:p>
     <w:p w14:paraId="674923C2" w14:textId="27CD5885" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00511A0F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Notices</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F41B53" w14:textId="6C0F5202" w:rsidR="00CD66EC" w:rsidRDefault="00C6195A" w:rsidP="00CD66EC">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -16976,105 +21558,105 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3793"/>
         <w:gridCol w:w="4508"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="3D8460BA" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="3D8460BA" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="333E8312" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="0083722B" w:rsidRDefault="00CD66EC" w:rsidP="0083722B">
+          <w:p w14:paraId="333E8312" w14:textId="30C69BD0" w:rsidR="00CD66EC" w:rsidRPr="0083722B" w:rsidRDefault="00CD66EC" w:rsidP="0083722B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="309"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083722B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Participant Address:</w:t>
+              <w:t>Participant Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00372914" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="004D4135">
+          <w:p w14:paraId="00372914" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="42" w:name="Text6"/>
+            <w:bookmarkStart w:id="68" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17098,53 +21680,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="42"/>
+            <w:bookmarkEnd w:id="68"/>
           </w:p>
-          <w:p w14:paraId="5F2F8814" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="004D4135">
+          <w:p w14:paraId="5F2F8814" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17192,160 +21774,153 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="6E7C39B3" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="6E7C39B3" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A7F924B" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="0083722B" w:rsidRDefault="00CD66EC" w:rsidP="0083722B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0083722B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Guardian details</w:t>
             </w:r>
             <w:r w:rsidRPr="0083722B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B1C0F1B" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="004D4135">
+          <w:p w14:paraId="2B1C0F1B" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="2A9422F9" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="2A9422F9" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EBE7F64" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00F67D4B">
+          <w:p w14:paraId="2EBE7F64" w14:textId="39834724" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D29E070" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="004D4135">
+          <w:p w14:paraId="5D29E070" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="43" w:name="Text7"/>
+            <w:bookmarkStart w:id="69" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17369,152 +21944,137 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="43"/>
+            <w:bookmarkEnd w:id="69"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (delegated guardian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="4A636809" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="4A636809" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="100E6EB8" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00F67D4B">
+          <w:p w14:paraId="100E6EB8" w14:textId="0141D9C5" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14BA4E88" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="004D4135">
+          <w:p w14:paraId="14BA4E88" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>28, Barrack Street, PERTH 6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="5CDF8755" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="5CDF8755" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="629AF6B0" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00F67D4B">
+          <w:p w14:paraId="629AF6B0" w14:textId="7D449B27" w:rsidR="00CD66EC" w:rsidRPr="00D424DB" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36197">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DF69A79" w14:textId="541476FF" w:rsidR="00CD66EC" w:rsidRPr="00B747FC" w:rsidRDefault="00C57448" w:rsidP="004D4135">
+          <w:p w14:paraId="6DF69A79" w14:textId="541476FF" w:rsidR="00CD66EC" w:rsidRPr="00B747FC" w:rsidRDefault="00C57448" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17559,112 +22119,107 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00CD66EC" w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>@justice.wa.gov.au</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="2890FA50" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="004D4135">
+          <w:p w14:paraId="2890FA50" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08 9278 7300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="280CB35B" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="280CB35B" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4249534C" w14:textId="3C67ACAC" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00BD7526" w:rsidP="00D73016">
+          <w:p w14:paraId="4249534C" w14:textId="679A3050" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00BD7526" w:rsidP="002470B0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidR="00CD66EC" w:rsidRPr="0083722B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Service Provider</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="120D6C9E" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -17720,70 +22275,70 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="363AE446" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="363AE446" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A496841" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="0A496841" w14:textId="3460E315" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Service Provider Address</w:t>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D312FF3" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -17929,70 +22484,70 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F67D4B" w14:paraId="2519A839" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00F67D4B" w14:paraId="2519A839" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D791795" w14:textId="61E14A38" w:rsidR="00F67D4B" w:rsidRPr="00D955DE" w:rsidRDefault="00F67D4B" w:rsidP="00D73016">
+          <w:p w14:paraId="5D791795" w14:textId="18E4F5F2" w:rsidR="00F67D4B" w:rsidRPr="00D955DE" w:rsidRDefault="00F67D4B" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Service Provider Contact Name</w:t>
+              <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="098A98EE" w14:textId="7927302B" w:rsidR="00F67D4B" w:rsidRDefault="00F67D4B" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18048,93 +22603,141 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="4DC0D0B6" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="4DC0D0B6" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C541851" w14:textId="4A9C9FC9" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="0C541851" w14:textId="4CBE6768" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36197">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Signed </w:t>
             </w:r>
+            <w:r w:rsidR="008C34B4">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ervice </w:t>
+            </w:r>
             <w:r w:rsidR="00CC2664">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Service Agreement</w:t>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>greement</w:t>
             </w:r>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>s will be returned to this email)</w:t>
+              <w:t>s will be r</w:t>
+            </w:r>
+            <w:r w:rsidR="008C34B4">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D955DE">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="008C34B4">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ur</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D955DE">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ned to this email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11358876" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18278,60 +22881,59 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="77E490B3" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="77E490B3" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7913B8A5" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00F36197" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="7913B8A5" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00F36197" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="049F8CAE" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18399,93 +23001,138 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="1493751B" w14:textId="77777777" w:rsidTr="004D4135">
+    </w:tbl>
+    <w:p w14:paraId="5BA0D7BA" w14:textId="77777777" w:rsidR="0030050D" w:rsidRDefault="0030050D">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="715" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3793"/>
+        <w:gridCol w:w="4508"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0030050D" w14:paraId="65CBDFBD" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5334DB9B" w14:textId="1DB35566" w:rsidR="00CD66EC" w:rsidRPr="0083722B" w:rsidRDefault="002F4315" w:rsidP="00D73016">
+          <w:p w14:paraId="26739797" w14:textId="72EBD03E" w:rsidR="0030050D" w:rsidRPr="00D955DE" w:rsidRDefault="0030050D" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0083722B">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4508" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8B3061" w14:textId="77777777" w:rsidR="0030050D" w:rsidRDefault="0030050D" w:rsidP="00D73016">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD66EC" w14:paraId="1493751B" w14:textId="77777777" w:rsidTr="00C27B73">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3793" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5334DB9B" w14:textId="4F8C8DBE" w:rsidR="00CD66EC" w:rsidRPr="0083722B" w:rsidRDefault="002F4315" w:rsidP="00D616DD">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009D7178">
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0083722B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
+              <w:t xml:space="preserve">Support Coordination (SC) </w:t>
+            </w:r>
+            <w:r w:rsidR="009D7178" w:rsidRPr="002470B0">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
               <w:t>Provider</w:t>
-            </w:r>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DD9B8CE" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18541,60 +23188,59 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="22F9EC70" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="22F9EC70" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78003E1C" w14:textId="50106211" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="002F4315" w:rsidP="00D73016">
+          <w:p w14:paraId="78003E1C" w14:textId="50106211" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="002F4315" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SC</w:t>
             </w:r>
             <w:r w:rsidR="00B5041B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider</w:t>
             </w:r>
             <w:r w:rsidR="00CD66EC" w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Address</w:t>
@@ -18675,60 +23321,59 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="2F21D081" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="2F21D081" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68F04F04" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="68F04F04" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Support Coordinator Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66142D7C" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -18795,60 +23440,59 @@
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD66EC" w14:paraId="53A6C466" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="00CD66EC" w14:paraId="53A6C466" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3F48B244" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="3F48B244" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRPr="00D955DE" w:rsidRDefault="00CD66EC" w:rsidP="00D616DD">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="309"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Contact (email and phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62EBA687" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -19001,64 +23645,63 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0560825B" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="40578E5E" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -19092,269 +23735,207 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62759374" w14:textId="77777777" w:rsidR="00CD66EC" w:rsidRDefault="00CD66EC" w:rsidP="00D73016">
+          <w:p w14:paraId="5805CA0D" w14:textId="77777777" w:rsidR="0030050D" w:rsidRDefault="0030050D" w:rsidP="00D73016">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...79 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="62759374" w14:textId="77777777" w:rsidR="0030050D" w:rsidRDefault="0030050D" w:rsidP="00D73016">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="33496D62" w14:textId="65FBD49E" w:rsidR="0018138B" w:rsidRDefault="0018138B" w:rsidP="00EF5BFA">
+    <w:p w14:paraId="6A264784" w14:textId="77777777" w:rsidR="0030050D" w:rsidRDefault="0030050D">
       <w:pPr>
-        <w:ind w:left="2160" w:firstLine="720"/>
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="_Hlk179697280"/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="091898A8" w14:textId="77777777" w:rsidR="0018138B" w:rsidRDefault="0018138B">
-[...14 lines deleted...]
-    <w:p w14:paraId="7E528A72" w14:textId="74AAC68A" w:rsidR="00FC7E90" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
+    <w:p w14:paraId="7E528A72" w14:textId="43DE7308" w:rsidR="00FC7E90" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Hlk179697280"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00E919D6" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRPr="00DB46AE" w:rsidRDefault="00FC7E90" w:rsidP="00DB46AE"/>
     <w:p w14:paraId="5DAFA986" w14:textId="4914ED59" w:rsidR="00FC7E90" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Schedule of </w:t>
       </w:r>
       <w:r w:rsidR="003A5178">
         <w:t>Home and Living</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309A35CA" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRDefault="00FC7E90" w:rsidP="00EF5BFA">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B56A27A" w14:textId="5C167BDB" w:rsidR="00FC7E90" w:rsidRPr="00DB46AE" w:rsidRDefault="00EA68EA" w:rsidP="00DB46AE">
+    <w:p w14:paraId="0B56A27A" w14:textId="7342981E" w:rsidR="00FC7E90" w:rsidRPr="00DB46AE" w:rsidRDefault="00EA68EA" w:rsidP="00DB46AE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> This Schedule may be replaced by a </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2664">
-        <w:rPr>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment Schedule made under clause </w:t>
+        <w:t xml:space="preserve"> made under clause </w:t>
       </w:r>
       <w:r w:rsidR="003378D8" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.1.2 during the Term of th</w:t>
       </w:r>
       <w:r w:rsidR="003378D8" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2664">
-        <w:rPr>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4822D23B" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00FC7E90" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="434F4F0D" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
@@ -19374,482 +23955,604 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05207153" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GST Exempt </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7697DC23" w14:textId="2174D198" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="0086190A">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes </w:t>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086190A" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the NDIS Act, set out in the Participant's NDIS Plan currently in effect under section 37 of the NDIS Act. </w:t>
-[...8 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="5EA07322" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00DB46AE" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C435316" w14:textId="15CEF830" w:rsidR="00836F8F" w:rsidRPr="00DB46AE" w:rsidRDefault="00EA68EA" w:rsidP="00DB46AE">
+    <w:p w14:paraId="3C435316" w14:textId="23043C97" w:rsidR="00836F8F" w:rsidRPr="00DB46AE" w:rsidRDefault="00EA68EA" w:rsidP="00DB46AE">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All</w:t>
       </w:r>
       <w:r w:rsidR="003A5178" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidR="003A5178" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">to be provided during this Participant’s Plan period must be </w:t>
+        <w:t xml:space="preserve">to be provided during this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="008502D0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00265682">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB46AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period must be </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prescribed in detail</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> below and quote for the Plan period</w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> applicable to the </w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Service Provider.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE7251" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6195A" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C6195A" w:rsidRPr="009A1825">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00C6195A" w:rsidRPr="009A1825">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Compensation Reduction Amount</w:t>
       </w:r>
       <w:r w:rsidR="00C6195A" w:rsidRPr="009A1825">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be included as a separate line item with a minus amount.</w:t>
       </w:r>
       <w:r w:rsidR="00C6195A" w:rsidRPr="00C6195A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Where a plan extension has been granted and an OPA service agreement is being completed for the first time</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C6195A" w:rsidRPr="00C6195A">
+        <w:t xml:space="preserve"> Where a plan extension has been granted and an OPA service agreement is being completed for the first </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="_Hlk200917840"/>
+      <w:r w:rsidR="00E556CA" w:rsidRPr="00C6195A">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00E556CA" w:rsidRPr="00C6195A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="_Hlk200917840"/>
+      <w:r w:rsidR="00E556CA" w:rsidRPr="00C6195A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>please</w:t>
+      </w:r>
       <w:r w:rsidR="00FE7251" w:rsidRPr="00C6195A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> please include any funds </w:t>
+        <w:t xml:space="preserve"> include any funds </w:t>
       </w:r>
       <w:r w:rsidR="004A022D" w:rsidRPr="00C6195A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>carried forward</w:t>
       </w:r>
       <w:r w:rsidR="004A022D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">from the previous plan in </w:t>
       </w:r>
       <w:r w:rsidR="002827EF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00FE7251">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>llocations at Budget Item 1 and Budget Item 2 below</w:t>
       </w:r>
       <w:r w:rsidR="00836F8F" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r w:rsidR="00A369A1" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  The participant must have a current Home and Living decision made by </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> The participant must have a current Home and Living decision made by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A5169A" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:r w:rsidR="008502D0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A369A1" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NDIA Home and Living Panel that includes </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002827EF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>a Home and Living</w:t>
+        <w:t>a Home</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002827EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Living</w:t>
       </w:r>
       <w:r w:rsidR="00A369A1" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> support in the plan.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488E6ED5" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00836F8F" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22BB7802" w14:textId="3EFC5F53" w:rsidR="00836F8F" w:rsidRDefault="00DD0C2F" w:rsidP="003405AD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Home and Living </w:t>
       </w:r>
       <w:r w:rsidR="00EA68EA">
         <w:t xml:space="preserve">Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17119574" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRDefault="00836F8F" w:rsidP="00FC7E90"/>
     <w:p w14:paraId="286C9BA9" w14:textId="0C9B76A2" w:rsidR="002F1406" w:rsidRPr="000D17F7" w:rsidRDefault="00FE7251" w:rsidP="002F1406">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Hlk180068202"/>
+      <w:bookmarkStart w:id="72" w:name="_Hlk180068202"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Budget </w:t>
       </w:r>
       <w:r w:rsidR="002F1406" w:rsidRPr="000D17F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 1 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="1731"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1406" w14:paraId="42124092" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="42124092" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699C5BA3" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="699C5BA3" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D17F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Support Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E7473BA" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="2E7473BA" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D17F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Support Item Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4488758B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="4488758B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$ Allocations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="7C7A0CC6" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="7C7A0CC6" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5143EA2B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="5143EA2B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="47" w:name="Text11"/>
+            <w:bookmarkStart w:id="73" w:name="Text11"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -19891,58 +24594,58 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="47"/>
+            <w:bookmarkEnd w:id="73"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="357B5840" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="357B5840" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20015,90 +24718,90 @@
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57F566EA" w14:textId="33E11342" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="57F566EA" w14:textId="33E11342" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0.00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="48" w:name="Text8"/>
+            <w:bookmarkStart w:id="74" w:name="Text8"/>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -20140,60 +24843,60 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="48"/>
+            <w:bookmarkEnd w:id="74"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="15CA6EE2" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="15CA6EE2" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71490C1A" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="71490C1A" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20266,51 +24969,51 @@
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A622B2C" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="1A622B2C" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20383,51 +25086,51 @@
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="431EF5D9" w14:textId="17BD9CE8" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="431EF5D9" w14:textId="17BD9CE8" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -20510,56 +25213,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="04156608" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="04156608" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="120CA0E8" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="120CA0E8" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20632,51 +25335,51 @@
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09859EBB" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="09859EBB" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -20749,51 +25452,51 @@
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6627131E" w14:textId="3804C895" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="6627131E" w14:textId="3804C895" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -20876,59 +25579,59 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="4B80488E" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="4B80488E" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43F7E53F" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="43F7E53F" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21004,51 +25707,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="18227F66" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="18227F66" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21124,51 +25827,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B32A61">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7E7E39E7" w14:textId="7D4B5882" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="7E7E39E7" w14:textId="7D4B5882" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -21251,62 +25954,62 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="3D52205F" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="3D52205F" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="136C5052" w14:textId="3C2A991B" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="136C5052" w14:textId="3C2A991B" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total ($)</w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -21400,182 +26103,182 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="12B0BA66" w14:textId="1F851527" w:rsidR="002F1406" w:rsidRPr="000D17F7" w:rsidRDefault="00FE7251" w:rsidP="002F1406">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Hlk180079005"/>
+      <w:bookmarkStart w:id="75" w:name="_Hlk180079005"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Budget </w:t>
       </w:r>
       <w:r w:rsidR="002F1406" w:rsidRPr="000D17F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="002F1406">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="002F1406" w:rsidRPr="000D17F7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3685"/>
         <w:gridCol w:w="3510"/>
         <w:gridCol w:w="1821"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F1406" w14:paraId="4A24D21A" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="4A24D21A" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20EBA563" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="20EBA563" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D17F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Support Category</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B3481A3" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="0B3481A3" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D17F7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Support Item Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="785E064E" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="785E064E" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$ Allocations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="3B3837ED" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="3B3837ED" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="019CFB5A" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="019CFB5A" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21648,51 +26351,51 @@
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E635F3E" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="7E635F3E" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -21765,51 +26468,51 @@
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4549CC87" w14:textId="6093CDE1" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="4549CC87" w14:textId="6093CDE1" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -21892,56 +26595,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="413119C3" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="413119C3" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="76C6539D" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="76C6539D" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22014,51 +26717,51 @@
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3182AA0B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="3182AA0B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22131,51 +26834,51 @@
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC23325" w14:textId="5408B76B" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="7CC23325" w14:textId="5408B76B" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -22258,56 +26961,56 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="334D76DE" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="334D76DE" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13B6297B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="13B6297B" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22380,51 +27083,51 @@
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E620CC7" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="4E620CC7" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22497,51 +27200,51 @@
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="229117DE" w14:textId="5D809483" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="229117DE" w14:textId="5D809483" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -22624,59 +27327,59 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="6C9856D5" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="6C9856D5" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DD5E69C" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="3DD5E69C" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22752,51 +27455,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FC33A7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3510" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51FCBED8" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="51FCBED8" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -22872,51 +27575,51 @@
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00403B52">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1821" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68324BF1" w14:textId="2EBEBE63" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="68324BF1" w14:textId="2EBEBE63" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -22999,62 +27702,62 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F1406" w14:paraId="07343020" w14:textId="77777777" w:rsidTr="004D4135">
+      <w:tr w:rsidR="002F1406" w14:paraId="07343020" w14:textId="77777777" w:rsidTr="00C27B73">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B481401" w14:textId="70830384" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="004D4135">
+          <w:p w14:paraId="2B481401" w14:textId="70830384" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="00C27B73">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Total ($)</w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -23138,81 +27841,75 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7826F338" w14:textId="66C0C7C1" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="002F1406">
+    <w:p w14:paraId="7D084CD8" w14:textId="62445968" w:rsidR="001E01E8" w:rsidRDefault="002F1406" w:rsidP="0065052B">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="right"/>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D955DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TOTAL FOR ALL ITEMS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: $ </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="46"/>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r w:rsidR="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
               <w:format w:val="0.00"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -23273,104 +27970,96 @@
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:r w:rsidR="001E01E8">
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7D084CD8" w14:textId="4B62DA15" w:rsidR="001E01E8" w:rsidRDefault="001E01E8">
-[...11 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="70"/>
     <w:p w14:paraId="77237802" w14:textId="237D88C6" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>SIGNING PAGE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35695357" w14:textId="77777777" w:rsidR="003405AD" w:rsidRDefault="003405AD" w:rsidP="003405AD">
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7DC4AC" w14:textId="2AEB6CC4" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00821BF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Executed</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the parties as a </w:t>
       </w:r>
-      <w:r w:rsidR="00CC2664">
-        <w:rPr>
+      <w:r w:rsidR="00CC2664" w:rsidRPr="00821BF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A2395A" w14:textId="77777777" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301DEA9B" w14:textId="77777777" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -23441,83 +28130,84 @@
           <w:p w14:paraId="30ECBCE6" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1478217991"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="641A4BEB" w14:textId="5AF96209" w:rsidR="00633896" w:rsidRPr="00B6458B" w:rsidRDefault="00633896" w:rsidP="00274133">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="49916E53" wp14:editId="5946C3E0">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="72751316" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId15">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1051560"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -23531,98 +28221,135 @@
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="61085501" w14:textId="77777777" w:rsidTr="00DB46AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1750FF8E" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5AEBBD0F" w14:textId="01D10F52" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00633896">
+          <w:p w14:paraId="5AEBBD0F" w14:textId="350D2729" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00633896">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of Service Provider </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Name </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF20BE">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and Position </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>of Service Provider</w:t>
+            </w:r>
+            <w:r w:rsidR="0030050D">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00733D5C" w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>authorised signee</w:t>
+              <w:t>authorised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00733D5C" w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> signee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D1DC14C" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="00633896" w:rsidP="00633896">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="50" w:name="Text12"/>
+            <w:bookmarkStart w:id="76" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -23655,305 +28382,154 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="50"/>
+            <w:bookmarkEnd w:id="76"/>
           </w:p>
           <w:p w14:paraId="1968B584" w14:textId="63088CEC" w:rsidR="00633896" w:rsidRPr="00B6458B" w:rsidRDefault="00633896" w:rsidP="00633896">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="5AFD1C41" w14:textId="77777777" w:rsidTr="00DB46AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B1EF37" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="64284480" w14:textId="567DA8FA" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00633896">
+          <w:p w14:paraId="64284480" w14:textId="7987E9DC" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00633896">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="00DB46AE">
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="2032E161" w14:textId="000542B4" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="00633896" w:rsidP="00633896">
+          <w:p w14:paraId="2032E161" w14:textId="7210BAD9" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="00D252F6" w:rsidP="00D252F6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...139 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -23993,210 +28569,211 @@
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4490"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="718575E4" w14:textId="77777777" w:rsidTr="00DB46AE">
         <w:trPr>
           <w:trHeight w:val="1109"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67B9F649" w14:textId="7094E90D" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
+          <w:p w14:paraId="67B9F649" w14:textId="7094E90D" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00C27B73">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGNED for and on behalf of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Participant </w:t>
             </w:r>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>by the</w:t>
             </w:r>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Guardian</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="642A2D4D" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
+          <w:p w14:paraId="642A2D4D" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00C27B73">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="436985AE" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
+          <w:p w14:paraId="436985AE" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00C27B73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="122274581"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4118DA8F" w14:textId="08682705" w:rsidR="00DB46AE" w:rsidRPr="00633896" w:rsidRDefault="00633896" w:rsidP="00633896">
                 <w:pPr>
                   <w:rPr>
                     <w:rFonts w:cs="Times New Roman"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6A2E32DA" wp14:editId="0961D421">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="1449228611" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId15">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1051560"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="7520FF7D" w14:textId="77777777" w:rsidTr="00DB46AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="280892C8" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
+          <w:p w14:paraId="280892C8" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00C27B73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C599E76" w14:textId="6F3F6402" w:rsidR="00DB46AE" w:rsidRPr="00B6458B" w:rsidRDefault="00C77663" w:rsidP="00633896">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
@@ -24290,287 +28867,136 @@
             <w:r w:rsidR="00633896">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00633896">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="103F0A19" w14:textId="77777777" w:rsidTr="00DB46AE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF64A76" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
+          <w:p w14:paraId="0DF64A76" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00C27B73">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4DB6EBA0" w14:textId="77777777" w:rsidR="00633896" w:rsidRDefault="00633896" w:rsidP="00633896">
+          <w:p w14:paraId="4DB6EBA0" w14:textId="77BBC06A" w:rsidR="00633896" w:rsidRDefault="00633896" w:rsidP="00633896">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of execution</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="52AB49E7" w14:textId="7D7A3D3A" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="00633896" w:rsidP="00633896">
+          <w:p w14:paraId="52AB49E7" w14:textId="27C7E645" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="00D252F6" w:rsidP="00D252F6">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...139 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -24614,51 +29040,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The following Support Coordinator’s Notation can only be completed by the Support Coordinator. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABC9146" w14:textId="77777777" w:rsidR="00C77663" w:rsidRPr="00B6458B" w:rsidRDefault="00C77663" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DE1152C" w14:textId="61DF7B66" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
+    <w:p w14:paraId="7DE1152C" w14:textId="00398434" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you are the Provider and have already completed and signed th</w:t>
       </w:r>
       <w:r w:rsidR="002C423F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -24704,51 +29130,65 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator </w:t>
       </w:r>
       <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>for completion of the Support Coordinator’s notation</w:t>
+        <w:t xml:space="preserve">for completion of the Support Coordinator’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0030050D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03E91BA0" w14:textId="77777777" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00D17794" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36D26BDF" w14:textId="77777777" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00D17794" w:rsidP="00D17794">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -24803,149 +29243,639 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This page is for the Support Coordinator only </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE94FB3" w14:textId="77777777" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00D17794" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F9AF72D" w14:textId="77777777" w:rsidR="009C7360" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
+    <w:p w14:paraId="2EA017B5" w14:textId="34969696" w:rsidR="009C385B" w:rsidRPr="002F4DE5" w:rsidRDefault="009C385B" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="_Hlk222397947"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funded in Schedule 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">described in Appendix 1 of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Supports</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF20BE" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Replacement Support/s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to be used in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EBA4F59" w14:textId="77777777" w:rsidR="009C385B" w:rsidRPr="002F4DE5" w:rsidRDefault="009C385B" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C82E5F1" w14:textId="7CC06519" w:rsidR="009C385B" w:rsidRPr="002F4DE5" w:rsidRDefault="009C385B" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding set </w:t>
+      </w:r>
+      <w:r w:rsidR="003576C6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Schedule 2 is available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>budget/s to be allocated</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>set out in Schedule 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24BC3BE0" w14:textId="77777777" w:rsidR="009C385B" w:rsidRPr="002F4DE5" w:rsidRDefault="009C385B" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D2E7366" w14:textId="0AABAEE4" w:rsidR="00D05DE0" w:rsidRPr="0065052B" w:rsidRDefault="00D05DE0" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="_Hlk222651860"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perform a c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ompliance and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nforcement </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctions </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>through the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE3529">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality and Safeguards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to identify</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE103E" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA11F1" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">then immediately </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p w14:paraId="09A1F972" w14:textId="77777777" w:rsidR="00D05DE0" w:rsidRDefault="00D05DE0" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p w14:paraId="6451B460" w14:textId="1983AED7" w:rsidR="009C385B" w:rsidRPr="00B6458B" w:rsidRDefault="009C385B" w:rsidP="009C385B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
-[...6 lines deleted...]
-        <w:t>return to the provider to address</w:t>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
+        <w:t xml:space="preserve">identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A9E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96A9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2D81A2F7" w14:textId="77777777" w:rsidR="009C385B" w:rsidRPr="00B6458B" w:rsidRDefault="009C385B" w:rsidP="009C385B">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="7B676E81" w14:textId="77777777" w:rsidR="009C7360" w:rsidRPr="00B6458B" w:rsidRDefault="009C7360" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="615529AF" w14:textId="77777777" w:rsidR="002F1406" w:rsidRPr="00B6458B" w:rsidRDefault="002F1406" w:rsidP="002F1406">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2CF9FD" w14:textId="77777777" w:rsidR="002F1406" w:rsidRPr="00B6458B" w:rsidRDefault="002F1406" w:rsidP="002F1406">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="Text9"/>
+      <w:bookmarkStart w:id="79" w:name="Text9"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -24969,51 +29899,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="51"/>
+      <w:bookmarkEnd w:id="79"/>
     </w:p>
     <w:p w14:paraId="277F2977" w14:textId="77777777" w:rsidR="002F1406" w:rsidRPr="00B6458B" w:rsidRDefault="002F1406" w:rsidP="002F1406">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="546689CE" w14:textId="77777777" w:rsidR="002F1406" w:rsidRPr="00B6458B" w:rsidRDefault="002F1406" w:rsidP="002F1406">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -25103,83 +30033,84 @@
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="348761086"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="256F6DFD" w14:textId="33FC994A" w:rsidR="002F1406" w:rsidRPr="00B6458B" w:rsidRDefault="00633896" w:rsidP="00633896">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="59711C88" wp14:editId="63607FD2">
                 <wp:extent cx="2743200" cy="1051560"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2000054538" name="Picture 2000054538"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId13">
+                        <a:blip r:embed="rId15">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2743200" cy="1051560"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
@@ -25291,124 +30222,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C92737C" w14:textId="77777777" w:rsidR="002F1406" w:rsidRDefault="002F1406" w:rsidP="002F1406">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00733D5C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DAB364A" w14:textId="0CC0B850" w:rsidR="002F1406" w:rsidRPr="00633896" w:rsidRDefault="002F1406" w:rsidP="00633896">
+    <w:p w14:paraId="2DAB364A" w14:textId="7D4F305F" w:rsidR="002F1406" w:rsidRPr="00633896" w:rsidRDefault="002F1406" w:rsidP="00633896">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...64 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -25451,240 +30316,210 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / </w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="008C72FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7745372F" w14:textId="77777777" w:rsidR="00DB4CC9" w:rsidRDefault="00DB4CC9" w:rsidP="00E323B3"/>
     <w:p w14:paraId="1F3BDE45" w14:textId="77777777" w:rsidR="00DB4CC9" w:rsidRDefault="00DB4CC9">
       <w:pPr>
-        <w:sectPr w:rsidR="00DB4CC9" w:rsidSect="0018138B">
-[...3 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId17"/>
+        <w:sectPr w:rsidR="00DB4CC9" w:rsidSect="0065052B">
+          <w:headerReference w:type="even" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1701" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1985" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="029B7317" w14:textId="654A996F" w:rsidR="00DB4CC9" w:rsidRDefault="00DB4CC9" w:rsidP="00E323B3">
+    <w:p w14:paraId="029B7317" w14:textId="654A996F" w:rsidR="00DB4CC9" w:rsidRDefault="00DB4CC9" w:rsidP="002C666D">
       <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="52" w:name="_Hlk180067813"/>
+      <w:bookmarkStart w:id="80" w:name="_Hlk180067813"/>
       <w:r w:rsidRPr="00A81AC7">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix 1: </w:t>
       </w:r>
       <w:r w:rsidR="00A82FEA">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00A81AC7">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> of Supports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3222A178" w14:textId="77777777" w:rsidR="004A022D" w:rsidRDefault="004A022D" w:rsidP="00E323B3">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="074E854A" w14:textId="50E9214F" w:rsidR="00DB4CC9" w:rsidRDefault="004A022D" w:rsidP="00E323B3">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This is a guide and subject to the other provisions of th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A4224A">
-        <w:rPr>
+      <w:r w:rsidR="00A4224A" w:rsidRPr="00821BF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D70EB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00821BF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
-      <w:r w:rsidR="00A4224A">
-        <w:rPr>
+      <w:r w:rsidR="00A4224A" w:rsidRPr="00821BF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D70EB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00821BF7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidR="00A4224A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
@@ -25715,276 +30550,405 @@
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3350"/>
         <w:gridCol w:w="3436"/>
         <w:gridCol w:w="3487"/>
         <w:gridCol w:w="2988"/>
       </w:tblGrid>
       <w:tr w:rsidR="004A022D" w14:paraId="44E16404" w14:textId="1E103FD3" w:rsidTr="00BA768E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="52"/>
-          <w:p w14:paraId="0C803345" w14:textId="653256EA" w:rsidR="004A022D" w:rsidRDefault="004A022D" w:rsidP="004A022D">
+          <w:bookmarkEnd w:id="80"/>
+          <w:p w14:paraId="0C803345" w14:textId="6547B975" w:rsidR="004A022D" w:rsidRDefault="004A022D" w:rsidP="004A022D">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Support as identified in NDIS plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(include Support Category</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">(include </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and Item name</w:t>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED65DE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">upport </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED65DE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ategory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tem name</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D3B8ED9" w14:textId="0D6FA6DE" w:rsidR="004A022D" w:rsidRDefault="004A022D" w:rsidP="004A022D">
+          <w:p w14:paraId="2D3B8ED9" w14:textId="44EBC37F" w:rsidR="004A022D" w:rsidRDefault="004A022D" w:rsidP="004A022D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Support Description </w:t>
+              <w:t xml:space="preserve">Support </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">escription </w:t>
             </w:r>
             <w:r w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(include details of how the support will be delivered)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> details of how the support will be delivered)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3487" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1FDB8DF3" w14:textId="21CC0B4D" w:rsidR="004A022D" w:rsidRPr="00ED65DE" w:rsidRDefault="004A022D" w:rsidP="004A022D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Price </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(travel costs</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, other than those with a separate line item,</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> must be deducted from maximum funding amount and service hours adjusted accordingly)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2988" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BDA3C00" w14:textId="53A6A945" w:rsidR="004A022D" w:rsidRPr="000703E3" w:rsidRDefault="004A022D" w:rsidP="004A022D">
+          <w:p w14:paraId="2BDA3C00" w14:textId="350C544D" w:rsidR="004A022D" w:rsidRPr="000703E3" w:rsidRDefault="004A022D" w:rsidP="004A022D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000703E3">
               <w:t xml:space="preserve">Payments </w:t>
             </w:r>
             <w:r w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">include </w:t>
             </w:r>
-            <w:r w:rsidRPr="000703E3">
+            <w:r w:rsidR="003576C6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Funding Periods and Plan Management Method</w:t>
-            </w:r>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">unding </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eriods and </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lan </w:t>
+            </w:r>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anagement </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="003576C6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ethod</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00FB2E1A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> including any private funding</w:t>
             </w:r>
             <w:r w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="706D3739" w14:textId="77777777" w:rsidR="004A022D" w:rsidRDefault="004A022D" w:rsidP="004A022D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00254462" w14:paraId="6C08B193" w14:textId="28EC810A" w:rsidTr="00BA768E">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15C6C4E6" w14:textId="77777777" w:rsidR="00254462" w:rsidRDefault="00254462" w:rsidP="00254462">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="53" w:name="Text10"/>
+            <w:bookmarkStart w:id="81" w:name="Text10"/>
             <w:r>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="53"/>
+            <w:bookmarkEnd w:id="81"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="057C5E0F" w14:textId="77777777" w:rsidR="00254462" w:rsidRDefault="00254462" w:rsidP="00254462">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0072027C">
@@ -28125,58 +33089,58 @@
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F54E74" w14:paraId="07F302B7" w14:textId="77777777" w:rsidTr="00254462">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A21C42B" w14:textId="19FAED26" w:rsidR="00F54E74" w:rsidRPr="003F0DCD" w:rsidRDefault="00F54E74" w:rsidP="00F54E74">
+          <w:p w14:paraId="0A21C42B" w14:textId="19E92367" w:rsidR="00F54E74" w:rsidRPr="003F0DCD" w:rsidRDefault="00F54E74" w:rsidP="00F54E74">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="003F0DCD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Text10"/>
+                  <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="003F0DCD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="003F0DCD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="003F0DCD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F0DCD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="003F0DCD">
@@ -28363,79 +33327,156 @@
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="759B0331" w14:textId="77777777" w:rsidR="00D503D7" w:rsidRPr="007C1297" w:rsidRDefault="00D503D7" w:rsidP="0018138B"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="36D3D564" w14:textId="77777777" w:rsidR="002A60E1" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
+      <w:pPr>
+        <w:sectPr w:rsidR="002A60E1" w:rsidSect="00A81AC7">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27EB10C2" w14:textId="77777777" w:rsidR="002A60E1" w:rsidRPr="001F317A" w:rsidRDefault="002A60E1" w:rsidP="002A60E1">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="_Hlk222651962"/>
+      <w:r w:rsidRPr="001F317A">
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 2: Service Provider's Terms and Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FEE9965" w14:textId="77777777" w:rsidR="002A60E1" w:rsidRPr="001F317A" w:rsidRDefault="002A60E1" w:rsidP="002A60E1"/>
+    <w:p w14:paraId="7F7FBD5C" w14:textId="77777777" w:rsidR="002A60E1" w:rsidRPr="001F317A" w:rsidRDefault="002A60E1" w:rsidP="002A60E1"/>
+    <w:p w14:paraId="6290746C" w14:textId="68CC460F" w:rsidR="002A60E1" w:rsidRPr="0065052B" w:rsidRDefault="00AE39D1" w:rsidP="002A60E1">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:id w:val="-11532666"/>
+          <w:placeholder>
+            <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+          </w:placeholder>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="002A60E1" w:rsidRPr="0065052B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Insert terms and conditions or </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidR="002A60E1" w:rsidRPr="0065052B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>document/s</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidR="002A60E1" w:rsidRPr="0065052B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> containing terms and conditions below</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="002A60E1" w:rsidRPr="0065052B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p w14:paraId="759B0331" w14:textId="77777777" w:rsidR="00D503D7" w:rsidRPr="007C1297" w:rsidRDefault="00D503D7" w:rsidP="002A60E1"/>
+    <w:sectPr w:rsidR="00D503D7" w:rsidRPr="007C1297" w:rsidSect="002A60E1">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11C9DCB2" w14:textId="77777777" w:rsidR="0045247D" w:rsidRDefault="0045247D" w:rsidP="003D7CC3">
+    <w:p w14:paraId="659AE6BF" w14:textId="77777777" w:rsidR="00227C0E" w:rsidRDefault="00227C0E" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7724893C" w14:textId="77777777" w:rsidR="0045247D" w:rsidRDefault="0045247D" w:rsidP="003D7CC3">
+    <w:p w14:paraId="5F4F394F" w14:textId="77777777" w:rsidR="00227C0E" w:rsidRDefault="00227C0E" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6EBB698A" w14:textId="77777777" w:rsidR="0045247D" w:rsidRDefault="0045247D"/>
+    <w:p w14:paraId="769946C5" w14:textId="77777777" w:rsidR="00227C0E" w:rsidRDefault="00227C0E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -28461,88 +33502,95 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="800000AF" w:usb1="4000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Daytona">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1670133586"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="463AE930" w14:textId="4A5F1707" w:rsidR="001F6001" w:rsidRPr="00DB46AE" w:rsidRDefault="001F6001" w:rsidP="001F6001">
+      <w:p w14:paraId="463AE930" w14:textId="0D375703" w:rsidR="001F6001" w:rsidRPr="00DB46AE" w:rsidRDefault="001F6001" w:rsidP="001F6001">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r w:rsidRPr="00DB46AE">
           <w:t>Participant</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -28573,85 +33621,87 @@
         </w:r>
         <w:r w:rsidRPr="00DB46AE">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00DB46AE">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="00DB46AE">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00DB46AE">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00DB46AE">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>19</w:t>
         </w:r>
         <w:r w:rsidRPr="00DB46AE">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="64218AB0" w14:textId="211AFCFD" w:rsidR="00944D6E" w:rsidRDefault="001F6001" w:rsidP="001F6001">
+  <w:p w14:paraId="64218AB0" w14:textId="49B08C1E" w:rsidR="00944D6E" w:rsidRDefault="001F6001" w:rsidP="001F6001">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00DB46AE">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="00B534C6">
-      <w:t>5</w:t>
+    <w:r w:rsidR="004536B1">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-410859837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="110FE29D" w14:textId="3A33598D" w:rsidR="00605B67" w:rsidRPr="00DB46AE" w:rsidRDefault="00605B67" w:rsidP="00DB46AE">
+          <w:p w14:paraId="110FE29D" w14:textId="5EE157F9" w:rsidR="00605B67" w:rsidRPr="00DB46AE" w:rsidRDefault="00605B67" w:rsidP="00DB46AE">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r w:rsidRPr="00DB46AE">
               <w:t>Participant</w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:t xml:space="preserve">  ID: </w:t>
             </w:r>
             <w:r w:rsidR="00DB46AE">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DB46AE">
@@ -28684,117 +33734,117 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00DB46AE">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB46AE">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00DB46AE">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00DB46AE">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00DB46AE">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB46AE">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4F371875" w14:textId="4B9C76F3" w:rsidR="003544D5" w:rsidRDefault="008D2793" w:rsidP="00DB46AE">
+  <w:p w14:paraId="4F371875" w14:textId="7A449D3D" w:rsidR="003544D5" w:rsidRDefault="008D2793" w:rsidP="00DB46AE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00DB46AE">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="00B534C6">
-      <w:t>5</w:t>
+    <w:r w:rsidR="004536B1">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12475992" w14:textId="77777777" w:rsidR="0045247D" w:rsidRDefault="0045247D" w:rsidP="003D7CC3">
+    <w:p w14:paraId="6F8C9979" w14:textId="77777777" w:rsidR="00227C0E" w:rsidRDefault="00227C0E" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0767D2DC" w14:textId="77777777" w:rsidR="0045247D" w:rsidRDefault="0045247D" w:rsidP="003D7CC3">
+    <w:p w14:paraId="1C298444" w14:textId="77777777" w:rsidR="00227C0E" w:rsidRDefault="00227C0E" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="67DC6DA1" w14:textId="77777777" w:rsidR="0045247D" w:rsidRDefault="0045247D"/>
+    <w:p w14:paraId="1AF803F7" w14:textId="77777777" w:rsidR="00227C0E" w:rsidRDefault="00227C0E"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="573D2B2B" w14:textId="77777777" w:rsidR="004A022D" w:rsidRPr="00ED65DE" w:rsidRDefault="004A022D" w:rsidP="00E64D26">
+    <w:p w14:paraId="573D2B2B" w14:textId="5A72C91F" w:rsidR="004A022D" w:rsidRPr="00ED65DE" w:rsidRDefault="004A022D" w:rsidP="00C27B73">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following supports are not to be included in this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Service Agreement: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C1297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Home and Living Supports with Occupancy Rights, Supported Disability </w:t>
+        <w:t xml:space="preserve">Home and Living with Occupancy Rights, Supported Disability </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Accommodation</w:t>
       </w:r>
       <w:r w:rsidRPr="007C1297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Support Coordination</w:t>
       </w:r>
@@ -28811,68 +33861,307 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Plan Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00116F66">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70FD447E" w14:textId="6B7326EE" w:rsidR="007C5284" w:rsidRDefault="007C5284" w:rsidP="007C5284">
+  <w:p w14:paraId="5F61D7B0" w14:textId="4600E168" w:rsidR="00A443D3" w:rsidRDefault="00A443D3">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2AD429B3" wp14:editId="272955A8">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1322951441" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="299B1ACD" w14:textId="3E5FE61E" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A443D3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2AD429B3" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="299B1ACD" w14:textId="3E5FE61E" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A443D3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:bookmarkStart w:id="2" w:name="_Hlk193884353"/>
+  <w:bookmarkStart w:id="3" w:name="_Hlk193884354"/>
+  <w:bookmarkStart w:id="4" w:name="_Hlk193884562"/>
+  <w:bookmarkStart w:id="5" w:name="_Hlk193884563"/>
+  <w:bookmarkStart w:id="6" w:name="_Hlk193884962"/>
+  <w:bookmarkStart w:id="7" w:name="_Hlk193884963"/>
+  <w:bookmarkStart w:id="8" w:name="_Hlk193902449"/>
+  <w:bookmarkStart w:id="9" w:name="_Hlk193902450"/>
+  <w:p w14:paraId="70FD447E" w14:textId="47F52BC4" w:rsidR="007C5284" w:rsidRDefault="00A443D3" w:rsidP="007C5284">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
     </w:pPr>
-    <w:bookmarkStart w:id="2" w:name="_Hlk193884353"/>
-[...6 lines deleted...]
-    <w:bookmarkStart w:id="9" w:name="_Hlk193902450"/>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="239CD68C" wp14:editId="4297BC9C">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1469125806" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6420C7C2" w14:textId="589C494C" w:rsidR="00A443D3" w:rsidRPr="0005138F" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0005138F">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="239CD68C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6420C7C2" w14:textId="589C494C" w:rsidR="00A443D3" w:rsidRPr="0005138F" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0005138F">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="007C5284">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD4483" wp14:editId="70FD4484">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -28882,57 +34171,57 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD4485" wp14:editId="70FD4486">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -28954,76 +34243,425 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkEnd w:id="9"/>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="193B25FA" w14:textId="6C4B08C0" w:rsidR="00644DA9" w:rsidRDefault="00644DA9">
+  <w:p w14:paraId="4789B9CF" w14:textId="565F585C" w:rsidR="00A443D3" w:rsidRDefault="00A443D3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22CDB3D7" wp14:editId="3DCD6DDB">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="550870528" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7B7D5E6A" w14:textId="139BF66E" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A443D3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="22CDB3D7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7B7D5E6A" w14:textId="139BF66E" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A443D3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DAFCCCE" w14:textId="159B8BB7" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="00DB7EAC" w:rsidP="00DB7EAC">
+  <w:p w14:paraId="193B25FA" w14:textId="3FC314E0" w:rsidR="00644DA9" w:rsidRDefault="00A443D3">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A04AAF2" wp14:editId="56047960">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="851993245" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="637EC41D" w14:textId="11368792" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A443D3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3A04AAF2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd3zrmDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZJ6pF8fFre9q1hR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha2EAatKflKB367ev1t2rlAzqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5B+/T6rvOgI&#10;vTXZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBITMlp94wnT6du3hmq6Uo9l64upHnNsQ/dNGKxlLR&#10;C9S9QMEOvvkDqm2khwAaJxLaDLRupEoz0DTT/M0021o4lWYhcoK70BT+H6x8PG7ds2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHpQpvqkUlyLmazm5wikkI3Hxfz+TyiZNfLzgf8qqBl0Si5p60kssTx&#10;IeCQOqbEWhY2jTFpM8b+5iDM6MmuHUYL+13PmoqKj93voDrRUB6GfQcnNw2VfhABn4WnBVO3JFp8&#10;okMb6EoOZ4uzGvyPv/ljPvFOUc46EkzJLSmaM/PN0j6itpIx/ZzPIxl+dO9Gwx7aOyAZTulFOJnM&#10;mIdmNLWH9pXkvI6FKCSspHIlx9G8w0G59BykWq9TEsnICXywWycjdKQrcvnSvwrvzoQjbeoRRjWJ&#10;4g3vQ268Gdz6gMR+WkqkdiDyzDhJMK31/Fyixn/9T1nXR736CQAA//8DAFBLAwQUAAYACAAAACEA&#10;insHsNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4&#10;UfpzXuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2Tg&#10;iwIsy8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUG&#10;e1o3VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSL&#10;ubiDgWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBd3zrmDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="637EC41D" w14:textId="11368792" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A443D3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DAFCCCE" w14:textId="1C3A71C0" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="00A443D3" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00DB7EAC">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="092A9823" wp14:editId="5E4522FB">
+              <wp:simplePos x="915035" y="450850"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="391513237" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2AEC0B32" w14:textId="3C764B3D" w:rsidR="00A443D3" w:rsidRPr="0005138F" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="0005138F">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="092A9823" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe4ydWDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSJeuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3+svlw&#10;S4kPzFRMgRElPQtP71bv3y1bW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgF/3SGrHGsR&#10;XatslueLrAVXWQdceI/ehz5IVwlfSsHDk5ReBKJKir2FdLp07uOZrZasODhm64YPbbB/6EKzxmDR&#10;C9QDC4wcXfMHlG64Aw8yTDjoDKRsuEgz4DTT/M00u5pZkWZBcry90OT/Hyx/PO3ssyOh+wIdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi3m83lEya6XrfPhqwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5zYGY0ZNdO4xW6PYdaaqSfhy730N1xqEc9Pv2lm8aLL1lPjwzhwvGblG0&#10;4QkPqaAtKQwWJTW4H3/zx3zkHaOUtCiYkhpUNCXqm8F9RG0lY/o5n0cy3Ojej4Y56ntAGU7xRVie&#10;zJgX1GhKB/oV5byOhTDEDMdyJQ2jeR965eJz4GK9TkkoI8vC1uwsj9CRrsjlS/fKnB0ID7ipRxjV&#10;xIo3vPe58aa362NA9tNSIrU9kQPjKMG01uG5RI3/+p+yro969RMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXuMnVg0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2AEC0B32" w14:textId="3C764B3D" w:rsidR="00A443D3" w:rsidRPr="0005138F" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="0005138F">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Office of the Public Advocate</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4B889A31" w14:textId="6CAD71E8" w:rsidR="001766B9" w:rsidRDefault="00BA1D11" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Home and Living</w:t>
     </w:r>
     <w:r w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
@@ -29036,56 +34674,166 @@
       </w:rPr>
       <w:t>(with Occupancy</w:t>
     </w:r>
     <w:r w:rsidR="00F84715">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t xml:space="preserve"> Rights</w:t>
     </w:r>
     <w:r w:rsidR="00D0222A">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t xml:space="preserve">) </w:t>
     </w:r>
     <w:r w:rsidR="00CC2664">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Service Agreement</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6E4892E0" w14:textId="3BA96316" w:rsidR="00644DA9" w:rsidRDefault="00644DA9">
+  <w:p w14:paraId="6E4892E0" w14:textId="6CD989FB" w:rsidR="00644DA9" w:rsidRDefault="00A443D3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="708F550C" wp14:editId="7A107E53">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1566587211" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6CAA0533" w14:textId="519670EF" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00A443D3">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="708F550C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzXJVrDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshwbkERBYmJnXz9KiZOt7WnYRaZJ6pF8fJrf9kazg/KhBVvy8SjnTFkJVWt3Jf/5vPr0&#10;hbOAwlZCg1UlP6rAbxcfP8w7V6gJNKAr5RmB2FB0ruQNoiuyLMhGGRFG4JSlYA3eCKRfv8sqLzpC&#10;Nzqb5Pks68BXzoNUIZD3/hTki4Rf10riY10HhUyXnHrDdPp0buOZLeai2Hnhmlae2xD/0IURraWi&#10;F6h7gYLtffsGyrTSQ4AaRxJMBnXdSpVmoGnG+atpNo1wKs1C5AR3oSn8P1j5cNi4J8+w/wY9LTAS&#10;0rlQBHLGefram/ilThnFicLjhTbVI5PknE0mNzlFJIVuPs+m02lEya6XnQ/4XYFh0Si5p60kssRh&#10;HfCUOqTEWhZWrdZpM9r+5SDM6MmuHUYL+23P2qrkqW70bKE60lAeTvsOTq5aKr0WAZ+EpwVTtyRa&#10;fKSj1tCVHM4WZw34X+/5Yz7xTlHOOhJMyS0pmjP9w9I+oraSMf6aTyMZfnBvB8PuzR2QDMf0IpxM&#10;ZsxDPZi1B/NCcl7GQhQSVlK5kuNg3uFJufQcpFouUxLJyAlc242TETrSFbl87l+Ed2fCkTb1AIOa&#10;RPGK91NuvBncco/EflrKlcgz4yTBtNbzc4ka//M/ZV0f9eI3AAAA//8DAFBLAwQUAAYACAAAACEA&#10;insHsNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4&#10;UfpzXuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2Tg&#10;iwIsy8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUG&#10;e1o3VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSL&#10;ubiDgWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzXJVrDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6CAA0533" w14:textId="519670EF" w:rsidR="00A443D3" w:rsidRPr="00A443D3" w:rsidRDefault="00A443D3" w:rsidP="00A443D3">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00A443D3">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D95352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28EC6A38"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -29381,670 +35129,949 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="590359601">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="FTequUIX2sJMrx/jI4Js1na/mAVAb6u+um+unBEs+hAY+j+NA9Lh1sRMVFFGIt+ymDRa+0aszfd+AlGJrj4eew==" w:salt="uvRgskivqNlyHbG1Q7m+dQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7wjikvUBkMM8FBUlqLSG9NtjmP9pPFKDgILS0EC16seNs8AsV04F1HYtZ0x2fW/C7Plsi9HGpHYcFtN7YtNk5A==" w:salt="Gpg7LJVW8MdSJBXdL/fAUw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
     <w:rsid w:val="000010B3"/>
     <w:rsid w:val="00003C42"/>
+    <w:rsid w:val="00005CF1"/>
+    <w:rsid w:val="000073CE"/>
     <w:rsid w:val="00010868"/>
     <w:rsid w:val="00020529"/>
     <w:rsid w:val="00023E2C"/>
+    <w:rsid w:val="0002641E"/>
+    <w:rsid w:val="0002733E"/>
     <w:rsid w:val="0003215A"/>
     <w:rsid w:val="00033559"/>
     <w:rsid w:val="00034247"/>
     <w:rsid w:val="000362F6"/>
     <w:rsid w:val="000413CE"/>
     <w:rsid w:val="00045EAF"/>
+    <w:rsid w:val="0005138F"/>
     <w:rsid w:val="00053278"/>
     <w:rsid w:val="00054716"/>
     <w:rsid w:val="00056184"/>
     <w:rsid w:val="0006488D"/>
     <w:rsid w:val="000660FF"/>
     <w:rsid w:val="000710F3"/>
     <w:rsid w:val="00074F1F"/>
     <w:rsid w:val="00076604"/>
     <w:rsid w:val="00083011"/>
     <w:rsid w:val="0008613B"/>
     <w:rsid w:val="00096F30"/>
     <w:rsid w:val="000A340B"/>
+    <w:rsid w:val="000A360F"/>
     <w:rsid w:val="000A3FAF"/>
     <w:rsid w:val="000A504D"/>
+    <w:rsid w:val="000A63E0"/>
     <w:rsid w:val="000A6549"/>
     <w:rsid w:val="000A7CC2"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000B1FDA"/>
     <w:rsid w:val="000B3657"/>
+    <w:rsid w:val="000B3AE3"/>
     <w:rsid w:val="000B6D4D"/>
+    <w:rsid w:val="000C0C6F"/>
     <w:rsid w:val="000C218B"/>
     <w:rsid w:val="000C3E39"/>
     <w:rsid w:val="000C6244"/>
     <w:rsid w:val="000D17F7"/>
-    <w:rsid w:val="000D2CDE"/>
     <w:rsid w:val="000D5C8E"/>
     <w:rsid w:val="000D6C8A"/>
     <w:rsid w:val="000D7163"/>
+    <w:rsid w:val="000D764C"/>
+    <w:rsid w:val="000E28FC"/>
     <w:rsid w:val="000E2AA5"/>
     <w:rsid w:val="000F01CE"/>
     <w:rsid w:val="000F0BCF"/>
     <w:rsid w:val="001012E9"/>
     <w:rsid w:val="00103982"/>
     <w:rsid w:val="00106EE6"/>
+    <w:rsid w:val="00107C02"/>
     <w:rsid w:val="00110FBF"/>
+    <w:rsid w:val="00116BAA"/>
     <w:rsid w:val="0012151D"/>
     <w:rsid w:val="00124638"/>
     <w:rsid w:val="0013020A"/>
+    <w:rsid w:val="00130A0F"/>
+    <w:rsid w:val="00133EAB"/>
     <w:rsid w:val="001433E7"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="0014762F"/>
     <w:rsid w:val="00151593"/>
+    <w:rsid w:val="00156B7D"/>
+    <w:rsid w:val="00157020"/>
+    <w:rsid w:val="00157898"/>
     <w:rsid w:val="00162009"/>
-    <w:rsid w:val="00163D85"/>
+    <w:rsid w:val="00163BCD"/>
     <w:rsid w:val="001656B6"/>
     <w:rsid w:val="00166A23"/>
     <w:rsid w:val="00170D08"/>
     <w:rsid w:val="001720D3"/>
     <w:rsid w:val="001766B9"/>
     <w:rsid w:val="00176F47"/>
     <w:rsid w:val="0017754F"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
     <w:rsid w:val="0018138B"/>
+    <w:rsid w:val="00182050"/>
     <w:rsid w:val="00195944"/>
     <w:rsid w:val="001A180B"/>
     <w:rsid w:val="001A57C3"/>
+    <w:rsid w:val="001B4762"/>
     <w:rsid w:val="001B50FE"/>
     <w:rsid w:val="001B65DE"/>
     <w:rsid w:val="001C3659"/>
     <w:rsid w:val="001C5CFC"/>
+    <w:rsid w:val="001C7133"/>
     <w:rsid w:val="001E01E8"/>
     <w:rsid w:val="001E2C87"/>
     <w:rsid w:val="001E3BA8"/>
+    <w:rsid w:val="001E4BD6"/>
     <w:rsid w:val="001E6E8A"/>
     <w:rsid w:val="001E7214"/>
+    <w:rsid w:val="001F01EE"/>
     <w:rsid w:val="001F1212"/>
     <w:rsid w:val="001F162C"/>
+    <w:rsid w:val="001F317A"/>
+    <w:rsid w:val="001F4B43"/>
     <w:rsid w:val="001F6001"/>
     <w:rsid w:val="001F7654"/>
     <w:rsid w:val="00202F74"/>
     <w:rsid w:val="002042D6"/>
+    <w:rsid w:val="00210F8F"/>
     <w:rsid w:val="002130FA"/>
+    <w:rsid w:val="00216042"/>
+    <w:rsid w:val="00227C0E"/>
     <w:rsid w:val="002320B6"/>
     <w:rsid w:val="00233471"/>
+    <w:rsid w:val="00241083"/>
+    <w:rsid w:val="002428DE"/>
+    <w:rsid w:val="002470B0"/>
+    <w:rsid w:val="00247BEB"/>
     <w:rsid w:val="00254462"/>
     <w:rsid w:val="00255D92"/>
+    <w:rsid w:val="00257AE9"/>
     <w:rsid w:val="00260D9E"/>
+    <w:rsid w:val="002618FE"/>
     <w:rsid w:val="0026436F"/>
     <w:rsid w:val="00264390"/>
+    <w:rsid w:val="00265682"/>
+    <w:rsid w:val="00270DC4"/>
+    <w:rsid w:val="00273482"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
+    <w:rsid w:val="0027510A"/>
+    <w:rsid w:val="0028067E"/>
     <w:rsid w:val="00280CC7"/>
     <w:rsid w:val="002827EF"/>
+    <w:rsid w:val="00285573"/>
     <w:rsid w:val="0029124E"/>
     <w:rsid w:val="002922E3"/>
     <w:rsid w:val="002A247C"/>
+    <w:rsid w:val="002A46F7"/>
+    <w:rsid w:val="002A60E1"/>
+    <w:rsid w:val="002B27F2"/>
     <w:rsid w:val="002B6F34"/>
+    <w:rsid w:val="002C0ABA"/>
     <w:rsid w:val="002C185F"/>
     <w:rsid w:val="002C423F"/>
+    <w:rsid w:val="002C666D"/>
     <w:rsid w:val="002D2436"/>
     <w:rsid w:val="002D5035"/>
+    <w:rsid w:val="002E6436"/>
     <w:rsid w:val="002F1406"/>
     <w:rsid w:val="002F4315"/>
+    <w:rsid w:val="002F4DE5"/>
     <w:rsid w:val="002F7063"/>
+    <w:rsid w:val="0030050D"/>
+    <w:rsid w:val="003031B3"/>
     <w:rsid w:val="0030388C"/>
-    <w:rsid w:val="003275CE"/>
+    <w:rsid w:val="00305DAC"/>
+    <w:rsid w:val="00306971"/>
+    <w:rsid w:val="0032274D"/>
+    <w:rsid w:val="00330A25"/>
     <w:rsid w:val="00332F5E"/>
     <w:rsid w:val="003340EA"/>
+    <w:rsid w:val="0033565F"/>
     <w:rsid w:val="003378D8"/>
     <w:rsid w:val="003405AD"/>
     <w:rsid w:val="003544D5"/>
+    <w:rsid w:val="003555CE"/>
+    <w:rsid w:val="003576C6"/>
+    <w:rsid w:val="0036053D"/>
     <w:rsid w:val="003664D9"/>
     <w:rsid w:val="0036785D"/>
     <w:rsid w:val="0037539D"/>
+    <w:rsid w:val="00376082"/>
+    <w:rsid w:val="0038355B"/>
     <w:rsid w:val="0038459B"/>
+    <w:rsid w:val="00387508"/>
+    <w:rsid w:val="00390A36"/>
     <w:rsid w:val="00391DA6"/>
     <w:rsid w:val="003937E3"/>
+    <w:rsid w:val="003970C2"/>
+    <w:rsid w:val="003A0F8E"/>
+    <w:rsid w:val="003A48B3"/>
     <w:rsid w:val="003A5178"/>
     <w:rsid w:val="003A61FA"/>
     <w:rsid w:val="003B47BB"/>
     <w:rsid w:val="003C02D4"/>
     <w:rsid w:val="003C2774"/>
     <w:rsid w:val="003D0818"/>
     <w:rsid w:val="003D0932"/>
+    <w:rsid w:val="003D1493"/>
     <w:rsid w:val="003D2F93"/>
     <w:rsid w:val="003D38FF"/>
     <w:rsid w:val="003D7CC3"/>
     <w:rsid w:val="003E21DA"/>
     <w:rsid w:val="003E6185"/>
+    <w:rsid w:val="003E6A56"/>
     <w:rsid w:val="003F0433"/>
     <w:rsid w:val="003F069A"/>
+    <w:rsid w:val="003F2893"/>
+    <w:rsid w:val="003F4A7B"/>
+    <w:rsid w:val="003F4FE7"/>
+    <w:rsid w:val="00403095"/>
+    <w:rsid w:val="00415DDE"/>
+    <w:rsid w:val="00417C0E"/>
     <w:rsid w:val="00420AD4"/>
     <w:rsid w:val="0042322F"/>
     <w:rsid w:val="0043003D"/>
+    <w:rsid w:val="00430F21"/>
     <w:rsid w:val="004314A0"/>
     <w:rsid w:val="00440BE4"/>
-    <w:rsid w:val="0045247D"/>
+    <w:rsid w:val="00442596"/>
+    <w:rsid w:val="00442A10"/>
+    <w:rsid w:val="00443C20"/>
+    <w:rsid w:val="00446595"/>
+    <w:rsid w:val="0045271E"/>
+    <w:rsid w:val="004536B1"/>
     <w:rsid w:val="00453B11"/>
     <w:rsid w:val="00455F1D"/>
+    <w:rsid w:val="00456667"/>
     <w:rsid w:val="004617B3"/>
+    <w:rsid w:val="0046324A"/>
+    <w:rsid w:val="004676AC"/>
     <w:rsid w:val="00472699"/>
+    <w:rsid w:val="00472EC9"/>
+    <w:rsid w:val="0047329D"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
+    <w:rsid w:val="00475EF4"/>
+    <w:rsid w:val="00483462"/>
+    <w:rsid w:val="00485213"/>
+    <w:rsid w:val="00496C21"/>
     <w:rsid w:val="004A022D"/>
     <w:rsid w:val="004A0655"/>
+    <w:rsid w:val="004B6B12"/>
     <w:rsid w:val="004C05BF"/>
+    <w:rsid w:val="004C2003"/>
     <w:rsid w:val="004C2980"/>
     <w:rsid w:val="004C4E58"/>
     <w:rsid w:val="004C71C7"/>
+    <w:rsid w:val="004D04E2"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D5569"/>
     <w:rsid w:val="004D79D4"/>
+    <w:rsid w:val="004E245F"/>
+    <w:rsid w:val="004E285C"/>
+    <w:rsid w:val="004E4AA9"/>
+    <w:rsid w:val="004E4ADE"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
+    <w:rsid w:val="004F02D7"/>
     <w:rsid w:val="004F2D34"/>
     <w:rsid w:val="004F43D9"/>
     <w:rsid w:val="00511A0F"/>
     <w:rsid w:val="00511ACA"/>
+    <w:rsid w:val="00511E95"/>
     <w:rsid w:val="005148A9"/>
     <w:rsid w:val="005223E0"/>
+    <w:rsid w:val="00522B61"/>
     <w:rsid w:val="00527C1A"/>
     <w:rsid w:val="00533D08"/>
     <w:rsid w:val="00540471"/>
+    <w:rsid w:val="00540D4E"/>
+    <w:rsid w:val="00542280"/>
     <w:rsid w:val="00543B70"/>
     <w:rsid w:val="00546DDF"/>
     <w:rsid w:val="0055162C"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
     <w:rsid w:val="00552E1E"/>
+    <w:rsid w:val="005575CB"/>
     <w:rsid w:val="005619C9"/>
     <w:rsid w:val="00561F95"/>
     <w:rsid w:val="00563006"/>
+    <w:rsid w:val="00563AAA"/>
+    <w:rsid w:val="00567BA8"/>
     <w:rsid w:val="005731F1"/>
     <w:rsid w:val="00575855"/>
+    <w:rsid w:val="0058353D"/>
     <w:rsid w:val="0058791B"/>
+    <w:rsid w:val="00590F87"/>
     <w:rsid w:val="0059241F"/>
     <w:rsid w:val="00592FEB"/>
+    <w:rsid w:val="00594C06"/>
     <w:rsid w:val="00596B74"/>
     <w:rsid w:val="005A19A9"/>
     <w:rsid w:val="005A4A46"/>
     <w:rsid w:val="005A685F"/>
     <w:rsid w:val="005B039A"/>
     <w:rsid w:val="005B14B7"/>
+    <w:rsid w:val="005B363C"/>
     <w:rsid w:val="005C0F62"/>
     <w:rsid w:val="005C41FD"/>
+    <w:rsid w:val="005C7449"/>
     <w:rsid w:val="005D17D8"/>
     <w:rsid w:val="005D57EE"/>
     <w:rsid w:val="005E0D06"/>
     <w:rsid w:val="005E2660"/>
     <w:rsid w:val="005E3AA5"/>
     <w:rsid w:val="005E3FA5"/>
     <w:rsid w:val="005E6AEC"/>
     <w:rsid w:val="005F3073"/>
+    <w:rsid w:val="005F5669"/>
+    <w:rsid w:val="00603F56"/>
     <w:rsid w:val="00605B67"/>
     <w:rsid w:val="006123D7"/>
     <w:rsid w:val="006127B8"/>
+    <w:rsid w:val="00616126"/>
+    <w:rsid w:val="00616340"/>
+    <w:rsid w:val="006173B3"/>
+    <w:rsid w:val="0062027E"/>
+    <w:rsid w:val="00620B33"/>
     <w:rsid w:val="00624814"/>
     <w:rsid w:val="0062736D"/>
     <w:rsid w:val="00632443"/>
+    <w:rsid w:val="00632FE8"/>
     <w:rsid w:val="00633896"/>
     <w:rsid w:val="00634EF4"/>
     <w:rsid w:val="00644DA9"/>
+    <w:rsid w:val="0065052B"/>
     <w:rsid w:val="00651753"/>
     <w:rsid w:val="00655270"/>
     <w:rsid w:val="00657ABC"/>
+    <w:rsid w:val="00662CF8"/>
     <w:rsid w:val="00665AC0"/>
     <w:rsid w:val="00677CCF"/>
     <w:rsid w:val="0068446C"/>
     <w:rsid w:val="00690D50"/>
     <w:rsid w:val="00691DA0"/>
     <w:rsid w:val="00694E1D"/>
     <w:rsid w:val="006956F8"/>
+    <w:rsid w:val="00695BBA"/>
     <w:rsid w:val="00695E88"/>
     <w:rsid w:val="00696AF7"/>
     <w:rsid w:val="006A05D9"/>
     <w:rsid w:val="006A0D08"/>
     <w:rsid w:val="006A56FA"/>
     <w:rsid w:val="006A7BFF"/>
     <w:rsid w:val="006B35B5"/>
     <w:rsid w:val="006B594A"/>
     <w:rsid w:val="006C23B0"/>
     <w:rsid w:val="006C4C30"/>
     <w:rsid w:val="006C6E95"/>
     <w:rsid w:val="006C709B"/>
+    <w:rsid w:val="006C7A35"/>
+    <w:rsid w:val="006D1B23"/>
     <w:rsid w:val="006D3560"/>
+    <w:rsid w:val="006D3B7D"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
+    <w:rsid w:val="006D6154"/>
     <w:rsid w:val="006D7064"/>
     <w:rsid w:val="006E4106"/>
     <w:rsid w:val="006E5344"/>
+    <w:rsid w:val="006F0073"/>
     <w:rsid w:val="006F16E5"/>
     <w:rsid w:val="006F1E3D"/>
     <w:rsid w:val="006F5B2F"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="00702385"/>
     <w:rsid w:val="007074D0"/>
+    <w:rsid w:val="00714F3D"/>
     <w:rsid w:val="007159F1"/>
     <w:rsid w:val="00715F6F"/>
     <w:rsid w:val="00723909"/>
+    <w:rsid w:val="0073209F"/>
     <w:rsid w:val="00733469"/>
     <w:rsid w:val="00733D5C"/>
     <w:rsid w:val="007361C0"/>
+    <w:rsid w:val="00740774"/>
+    <w:rsid w:val="00740F14"/>
     <w:rsid w:val="00743BC9"/>
+    <w:rsid w:val="00757700"/>
     <w:rsid w:val="00764A60"/>
     <w:rsid w:val="00765EE0"/>
+    <w:rsid w:val="00767B1A"/>
     <w:rsid w:val="007704C1"/>
+    <w:rsid w:val="00771907"/>
     <w:rsid w:val="0077315E"/>
     <w:rsid w:val="007734D2"/>
     <w:rsid w:val="007771E0"/>
     <w:rsid w:val="00780D4E"/>
     <w:rsid w:val="00781C7A"/>
     <w:rsid w:val="00782159"/>
+    <w:rsid w:val="007852CF"/>
     <w:rsid w:val="007866F6"/>
     <w:rsid w:val="007872D8"/>
     <w:rsid w:val="00795255"/>
     <w:rsid w:val="00796B0A"/>
     <w:rsid w:val="007A3442"/>
     <w:rsid w:val="007A4FE2"/>
     <w:rsid w:val="007A6D39"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007B290B"/>
     <w:rsid w:val="007C20DB"/>
+    <w:rsid w:val="007C287B"/>
     <w:rsid w:val="007C5284"/>
+    <w:rsid w:val="007C7783"/>
+    <w:rsid w:val="007C7BED"/>
     <w:rsid w:val="007D1FB2"/>
     <w:rsid w:val="007D3C33"/>
     <w:rsid w:val="007E0E86"/>
     <w:rsid w:val="007E2386"/>
     <w:rsid w:val="007E336B"/>
+    <w:rsid w:val="007F1221"/>
+    <w:rsid w:val="007F2A88"/>
+    <w:rsid w:val="007F6E3E"/>
     <w:rsid w:val="008048A5"/>
+    <w:rsid w:val="00812523"/>
     <w:rsid w:val="008143EC"/>
     <w:rsid w:val="008205C2"/>
+    <w:rsid w:val="00821BF7"/>
+    <w:rsid w:val="0082727A"/>
+    <w:rsid w:val="00831BFB"/>
+    <w:rsid w:val="00832A0A"/>
     <w:rsid w:val="0083576F"/>
     <w:rsid w:val="00836F8F"/>
     <w:rsid w:val="0083722B"/>
     <w:rsid w:val="00840800"/>
+    <w:rsid w:val="00840CF5"/>
     <w:rsid w:val="00841B8A"/>
     <w:rsid w:val="0084638A"/>
+    <w:rsid w:val="00847410"/>
+    <w:rsid w:val="00847FA9"/>
+    <w:rsid w:val="008502D0"/>
     <w:rsid w:val="008522E2"/>
     <w:rsid w:val="00860FB9"/>
     <w:rsid w:val="0086190A"/>
     <w:rsid w:val="00866A6E"/>
     <w:rsid w:val="008678D9"/>
     <w:rsid w:val="00867A58"/>
+    <w:rsid w:val="00886310"/>
     <w:rsid w:val="0089542D"/>
     <w:rsid w:val="008962C2"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008B42E8"/>
     <w:rsid w:val="008B659F"/>
+    <w:rsid w:val="008C064D"/>
+    <w:rsid w:val="008C34B4"/>
     <w:rsid w:val="008C5C2E"/>
+    <w:rsid w:val="008C72FF"/>
     <w:rsid w:val="008D2793"/>
+    <w:rsid w:val="008D2A44"/>
     <w:rsid w:val="008D2F19"/>
+    <w:rsid w:val="008D3EC2"/>
     <w:rsid w:val="008D48DA"/>
     <w:rsid w:val="008D49C6"/>
     <w:rsid w:val="008E0BAF"/>
     <w:rsid w:val="008E2CD7"/>
+    <w:rsid w:val="008F500C"/>
+    <w:rsid w:val="008F6FED"/>
+    <w:rsid w:val="0090116E"/>
+    <w:rsid w:val="00902A58"/>
     <w:rsid w:val="00902E3A"/>
+    <w:rsid w:val="00905C03"/>
     <w:rsid w:val="009128B7"/>
     <w:rsid w:val="009137E0"/>
     <w:rsid w:val="00915D9B"/>
     <w:rsid w:val="00916EDF"/>
+    <w:rsid w:val="00917472"/>
+    <w:rsid w:val="00922B72"/>
     <w:rsid w:val="0092459E"/>
+    <w:rsid w:val="00925186"/>
     <w:rsid w:val="00934212"/>
     <w:rsid w:val="00935DC6"/>
     <w:rsid w:val="009403E2"/>
+    <w:rsid w:val="00941FA3"/>
     <w:rsid w:val="00944D6E"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="00954E4C"/>
     <w:rsid w:val="00956FA2"/>
     <w:rsid w:val="009571F2"/>
     <w:rsid w:val="00966059"/>
     <w:rsid w:val="009663A3"/>
+    <w:rsid w:val="0096744D"/>
+    <w:rsid w:val="0097328B"/>
     <w:rsid w:val="009826FB"/>
     <w:rsid w:val="009829F9"/>
     <w:rsid w:val="00984D5A"/>
+    <w:rsid w:val="009900C4"/>
     <w:rsid w:val="009A1825"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A4518"/>
     <w:rsid w:val="009A51D1"/>
+    <w:rsid w:val="009B0DC1"/>
     <w:rsid w:val="009B6650"/>
+    <w:rsid w:val="009C09DF"/>
+    <w:rsid w:val="009C236C"/>
+    <w:rsid w:val="009C385B"/>
     <w:rsid w:val="009C7360"/>
     <w:rsid w:val="009D67DE"/>
+    <w:rsid w:val="009D688F"/>
     <w:rsid w:val="009D7178"/>
+    <w:rsid w:val="009E048D"/>
     <w:rsid w:val="009E2B35"/>
     <w:rsid w:val="009E330F"/>
     <w:rsid w:val="009E7341"/>
     <w:rsid w:val="009F2588"/>
     <w:rsid w:val="009F3AB7"/>
     <w:rsid w:val="009F51E0"/>
     <w:rsid w:val="009F7901"/>
     <w:rsid w:val="00A024A7"/>
     <w:rsid w:val="00A07532"/>
+    <w:rsid w:val="00A076DD"/>
     <w:rsid w:val="00A07BD8"/>
+    <w:rsid w:val="00A1138C"/>
+    <w:rsid w:val="00A2268B"/>
+    <w:rsid w:val="00A23799"/>
     <w:rsid w:val="00A25A1C"/>
+    <w:rsid w:val="00A26B3E"/>
+    <w:rsid w:val="00A34246"/>
     <w:rsid w:val="00A3530E"/>
     <w:rsid w:val="00A36439"/>
     <w:rsid w:val="00A369A1"/>
     <w:rsid w:val="00A36BEE"/>
     <w:rsid w:val="00A4224A"/>
     <w:rsid w:val="00A43999"/>
+    <w:rsid w:val="00A443D3"/>
+    <w:rsid w:val="00A46570"/>
     <w:rsid w:val="00A5169A"/>
     <w:rsid w:val="00A5289C"/>
+    <w:rsid w:val="00A52C96"/>
     <w:rsid w:val="00A52D1C"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A547FE"/>
     <w:rsid w:val="00A55536"/>
     <w:rsid w:val="00A72F60"/>
     <w:rsid w:val="00A74DA1"/>
     <w:rsid w:val="00A75AFC"/>
+    <w:rsid w:val="00A77896"/>
     <w:rsid w:val="00A809ED"/>
+    <w:rsid w:val="00A8185C"/>
     <w:rsid w:val="00A81AC7"/>
     <w:rsid w:val="00A82FEA"/>
     <w:rsid w:val="00A90458"/>
     <w:rsid w:val="00A942E0"/>
+    <w:rsid w:val="00A967A1"/>
     <w:rsid w:val="00AA305F"/>
+    <w:rsid w:val="00AB201E"/>
+    <w:rsid w:val="00AB2371"/>
     <w:rsid w:val="00AD3DA1"/>
     <w:rsid w:val="00AE2020"/>
+    <w:rsid w:val="00AE39D1"/>
+    <w:rsid w:val="00AE7110"/>
     <w:rsid w:val="00AE7500"/>
+    <w:rsid w:val="00AF0B8A"/>
+    <w:rsid w:val="00AF410F"/>
     <w:rsid w:val="00AF5E73"/>
     <w:rsid w:val="00AF7677"/>
     <w:rsid w:val="00B04ADF"/>
     <w:rsid w:val="00B054CE"/>
     <w:rsid w:val="00B07024"/>
+    <w:rsid w:val="00B076EF"/>
+    <w:rsid w:val="00B12B1D"/>
+    <w:rsid w:val="00B14D89"/>
     <w:rsid w:val="00B20BD1"/>
+    <w:rsid w:val="00B2148E"/>
     <w:rsid w:val="00B227E9"/>
     <w:rsid w:val="00B2671E"/>
     <w:rsid w:val="00B2756F"/>
     <w:rsid w:val="00B27AF8"/>
     <w:rsid w:val="00B3568D"/>
     <w:rsid w:val="00B36B26"/>
+    <w:rsid w:val="00B4215B"/>
+    <w:rsid w:val="00B4490E"/>
     <w:rsid w:val="00B45FA5"/>
     <w:rsid w:val="00B4684D"/>
     <w:rsid w:val="00B46C6C"/>
     <w:rsid w:val="00B5041B"/>
+    <w:rsid w:val="00B518CD"/>
     <w:rsid w:val="00B534C6"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B6458B"/>
     <w:rsid w:val="00B707A8"/>
     <w:rsid w:val="00B714DE"/>
+    <w:rsid w:val="00B740E1"/>
     <w:rsid w:val="00B76AD4"/>
     <w:rsid w:val="00B8292C"/>
+    <w:rsid w:val="00B84D21"/>
+    <w:rsid w:val="00B85D79"/>
+    <w:rsid w:val="00B8744B"/>
+    <w:rsid w:val="00B8796A"/>
+    <w:rsid w:val="00B91135"/>
     <w:rsid w:val="00B93C6A"/>
     <w:rsid w:val="00B948B1"/>
     <w:rsid w:val="00B95F02"/>
+    <w:rsid w:val="00B9682A"/>
+    <w:rsid w:val="00BA11F1"/>
     <w:rsid w:val="00BA1D11"/>
+    <w:rsid w:val="00BA3581"/>
+    <w:rsid w:val="00BA63FD"/>
     <w:rsid w:val="00BA6B22"/>
+    <w:rsid w:val="00BA6C11"/>
+    <w:rsid w:val="00BA717C"/>
     <w:rsid w:val="00BA768E"/>
+    <w:rsid w:val="00BB156D"/>
+    <w:rsid w:val="00BB441E"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00BB60DA"/>
     <w:rsid w:val="00BB71C8"/>
     <w:rsid w:val="00BC07A3"/>
     <w:rsid w:val="00BC199E"/>
     <w:rsid w:val="00BC3B38"/>
+    <w:rsid w:val="00BC5B5A"/>
     <w:rsid w:val="00BC5FD0"/>
     <w:rsid w:val="00BC7E74"/>
     <w:rsid w:val="00BD7526"/>
     <w:rsid w:val="00BE119E"/>
     <w:rsid w:val="00BE1DFA"/>
     <w:rsid w:val="00BE3AF4"/>
+    <w:rsid w:val="00BE6684"/>
     <w:rsid w:val="00BF5E91"/>
+    <w:rsid w:val="00C10304"/>
     <w:rsid w:val="00C11637"/>
     <w:rsid w:val="00C146D1"/>
     <w:rsid w:val="00C21353"/>
+    <w:rsid w:val="00C27B73"/>
     <w:rsid w:val="00C30E0D"/>
+    <w:rsid w:val="00C30E8F"/>
     <w:rsid w:val="00C33212"/>
+    <w:rsid w:val="00C34E34"/>
     <w:rsid w:val="00C43A50"/>
     <w:rsid w:val="00C44860"/>
     <w:rsid w:val="00C466C0"/>
     <w:rsid w:val="00C51157"/>
+    <w:rsid w:val="00C5584E"/>
+    <w:rsid w:val="00C568D0"/>
     <w:rsid w:val="00C56E9A"/>
     <w:rsid w:val="00C57448"/>
     <w:rsid w:val="00C57E39"/>
     <w:rsid w:val="00C6195A"/>
     <w:rsid w:val="00C61AD3"/>
+    <w:rsid w:val="00C67E33"/>
     <w:rsid w:val="00C77663"/>
     <w:rsid w:val="00C778C6"/>
+    <w:rsid w:val="00C8310C"/>
+    <w:rsid w:val="00C83CF6"/>
     <w:rsid w:val="00C95BF1"/>
     <w:rsid w:val="00C95DB9"/>
+    <w:rsid w:val="00C96A9E"/>
     <w:rsid w:val="00C97A3E"/>
     <w:rsid w:val="00CA622B"/>
+    <w:rsid w:val="00CA7389"/>
     <w:rsid w:val="00CB593D"/>
     <w:rsid w:val="00CB76CB"/>
     <w:rsid w:val="00CC09F5"/>
     <w:rsid w:val="00CC1355"/>
+    <w:rsid w:val="00CC1396"/>
     <w:rsid w:val="00CC2506"/>
     <w:rsid w:val="00CC2664"/>
     <w:rsid w:val="00CC4B65"/>
     <w:rsid w:val="00CD0F27"/>
     <w:rsid w:val="00CD1112"/>
     <w:rsid w:val="00CD19D6"/>
+    <w:rsid w:val="00CD3191"/>
+    <w:rsid w:val="00CD3901"/>
     <w:rsid w:val="00CD66EC"/>
+    <w:rsid w:val="00CD769D"/>
     <w:rsid w:val="00CE19F5"/>
     <w:rsid w:val="00CE2E27"/>
     <w:rsid w:val="00CE5924"/>
     <w:rsid w:val="00CF0D5D"/>
     <w:rsid w:val="00CF22D2"/>
     <w:rsid w:val="00CF5592"/>
     <w:rsid w:val="00D0222A"/>
+    <w:rsid w:val="00D034B3"/>
     <w:rsid w:val="00D0370A"/>
+    <w:rsid w:val="00D05DE0"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D17818"/>
     <w:rsid w:val="00D21D38"/>
+    <w:rsid w:val="00D252F6"/>
     <w:rsid w:val="00D30445"/>
     <w:rsid w:val="00D32B4D"/>
+    <w:rsid w:val="00D33258"/>
     <w:rsid w:val="00D340D2"/>
     <w:rsid w:val="00D37C50"/>
     <w:rsid w:val="00D424DB"/>
+    <w:rsid w:val="00D46361"/>
+    <w:rsid w:val="00D47ACE"/>
     <w:rsid w:val="00D503D7"/>
+    <w:rsid w:val="00D56125"/>
     <w:rsid w:val="00D56872"/>
     <w:rsid w:val="00D57FA7"/>
+    <w:rsid w:val="00D6107C"/>
+    <w:rsid w:val="00D616DD"/>
+    <w:rsid w:val="00D63418"/>
     <w:rsid w:val="00D63D3D"/>
     <w:rsid w:val="00D6581B"/>
     <w:rsid w:val="00D73016"/>
+    <w:rsid w:val="00D75032"/>
     <w:rsid w:val="00D77306"/>
+    <w:rsid w:val="00D80D14"/>
+    <w:rsid w:val="00D81443"/>
     <w:rsid w:val="00D81BD0"/>
     <w:rsid w:val="00D85C76"/>
     <w:rsid w:val="00D872F0"/>
+    <w:rsid w:val="00D91B37"/>
     <w:rsid w:val="00D91C70"/>
+    <w:rsid w:val="00D91DBE"/>
     <w:rsid w:val="00D91E88"/>
     <w:rsid w:val="00D9488A"/>
+    <w:rsid w:val="00D978E7"/>
     <w:rsid w:val="00D97ECD"/>
+    <w:rsid w:val="00DA7DF1"/>
+    <w:rsid w:val="00DB0751"/>
+    <w:rsid w:val="00DB08E2"/>
     <w:rsid w:val="00DB46AE"/>
     <w:rsid w:val="00DB4CC9"/>
     <w:rsid w:val="00DB7EAC"/>
+    <w:rsid w:val="00DC02BC"/>
+    <w:rsid w:val="00DC08F7"/>
     <w:rsid w:val="00DC55FF"/>
+    <w:rsid w:val="00DC7835"/>
     <w:rsid w:val="00DD0C2F"/>
     <w:rsid w:val="00DD1479"/>
+    <w:rsid w:val="00DD1C57"/>
     <w:rsid w:val="00DD59B0"/>
     <w:rsid w:val="00DE70AA"/>
+    <w:rsid w:val="00DE79C4"/>
+    <w:rsid w:val="00DF5DA5"/>
     <w:rsid w:val="00E03105"/>
     <w:rsid w:val="00E04794"/>
     <w:rsid w:val="00E112FE"/>
+    <w:rsid w:val="00E147A1"/>
     <w:rsid w:val="00E226FF"/>
+    <w:rsid w:val="00E251A3"/>
     <w:rsid w:val="00E269D6"/>
+    <w:rsid w:val="00E30282"/>
     <w:rsid w:val="00E313F1"/>
     <w:rsid w:val="00E323B3"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
     <w:rsid w:val="00E51528"/>
     <w:rsid w:val="00E53F9B"/>
+    <w:rsid w:val="00E556CA"/>
     <w:rsid w:val="00E55F3F"/>
     <w:rsid w:val="00E6244E"/>
     <w:rsid w:val="00E633F9"/>
     <w:rsid w:val="00E635A7"/>
+    <w:rsid w:val="00E63BF5"/>
     <w:rsid w:val="00E66CE7"/>
+    <w:rsid w:val="00E75224"/>
     <w:rsid w:val="00E80B04"/>
     <w:rsid w:val="00E81BF5"/>
     <w:rsid w:val="00E829A4"/>
+    <w:rsid w:val="00E85010"/>
     <w:rsid w:val="00EA33F2"/>
     <w:rsid w:val="00EA56B0"/>
+    <w:rsid w:val="00EA61C5"/>
     <w:rsid w:val="00EA68EA"/>
     <w:rsid w:val="00EA6A4F"/>
     <w:rsid w:val="00EA7D8B"/>
     <w:rsid w:val="00EA7DED"/>
+    <w:rsid w:val="00EB2A41"/>
+    <w:rsid w:val="00EC0B77"/>
     <w:rsid w:val="00EC0BE1"/>
+    <w:rsid w:val="00EC0C43"/>
+    <w:rsid w:val="00EC400E"/>
     <w:rsid w:val="00ED3885"/>
     <w:rsid w:val="00ED3B2B"/>
+    <w:rsid w:val="00ED49F2"/>
     <w:rsid w:val="00ED7314"/>
     <w:rsid w:val="00EE1C2F"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE25EC"/>
     <w:rsid w:val="00EE3856"/>
     <w:rsid w:val="00EE6EB1"/>
     <w:rsid w:val="00EE72CA"/>
+    <w:rsid w:val="00EF20BE"/>
     <w:rsid w:val="00EF5BFA"/>
     <w:rsid w:val="00F01A49"/>
     <w:rsid w:val="00F023F7"/>
     <w:rsid w:val="00F03001"/>
     <w:rsid w:val="00F03CA3"/>
+    <w:rsid w:val="00F1300B"/>
     <w:rsid w:val="00F173C1"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F2410B"/>
     <w:rsid w:val="00F24F94"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F311D2"/>
     <w:rsid w:val="00F36197"/>
     <w:rsid w:val="00F41C52"/>
+    <w:rsid w:val="00F42603"/>
+    <w:rsid w:val="00F45D30"/>
     <w:rsid w:val="00F54E74"/>
     <w:rsid w:val="00F55750"/>
+    <w:rsid w:val="00F65840"/>
     <w:rsid w:val="00F65D6C"/>
     <w:rsid w:val="00F67D4B"/>
     <w:rsid w:val="00F72C93"/>
+    <w:rsid w:val="00F7490B"/>
     <w:rsid w:val="00F74A19"/>
+    <w:rsid w:val="00F76CAB"/>
+    <w:rsid w:val="00F82C7D"/>
     <w:rsid w:val="00F84715"/>
+    <w:rsid w:val="00F85667"/>
     <w:rsid w:val="00F92073"/>
     <w:rsid w:val="00F92E50"/>
+    <w:rsid w:val="00F9633D"/>
     <w:rsid w:val="00F96924"/>
+    <w:rsid w:val="00FA3E07"/>
     <w:rsid w:val="00FA472B"/>
     <w:rsid w:val="00FA5671"/>
     <w:rsid w:val="00FB299D"/>
     <w:rsid w:val="00FB2E1A"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FB5A0F"/>
     <w:rsid w:val="00FB650D"/>
+    <w:rsid w:val="00FB75D2"/>
     <w:rsid w:val="00FC05D8"/>
     <w:rsid w:val="00FC0724"/>
+    <w:rsid w:val="00FC0A0F"/>
     <w:rsid w:val="00FC2623"/>
+    <w:rsid w:val="00FC4CE2"/>
     <w:rsid w:val="00FC7E90"/>
+    <w:rsid w:val="00FD17A3"/>
     <w:rsid w:val="00FD2FEB"/>
     <w:rsid w:val="00FE0C83"/>
+    <w:rsid w:val="00FE103E"/>
+    <w:rsid w:val="00FE3529"/>
     <w:rsid w:val="00FE6742"/>
     <w:rsid w:val="00FE7251"/>
     <w:rsid w:val="00FF53F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
+  <w15:docId w15:val="{336CB3AD-C51A-452D-86C7-B8FE09A3C3A8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -30432,54 +36459,54 @@
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
+    <w:aliases w:val="H3,H31,h3,H32,H33,H311,Subhead B,Heading C,h3 sub heading,sub Italic,proj3,proj31,proj32,proj33,proj34,proj35,proj36,proj37,proj38,proj39,proj310,proj311,proj312,proj321,proj331,proj341,proj351,proj361,proj371,proj381,proj391,proj3101,Head 3,3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
@@ -30636,50 +36663,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
+    <w:aliases w:val="H3 Char,H31 Char,h3 Char,H32 Char,H33 Char,H311 Char,Subhead B Char,Heading C Char,h3 sub heading Char,sub Italic Char,proj3 Char,proj31 Char,proj32 Char,proj33 Char,proj34 Char,proj35 Char,proj36 Char,proj37 Char,proj38 Char,proj39 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -31301,50 +37329,60 @@
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="FSMe-Bold"/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ParticipantID">
     <w:name w:val="ParticipantID"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B2671E"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="FSMe-Bold"/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00133EAB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="292830077">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="695276487">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -31633,55 +37671,684 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{897C492E-D1C4-4DCE-8FCC-A815357B6AD8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00156E8D" w:rsidRDefault="00156E8D">
+          <w:r w:rsidRPr="00B25B25">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="FSMe-Bold">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Daytona">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00156E8D"/>
+    <w:rsid w:val="00156E8D"/>
+    <w:rsid w:val="00475EF4"/>
+    <w:rsid w:val="00714F3D"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00156E8D"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -31942,54 +38609,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
@@ -32077,175 +38740,216 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>34806</Characters>
+  <Pages>23</Pages>
+  <Words>7429</Words>
+  <Characters>39894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>966</Lines>
-  <Paragraphs>480</Paragraphs>
+  <Lines>949</Lines>
+  <Paragraphs>508</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Home and Living (with Occupancy Rights) Deed</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40831</CharactersWithSpaces>
+  <CharactersWithSpaces>46815</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Home and Living (with Occupancy Rights) Deed</dc:title>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:subject/>
+  <dc:creator>Jordan, Elspeth</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID2">
     <vt:lpwstr>1426496R2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID3">
     <vt:lpwstr>1426496R1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID7">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID8">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="sTmpGUID">
     <vt:lpwstr>2d836930-f645-4c8a-98fe-43fd0eef1748</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="WebdocsID">
     <vt:lpwstr>1485612R1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>20d59e00,4edaa311,579114ae,5d60394b,32c8629d,17560495</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T01:20:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>0016db4e-1ad6-4c2c-8d48-163b4b4a4a1b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>