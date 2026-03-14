--- v0 (2025-12-19)
+++ v1 (2026-03-14)
@@ -1,50 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2E669B6F" w14:textId="09D03982" w:rsidR="00CC1355" w:rsidRPr="004A37FD" w:rsidRDefault="00286558" w:rsidP="00602461">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Support </w:t>
       </w:r>
       <w:r w:rsidRPr="00602461">
         <w:t>Coordination</w:t>
       </w:r>
       <w:r w:rsidR="0026436F">
@@ -486,64 +495,64 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566851" w14:paraId="0C6384D6" w14:textId="77777777" w:rsidTr="007F3F33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07992947" w14:textId="77777777" w:rsidR="00566851" w:rsidRPr="00602461" w:rsidRDefault="00566851" w:rsidP="00602461">
+          <w:p w14:paraId="07992947" w14:textId="57BCB940" w:rsidR="00566851" w:rsidRPr="00602461" w:rsidRDefault="00566851" w:rsidP="00602461">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00602461">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Address:</w:t>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="19D1457D" w14:textId="6C0ECE3F" w:rsidR="00566851" w:rsidRDefault="001A1161" w:rsidP="00602461">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
@@ -784,64 +793,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566851" w14:paraId="014E45E6" w14:textId="77777777" w:rsidTr="007F3F33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="391B4CF4" w14:textId="77777777" w:rsidR="00566851" w:rsidRPr="00602461" w:rsidRDefault="00566851" w:rsidP="00602461">
+          <w:p w14:paraId="391B4CF4" w14:textId="4BF2F6EA" w:rsidR="00566851" w:rsidRPr="00602461" w:rsidRDefault="00566851" w:rsidP="00602461">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00602461">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>ABN:</w:t>
+              <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6763F8D7" w14:textId="77777777" w:rsidR="00566851" w:rsidRDefault="00566851" w:rsidP="00602461">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
@@ -915,53 +924,56 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Document </w:t>
             </w:r>
             <w:r w:rsidR="000C1257">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="43516F1A" w14:textId="77777777" w:rsidR="00566851" w:rsidRDefault="00566851" w:rsidP="00602461">
+          <w:p w14:paraId="43516F1A" w14:textId="3B648C31" w:rsidR="00566851" w:rsidRDefault="00566851" w:rsidP="00206536">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="3680"/>
+              </w:tabs>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
@@ -970,50 +982,53 @@
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00206536">
+              <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566851" w14:paraId="37E50690" w14:textId="77777777" w:rsidTr="007F3F33">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3557F417" w14:textId="77777777" w:rsidR="00566851" w:rsidRPr="006F6AC9" w:rsidRDefault="00566851" w:rsidP="004D4135">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
@@ -1039,1742 +1054,2007 @@
                 <w:iCs/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00566851" w:rsidRPr="00A27DE2" w14:paraId="0F7BC655" w14:textId="77777777" w:rsidTr="007F3F33">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="68398BD1" w14:textId="77777777" w:rsidR="00566851" w:rsidRPr="00602461" w:rsidRDefault="00566851" w:rsidP="00602461">
+          <w:p w14:paraId="68398BD1" w14:textId="59450B0A" w:rsidR="00566851" w:rsidRPr="00602461" w:rsidRDefault="00566851" w:rsidP="00602461">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00602461">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Service: </w:t>
+              <w:t xml:space="preserve">Service </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02B5B209" w14:textId="375A6301" w:rsidR="00566851" w:rsidRPr="00566851" w:rsidRDefault="00566851" w:rsidP="00602461">
+          <w:p w14:paraId="02B5B209" w14:textId="4A7AF540" w:rsidR="00566851" w:rsidRPr="00566851" w:rsidRDefault="00206536" w:rsidP="00602461">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
             </w:pPr>
-            <w:r w:rsidRPr="00566851">
-              <w:t>Support Coordination</w:t>
+            <w:r>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11A78A4D" w14:textId="77777777" w:rsidR="004D5569" w:rsidRDefault="004D5569" w:rsidP="004D5569"/>
     <w:p w14:paraId="1D19FA86" w14:textId="2698148F" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="00B84767">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2F37BD" w14:textId="77777777" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="0026436F"/>
-    <w:p w14:paraId="1F2571D0" w14:textId="77777777" w:rsidR="00C12971" w:rsidRPr="006F6AC9" w:rsidRDefault="00C12971" w:rsidP="00C12971">
-      <w:pPr>
+    <w:p w14:paraId="1F2571D0" w14:textId="77777777" w:rsidR="00C12971" w:rsidRPr="006F6AC9" w:rsidRDefault="00C12971" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a person with disability who </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">takes part </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has a plan under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+    </w:p>
+    <w:p w14:paraId="6999344C" w14:textId="377E1D14" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been appointed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State Administrative Tribunal of Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="052463C2" w14:textId="1C800F65" w:rsidR="00916EDF" w:rsidRPr="00277A5A" w:rsidRDefault="00277A5A" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. The </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> represents that it has the skills, expertise and experience necessary to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which will be funded through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...37 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, in accordance with the</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF45C8" w14:textId="49145023" w:rsidR="00916EDF" w:rsidRPr="006F6AC9" w:rsidRDefault="00916EDF" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7868" w:rsidRPr="00FF29DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> as </w:t>
+      <w:r w:rsidR="00BD7868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereunder) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wishes to engage the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
+        <w:t xml:space="preserve"> under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006634D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has agreed to be so engaged. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648DF511" w14:textId="28A365D2" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="00916EDF" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. This </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sets </w:t>
+      </w:r>
+      <w:r w:rsidR="00206536" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out </w:t>
+      </w:r>
+      <w:r w:rsidR="00206536">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>provisions</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upon which the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...100 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D17A446" w14:textId="77777777" w:rsidR="00277A5A" w:rsidRPr="00277A5A" w:rsidRDefault="00277A5A" w:rsidP="0026436F">
-[...232 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7FBBDC90" w14:textId="77777777" w:rsidR="001766B9" w:rsidRDefault="001766B9" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="001766B9" w:rsidSect="007361C0">
-          <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7434B824" w14:textId="6EB4608C" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00B84767">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>AGREED TERMS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C6B4BA1" w14:textId="6D03756C" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00B84767">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Definitions and interpretation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="00B84767" w:rsidRDefault="005D17D8" w:rsidP="00B84767">
+    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="00B84767" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00B84767">
         <w:t>1.1 Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2735D0E6" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="78368CD5" w14:textId="3CCA6A39" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless expressed or implied to the contrary: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A02434" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00E37A66">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="78421BD7" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Day</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means Monday to Friday excluding public holidays in Western Australia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B4A78D" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="122B9D17" w14:textId="7F4E844E" w:rsidR="00AC5668" w:rsidRPr="00AC5668" w:rsidRDefault="00AC5668" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF29DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commonwealt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">h </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF29DA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>means</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF29DA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the Commonwealth of Australia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="385E8ACD" w14:textId="77777777" w:rsidR="00AC5668" w:rsidRPr="006F6AC9" w:rsidRDefault="00AC5668" w:rsidP="005D17D8">
-[...28 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="005E3FA5">
+    <w:p w14:paraId="6577FAA2" w14:textId="77777777" w:rsidR="00D1778D" w:rsidRPr="00D1778D" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Confidential Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means information that is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46D6F756" w14:textId="77777777" w:rsidR="00D1778D" w:rsidRPr="00D1778D" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(a) by its nature confidential; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDB79F4" w14:textId="77777777" w:rsidR="00D1778D" w:rsidRPr="00696D17" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b) labelled, notified or described by the disclosing party as confidential at the time of its disclosure.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00690D50">
-[...11 lines deleted...]
-      <w:r w:rsidR="00BB71C8" w:rsidRPr="00440EEB">
+    </w:p>
+    <w:p w14:paraId="48BC7E2C" w14:textId="03236544" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dispute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a dispute</w:t>
+      </w:r>
+      <w:r w:rsidR="00912896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or disagreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arising under or in connection with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B2F9AB" w14:textId="58A58038" w:rsidR="00CE2E27" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 2 of Schedule 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which is either the date the plan ends or the date the plan extension ends. </w:t>
+      </w:r>
+      <w:r w:rsidR="007159E3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s Plan end date' </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D1E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C74AD02" w14:textId="77777777" w:rsidR="00CF23AA" w:rsidRPr="00BF7320" w:rsidRDefault="00CF23AA" w:rsidP="001A0A09">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk211149547"/>
+      <w:r w:rsidRPr="004C4BEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engagement Date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4BEF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is defined at clause 2.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="1A40D07C" w14:textId="0BAD84F2" w:rsidR="00FB7B7B" w:rsidRPr="00A95F18" w:rsidRDefault="00FB7B7B" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funding Period </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D1E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he specific timeframe set by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which a portion of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95F18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D1E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D1E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>funding</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is made available for use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FBF698" w14:textId="047AAF2E" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s guardian in a guardianship order made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State Administrative Tribunal, Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, namely the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or the person to whom the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has delegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powers and duties in respect of that appointment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0173EBAF" w14:textId="6A3644C3" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fair-Trading</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="00440EEB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Act 201</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0027420D" w:rsidRPr="00440EEB">
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D46B5DB" w14:textId="393B027B" w:rsidR="00CE2E27" w:rsidRPr="00CF7A25" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00912896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Health Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5668">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means information, data and medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AC5668">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>opinion</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AC5668">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on or about an individual's state of physical or mental health and wellbeing including matters pertaining to disease, affliction, disability and drug or alcohol addiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA3EFDE" w14:textId="7AACB840" w:rsidR="00AC5668" w:rsidRPr="00FF29DA" w:rsidRDefault="00AC5668" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means any rule or requirement of any statute, subordinate legislation, the common law or equity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B823AB" w14:textId="642A0237" w:rsidR="0047393C" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Agency, established by section 117 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2506" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26928DF9" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Scheme, being the arrangements set out in Chapter 3 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B88E373" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...71 lines deleted...]
-        <w:t>Service Agreement</w:t>
+        <w:t>National Disability Insurance Scheme Act 2013</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3DB1D9" w14:textId="77777777" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="00CE2E27" w:rsidP="00E37A66">
-[...339 lines deleted...]
-      <w:r w:rsidRPr="00440EEB">
+    <w:p w14:paraId="2D74ACEF" w14:textId="185F7001" w:rsidR="00DD5E3E" w:rsidRDefault="00D1778D" w:rsidP="00DB5EBE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE2E27" w:rsidRPr="00440EEB">
+      </w:pPr>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means </w:t>
+      </w:r>
+      <w:r w:rsidR="009E409A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a legislative instrument under </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1990</w:t>
-[...206 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t>National Disability Insurance Scheme Rules 2018.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD5E3E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>National Disability Insurance Scheme Act 2013</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="782105C7" w14:textId="24D95F30" w:rsidR="00D1778D" w:rsidRPr="00312CB0" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">NDIS Compliance Action </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to compliance and enforcement action, including banning orders, compliance orders, enforceable undertakings and suspension or revocation of registration taken by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in relation to the Service Provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A8F5024" w14:textId="7380C0AB" w:rsidR="00692977" w:rsidRPr="001A0A09" w:rsidRDefault="00692977" w:rsidP="001A0A09">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s plan that is in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00692977">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A85D596" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="00CC2506" w:rsidP="005D17D8">
-[...18 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="70C7E7CA" w14:textId="69BE74AF" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the document of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIA</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that sets out the general pricing arrangements that apply to all supports in the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and the specific arrangements that apply to individual supports. </w:t>
-[...10 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">and the specific arrangements that apply to individual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521BB4F7" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Quality and Safeguards Commission</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the Commission established by section 181A of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5EC7F4" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="00CC2506" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4D436F27" w14:textId="77777777" w:rsidR="004A713B" w:rsidRPr="006F6AC9" w:rsidRDefault="004A713B" w:rsidP="004A713B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Regis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tered Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Service Provider has completed and maintains all requirements of NDIS registration and is in possession of a current certificate of registration granted by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outlining the services the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered to provide, the period of registration, and any conditions the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must follow to keep registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A452B83" w14:textId="77777777" w:rsidR="009E409A" w:rsidRPr="009E409A" w:rsidRDefault="009E409A" w:rsidP="009E409A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means legislative instruments made under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EA9FE7" w14:textId="0BFA4612" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Support Catalogue</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the document of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIA</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that provides information on the current price limits for each support item and indicates for each price-limited support item the claim types that can be used.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357568E4" w14:textId="77777777" w:rsidR="000429E0" w:rsidRDefault="000429E0" w:rsidP="005D17D8">
-[...92 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Hlk184014136"/>
+    <w:p w14:paraId="48E5F575" w14:textId="569D40AD" w:rsidR="00C9494E" w:rsidRPr="00CF176E" w:rsidRDefault="00C9494E" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Supports </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are defined in Section 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are supports that can be funded by the NDIS and declared by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00266D6C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be NDIS supports. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2D91FB" w14:textId="1A819AAC" w:rsidR="00D268A2" w:rsidRPr="00D268A2" w:rsidRDefault="00D268A2" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk184014136"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
       </w:r>
       <w:r w:rsidR="00CB0985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cheme </w:t>
       </w:r>
       <w:r>
@@ -2854,403 +3134,338 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to notify affected individuals and the </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OAIC</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> when a data breach is likely to result in harm to</w:t>
       </w:r>
       <w:r w:rsidR="00712593">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> an individual whose personal information is involved.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...9 lines deleted...]
-        <w:spacing w:before="0" w:after="0"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="10E65BAF" w14:textId="7531EA38" w:rsidR="00D9085D" w:rsidRPr="00636F73" w:rsidRDefault="00A97FBB" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A1161">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidRPr="00636F73">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">means a person with a disability who is a participant in the </w:t>
       </w:r>
       <w:r w:rsidRPr="001A1161">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r w:rsidRPr="00636F73">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and has a right to have plan under the </w:t>
       </w:r>
       <w:r w:rsidRPr="001A1161">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS Act </w:t>
       </w:r>
       <w:r w:rsidRPr="00636F73">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(the </w:t>
       </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0051214F">
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:t>lan)</w:t>
+      </w:r>
       <w:r w:rsidRPr="001A1161">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Participant’s Plan) </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00636F73">
         <w:rPr>
           <w:rStyle w:val="ui-provider"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>which includes a statement of participant supports.</w:t>
-[...102 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">which includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00636F73">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00636F73">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CDF69E0" w14:textId="52CB8B79" w:rsidR="00CF23AA" w:rsidRPr="006F6AC9" w:rsidRDefault="00CF23AA" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal Information</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means personal information within the definition </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="007F3F33">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Privacy Act 1988</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E356EF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24D03C8D" w14:textId="7B868656" w:rsidR="00CF23AA" w:rsidRDefault="00CF23AA" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Extension </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an automatic extension of the existing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hasn’t been </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="006F6AC9">
-[...3 lines deleted...]
-        <w:t>Cth</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>finalised</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="006F6AC9">
-[...64 lines deleted...]
-      <w:r w:rsidRPr="002B209D">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to the current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50C3CE12" w14:textId="77777777" w:rsidR="00D1778D" w:rsidRPr="007112C4" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is when a participant chooses to use a plan management provider to manage their NDIS funds which involves receiving funds from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7023">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> if the new </w:t>
-[...49 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> and disbursing these funds on behalf of the participant to providers of other services received; in that regard, see Item 4 of Schedule 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272243AE" w14:textId="2B9C6B9E" w:rsidR="004A0655" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the person appointed as the Public Advocate, being the office continued in existence by section </w:t>
       </w:r>
       <w:r w:rsidR="007E336B" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>91</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
@@ -3272,1413 +3487,1739 @@
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1990</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="004A0655" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E74FBF4" w14:textId="77777777" w:rsidR="00C6358B" w:rsidRDefault="00C6358B" w:rsidP="005D17D8">
-[...13 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6B240049" w14:textId="3EB76E03" w:rsidR="005639F5" w:rsidRDefault="00677D19" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Recovery Coach </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00101A93">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS funded worker that has specific mental health knowledge.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E04391E" w14:textId="77777777" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C2BB69D" w14:textId="6A37B8EF" w:rsidR="00C9494E" w:rsidRPr="00B74488" w:rsidRDefault="00C9494E" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Replacement Support </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means a service, item or equipment which is not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00101A93">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Support </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">but has been approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to use instead of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00101A93">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS Support. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It replaces an existing </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Support/s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63ACC31D" w14:textId="3A8A650E" w:rsidR="00D1778D" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D1778D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means this agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00D1778D">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and includes its Schedules and Appendices including any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s and any documents incorporated by reference hereby, but no terms and conditions put forward, or sought by to be put forward, by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be referred to as this, or the Service Agreement, or any service agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1778D">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BAA3DC6" w14:textId="77777777" w:rsidR="00C74D38" w:rsidRPr="006F6AC9" w:rsidRDefault="00C74D38" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">documented change to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C74D38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023572A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>explains the requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in that regard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12588D14" w14:textId="79EB1181" w:rsidR="00C6358B" w:rsidRPr="006F6AC9" w:rsidRDefault="00C6358B" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk193651182"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and includes its </w:t>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00C74D38">
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engaged to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33396EF7" w14:textId="0220713B" w:rsidR="00D1778D" w:rsidRPr="007704AA" w:rsidRDefault="00D1778D" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk222482808"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the Service Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(including</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider, Plan Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider and Specialist Disability Accommodation Providers</w:t>
+      </w:r>
+      <w:r w:rsidR="00F84984" w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms and conditions for the provision of goods and/or services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To remove any doubt, the Service Provider's terms and conditions are not this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but are a separate appendix to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00913023">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="4BCEAD5D" w14:textId="0DAFBA2A" w:rsidR="009B216E" w:rsidRPr="006F6AC9" w:rsidRDefault="009B216E" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> set out in Schedule 2 and, where one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the services set out in those </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DEB00D" w14:textId="0489B78A" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 1 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is either the date the plan commences, or the plan extension commences. Where one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00276000" w:rsidRPr="00CB4C2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been made the ‘Participant’s Plan state date’ </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3D1E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be as </w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">s and any documents incorporated by reference. </w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D482C1" w14:textId="54D2178D" w:rsidR="007C30DE" w:rsidRPr="00ED65DE" w:rsidRDefault="007C30DE" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00101A93">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>support designed to assist the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to implement their </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan according to their wishes and budgets, build the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personal capacity and connect the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003259BC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A57C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>roviders</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003259BC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>community, mainstream and other government services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13ECFBEA" w14:textId="52147DDA" w:rsidR="00677D19" w:rsidRPr="00FD75F1" w:rsidRDefault="00677D19" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the person or </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> engaged to provide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9494E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with this </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...19 lines deleted...]
-      <w:r w:rsidRPr="00C74D38">
+      <w:r w:rsidRPr="001A0A09">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11F30E11" w14:textId="615F7505" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person engaged to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upport </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which includes assisting the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to implement the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, building the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> capacity and connecting the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> service providers and community, mainstream and other government services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30010C77" w14:textId="0780C645" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="009169BE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the term of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> in that regard</w:t>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as determined under clause 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229A14C7" w14:textId="459D7FFA" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DFEBF8" w14:textId="0DAAF8F5" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="007F3F33">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>1.2 Interpretation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EFC708" w14:textId="0E541D86" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.1 This </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to be construed in accordance with the laws of </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61A7226C" w14:textId="77777777" w:rsidR="00C74D38" w:rsidRDefault="00C74D38" w:rsidP="005D17D8">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> means the </w:t>
+    <w:p w14:paraId="05AB491E" w14:textId="52BA1F33" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.2 In this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except where the context requires otherwise: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7323A733" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the singular includes the plural and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vice versa;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4574B060" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) another grammatical form of a defined word or expression has a corresponding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>meaning;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39946049" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) a reference to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13584642" w14:textId="7B43352D" w:rsidR="00CC7BC5" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>organisation</w:t>
+        <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> engaged to provide </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with this </w:t>
+        <w:t xml:space="preserve">) a clause, schedule, appendix or annexure is a reference to a clause, schedule, appendix or annexure in or to this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> set out in Schedule 2 and, where one or more </w:t>
+        <w:t xml:space="preserve"> all of which are deemed part of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> of the </w:t>
+      <w:r w:rsidR="003B75C1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B75C1" w:rsidRPr="003B75C1">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and must be complied with</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF23AA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with their expressed or implied </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CF23AA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7BC5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="6F8F4239" w14:textId="4CF3DC04" w:rsidR="00913023" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ii) a person includes the legal personal representatives, successors and permitted assigns of that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F5D056" w14:textId="77777777" w:rsidR="00913023" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iii) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any body</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which no longer exists or has been reconstituted, renamed, replaced or whose powers or functions have been removed or transferred to another body or agency, is a reference to the body which most closely serves the purposes or objects of the first-mentioned </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>body;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43F0FB60" w14:textId="77777777" w:rsidR="00913023" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iv) a statute includes regulations under it and consolidations, amendments, re-enactments or replacements of any of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>them;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A36BF23" w14:textId="21A14C18" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(v) this or any other document includes the document as varied or replaced regardless of any change in the identity of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parties;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4722C4D3" w14:textId="323E4DBD" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) headings and sub-headings are inserted for ease of reference only and do not affect the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the services set out in those </w:t>
-[...539 lines deleted...]
-    <w:p w14:paraId="58DFEBF8" w14:textId="0DAAF8F5" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="007F3F33">
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49435088" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(e) where the expression including or includes is used it means 'including but not limited to' or 'including without limitation'. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48080478" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D18AFAA" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2. Term </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148EB0BE" w14:textId="798BBABD" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00913023">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...437 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.1 Term of </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="637DD62F" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="43BBB672" w14:textId="70065EE4" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> commences on the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
@@ -4762,96 +5303,117 @@
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>End Date</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unless terminated earlier in accordance with clause </w:t>
       </w:r>
       <w:r w:rsidR="00EE4D37">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB4790E" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
-[...6 lines deleted...]
-    <w:p w14:paraId="6D646C9D" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="007F3F33">
+    <w:p w14:paraId="4BB4790E" w14:textId="43271111" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D646C9D" w14:textId="5C4F053A" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00913023">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="007F3F33">
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Acknowledgements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB33B1">
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">arranties and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB33B1">
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">esponsibilities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00913023">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.1 Acknowledgements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C5748E" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="005D17D8"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="68111282" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The parties acknowledge and agree: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03873989" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="008B24BE" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0819DC51" w14:textId="64847041" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.1 the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is a person with a disability and, in providing the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
@@ -4889,59 +5451,54 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as set out in the United Nations Convention on the Rights of Persons with Disabilities</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>);</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DA9C773" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="008B24BE" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="25CE0C49" w14:textId="0684CADD" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.2 the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> signs this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
@@ -4995,151 +5552,173 @@
         <w:t xml:space="preserve">Guardianship and Administration </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C32D5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37A43F8A" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="651ED5E7" w14:textId="6784278B" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.3 the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> may exercise all of the rights and powers of the </w:t>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exercise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rights and powers of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> on behalf of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in accordance with the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00C32D5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardianship and Administration </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00C32D5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8550C5" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="78B058F9" w14:textId="22A74F21" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.4 this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> includes expectations as to how the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92786">
@@ -5157,59 +5736,54 @@
         <w:t xml:space="preserve"> will act to exercise the Participant’s rights in relation to the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D92786">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BEEB8DB" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="235C3442" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.5 the rights, duties and responsibilities of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> cease upon the cessation of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
@@ -5241,622 +5815,684 @@
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D92786">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725FD673" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="35DEAAFF" w14:textId="77777777" w:rsidR="00176760" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.6 this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is otherwise unaffected by the cessation of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92786">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate’s</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> appointment as </w:t>
       </w:r>
       <w:r w:rsidRPr="00D92786">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> unless the parties vary or terminate it in accordance with its </w:t>
+        <w:t xml:space="preserve"> unless the parties vary or terminate it in accordance with its terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk221795371"/>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the guardianship of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has ceased, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any other guardian who represents the </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, shall exercise all powers and rights of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as those conferred on the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006F6AC9">
-[...4 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760" w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="509C144E" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="66ABDE4B" w14:textId="77FA3AF4" w:rsidR="000D7ED2" w:rsidRDefault="00841B8A" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.7 a </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0" w:rsidRPr="00912896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be made in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE4D37">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 to continue the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92786">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (with or without variation) beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92786">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92786">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>end date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified in item 2 of Schedule </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7ED2">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0864CA8D" w14:textId="7D417A05" w:rsidR="003F069A" w:rsidRDefault="000D7ED2" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.8 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF29DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may enforce this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> against the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including if the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits an actual or suspected breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B71348">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB7F9B5" w14:textId="6114CBB6" w:rsidR="00206536" w:rsidRDefault="00206536" w:rsidP="00913023">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk184621650"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.9 that, for the duration of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Term, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will have, maintain and comply with all statutory, government and legal requirements (including </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>licen</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and status </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as a</w:t>
+      </w:r>
+      <w:r w:rsidR="00101A93">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS Registered Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enters into this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Registered Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>) and deliver a service that is compliant with NDIS requirements, policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and if the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is or becomes in bre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ch of those obligations, it shall immediately notify the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in writing accordingly.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3F85A2" w14:textId="137B4754" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="7DA5BAF0" w14:textId="0DEDCEA2" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">3.1.7 a </w:t>
-[...404 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve">3.2 </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> warranties</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6613E3CC" w14:textId="0F6D40E5" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="6613E3CC" w14:textId="0F6D40E5" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> warrants</w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F073F31" w14:textId="3F30A99E" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...28 lines deleted...]
-        <w:t>it has</w:t>
+    <w:p w14:paraId="22ADA609" w14:textId="63E145AC" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.1 it has</w:t>
       </w:r>
       <w:r w:rsidR="000D7ED2">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and will continue to have,</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the skills, expertise and experience necessary to provide the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5897,59 +6533,54 @@
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FAE8381" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5F266A8C" w14:textId="2E07352C" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.2 </w:t>
       </w:r>
       <w:r w:rsidR="00FF29DA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the accuracy of both the </w:t>
       </w:r>
       <w:r w:rsidR="00C32D5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92786">
@@ -5972,1490 +6603,1911 @@
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00D92786">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>nd date</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00D970F9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at items 1 and 2 of Schedule </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF29DA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0A218788" w14:textId="3EBEBC53" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.3 prior to entering the details of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Schedule 2, it </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF29DA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is satisfied </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that there is sufficient funding available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D92786">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> at items 1 and 2 of Schedule </w:t>
+        <w:t xml:space="preserve"> for the total cost for all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0985">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed in Schedule </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1</w:t>
-[...5 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>2;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...69 lines deleted...]
-        <w:t xml:space="preserve"> for the total cost for all </w:t>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="282EA22B" w14:textId="5A8165CE" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.4 it will only charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">according to the applicable funding periods prescribed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00276000">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the provision of </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB0985">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Services</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listed in Schedule 2 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made during the Term of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44BE4407" w14:textId="67D3B440" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.5 regardless of the hourly rate or unit price specified for any support item in Schedule 2 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made during the Term of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it will charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and not more than the current price limit for the relevant support item specified in the current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as updated </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7ED2">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or replaced </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B97F07">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00176760">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5036CF99" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...252 lines deleted...]
-    <w:p w14:paraId="5ADBA89C" w14:textId="1252A580" w:rsidR="003664D9" w:rsidRDefault="00841B8A" w:rsidP="007F3F33">
+    <w:p w14:paraId="4724FDFC" w14:textId="77777777" w:rsidR="00225EBB" w:rsidRDefault="00225EBB" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADBA89C" w14:textId="56DA46BA" w:rsidR="003664D9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.3 </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">’s responsibilities </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="082ADD53" w14:textId="39A486A3" w:rsidR="003664D9" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="082ADD53" w14:textId="39A486A3" w:rsidR="003664D9" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22B8F219" w14:textId="77777777" w:rsidR="003664D9" w:rsidRPr="006F6AC9" w:rsidRDefault="003664D9" w:rsidP="005D17D8">
-[...30 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+    <w:p w14:paraId="534641A0" w14:textId="77777777" w:rsidR="00176760" w:rsidRDefault="00176760" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.1 shall immediately report to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any serious concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">health, safety and wellbeing, and shall provide written notice to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 24 hours of becoming aware of a significant incident or risk to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>health,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safety and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wellbeing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="60CCC6AF" w14:textId="58FDEA75" w:rsidR="00F61293" w:rsidRPr="00E2278A" w:rsidRDefault="00F61293" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00C32D5F">
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...732 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.3.</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve">s </w:t>
+        <w:t xml:space="preserve">’s support </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>needs;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00841B8A" w:rsidRPr="00E2278A">
+    </w:p>
+    <w:p w14:paraId="11B24CD5" w14:textId="13DBD684" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00386526">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with information concerning the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C32D5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in formats </w:t>
+      </w:r>
+      <w:r w:rsidR="004F1D5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">best </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">understood by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A38E50" w14:textId="4E420C40" w:rsidR="005639F5" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00386526">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consult</w:t>
+      </w:r>
+      <w:r w:rsidR="005C5093">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00392D9B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the extent possible </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">about how the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56DCCEA9" w14:textId="77777777" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70330923" w14:textId="259EA555" w:rsidR="00F61293" w:rsidRPr="00A1595A" w:rsidRDefault="00435540" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk193553562"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk193559219"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk221795522"/>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may propose additional </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contained in Appendix 2 in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which shall be incorporated into this </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the extent that they:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F27BE6" w14:textId="77777777" w:rsidR="00F61293" w:rsidRPr="00A1595A" w:rsidRDefault="00F61293" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051375A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ful, fair and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21880DE2" w14:textId="6CED8E40" w:rsidR="00F61293" w:rsidRPr="00A1595A" w:rsidRDefault="00F61293" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) may be required where the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to record (and keep recorded) business specific information about how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will meet requirements; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B895D28" w14:textId="011B20F9" w:rsidR="00F61293" w:rsidRPr="00A1595A" w:rsidRDefault="00F61293" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) do not </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>authorise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or provide any indemnity or release from or limitation on liability in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breach of any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051375A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, non-compliance with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the performance standards in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.4;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="0CC9159E" w14:textId="6D6DD97E" w:rsidR="00386526" w:rsidRPr="00A1595A" w:rsidRDefault="00386526" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A ensure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61293" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not render the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acting reasonably and in good faith, responsible for payment of any overspend of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds as set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="5E5E0488" w14:textId="191C6C79" w:rsidR="00F4318F" w:rsidRDefault="00F4318F" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk221795681"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.6 shall propose any changes to its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by providing written notice of the changes in the form of a replacement Appendix 2 to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This notice should provide a summary of the proposed changes in language the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is most likely to understand. The proposed changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00900BE9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.3.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00900BE9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.5A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will replace Appendix 2 once notice has been provided (unless the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has rejected the same o</w:t>
+      </w:r>
+      <w:r w:rsidR="006047D5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the grounds of them being in breach of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="56F2DA9A" w14:textId="3995A4DB" w:rsidR="00F2410B" w:rsidRPr="00B97DA5" w:rsidRDefault="00E2278A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00E46BEC">
-[...3 lines deleted...]
-        <w:t>6</w:t>
+      <w:r w:rsidR="00F4318F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> keep the </w:t>
+        <w:t xml:space="preserve"> work with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> informed of any changes to the </w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve">’s support </w:t>
+        <w:t xml:space="preserve"> to coordinate </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E2278A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a manner that suits the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E2278A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s needs</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Required actions include:</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40807828" w14:textId="67ADA531" w:rsidR="00BF6FBB" w:rsidRPr="00B97DA5" w:rsidRDefault="00BF6FBB" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="993" w:hanging="273"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(a) mak</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e service recommendations to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>uardian</w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in consideration of the </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wishes and cultural and intersectional </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F6041" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>needs;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="5184172E" w14:textId="77777777" w:rsidR="00E2278A" w:rsidRPr="006F6AC9" w:rsidRDefault="00E2278A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="59F948D8" w14:textId="00C2A993" w:rsidR="009F6041" w:rsidRPr="000000BD" w:rsidRDefault="009F6041" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="993" w:hanging="273"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perform a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ompliance and </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nforcements </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ctions </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>check</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006047D5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidR="006047D5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB0E1E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality and Safeguards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website </w:t>
+      </w:r>
+      <w:r w:rsidR="006047D5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to identify</w:t>
+      </w:r>
+      <w:r w:rsidR="006047D5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">any reported compliance action taken against any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="006047D5" w:rsidRPr="0051375A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommending to the </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and advise the </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> findings</w:t>
+      </w:r>
+      <w:r w:rsidR="00521219" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> along with </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97DA5" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00521219" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recommendations</w:t>
+      </w:r>
+      <w:r w:rsidR="000000BD" w:rsidRPr="00B97DA5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A43AA50" w14:textId="3B6EFEF5" w:rsidR="00E2278A" w:rsidRPr="00471CD8" w:rsidRDefault="00E2278A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00E46BEC">
-[...3 lines deleted...]
-        <w:t>7</w:t>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> review any </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -7498,60 +8550,55 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and, within 7 days of receiving it: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CB2230B" w14:textId="77777777" w:rsidR="00E2278A" w:rsidRPr="00471CD8" w:rsidRDefault="00E2278A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="09264F6D" w14:textId="33BD0B06" w:rsidR="00E2278A" w:rsidRPr="00471CD8" w:rsidRDefault="00E2278A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) complete the </w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordinator's Notation</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> appended to the </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
@@ -7597,61 +8644,55 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that the details contained therein are accurate, appropriate and compatible with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16ECF50B" w14:textId="77777777" w:rsidR="00E2278A" w:rsidRPr="00471CD8" w:rsidRDefault="00E2278A" w:rsidP="00E2278A">
-      <w:pPr>
+    <w:p w14:paraId="7BB2641A" w14:textId="20967818" w:rsidR="005639F5" w:rsidRDefault="00E2278A" w:rsidP="0051375A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) alternatively, if there are any errors or any issues in relation to the proposed </w:t>
       </w:r>
       <w:r w:rsidR="00C32D5F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ervices</w:t>
@@ -7713,1751 +8754,2605 @@
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0" w:rsidRPr="00471CD8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with the correct </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00471CD8">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>details;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="20CFBF5B" w14:textId="77777777" w:rsidR="00A24FD9" w:rsidRPr="00471CD8" w:rsidRDefault="00A24FD9" w:rsidP="00E2278A">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3D25C1F0" w14:textId="61FEE732" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00E46BEC">
-[...3 lines deleted...]
-        <w:t>8</w:t>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> treat the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> with courtesy and respect at all </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>times;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CD749DF" w14:textId="77777777" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="628C29B3" w14:textId="6C46F9A3" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00E46BEC">
-[...3 lines deleted...]
-        <w:t>9</w:t>
+      <w:r w:rsidR="00176760">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> communicate openly and honestly with the </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deliver services to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in such a way as to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>give</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effect </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the personal and lifestyle decisions made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A23014">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00BD4B11">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-      </w:r>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F9F0C67" w14:textId="15BA422E" w:rsidR="002E0F80" w:rsidRPr="00A1595A" w:rsidRDefault="002E0F80" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13ABD2E4" w14:textId="6D07B15A" w:rsidR="002E0F80" w:rsidRPr="00A1595A" w:rsidRDefault="002E0F80" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) warrants that it has </w:t>
+      </w:r>
+      <w:r w:rsidR="004B6712">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6712" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Conflict-of-Interest Declaration form, in the format published by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on its website, in relation to any actual or perceived conflicts of interest</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6712">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and provided it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for approval prior to entering into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C637E4" w14:textId="0FD737FE" w:rsidR="002E0F80" w:rsidRPr="00A1595A" w:rsidRDefault="002E0F80" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b) will provide an updated Conflict</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32AD3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32AD3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interest Declaration form to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0051375A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval if any undeclared actual or perceived conflicts of interest arise during the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A1595A" w:rsidDel="00517CFA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5AEF1B" w14:textId="11912254" w:rsidR="002E0F80" w:rsidRDefault="002E0F80" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk222395949"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 1 Business Day of being advised by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Compliance Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is being taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00280189">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upport Coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="363B6CA4" w14:textId="3BAE005B" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and the </w:t>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24FD9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0F80">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listen to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in a timely </w:t>
+        <w:t xml:space="preserve">’s feedback and work with them to resolve problems </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>manner;</w:t>
+        <w:t>quickly;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDDFE68" w14:textId="77777777" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="17D8BC67" w14:textId="3B3F9B2C" w:rsidR="005C39D2" w:rsidRPr="0043744B" w:rsidRDefault="005C39D2" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk186743820"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24FD9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0F80">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to experience a planned and coordinated transition to or from another provider when required</w:t>
+      </w:r>
+      <w:r w:rsidR="00435540">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00435540">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>possible</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="41197C8E" w14:textId="5EC755C1" w:rsidR="0011546E" w:rsidRPr="0011546E" w:rsidRDefault="0011546E" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="005C39D2">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="002E0F80">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">communicate openly and honestly with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manner;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A23014" w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="719B51B1" w14:textId="27FB0F8D" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="00A24FD9">
+      <w:r w:rsidR="0011546E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00E46BEC">
-[...3 lines deleted...]
-        <w:t>0</w:t>
+      <w:r w:rsidR="002E0F80">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> listen to the </w:t>
+        <w:t xml:space="preserve"> keep records of all support coordination provided to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as part of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64965E41" w14:textId="2E1E970C" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4318F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s and the </w:t>
+        <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s feedback and work with them to resolve problems </w:t>
+        <w:t xml:space="preserve"> in accordance with clause </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>quickly;</w:t>
+        <w:t>4;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003793AA" w14:textId="77777777" w:rsidR="005C39D2" w:rsidRDefault="005C39D2" w:rsidP="005D17D8">
-[...38 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="10B1552C" w14:textId="671D7ED8" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4318F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assist the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
-      <w:r>
-[...123 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.3.</w:t>
-[...11 lines deleted...]
-        <w:t>3</w:t>
+        <w:t xml:space="preserve">and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> keep records of all support coordination provided to the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Participant </w:t>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with evidence-based reviews of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">as part of the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE65DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Services </w:t>
-[...34 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...72 lines deleted...]
-        <w:t xml:space="preserve"> in accordance with clause </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t>4;</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="415F0349" w14:textId="38707F88" w:rsidR="00910A2F" w:rsidRDefault="00E43D55" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E43D55">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4318F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24FD9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43D55">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="000D7ED2">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00912896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75696AD7" w14:textId="7B6A9361" w:rsidR="000D7ED2" w:rsidRDefault="000D7ED2" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F4318F">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> act in a financially responsible and prudent manner in its performance of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3238D42E" w14:textId="77777777" w:rsidR="002E0F80" w:rsidRPr="00E43D55" w:rsidRDefault="002E0F80" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BEAEB18" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.4 Performance standards </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72015C0B" w14:textId="1CB97E6E" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in doing so, must perform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38D15061" w14:textId="44A6A33A" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.1 for the purposes of achieving the goals, and in compliance with, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00E17E0F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8ED8AC" w14:textId="77777777" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="005D17D8">
-[...16 lines deleted...]
-        <w:t>3.3.1</w:t>
+    <w:p w14:paraId="710A23D1" w14:textId="46603912" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.2 in a courteous and respectful manner, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92786">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="007428C9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">awfully, and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with due skill, diligence, care and consistent with the highest professional and industry </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>standards;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0167B20B" w14:textId="11C7FF8E" w:rsidR="005639F5" w:rsidRDefault="00841B8A" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.3 in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, all applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="005C39D2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s and any reasonable request of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5D26">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A39E36" w14:textId="77777777" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B64FB04" w14:textId="4D10E02E" w:rsidR="005C39D2" w:rsidRPr="002659FF" w:rsidRDefault="005C39D2" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk186744089"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.4.4 in accordance with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F958EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service</w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F958EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but in the event of conflict between those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F958EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the former shall prevail over the latter to the extent of the conflict (provided that, first, those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F958EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="0051375A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ful, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fair and reasonable, and, second, that silence shall neither amount to nor form the basis of conflict).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143FDAD9" w14:textId="28D46927" w:rsidR="00F958EC" w:rsidRDefault="00F958EC" w:rsidP="00225EBB">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk193555108"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4A </w:t>
+      </w:r>
+      <w:r w:rsidR="001752BD">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he conflict and precedence provisions of clause 3.4.4 do not apply if and to the extent that the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A51276">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are contrary to clauses </w:t>
+      </w:r>
+      <w:r w:rsidR="00A672FF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 4,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C7C30">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7.1, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A672FF" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7.2,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="009C1A76">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="001B70B5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00E46BEC">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00E43D55">
+        <w:t>.8</w:t>
+      </w:r>
+      <w:r w:rsidR="001B70B5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="049CEA73" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00F2410B" w:rsidP="002E0F80">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C0E83C" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="007F3F33">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.5 Guardian’s responsibilities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1E8182" w14:textId="08EB62E4" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk216347139"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E43D55">
-[...11 lines deleted...]
-        <w:t xml:space="preserve">Participant’s </w:t>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F53B1">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="429D3012" w14:textId="103DB5D6" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="007428C9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do all things </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E43D55">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E43D55">
+      <w:r w:rsidR="007428C9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007428C9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cooperate with the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to meet the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B478C5E" w14:textId="3E17C8E6" w:rsidR="00072CCF" w:rsidRDefault="00072CCF" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk180949826"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.2 take reasonable steps to work with the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>action</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> administrative tasks in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidR="00B97F07">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="440DF0B3" w14:textId="77777777" w:rsidR="00E43D55" w:rsidRDefault="00E43D55" w:rsidP="005D17D8">
-[...18 lines deleted...]
-      <w:r w:rsidR="00E46BEC">
+    <w:p w14:paraId="742B2547" w14:textId="38EB9870" w:rsidR="00934212" w:rsidRDefault="00841B8A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072CCF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722536D3" w14:textId="3DC74444" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00072CCF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide feedback as needed regarding the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00183784">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="63B46C22" w14:textId="186E877A" w:rsidR="0031044C" w:rsidRPr="00A77896" w:rsidRDefault="0031044C" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk222661698"/>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.5 consent to the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00275D2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services including those that are privately funded, for example where a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compensation Reduction Amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been applied by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the relevant funding has been removed from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Financial arrangements for private funding are outside the remit of a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and not covered by this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Details of any private payment arrangements can be included in Appendix 1 for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A77896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>noting;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="6E829D1E" w14:textId="25889CC2" w:rsidR="00206536" w:rsidRDefault="00206536" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="0031044C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E43D55">
-[...71 lines deleted...]
-      <w:r w:rsidR="00E46BEC">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> make decisions in conjunction with the delivery of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services, such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00372BD4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="003809AF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing consent to share information with a third party</w:t>
+      </w:r>
+      <w:r w:rsidR="00100743">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but only as and when, and to the extent deemed appropriate by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00100743" w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00100743">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00100743" w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidR="00100743">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total discretion))</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D28CAC" w14:textId="4E317042" w:rsidR="00206536" w:rsidRDefault="00206536" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk216346927"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="0031044C">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> act in a financially responsible and prudent manner in its performance of this </w:t>
-[...10 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F53B1">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">use reasonable </w:t>
+      </w:r>
+      <w:r w:rsidR="009B6128">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>endeavors to</w:t>
+      </w:r>
+      <w:r w:rsidR="004F53B1">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> routinely </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">acknowledge receipt of service delivery information provided by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C561E5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47D7C" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47D7C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47D7C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a support coordination service delivery plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C561E5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to accord with a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">role and responsibilities under the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="5BEAEB18" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="007F3F33">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have no obligations on account of or arising from any such receipt</w:t>
+      </w:r>
+      <w:r w:rsidR="004F53B1">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or acknowledge</w:t>
+      </w:r>
+      <w:r w:rsidR="00183784">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ment</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0362F822" w14:textId="486E1B58" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="1047A818" w14:textId="77777777" w:rsidR="00A53806" w:rsidRDefault="00A53806" w:rsidP="00484BDA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.6 Privacy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E093D3" w14:textId="30CB8095" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must provide the </w:t>
-[...868 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> must: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01CC5821" w14:textId="77777777" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5A9CC84F" w14:textId="5688F7C1" w:rsidR="005639F5" w:rsidRDefault="00A53806" w:rsidP="007B1754">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6.1 protect the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s privacy and collect, use, disclose and otherwise handle </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE7242">
@@ -9558,76 +11453,83 @@
       </w:r>
       <w:r w:rsidR="00C33578">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>including</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="00440EEB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Privacy Act 1988</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...24 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00453DB9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th), and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160B14C1" w14:textId="1306C58C" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6.2 </w:t>
       </w:r>
       <w:r w:rsidR="007428C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">promptly </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>notify</w:t>
       </w:r>
       <w:r w:rsidR="00D268A2">
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -9685,64 +11587,59 @@
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in writing of any actual or suspected breach of its obligations under clause </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.6.1;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="125546DF" w14:textId="77777777" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="005D17D8">
-[...12 lines deleted...]
-      <w:bookmarkStart w:id="17" w:name="_Hlk186744622"/>
+    <w:p w14:paraId="31A9068D" w14:textId="36C4B6EE" w:rsidR="005C39D2" w:rsidRPr="006F6AC9" w:rsidRDefault="005C39D2" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk186744622"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.6.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> within 30 days of the signing of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
@@ -9811,160 +11708,166 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is most likely to understand;</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the above can be achieved by providing  a link to the </w:t>
+        <w:t xml:space="preserve">the above can be achieved by providing a link to the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:r w:rsidRPr="0017404B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s privacy, policies and procedures available on the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Service Provider’s website</w:t>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>website</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="18" w:name="_Hlk184021265"/>
+    <w:p w14:paraId="1DE8DF68" w14:textId="77777777" w:rsidR="00FC69D9" w:rsidRDefault="00FC69D9" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk184021265"/>
+      <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6.4 inform the </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0C79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardian </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>of how their information is stored and used, and when and how each participant can access or correct their information and withdraw or amend their prior consent.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...7 lines deleted...]
-    <w:p w14:paraId="071647C5" w14:textId="193EA58C" w:rsidR="00910A2F" w:rsidRDefault="00910A2F" w:rsidP="00B84767">
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="00AAF394" w14:textId="77777777" w:rsidR="00FC69D9" w:rsidRDefault="00FC69D9" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="071647C5" w14:textId="193EA58C" w:rsidR="00910A2F" w:rsidRDefault="00910A2F" w:rsidP="00484BDA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>3.7. Indemnity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CCC0A1C" w14:textId="77777777" w:rsidR="00910A2F" w:rsidRPr="00E53807" w:rsidRDefault="00910A2F" w:rsidP="00E53807"/>
-    <w:p w14:paraId="3AACC131" w14:textId="0E8B9217" w:rsidR="00910A2F" w:rsidRPr="006F6AC9" w:rsidRDefault="00910A2F" w:rsidP="00910A2F">
+    <w:p w14:paraId="3AACC131" w14:textId="0E8B9217" w:rsidR="00910A2F" w:rsidRPr="006F6AC9" w:rsidRDefault="00910A2F" w:rsidP="00484BDA">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
+        <w:spacing w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall indemnify each of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF29DA">
@@ -10055,1277 +11958,1862 @@
         </w:rPr>
         <w:t xml:space="preserve"> by or on the part of the </w:t>
       </w:r>
       <w:r w:rsidR="001B70B5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordinator</w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="267ADB21" w14:textId="77777777" w:rsidR="00910A2F" w:rsidRDefault="00910A2F" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24A35038" w14:textId="56C1C8CD" w:rsidR="00432E74" w:rsidRPr="00432E74" w:rsidRDefault="00432E74" w:rsidP="007F3F33">
+    <w:p w14:paraId="0891D39E" w14:textId="77777777" w:rsidR="00A1595A" w:rsidRPr="00E467F1" w:rsidRDefault="00A1595A" w:rsidP="00A1595A">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E467F1">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8 Confidential Information </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D700BFE" w14:textId="136D8056" w:rsidR="00A1595A" w:rsidRPr="00A1595A" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Hlk222396681"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:t xml:space="preserve">3.8.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must keep all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided to it by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(or received by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or through this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) for the purposes of providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confidential. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E8906EF" w14:textId="77777777" w:rsidR="00A1595A" w:rsidRPr="00A1595A" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only disclose the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59DBDBBC" w14:textId="77777777" w:rsidR="00A1595A" w:rsidRPr="00A1595A" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) with the written consent of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62899E20" w14:textId="5FEA516C" w:rsidR="00A1595A" w:rsidRPr="00A1595A" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) to its employees, contractors or advisors solely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comply with obligations, or to exercise rights, under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548421DE" w14:textId="77777777" w:rsidR="00A1595A" w:rsidRPr="00A1595A" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) as required by any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C141F3B" w14:textId="1611ACD9" w:rsidR="005639F5" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) where the information is in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledge or enters the public domain through no fault of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F20B429" w14:textId="77777777" w:rsidR="005639F5" w:rsidRDefault="005639F5">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AFF159D" w14:textId="2C011D98" w:rsidR="00A1595A" w:rsidRPr="00D82951" w:rsidRDefault="00A1595A" w:rsidP="00484BDA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.8.3 Subject to any legal requirements, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must destroy or return </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above within a reasonable time after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has made a written request.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="6103D7FA" w14:textId="77777777" w:rsidR="00A1595A" w:rsidRDefault="00A1595A" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A35038" w14:textId="309592C3" w:rsidR="00432E74" w:rsidRPr="00B008CC" w:rsidRDefault="00432E74" w:rsidP="000D1570">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...126 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B008CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Review prior to the end of the Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A3B" w:rsidRPr="00B008CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B008CC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Plan</w:t>
       </w:r>
-      <w:r>
-[...117 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+    </w:p>
+    <w:p w14:paraId="1AE877F5" w14:textId="09D27A8E" w:rsidR="00432E74" w:rsidRDefault="00432E74" w:rsidP="000D1570">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B1754">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.1</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> The </w:t>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> At least ten weeks prior to the end date of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="002A1A3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (as set out in item 2 of Schedule 1 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">), the parties </w:t>
+      </w:r>
+      <w:r w:rsidR="007428C9">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> review the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> being coordinated by the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
+        <w:t xml:space="preserve"> to consider – </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DB5F441" w14:textId="77777777" w:rsidR="00432E74" w:rsidRDefault="00432E74" w:rsidP="000D1570">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:firstLine="720"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(a) the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’s current goals, aspirations and support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="_Hlk180075775"/>
-[...32 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="46720CA0" w14:textId="180FEE10" w:rsidR="00432E74" w:rsidRDefault="00432E74" w:rsidP="000D1570">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(b) the appropriateness and effectiveness of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">and any other services being funded through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="002D0505">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00432E74">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C33E62">
-[...49 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+    </w:p>
+    <w:p w14:paraId="795837CA" w14:textId="08229CBF" w:rsidR="00432E74" w:rsidRDefault="00432E74" w:rsidP="000D1570">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(c) the utility of continued support coordination by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination </w:t>
+      </w:r>
+      <w:r w:rsidR="00D81B0D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="002D0505">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E04A5BB" w14:textId="77777777" w:rsidR="00432E74" w:rsidRDefault="00432E74" w:rsidP="000D1570">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">(d) any other relevant matters. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A3281AA" w14:textId="32D8707F" w:rsidR="00432E74" w:rsidRPr="00440EEB" w:rsidRDefault="00432E74" w:rsidP="000D1570">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007B1754">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.2</w:t>
-[...9 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:t>4.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA71BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve"> will assist the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE18CE" w:rsidRPr="00440EEB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve"> to prepare for any plan reassessment or review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABEF991" w14:textId="4B98B2D3" w:rsidR="00C30657" w:rsidRDefault="00C30657" w:rsidP="000D1570">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E32E7C" w14:textId="4744F02E" w:rsidR="00DC55FF" w:rsidRPr="007B1754" w:rsidRDefault="00432E74" w:rsidP="00B41DF1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r>
-[...61 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+      <w:r w:rsidR="00DC55FF" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Insurance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F3ED93E" w14:textId="0278384D" w:rsidR="00F958EC" w:rsidRDefault="00A1595A" w:rsidP="00B41DF1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk193557546"/>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.3</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-        </w:rPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk180075775"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk180066962"/>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve">warrants that, during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> and for the period after the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+      <w:r w:rsidR="000E58AF">
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33E62">
+        <w:t>recommended</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC" w:rsidRPr="006F6AC9">
+        <w:t>, it will maintain adequate levels of insurance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidR="00F958EC">
+        <w:t xml:space="preserve"> and will seek professional advice as the type</w:t>
+      </w:r>
+      <w:r w:rsidR="00C33E62">
+        <w:t>, duration</w:t>
+      </w:r>
+      <w:r w:rsidR="00F958EC">
+        <w:t xml:space="preserve"> and amount of insurance that is necessary.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="3920ED3A" w14:textId="4F5CB9AB" w:rsidR="00F958EC" w:rsidRPr="007B1754" w:rsidRDefault="00F958EC" w:rsidP="00B41DF1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.4</w:t>
-[...58 lines deleted...]
-        </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...45 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+      <w:r w:rsidR="00A1595A" w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>5.5</w:t>
-[...97 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> To meet the requirements of </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33E62">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">.1 the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">will obtain Public Liability Insurance and Professional Indemnity Insurance that meets the minimum level of cover that is commensurate to the scope of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F398B68" w14:textId="7D8CC03B" w:rsidR="00F958EC" w:rsidRDefault="00F958EC" w:rsidP="00B41DF1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.1</w:t>
-[...57 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.2</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
-      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
-[...60 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="006F6AC9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC69D9">
-[...25 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+      <w:r>
+        <w:t xml:space="preserve">warrants that it has sought and considered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>the appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> professional advice in relation to its insurance requirements and needs, in the light of all relevant factors, including this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and its rights and obligations hereunder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DA5FD9C" w14:textId="306F503F" w:rsidR="00F958EC" w:rsidRDefault="00F958EC" w:rsidP="00B41DF1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.3</w:t>
-[...71 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>6</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> On request, the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">evidence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve">its compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1570" w:rsidRPr="006F6AC9">
+        <w:t>clauses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33E62">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C33E62">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03FF0193" w14:textId="0E34ADD3" w:rsidR="00F958EC" w:rsidRDefault="00F958EC" w:rsidP="00B41DF1">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>.4</w:t>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1595A" w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>6.5</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...18 lines deleted...]
-      <w:r w:rsidRPr="007C7704">
+      <w:r w:rsidRPr="000D1570">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>7.1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00440EEB">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00440EEB">
-[...25 lines deleted...]
-      <w:bookmarkStart w:id="23" w:name="_Hlk193649893"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:t>must not commit any act or omission, or allow any act or omission to be committed, which would cancel or lessen the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:t>rights under any of the above insurance policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="2CF2F40C" w14:textId="3C299AAA" w:rsidR="00A74FAF" w:rsidRDefault="00A74FAF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51500A37" w14:textId="2BD52DFB" w:rsidR="009F3AB7" w:rsidRPr="007B1754" w:rsidRDefault="004E41AA" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Complaints and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2546" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ispute resolution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220E4C60" w14:textId="69C9AA5F" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="004E41AA" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="007C7704">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>7</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004E1645" w:rsidRPr="007C7704">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The parties must attempt to resolve all complaints and disputes under this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00912896">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> before starting any court proceedings, other than court proceedings for interlocutory</w:t>
+      </w:r>
+      <w:r w:rsidR="00392277">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, injunctive</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12326">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00392277">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or declaratory</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relief. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364CB728" w14:textId="6FAE16BA" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="004E41AA" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.2</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must inform the </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00392277">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00392277" w:rsidRPr="00FF29DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of its complaints and dispute handling processes</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC69D9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including avenues external to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF08F6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC69D9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC69D9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and their right to access advocates</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The parties agree to use these processes to try to resolve any complaint or dispute. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221CE7DE" w14:textId="59F9FD3B" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="004E41AA" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.3</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If, following the processes in good faith, the parties have not resolved the complaint or dispute, the </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12326" w:rsidRPr="00FF29DA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00A12326">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>refer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the complaint or dispute to the </w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2546">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2546" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF2546">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00247665" w:rsidRPr="00247665">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of Local Government, Industry Regulation and Safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00247665" w:rsidRPr="00247665" w:rsidDel="00247665">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00915D9B" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Consumer Protection)</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA1B02F" w14:textId="091D6029" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="004E41AA" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.4</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Despite the existence of a complaint or dispute, the parties must continue to perform their obligations under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC69D9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> There is a supportive environment for any person who provides feedback and/or makes a complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FD7E50B" w14:textId="1B59B2A2" w:rsidR="00DE2FD8" w:rsidRDefault="00DE2FD8" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>6.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nothing in the preceding provisions of this clause 6 shall reduce or otherwise affect a party's rights under clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC69D9">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5350DA77" w14:textId="77777777" w:rsidR="00FC69D9" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A59EA5D" w14:textId="4845BBC3" w:rsidR="00FC69D9" w:rsidRPr="007B1754" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Hlk184021485"/>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 Community </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6619" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mergency </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6619" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vent or </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6619" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>isaster</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7943C5F0" w14:textId="217712E1" w:rsidR="00FC69D9" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve"> will have business continuity processes to ensure they can continue to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00F856CD" w:rsidRPr="00440EEB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440EEB">
+        <w:t xml:space="preserve"> in the event of a community emergency event or disaster.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28F350FB" w14:textId="7BF54476" w:rsidR="004E1645" w:rsidRPr="005328EE" w:rsidRDefault="00F07FB2" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Hlk193649893"/>
+      <w:r w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1645" w:rsidRPr="007C7704">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="004E1645" w:rsidRPr="004E1645">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidR="004E1645" w:rsidRPr="004E1645">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cf01"/>
@@ -11353,275 +13841,400 @@
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">may include details of their business continuity plan in their </w:t>
       </w:r>
       <w:r w:rsidR="004E1645" w:rsidRPr="004E1645">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Terms and Conditions </w:t>
       </w:r>
       <w:r w:rsidR="004E1645" w:rsidRPr="004E1645">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">as provided for in 3.3.3 and 3.3.4 of this </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB38E1">
+        <w:t>as provided for in 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0FE2">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Service Agreement</w:t>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="004E1645" w:rsidRPr="004E1645">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="005F0FE2">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1645" w:rsidRPr="004E1645">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB38E1">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="004E1645" w:rsidRPr="007B1754">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
-[...3 lines deleted...]
-      <w:pPr>
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="4C082C71" w14:textId="77777777" w:rsidR="00FC69D9" w:rsidRPr="006F6AC9" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43972E91" w14:textId="76DD32C5" w:rsidR="000A6549" w:rsidRDefault="00FC69D9" w:rsidP="007F3F33">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve">. Termination </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39C59B98" w14:textId="1EF1A342" w:rsidR="000A6549" w:rsidRDefault="00FC69D9" w:rsidP="007F3F33">
+    <w:p w14:paraId="39C59B98" w14:textId="1EF1A342" w:rsidR="000A6549" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve">.1 Termination for convenience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B8E4C8" w14:textId="45352146" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00D424DB">
+    <w:p w14:paraId="18B8E4C8" w14:textId="554F04C0" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="005F0FE2" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time without cause and without needing to provide reasons by giving the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 days’ notice</w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00AB16C9">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>sooner if</w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the Guardian decides that circumstances warrant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53DE926E" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-[...6 lines deleted...]
-    <w:p w14:paraId="68D0EF15" w14:textId="4CE00D25" w:rsidR="000A6549" w:rsidRDefault="00FC69D9" w:rsidP="007F3F33">
+    <w:p w14:paraId="3D6E9052" w14:textId="1A67EDCF" w:rsidR="005F0FE2" w:rsidRDefault="005F0FE2" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Hlk222397277"/>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may propose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consistent with this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that extend the notice period in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8.1.1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CA27F0">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> above to a maximum of 90 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w14:paraId="68D0EF15" w14:textId="4CE00D25" w:rsidR="000A6549" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve">.2 Termination by the Participant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282FE664" w14:textId="16D220C9" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="282FE664" w14:textId="16D220C9" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> immediately by notice to the </w:t>
+        <w:t xml:space="preserve"> immediately by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidR="00B12FC4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">if: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1966626B" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5F7CD700" w14:textId="167CDAB2" w:rsidR="00A74FAF" w:rsidRDefault="00FC69D9" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.1 the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
@@ -11687,67 +14300,78 @@
         <w:t xml:space="preserve">Support Coordination </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provider</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D5CADB" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-[...15 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="4EDEAE2A" w14:textId="77777777" w:rsidR="00A74FAF" w:rsidRDefault="00A74FAF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="302AFD48" w14:textId="570CAEFC" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(subject to clause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.1) </w:t>
@@ -11779,275 +14403,284 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4559F1C2" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5CD85F3C" w14:textId="7F7C3A49" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="006C709B" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a) fails to commence action to remedy the breach within </w:t>
       </w:r>
       <w:r w:rsidR="00393E4F">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Business Day after the </w:t>
+        <w:t xml:space="preserve"> Business Day</w:t>
+      </w:r>
+      <w:r w:rsidR="00B83980">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the </w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has served notice requiring it to do </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>so;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p w14:paraId="11BB928D" w14:textId="080FB775" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) having commenced action to remedy the breach, fails to complete that action as soon as possible and in any event, within </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD40BE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Days of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A12326">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F4A1CB4" w14:textId="65DA88A8" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> Business Days of the </w:t>
+        <w:t xml:space="preserve">.2.3 in the opinion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, continuation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would pose a risk to the </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s safety or personal</w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:rPr>
-          <w:b/>
-[...29 lines deleted...]
-        <w:t>8</w:t>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, mental or</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2.3 in the opinion of the </w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> social wellbeing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD5D5D2" w14:textId="0FBF976D" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="6CD5D5D2" w14:textId="0FBF976D" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A12326">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> Termination by </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336F901E" w14:textId="0814A4AF" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="336F901E" w14:textId="0814A4AF" w:rsidR="00CC09F5" w:rsidRDefault="000A6549" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
@@ -12057,346 +14690,376 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time by giving the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 days’ notice. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55881FE6" w14:textId="21681526" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="55881FE6" w14:textId="21681526" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00892F0E">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> Termination </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000A6549">
         <w:t>as a consequence of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> changes to the Participant's Plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64138ED5" w14:textId="4D757B74" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="64138ED5" w14:textId="08B4F6AC" w:rsidR="00CC09F5" w:rsidRDefault="000A6549" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
+      <w:r w:rsidR="00EB38E1" w:rsidRPr="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant's </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA34AB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreed to under this </w:t>
+      </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t>Participant's Plan</w:t>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ceases or has been exhausted</w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E" w:rsidRPr="00FF29DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, acting reasonably and in good faith </w:t>
+      </w:r>
+      <w:r w:rsidR="00910FD3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and with the welfare and wellbeing of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00910FD3" w:rsidRPr="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00910FD3">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being the paramount consideration </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(but at no cost to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E" w:rsidRPr="00FF29DA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E" w:rsidRPr="00FF29DA">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00892F0E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cannot or do not agree a mutually satisfactory solution within a reasonable period of time</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the </w:t>
-[...106 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643C932D" w14:textId="4AB63CD0" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="643C932D" w14:textId="4AB63CD0" w:rsidR="00CC09F5" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00892F0E">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> Effect of termination or expiry </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1C991D" w14:textId="43A92012" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="1D1C991D" w14:textId="43A92012" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not affect: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193E8CF1" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3247092D" w14:textId="2F45471E" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00892F0E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 any accrued rights or remedies of either party; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB79CEB" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="49015698" w14:textId="393277FE" w:rsidR="000A6549" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00892F0E">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2 the operation of clauses </w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00E11117">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3.6,</w:t>
+        <w:t>3.6</w:t>
       </w:r>
       <w:r w:rsidR="00E11117" w:rsidRPr="00E11117">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and this clause </w:t>
       </w:r>
       <w:r w:rsidR="003D17AA">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -12405,74 +15068,89 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any other provision which, by its nature, is intended to survive termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AC769F" w14:textId="3AE6127F" w:rsidR="00473F78" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="2E18933A" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AC769F" w14:textId="3AE6127F" w:rsidR="00473F78" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">. General </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD67CCF" w14:textId="18F6AC40" w:rsidR="00473F78" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="4AD67CCF" w14:textId="18F6AC40" w:rsidR="00473F78" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.1 Amendment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8413DB" w14:textId="6CA98E49" w:rsidR="00473F78" w:rsidRPr="00D424DB" w:rsidRDefault="009D672F" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="393E4C2A" w14:textId="77777777" w:rsidR="00BA2E6A" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.1 During the </w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
@@ -12485,301 +15163,335 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> either party may amend the information contained in </w:t>
       </w:r>
       <w:r w:rsidR="00071810">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Schedule 1 by advising the other party in writing of the updated information. Such amendments should be communicated within 7 days of the change. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6BDFC421" w14:textId="77777777" w:rsidR="00897023" w:rsidRPr="00984583" w:rsidRDefault="00897023" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="_Hlk218771867"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with 3.2.5 of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2893">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not required where </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indexation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is applied to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w14:paraId="097EA550" w14:textId="40B829DC" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 If during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
-          <w:szCs w:val="22"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">A </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the parties agree to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344F27E8" w14:textId="4361361C" w:rsidR="00E55F3F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the </w:t>
+      </w:r>
+      <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601748">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C32D5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00601748">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nd date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified in item 2 of Schedule 1 or, if a </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Deed Amendment Schedule </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">is not required where </w:t>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indexation </w:t>
-[...74 lines deleted...]
-        </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
-[...14 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="005609F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and/or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239AEBC9" w14:textId="36EF2821" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:ind w:left="720"/>
-        <w:rPr>
-[...128 lines deleted...]
-        <w:ind w:left="720"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) alter the range and/or details of services specified in Schedule 2 or, if a </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
@@ -12807,58 +15519,55 @@
         <w:t xml:space="preserve"> Amendment </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02347630" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
-[...6 lines deleted...]
-    <w:p w14:paraId="119DC8B3" w14:textId="36CF42E3" w:rsidR="00E55F3F" w:rsidRDefault="00A536E4" w:rsidP="00B45FA5">
+    <w:p w14:paraId="119DC8B3" w14:textId="35E59E9F" w:rsidR="00E55F3F" w:rsidRDefault="00A536E4" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall provide the </w:t>
       </w:r>
       <w:r w:rsidR="00892F0E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> with a </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
@@ -12871,102 +15580,111 @@
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (in the standard form provided by the </w:t>
       </w:r>
       <w:r w:rsidR="00892F0E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) reflecting the agreed amendments (including the new </w:t>
       </w:r>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Participant's Plan</w:t>
+        <w:t xml:space="preserve">Participant's </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2A5E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Plan</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> dates, if applicable) within 10 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Business Days</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of the agreement. There is no limit on the number of times a new </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> can be made during the Term of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0383A12F" w14:textId="77777777" w:rsidR="00A536E4" w:rsidRPr="00D424DB" w:rsidRDefault="00A536E4" w:rsidP="00B45FA5">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6A02FCDE" w14:textId="7ACB6F34" w:rsidR="00A536E4" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.3 A </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
@@ -13074,59 +15792,54 @@
         <w:t xml:space="preserve">, in which case the </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is taken not to have been made and is of no effect. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A11140D" w14:textId="77777777" w:rsidR="00A536E4" w:rsidRDefault="00A536E4" w:rsidP="00A536E4">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="540DB26B" w14:textId="388AD18B" w:rsidR="00A536E4" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.4 A </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
@@ -13193,102 +15906,113 @@
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by the </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> within the </w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="0061196A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2A5E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00A536E4" w:rsidRPr="0061196A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> start and end dates specified in that </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and must specify all support coordination </w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="0061196A">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>services</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be provided within that period. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29EF362D" w14:textId="77777777" w:rsidR="00A536E4" w:rsidRDefault="00A536E4" w:rsidP="00A536E4">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="27EDE997" w14:textId="06194EF3" w:rsidR="00A536E4" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.5 Except as provided for in clause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -13299,132 +16023,180 @@
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2, this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may only be varied or replaced by a document executed by the parties</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-    <w:p w14:paraId="426F1D46" w14:textId="6BA353F3" w:rsidR="0014762F" w:rsidRPr="00A536E4" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+      <w:r w:rsidR="00CC2A5E">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EBBBB13" w14:textId="77777777" w:rsidR="00A536E4" w:rsidRDefault="00A536E4" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426F1D46" w14:textId="6BA353F3" w:rsidR="0014762F" w:rsidRPr="00A536E4" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00A536E4">
         <w:t xml:space="preserve">.2 Entire understanding </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E295FA" w14:textId="745CBEA2" w:rsidR="0014762F" w:rsidRPr="00A536E4" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="02E295FA" w14:textId="745CBEA2" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, explanations and commitments, expressed or implied, affecting this subject matter are superseded by this </w:t>
+        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, explanations and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>commitments,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expressed or implied, affecting this subject matter are superseded by this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and have no effect. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BE49FD" w14:textId="7A4E5697" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="00BCFF80" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00A536E4" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05BE49FD" w14:textId="7A4E5697" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.3 Consents and approvals </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6CA067" w14:textId="160A318B" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="4E6CA067" w14:textId="160A318B" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the doing of any act, matter or thing under this </w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the doing of any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> act, matter or thing under this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is dependent on the consent or approval of the </w:t>
       </w:r>
       <w:r w:rsidR="0026171B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
@@ -13439,242 +16211,313 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, then consent or approval may be given, or the discretion exercised conditionally or unconditionally or withheld by the </w:t>
       </w:r>
       <w:r w:rsidR="0026171B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in its absolute discretion unless express provision to the contrary is made. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77460E8D" w14:textId="1F84B483" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="59CCF8D9" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77460E8D" w14:textId="1F84B483" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.4 Duty to cooperate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADB7AEC" w14:textId="56CAE145" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="5ADB7AEC" w14:textId="56CAE145" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each party must do everything reasonably necessary </w:t>
       </w:r>
       <w:r w:rsidR="0026171B">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and reasonable </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to give full effect to this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38969633" w14:textId="2D66545B" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="47712F6F" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38969633" w14:textId="2D66545B" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.5 Legal costs and expenses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD20C78" w14:textId="3248B641" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="1BD20C78" w14:textId="3248B641" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each party must pay its own legal costs and expenses in relation to the negotiation, preparation and execution of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other documents referred to in it, unless expressly stated otherwise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4A09FD" w14:textId="3A84C741" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="26B71DCC" w14:textId="06368F69" w:rsidR="00A74FAF" w:rsidRDefault="00A74FAF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B4A09FD" w14:textId="3A84C741" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="0014762F">
         <w:t xml:space="preserve">.6 Waiver and exercise of rights </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32494A14" w14:textId="595A7FEA" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="32494A14" w14:textId="595A7FEA" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party waiving the right. A single or partial exercise or waiver of a right relating to this </w:t>
+        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>waiving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the right. A single or partial exercise or waiver of a right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not prevent any other exercise of that right or the exercise of any other right. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517F6C87" w14:textId="64337ACA" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="092BF8B6" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="517F6C87" w14:textId="64337ACA" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
+      <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.7 Rights and remedies </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271FB492" w14:textId="54104DC0" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="271FB492" w14:textId="54104DC0" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The rights and remedies conferred on a party by this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are in addition to all other rights and remedies of that party. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F886C2F" w14:textId="1BE366D1" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="58D2F3BA" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F886C2F" w14:textId="1BE366D1" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.8 Assignment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE5CF79" w14:textId="233CADA2" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="3FE5CF79" w14:textId="233CADA2" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="0042580D" w:rsidRPr="0042580D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordination Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must not assign, novate or otherwise transfer any of its rights or obligations under this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
@@ -13684,249 +16527,355 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the prior written consent of the </w:t>
       </w:r>
       <w:r w:rsidR="0026171B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C05A9BF" w14:textId="5CCD29F8" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="08006F85" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C05A9BF" w14:textId="5CCD29F8" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.9 No relationship </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711C306E" w14:textId="0F4AD70C" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="711C306E" w14:textId="0F4AD70C" w:rsidR="0014762F" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be construed or deemed to constitute a partnership, joint venture or employee, employer or representative relationship between any of the parties. Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be deemed to authorise or empower any of the parties to act as agent for or with any other party. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5ACDB7D0" w14:textId="2CE04959" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+        <w:t xml:space="preserve"> will be deemed to </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>authorise</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or empower any of the parties to act as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for or with any other party. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="373AB6D9" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ACDB7D0" w14:textId="2CE04959" w:rsidR="0014762F" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.10 Rule of construction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6DDF78" w14:textId="1F03923A" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="5E6DDF78" w14:textId="1F03923A" w:rsidR="00EA7DED" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, no rule of construction applies to the disadvantage of the party preparing the document on the basis that it prepared or put forward this </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or any part of it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B85F42" w14:textId="4F8C7FDF" w:rsidR="00EA7DED" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="203F5A64" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68B85F42" w14:textId="4F8C7FDF" w:rsidR="00EA7DED" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.11 Counterparts </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09937462" w14:textId="09064628" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="09937462" w14:textId="09064628" w:rsidR="00EA7DED" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may be executed in any number of counterparts all of which taken together constitute one instrument. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FC12571" w14:textId="18C221E8" w:rsidR="00EA7DED" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+        <w:t xml:space="preserve"> may be executed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>counterparts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which taken together constitute one instrument. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1798BBB9" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FC12571" w14:textId="18C221E8" w:rsidR="00EA7DED" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.12 Notices </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308CF940" w14:textId="6DFEC094" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="308CF940" w14:textId="6DFEC094" w:rsidR="00EA7DED" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any notices required to be served by any party to the other party must be in writing and may be via email (see </w:t>
       </w:r>
       <w:r w:rsidR="00071810">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Schedule 1). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A1140F" w14:textId="59C34010" w:rsidR="00EA7DED" w:rsidRDefault="009D672F" w:rsidP="007F3F33">
+    <w:p w14:paraId="2566D8B4" w14:textId="77777777" w:rsidR="00CA27F0" w:rsidRPr="00D424DB" w:rsidRDefault="00CA27F0" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A1140F" w14:textId="59C34010" w:rsidR="00EA7DED" w:rsidRDefault="009D672F" w:rsidP="00CA27F0">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.13 Governing law and jurisdiction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E59F29" w14:textId="28D8FEA9" w:rsidR="00CC1355" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="38E59F29" w14:textId="28D8FEA9" w:rsidR="00CC1355" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is governed by the </w:t>
       </w:r>
       <w:r w:rsidR="00DE2FD8">
@@ -13950,108 +16899,87 @@
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The parties submit to the non-exclusive jurisdiction of the courts and tribunals of </w:t>
       </w:r>
       <w:r w:rsidR="00EA7DED" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and courts entitled to hear appeals from those courts</w:t>
       </w:r>
       <w:r w:rsidR="00601748">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC7ADA0" w14:textId="105C8D0C" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA">
+    <w:p w14:paraId="1DC7ADA0" w14:textId="105C8D0C" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00CA27F0">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+      </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD5C5A9" w14:textId="7BEDC63B" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00E37A66">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B9F7AC" w14:textId="65F2CB3B" w:rsidR="00EA68EA" w:rsidRDefault="00EB38E1" w:rsidP="007F3F33">
+    <w:p w14:paraId="11B9F7AC" w14:textId="1F23AC3F" w:rsidR="00EA68EA" w:rsidRDefault="00EB38E1" w:rsidP="007F3F33">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00EA68EA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00841740">
-        <w:t>details.</w:t>
+        <w:t>details</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65CE578A" w14:textId="77777777" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00B45FA5"/>
-    <w:p w14:paraId="1F7392F3" w14:textId="77777777" w:rsidR="00EA68EA" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00B45FA5">
-[...23 lines deleted...]
-    <w:p w14:paraId="2A19F17B" w14:textId="2B20B268" w:rsidR="002D4DD4" w:rsidRPr="00786ECB" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
+    <w:p w14:paraId="2A19F17B" w14:textId="2B20B268" w:rsidR="002D4DD4" w:rsidRPr="00786ECB" w:rsidRDefault="002D4DD4" w:rsidP="00D72058">
       <w:pPr>
         <w:spacing w:after="120"/>
-        <w:ind w:left="720"/>
+        <w:ind w:left="1440" w:firstLine="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 1 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Participant's Plan </w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:b/>
@@ -14077,133 +17005,133 @@
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00276000" w:rsidRPr="00786ECB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Extension Start Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4051D7EC" w14:textId="77777777" w:rsidR="002D4DD4" w:rsidRPr="00D424DB" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
+    <w:p w14:paraId="4051D7EC" w14:textId="4659448C" w:rsidR="002D4DD4" w:rsidRPr="00D424DB" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Text2"/>
+      <w:bookmarkStart w:id="31" w:name="Text2"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Text3"/>
+      <w:bookmarkStart w:id="32" w:name="Text3"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -14218,74 +17146,74 @@
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
               <w:maxLength w:val="4"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Text4"/>
+      <w:bookmarkStart w:id="33" w:name="Text4"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
@@ -14293,56 +17221,108 @@
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dd</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>mm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1ED54337" w14:textId="7DB34BDE" w:rsidR="002D4DD4" w:rsidRPr="00276000" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -14376,51 +17356,51 @@
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Extension End Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76805D95" w14:textId="77777777" w:rsidR="002D4DD4" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
+    <w:p w14:paraId="76805D95" w14:textId="109E9C28" w:rsidR="002D4DD4" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
@@ -14591,126 +17571,192 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63781246" w14:textId="37D2559C" w:rsidR="00071810" w:rsidRPr="005B14B7" w:rsidRDefault="00071810" w:rsidP="00071810">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Hlk211186467"/>
+      <w:bookmarkStart w:id="34" w:name="_Hlk211186467"/>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 3 </w:t>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="_Hlk211162516"/>
+      <w:bookmarkStart w:id="35" w:name="_Hlk211162516"/>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement Date </w:t>
       </w:r>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must be specified when a new </w:t>
       </w:r>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordination Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">has commenced providing the service/s during the </w:t>
-      </w:r>
+        <w:t xml:space="preserve">has commenced providing the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>service</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004C4BEF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/s during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C4BEF">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4BEF">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:id="29" w:name="_Hlk211186511"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="1062028A" w14:textId="77777777" w:rsidR="00071810" w:rsidRDefault="00071810" w:rsidP="00071810">
+    <w:bookmarkStart w:id="36" w:name="_Hlk211186511"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w14:paraId="1062028A" w14:textId="0763F077" w:rsidR="00071810" w:rsidRDefault="00071810" w:rsidP="00071810">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
@@ -14880,232 +17926,297 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="29"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
     <w:p w14:paraId="3727B274" w14:textId="6668B68A" w:rsidR="00071810" w:rsidRDefault="00071810" w:rsidP="00071810">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="35931DB5" w14:textId="4DE521C7" w:rsidR="002D4DD4" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="00071810">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan Management </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>specify either NDIA managed</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> either </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> managed</w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">managed: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E776E7" w14:textId="77777777" w:rsidR="002D4DD4" w:rsidRDefault="002D4DD4" w:rsidP="00E53807">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Text5"/>
+      <w:bookmarkStart w:id="37" w:name="Text5"/>
       <w:r>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="37"/>
     </w:p>
     <w:p w14:paraId="2CDD8D68" w14:textId="77777777" w:rsidR="00C33E62" w:rsidRDefault="00C33E62" w:rsidP="00CC53A8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="674923C2" w14:textId="5F17BDE9" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00CC53A8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Notices</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2465BA3C" w14:textId="77777777" w:rsidR="00511A0F" w:rsidRPr="00511A0F" w:rsidRDefault="00511A0F" w:rsidP="00511A0F"/>
     <w:p w14:paraId="606618A5" w14:textId="4197A0ED" w:rsidR="009547D9" w:rsidRPr="00CB2A3B" w:rsidRDefault="00071810" w:rsidP="00511A0F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidR="00EA68EA" w:rsidRPr="00CB2A3B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="85" w:type="dxa"/>
           <w:bottom w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2975"/>
         <w:gridCol w:w="5326"/>
       </w:tblGrid>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="69A4A9ED" w14:textId="77777777" w:rsidTr="00FD1856">
@@ -15130,91 +18241,91 @@
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Participant Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6401B7A4" w14:textId="77777777" w:rsidR="00FD1856" w:rsidRDefault="00576474" w:rsidP="00FD1856">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text6"/>
+            <w:bookmarkStart w:id="38" w:name="Text6"/>
             <w:r w:rsidRPr="007F3F33">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="38"/>
           </w:p>
           <w:p w14:paraId="1590A8B3" w14:textId="37376A9C" w:rsidR="00520217" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
@@ -15271,196 +18382,192 @@
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t xml:space="preserve">Guardian details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="45281124" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="00A9CB95" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="379955F0" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
+          <w:p w14:paraId="379955F0" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00E74483">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1082B015" w14:textId="175C9171" w:rsidR="00520217" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="32" w:name="Text7"/>
+            <w:bookmarkStart w:id="39" w:name="Text7"/>
             <w:r w:rsidRPr="007F3F33">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="39"/>
             <w:r w:rsidRPr="007F3F33">
               <w:t xml:space="preserve"> (delegated guardian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="70B2A351" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF3BE37" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
+          <w:p w14:paraId="0CF3BE37" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00E74483">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DD50876" w14:textId="55445020" w:rsidR="00520217" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:t>28, Barrack Street, PERTH 6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="071C516C" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3267BC77" w14:textId="77777777" w:rsidR="00FD1856" w:rsidRDefault="00FD1856" w:rsidP="00FD1856">
+          <w:p w14:paraId="3267BC77" w14:textId="77777777" w:rsidR="00FD1856" w:rsidRDefault="00FD1856" w:rsidP="00E74483">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="10305A2F" w14:textId="5F9DD0D2" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00FD1856" w:rsidP="00FD1856">
+          <w:p w14:paraId="10305A2F" w14:textId="5F9DD0D2" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00FD1856" w:rsidP="00E74483">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14163A89" w14:textId="77777777" w:rsidR="00FD1856" w:rsidRPr="00B747FC" w:rsidRDefault="00FD1856" w:rsidP="00FD1856">
             <w:pPr>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -15511,93 +18618,70 @@
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>@justice.wa.gov.au</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="6C2FF6CF" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00FD1856">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:contextualSpacing w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:t>08 9278 7300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...23 lines deleted...]
-      </w:tblGrid>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="5B0196C5" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C1C9E71" w14:textId="76AA83E3" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="0042580D" w:rsidP="007F3F33">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042580D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Support Coordination Provider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -15610,54 +18694,53 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70F75194" w14:textId="51ECBDBD" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="007F3F33">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="3D1ACEB5" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6701F515" w14:textId="52519C66" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="0042580D" w:rsidP="007F3F33">
+          <w:p w14:paraId="6701F515" w14:textId="52519C66" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="0042580D" w:rsidP="00211109">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:r w:rsidR="00576474" w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="243F60"/>
@@ -15771,54 +18854,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="138B5837" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4878C135" w14:textId="5C38BDFA" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="007F3F33">
+          <w:p w14:paraId="4878C135" w14:textId="5C38BDFA" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00211109">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Support Coordinator Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B98E4B8" w14:textId="049637BD" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="009037D9" w:rsidP="007F3F33">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
@@ -15852,63 +18934,61 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="124596B1" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63C3E2A3" w14:textId="6F70890A" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="007F3F33">
+          <w:p w14:paraId="63C3E2A3" w14:textId="6F70890A" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00211109">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Email (Signed </w:t>
             </w:r>
             <w:r w:rsidR="00EB38E1">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Service Agreement</w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>s will be returned to this email)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CDA6AF1" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="007F3F33">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
@@ -15998,71 +19078,70 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00576474" w:rsidRPr="007F3F33" w14:paraId="1BE60D9E" w14:textId="77777777" w:rsidTr="00FD1856">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="12B2B096" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="007F3F33">
+          <w:p w14:paraId="12B2B096" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="00211109">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:color w:val="243F60"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5326" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2D2B61" w14:textId="77777777" w:rsidR="00576474" w:rsidRPr="007F3F33" w:rsidRDefault="00576474" w:rsidP="007F3F33">
+          <w:p w14:paraId="6453256F" w14:textId="77777777" w:rsidR="00576474" w:rsidRDefault="00576474" w:rsidP="007F3F33">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
             </w:pPr>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
@@ -16072,136 +19151,157 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007F3F33">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
+          <w:p w14:paraId="6C2D2B61" w14:textId="77777777" w:rsidR="00D72058" w:rsidRPr="007F3F33" w:rsidRDefault="00D72058" w:rsidP="007F3F33">
+            <w:pPr>
+              <w:pStyle w:val="TableData"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A884712" w14:textId="77777777" w:rsidR="009547D9" w:rsidRPr="00F36197" w:rsidRDefault="009547D9" w:rsidP="00CC53A8"/>
     <w:p w14:paraId="5CAFAD74" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E528A72" w14:textId="454F5D39" w:rsidR="00FC7E90" w:rsidRDefault="00847CAE" w:rsidP="007F3F33">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAFA986" w14:textId="34326D8C" w:rsidR="00FC7E90" w:rsidRDefault="00EA68EA" w:rsidP="00E53807">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00E53807">
         <w:t>Schedule</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00847CAE">
         <w:t>Support Coordination</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309A35CA" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRDefault="00FC7E90" w:rsidP="00CC53A8"/>
-    <w:p w14:paraId="0B56A27A" w14:textId="710588A6" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00CC53A8">
+    <w:p w14:paraId="0B56A27A" w14:textId="731364E2" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00CC53A8">
       <w:r w:rsidRPr="00CC53A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:t xml:space="preserve"> This Schedule may be replaced by a </w:t>
       </w:r>
       <w:r w:rsidR="00EB38E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="005609F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:t xml:space="preserve"> made under clause </w:t>
       </w:r>
       <w:r w:rsidR="007930DA">
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:t xml:space="preserve">.1.2 during the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
+      <w:r w:rsidR="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0FE2">
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
       <w:r w:rsidR="00B97F07">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4822D23B" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00FC7E90" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="434F4F0D" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Provider Notifications: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79D2A3F0" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
@@ -16233,103 +19333,185 @@
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086190A" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the NDIS Act, set out in the Participant's NDIS Plan currently in effect under section 37 of the NDIS Act. </w:t>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019E6E4C" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EA07322" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Hlk201846390"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="3C435316" w14:textId="07588B07" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00CC53A8">
+      <w:bookmarkStart w:id="40" w:name="_Hlk201846390"/>
+    </w:p>
+    <w:p w14:paraId="3C435316" w14:textId="22019509" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00CC53A8">
       <w:r w:rsidRPr="00CC53A8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:t xml:space="preserve"> All </w:t>
       </w:r>
       <w:r w:rsidR="00847CAE">
         <w:t xml:space="preserve">support coordination </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
-        <w:t xml:space="preserve">services to be provided during this Participant’s Plan period must be </w:t>
+        <w:t xml:space="preserve">services to be provided during this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006D0CC8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:t xml:space="preserve"> period must be </w:t>
       </w:r>
       <w:r w:rsidR="0026171B">
         <w:t>prescribed in detail</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:t xml:space="preserve"> below and </w:t>
       </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:t>quote for the</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>quote for the Plan period</w:t>
-[...5 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A74FAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:t>period</w:t>
+      </w:r>
+      <w:r w:rsidR="00276000" w:rsidRPr="00984583">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">applicable to the </w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidR="00276000" w:rsidRPr="002B209D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
@@ -16355,51 +19537,51 @@
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, please include any funds </w:t>
       </w:r>
       <w:r w:rsidR="00CB4C2C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>carried forward</w:t>
       </w:r>
       <w:r w:rsidR="00276000">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the previous plan in the allocations at Budget Item 1 below.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p w14:paraId="488E6ED5" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00836F8F" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22BB7802" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRDefault="00EA68EA" w:rsidP="00CC53A8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17119574" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRDefault="00836F8F" w:rsidP="00FC7E90"/>
     <w:p w14:paraId="4F111AF4" w14:textId="17520DE2" w:rsidR="005C5FCA" w:rsidRPr="00440EEB" w:rsidRDefault="00CB4C2C" w:rsidP="00440EEB">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16597,51 +19779,51 @@
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E4A5E3F" w14:textId="642F978A" w:rsidR="005C5FCA" w:rsidRPr="00CC53A8" w:rsidRDefault="00A6076B" w:rsidP="00CC53A8">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="34" w:name="Text9"/>
+            <w:bookmarkStart w:id="41" w:name="Text9"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
@@ -16665,88 +19847,88 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="34"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1731" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="360E82EF" w14:textId="77777777" w:rsidR="005C5FCA" w:rsidRPr="00CC53A8" w:rsidRDefault="005C5FCA" w:rsidP="00CC53A8">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text8"/>
+            <w:bookmarkStart w:id="42" w:name="Text8"/>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
@@ -16770,51 +19952,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CB4C2C" w:rsidRPr="00CC53A8" w14:paraId="108EE450" w14:textId="77777777" w:rsidTr="00CC53A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B503459" w14:textId="5E31499B" w:rsidR="00CB4C2C" w:rsidRPr="00CC53A8" w:rsidRDefault="00CB4C2C" w:rsidP="00CC53A8">
             <w:pPr>
               <w:pStyle w:val="TableData"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text9"/>
                   <w:enabled/>
@@ -18387,61 +21569,61 @@
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A553BBC" w14:textId="77777777" w:rsidR="003405AD" w:rsidRDefault="003405AD" w:rsidP="00274133">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77237802" w14:textId="237D88C6" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00CC53A8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>SIGNING PAGE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35695357" w14:textId="77777777" w:rsidR="003405AD" w:rsidRDefault="003405AD" w:rsidP="00A07F0C"/>
     <w:p w14:paraId="2E7DC4AC" w14:textId="7819F697" w:rsidR="00274133" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="00274133">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00E23A14">
         <w:t>Executed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> by the parties as a </w:t>
       </w:r>
-      <w:r w:rsidR="00EB38E1">
+      <w:r w:rsidR="00EB38E1" w:rsidRPr="00E23A14">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A2395A" w14:textId="77777777" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00274133"/>
     <w:p w14:paraId="301DEA9B" w14:textId="77777777" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00274133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4490"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="5FDF5F1F" w14:textId="77777777" w:rsidTr="00CC53A8">
         <w:tc>
@@ -18490,81 +21672,82 @@
           </w:tcPr>
           <w:p w14:paraId="7223BC08" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00F2699B">
             <w:pPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2699B">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="427321292"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="641A4BEB" w14:textId="1DFB08E1" w:rsidR="00CC53A8" w:rsidRPr="00CC53A8" w:rsidRDefault="00F2699B" w:rsidP="00F2699B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BA8163F" wp14:editId="325278BC">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="286126816" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId17">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1051560"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -18609,86 +21792,94 @@
             </w:pPr>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Name of </w:t>
             </w:r>
             <w:r w:rsidR="00847CAE" w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Support Coordination</w:t>
             </w:r>
             <w:r w:rsidR="0042580D">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider’s</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00733D5C" w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>authorised signee</w:t>
+              <w:t>authorised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00733D5C" w:rsidRPr="00CC53A8">
+              <w:rPr>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> signee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37F5FE44" w14:textId="77777777" w:rsidR="00F2699B" w:rsidRPr="00CC53A8" w:rsidRDefault="00F2699B" w:rsidP="00F2699B">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D234288" w14:textId="389A7928" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="00A6076B" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="36" w:name="Text10"/>
+            <w:bookmarkStart w:id="43" w:name="Text10"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
@@ -18703,51 +21894,51 @@
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="36"/>
+            <w:bookmarkEnd w:id="43"/>
           </w:p>
           <w:p w14:paraId="1968B584" w14:textId="1FC2CD25" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="5AFD1C41" w14:textId="77777777" w:rsidTr="00CC53A8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B1EF37" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -19009,217 +22200,218 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D2DA408" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00274133"/>
     <w:p w14:paraId="2CAAA8EA" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00274133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4490"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="718575E4" w14:textId="77777777" w:rsidTr="00CC53A8">
+      <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="718575E4" w14:textId="77777777" w:rsidTr="009A7D17">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67B9F649" w14:textId="7094E90D" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGNED for and on behalf of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Participant </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>by the</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Guardian</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="642A2D4D" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="69001448" w14:textId="7CE43CB4" w:rsidR="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="00F2699B">
             <w:pPr>
               <w:spacing w:before="0" w:after="120"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F2699B">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkStart w:id="37" w:name="_Hlk190932525" w:displacedByCustomXml="next"/>
+          <w:bookmarkStart w:id="44" w:name="_Hlk190932525" w:displacedByCustomXml="next"/>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:id w:val="731124888"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4118DA8F" w14:textId="0677E6CB" w:rsidR="00CC53A8" w:rsidRPr="00CC53A8" w:rsidRDefault="00F2699B" w:rsidP="00F2699B">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="24"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="53DA48A8" wp14:editId="78223250">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="1131557334" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId17">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1051560"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:bookmarkEnd w:id="37" w:displacedByCustomXml="prev"/>
+          <w:bookmarkEnd w:id="44" w:displacedByCustomXml="prev"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="7520FF7D" w14:textId="77777777" w:rsidTr="00CC53A8">
+      <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="7520FF7D" w14:textId="77777777" w:rsidTr="009A7D17">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="280892C8" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0B387C9A" w14:textId="77777777" w:rsidR="00C77663" w:rsidRDefault="00C77663" w:rsidP="00F2699B">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Name of Guardian signing</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E4F1F1D" w14:textId="77777777" w:rsidR="00CC53A8" w:rsidRDefault="00CC53A8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
@@ -19290,99 +22482,119 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C599E76" w14:textId="43BD1470" w:rsidR="00CC53A8" w:rsidRPr="00CC53A8" w:rsidRDefault="00CC53A8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="103F0A19" w14:textId="77777777" w:rsidTr="00CC53A8">
+    </w:tbl>
+    <w:p w14:paraId="2E8E10C2" w14:textId="7F7BA5D6" w:rsidR="009A7D17" w:rsidRDefault="009A7D17"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4490"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w14:paraId="103F0A19" w14:textId="77777777" w:rsidTr="009A7D17">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4490" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DF64A76" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
+          <w:p w14:paraId="0DF64A76" w14:textId="79E703EA" w:rsidR="001E01E8" w:rsidRPr="00CC53A8" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5FC4C5A1" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="00C77663" w:rsidP="00F2699B">
             <w:pPr>
               <w:spacing w:before="120" w:after="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>Date of execution</w:t>
             </w:r>
             <w:r w:rsidR="00CC53A8">
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="672C4055" w14:textId="77777777" w:rsidR="00CC53A8" w:rsidRDefault="00CC53A8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D5488FE" w14:textId="061199D7" w:rsidR="00FD1856" w:rsidRPr="00FD1856" w:rsidRDefault="00FD1856" w:rsidP="00FD1856">
+          <w:p w14:paraId="7D5488FE" w14:textId="061199D7" w:rsidR="00FD1856" w:rsidRDefault="00FD1856" w:rsidP="00FD1856">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="2"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -19556,205 +22768,1515 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
+          <w:p w14:paraId="20521647" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="00FD1856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E0F2CC6" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="00FD1856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="745815BF" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="00FD1856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49873534" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00FD1856" w:rsidRDefault="009A7D17" w:rsidP="00FD1856">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
           <w:p w14:paraId="52AB49E7" w14:textId="26BEC439" w:rsidR="00CC53A8" w:rsidRPr="00CC53A8" w:rsidRDefault="00CC53A8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7BDF33F9" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00274133"/>
     <w:p w14:paraId="704266C7" w14:textId="77777777" w:rsidR="009547D9" w:rsidRDefault="009547D9" w:rsidP="00274133">
       <w:pPr>
         <w:sectPr w:rsidR="009547D9" w:rsidSect="007361C0">
-          <w:headerReference w:type="even" r:id="rId14"/>
-[...2 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="even" r:id="rId18"/>
+          <w:headerReference w:type="default" r:id="rId19"/>
+          <w:footerReference w:type="default" r:id="rId20"/>
+          <w:headerReference w:type="first" r:id="rId21"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F491D3" w14:textId="77777777" w:rsidR="00C77663" w:rsidRDefault="00C77663" w:rsidP="00274133"/>
+    <w:p w14:paraId="3E4D7D86" w14:textId="59BC267F" w:rsidR="009A7D17" w:rsidRPr="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Hlk218770352"/>
+      <w:bookmarkStart w:id="46" w:name="_Hlk218770311"/>
+      <w:r w:rsidRPr="009A7D17">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Support Coordinator's Notation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400C563C" w14:textId="011D4BE4" w:rsidR="001F7EA2" w:rsidRDefault="001F7EA2" w:rsidP="001F7EA2">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5EBE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of any</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Compliance Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> against </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>your own</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5EBE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A1595A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>organi</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4FD5">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49EBB176" w14:textId="77777777" w:rsidR="00886815" w:rsidRPr="00B6458B" w:rsidRDefault="00886815" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2AC0F253" w14:textId="394497A7" w:rsidR="009A7D17" w:rsidRPr="00211109" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="_Hlk216024188"/>
+      <w:r w:rsidR="00211109">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">To be completed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00211109">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00211109" w:rsidRPr="00211109">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="0081496A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsibility for overall service </w:t>
+      </w:r>
+      <w:r w:rsidR="00211109">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>design</w:t>
+      </w:r>
+      <w:r w:rsidR="0081496A">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00211109">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>where more than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> one</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Support Coordination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been engaged to deliver</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Support Coordination </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2D76">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervices (</w:t>
+      </w:r>
+      <w:r w:rsidR="00211109">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may include</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB2D76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Recovery Coach</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A7D17">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471D20E2" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57B35484" w14:textId="77D12C8B" w:rsidR="00863EA9" w:rsidRPr="00FD75F1" w:rsidRDefault="00863EA9" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funded in Schedule 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="005F0FE2">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> described in Appendix 1 of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271D5E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Supports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Replacement Support/s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F0FE2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to be used in accordance with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F1917A5" w14:textId="77777777" w:rsidR="00863EA9" w:rsidRDefault="00863EA9" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438369EC" w14:textId="33FAB282" w:rsidR="009A7D17" w:rsidRPr="00596EBE" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding set in Schedule 2 is available in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">budget/s to be allocated the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2D76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upport Coordination</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>set out in Schedule 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23836B30" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72AE6FB0" w14:textId="6E30FF12" w:rsidR="005F0FE2" w:rsidRPr="00984583" w:rsidRDefault="005F0FE2" w:rsidP="005F0FE2">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to perform a compliance and enforcement actions check through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00F34577">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality and Safeguards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website to identify any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00724504" w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upport Coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then immediately advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00724504" w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upport Coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F80999">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00984583">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00886815">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB50E89" w14:textId="77777777" w:rsidR="005F0FE2" w:rsidRDefault="005F0FE2" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03B3CBDC" w14:textId="769D6DAB" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2D76">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upport Coordination</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4FD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004A4FD5" w:rsidRPr="00DB5EBE">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>who is the subject of this</w:t>
+      </w:r>
+      <w:r w:rsidR="004A4FD5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A06BF9" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w14:paraId="5C5AFA02" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="293614AA" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC393DA" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0BE0B8" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EB8DA78" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A943F7">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:id w:val="-279265055"/>
+        <w:showingPlcHdr/>
+        <w:picture/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="24A20F74" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00B6458B" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+          <w:pPr>
+            <w:rPr>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:noProof/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2807429D" wp14:editId="19F35C98">
+                <wp:extent cx="2743200" cy="1071649"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="13" name="Picture 1" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="13" name="Picture 1" descr="A white square with a blue border&#10;&#10;AI-generated content may be incorrect."/>
+                        <pic:cNvPicPr>
+                          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                        </pic:cNvPicPr>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId17">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch>
+                          <a:fillRect/>
+                        </a:stretch>
+                      </pic:blipFill>
+                      <pic:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2743200" cy="1071649"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                      </pic:spPr>
+                    </pic:pic>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="78379128" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00733D5C" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00733D5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name of Support Coordinator signing </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06C89855" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRPr="00733D5C" w:rsidRDefault="009A7D17" w:rsidP="009A7D17">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F30CBA3" w14:textId="2F018819" w:rsidR="009A7D17" w:rsidRDefault="009A7D17" w:rsidP="002A1F37">
+      <w:pPr>
+        <w:pStyle w:val="Heading5"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00733D5C">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text3"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="001365CB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="001365CB">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="0011D0F4" w14:textId="77777777" w:rsidR="009A7D17" w:rsidRDefault="009A7D17">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:sectPr w:rsidR="009A7D17" w:rsidSect="009A7D17">
+          <w:pgSz w:w="11906" w:h="16838"/>
+          <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F491D3" w14:textId="06733081" w:rsidR="00206536" w:rsidRDefault="00206536">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:contextualSpacing w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w14:paraId="42EFE826" w14:textId="77777777" w:rsidR="00C77663" w:rsidRDefault="00C77663" w:rsidP="00274133"/>
     <w:p w14:paraId="3F32626D" w14:textId="77777777" w:rsidR="0000074B" w:rsidRDefault="0000074B" w:rsidP="00274133"/>
-    <w:p w14:paraId="5493064F" w14:textId="7BE30087" w:rsidR="0000074B" w:rsidRPr="001A1161" w:rsidRDefault="0000074B" w:rsidP="001A1161">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="5493064F" w14:textId="7BE30087" w:rsidR="0000074B" w:rsidRPr="001A1161" w:rsidRDefault="0000074B" w:rsidP="00757E8E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00601748">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00CC53A8" w:rsidRPr="00601748">
         <w:t>PPENDIX</w:t>
       </w:r>
       <w:r w:rsidRPr="00601748">
         <w:t xml:space="preserve"> 1: </w:t>
       </w:r>
       <w:r w:rsidR="00996DDE">
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00601748">
         <w:t xml:space="preserve"> of Supports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2765DADE" w14:textId="77777777" w:rsidR="0000074B" w:rsidRDefault="0000074B" w:rsidP="0000074B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F3A7AC4" w14:textId="0A48B081" w:rsidR="007520F2" w:rsidRPr="00D70EB6" w:rsidRDefault="007520F2" w:rsidP="007520F2">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Hlk201846438"/>
+      <w:bookmarkStart w:id="48" w:name="_Hlk201846438"/>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This is a guide and subject to the other provisions of th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00701784">
-        <w:rPr>
+      <w:r w:rsidR="00701784" w:rsidRPr="003259BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D70EB6">
-        <w:rPr>
+      <w:r w:rsidRPr="003259BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
-      <w:r w:rsidR="00701784">
-        <w:rPr>
+      <w:r w:rsidR="00701784" w:rsidRPr="003259BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D70EB6">
-        <w:rPr>
+      <w:r w:rsidRPr="003259BC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidR="00701784">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidR="007B42F5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:r w:rsidR="00FB4B6D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">provisions </w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>must be complied with.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkEnd w:id="48"/>
     <w:p w14:paraId="098A4C25" w14:textId="77777777" w:rsidR="0000074B" w:rsidRDefault="0000074B" w:rsidP="0000074B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DF135B1" w14:textId="77777777" w:rsidR="007520F2" w:rsidRDefault="007520F2" w:rsidP="0000074B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3346"/>
         <w:gridCol w:w="3423"/>
         <w:gridCol w:w="3469"/>
         <w:gridCol w:w="3023"/>
@@ -19775,57 +24297,57 @@
             <w:r>
               <w:t>Support as identified in NDIS plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(include Support Category and Support Item name and number)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3423" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73290A5B" w14:textId="77777777" w:rsidR="00276000" w:rsidRDefault="00276000" w:rsidP="00ED65DE">
+          <w:p w14:paraId="73290A5B" w14:textId="5E780161" w:rsidR="00276000" w:rsidRDefault="00276000" w:rsidP="00ED65DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t>Support Description and details of how the support will be delivered.</w:t>
+              <w:t>Support Description and details of how the support will be delivered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3469" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="087F4A49" w14:textId="689E2106" w:rsidR="00276000" w:rsidRDefault="00276000" w:rsidP="00ED65DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Price </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16518480" w14:textId="36459794" w:rsidR="00276000" w:rsidRPr="00ED65DE" w:rsidRDefault="00276000" w:rsidP="00ED65DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -19872,91 +24394,91 @@
               <w:t xml:space="preserve"> and Plan Management Method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A2D05" w14:paraId="0F910BF4" w14:textId="0FD1273F" w:rsidTr="00CB4C2C">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3346" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6284BF46" w14:textId="20CE638E" w:rsidR="009A2D05" w:rsidRDefault="009A2D05" w:rsidP="009A2D05">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="39" w:name="Text11"/>
+            <w:bookmarkStart w:id="49" w:name="Text11"/>
             <w:r>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="39"/>
+            <w:bookmarkEnd w:id="49"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3423" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="19AACD87" w14:textId="10910D87" w:rsidR="009A2D05" w:rsidRDefault="009A2D05" w:rsidP="009A2D05">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AD65AD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text11"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00AD65AD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00AD65AD">
               <w:fldChar w:fldCharType="separate"/>
@@ -21286,78 +25808,128 @@
             <w:r w:rsidRPr="002617A9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002617A9">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="002617A9">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28BC74A6" w14:textId="77777777" w:rsidR="0000074B" w:rsidRPr="00ED65DE" w:rsidRDefault="0000074B" w:rsidP="0000074B">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37784C6C" w14:textId="77777777" w:rsidR="0000074B" w:rsidRDefault="0000074B" w:rsidP="00274133"/>
-    <w:sectPr w:rsidR="0000074B" w:rsidSect="009547D9">
-[...1 lines deleted...]
-      <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="74924088" w14:textId="77777777" w:rsidR="00724504" w:rsidRDefault="00724504" w:rsidP="00274133"/>
+    <w:p w14:paraId="7328E62E" w14:textId="77777777" w:rsidR="00724504" w:rsidRDefault="00724504" w:rsidP="00274133"/>
+    <w:p w14:paraId="5FB2CD79" w14:textId="77777777" w:rsidR="00724504" w:rsidRDefault="00724504" w:rsidP="00274133">
+      <w:pPr>
+        <w:sectPr w:rsidR="00724504" w:rsidSect="009547D9">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55990A7C" w14:textId="77777777" w:rsidR="00724504" w:rsidRPr="00724504" w:rsidRDefault="00724504" w:rsidP="00724504">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00724504">
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 2: Service Provider's Terms and Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B341FA5" w14:textId="77777777" w:rsidR="00724504" w:rsidRPr="00724504" w:rsidRDefault="00724504" w:rsidP="00724504"/>
+    <w:p w14:paraId="49AEECA9" w14:textId="77777777" w:rsidR="00724504" w:rsidRPr="00724504" w:rsidRDefault="00724504" w:rsidP="00724504"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="1505547561"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="56B9E2A4" w14:textId="42F537F9" w:rsidR="00724504" w:rsidRPr="007C1297" w:rsidRDefault="00724504" w:rsidP="00724504">
+          <w:r w:rsidRPr="00724504">
+            <w:t xml:space="preserve">Insert terms and conditions or </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="00724504">
+            <w:t>document/s</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="00724504">
+            <w:t xml:space="preserve"> containing terms and conditions below.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="34387FDA" w14:textId="77777777" w:rsidR="00724504" w:rsidRPr="007C1297" w:rsidRDefault="00724504" w:rsidP="00724504"/>
+    <w:p w14:paraId="27AEAC24" w14:textId="77777777" w:rsidR="00724504" w:rsidRDefault="00724504" w:rsidP="00274133"/>
+    <w:sectPr w:rsidR="00724504" w:rsidSect="00724504">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B606734" w14:textId="77777777" w:rsidR="000160D8" w:rsidRDefault="000160D8" w:rsidP="003D7CC3">
+    <w:p w14:paraId="63762387" w14:textId="77777777" w:rsidR="00D71389" w:rsidRDefault="00D71389" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27A4F49F" w14:textId="77777777" w:rsidR="000160D8" w:rsidRDefault="000160D8" w:rsidP="003D7CC3">
+    <w:p w14:paraId="50EAD36A" w14:textId="77777777" w:rsidR="00D71389" w:rsidRDefault="00D71389" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5C39E4B9" w14:textId="77777777" w:rsidR="000160D8" w:rsidRDefault="000160D8">
+    <w:p w14:paraId="09C49416" w14:textId="77777777" w:rsidR="00D71389" w:rsidRDefault="00D71389">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -21397,78 +25969,95 @@
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Daytona">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7918BF16" w14:textId="77777777" w:rsidR="00730D95" w:rsidRDefault="00730D95">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1693220965"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="63B76FD0" w14:textId="4F98740D" w:rsidR="006A1358" w:rsidRPr="001A1161" w:rsidRDefault="006A1358" w:rsidP="006A1358">
+      <w:p w14:paraId="63B76FD0" w14:textId="521DD989" w:rsidR="006A1358" w:rsidRPr="001A1161" w:rsidRDefault="006A1358" w:rsidP="006A1358">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r w:rsidRPr="001A1161">
           <w:t xml:space="preserve">Participant: </w:t>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:instrText xml:space="preserve"> STYLEREF  ParticipantID  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r w:rsidRPr="001A1161">
@@ -21496,85 +26085,97 @@
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>18</w:t>
         </w:r>
         <w:r w:rsidRPr="001A1161">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="56F9ACDF" w14:textId="667EFE39" w:rsidR="006A1358" w:rsidRDefault="006A1358" w:rsidP="006A1358">
+  <w:p w14:paraId="56F9ACDF" w14:textId="1B414900" w:rsidR="006A1358" w:rsidRDefault="006A1358" w:rsidP="006A1358">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="001A1161">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="008D76A2">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00E74483">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="32324B85" w14:textId="77777777" w:rsidR="00730D95" w:rsidRDefault="00730D95">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-410859837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="0B9B6AF6" w14:textId="0DB6FC3D" w:rsidR="00ED04B9" w:rsidRPr="001A1161" w:rsidRDefault="00ED04B9" w:rsidP="001A1161">
+          <w:p w14:paraId="0B9B6AF6" w14:textId="54E1E4EE" w:rsidR="00ED04B9" w:rsidRPr="001A1161" w:rsidRDefault="00ED04B9" w:rsidP="001A1161">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r w:rsidRPr="001A1161">
               <w:t>Participant</w:t>
             </w:r>
             <w:r w:rsidR="001A1161" w:rsidRPr="001A1161">
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A1161" w:rsidRPr="001A1161">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="001A1161" w:rsidRPr="001A1161">
               <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="001A1161" w:rsidRPr="001A1161">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="001A1161">
               <w:t xml:space="preserve">  ID: </w:t>
             </w:r>
             <w:r w:rsidR="001A1161" w:rsidRPr="001A1161">
@@ -21610,127 +26211,374 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001A1161">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4F371875" w14:textId="20CF0149" w:rsidR="003544D5" w:rsidRPr="001A1161" w:rsidRDefault="00996DDE" w:rsidP="001A1161">
+  <w:p w14:paraId="4F371875" w14:textId="78A0C761" w:rsidR="003544D5" w:rsidRPr="001A1161" w:rsidRDefault="00996DDE" w:rsidP="001A1161">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="001A1161">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="008D76A2">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00E74483">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14D18808" w14:textId="77777777" w:rsidR="000160D8" w:rsidRDefault="000160D8" w:rsidP="003D7CC3">
+    <w:p w14:paraId="1E69D39F" w14:textId="77777777" w:rsidR="00D71389" w:rsidRDefault="00D71389" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0265A9B3" w14:textId="77777777" w:rsidR="000160D8" w:rsidRDefault="000160D8" w:rsidP="003D7CC3">
+    <w:p w14:paraId="5392FCB3" w14:textId="77777777" w:rsidR="00D71389" w:rsidRDefault="00D71389" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5B4A38CE" w14:textId="77777777" w:rsidR="000160D8" w:rsidRDefault="000160D8">
+    <w:p w14:paraId="04FD7285" w14:textId="77777777" w:rsidR="00D71389" w:rsidRDefault="00D71389">
       <w:pPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="60D3DAFF" w14:textId="3445CCF7" w:rsidR="00276000" w:rsidRPr="00ED65DE" w:rsidRDefault="00276000" w:rsidP="0000074B">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Support Coordination or Recovery Coach only.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70FD447E" w14:textId="43CD4BA1" w:rsidR="007C5284" w:rsidRDefault="00956782" w:rsidP="007C5284">
+  <w:p w14:paraId="34685CD6" w14:textId="2F8DA10E" w:rsidR="007847AE" w:rsidRDefault="007847AE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6768509A" wp14:editId="01FA8FE1">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="414655"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1472574181" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="414655"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6C649E78" w14:textId="6B2061F2" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="007847AE">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="6768509A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:32.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCBy+ZSCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayJtiMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmn3OMcAzdTG8W83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAgsQv&#10;GNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW4lacgIJoGgchJA7cKP05&#10;L/E2SRuvo9hAytN320t7GWk0q5lvi9XoOnWmIbSeDaTTBBRx5W3LtYGX5+39ElSIyBY7z2TgiwKs&#10;ytubAnPrL/xE50OslZRwyNFAE2Ofax2qhhyGqe+JJXv3g8Modqi1HfAi5a7TsyRZaIcty0KDPW0a&#10;qj4PJ2egzdY+pvS62368udSn1/0uu+6NmdyN60dQkcb4dww/+IIOpTAd/YltUJ0BeST+qmQPS3FH&#10;A4tsDros9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBy+ZSCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCCxC8Y2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6C649E78" w14:textId="6B2061F2" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007847AE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70FD447E" w14:textId="1A0A0B2F" w:rsidR="007C5284" w:rsidRDefault="007847AE" w:rsidP="007C5284">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E5BB933" wp14:editId="1425345C">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="414655"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1787745424" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="414655"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1F5A2ED8" w14:textId="61C3DD86" w:rsidR="007847AE" w:rsidRPr="00730D95" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00730D95">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0E5BB933" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:32.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNu6xjCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayJliNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNPucY4Ri6md4s5vOIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCC&#10;xC8Y2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlfoO1lbiVpyAgmgaByEkDtwo&#10;/Tkv8TZJG6+j2EDK03fbS3sZaTSrmW+L1eg6daYhtJ4NpNMEFHHlbcu1gZfn7f0SVIjIFjvPZOCL&#10;AqzK25sCc+sv/ETnQ6yVlHDI0UATY59rHaqGHIap74kle/eDwyh2qLUd8CLlrtOzJFlohy3LQoM9&#10;bRqqPg8nZ6DN1j6m9Lrbfry51KfX/S677o2Z3I3rR1CRxvh3DD/4gg6lMB39iW1QnQF5JP6qZA9L&#10;cUcDi2wOuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI27rGMLAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAILELxjZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="1F5A2ED8" w14:textId="61C3DD86" w:rsidR="007847AE" w:rsidRPr="00730D95" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00730D95">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00956782">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="12B073FE" wp14:editId="165E9492">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1885736490" name="Picture 1885736490" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -21746,51 +26594,51 @@
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00956782">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6F031FDC" wp14:editId="65EA1E20">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1731247773" name="Picture 1731247773" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -21804,120 +26652,599 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1952625" cy="495300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1BD48493" w14:textId="59EBC828" w:rsidR="006B5A11" w:rsidRDefault="006B5A11">
+  <w:p w14:paraId="50BAADF9" w14:textId="2C3FE484" w:rsidR="007847AE" w:rsidRDefault="007847AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2A2E5E6B" wp14:editId="477A9D46">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="414655"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1718237558" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="414655"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0A6B614E" w14:textId="5480AB4D" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="007847AE">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2A2E5E6B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:32.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6enslDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayptiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZJ6pF8fFrc9a1hR+VDA7bk00nOmbISqsbuS/79Zf3h&#10;E2cBha2EAatKflKB3y3fv1t0rlAzqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5B+/T6rvOgI&#10;vTXZLM9vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPPbYh/6KIVjaWi&#10;F6gHgYIdfPMHVNtIDwE0TiS0GWjdSJVmoGmm+ZtptrVwKs1C5AR3oSn8P1j5eNy6Z8+w/wI9LTAS&#10;0rlQBHLGeXrt2/ilThnFicLThTbVI5PkvJ3NPuYUkRS6md7czucRJbtedj7gVwUti0bJPW0lkSWO&#10;m4BD6pgSa1lYN8akzRj7m4Mwoye7dhgt7Hc9a6qSz8bud1CdaCgPw76Dk+uGSm9EwGfhacHULYkW&#10;n+jQBrqSw9nirAb/42/+mE+8U5SzjgRTckuK5sx8s7SPqK1kTD/n80iGH9270bCH9h5IhlN6EU4m&#10;M+ahGU3toX0lOa9iIQoJK6lcyXE073FQLj0HqVarlEQycgI3dutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbHZDYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qiXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AILELxjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V+g7WVuJWnICCaBoHISQO&#10;3Cj9OS/xNkkbr6PYQMrTd9tLexlpNKuZb4vV6Dp1piG0ng2k0wQUceVty7WBl+ft/RJUiMgWO89k&#10;4IsCrMrbmwJz6y/8ROdDrJWUcMjRQBNjn2sdqoYchqnviSV794PDKHaotR3wIuWu07MkWWiHLctC&#10;gz1tGqo+DydnoM3WPqb0utt+vLnUp9f9LrvujZncjetHUJHG+HcMP/iCDqUwHf2JbVCdAXkk/qpk&#10;D0txRwOLbA66LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOnp7JQ0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgsQvGNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0A6B614E" w14:textId="5480AB4D" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007847AE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DAFCCCE" w14:textId="456A79EE" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="00DB7EAC" w:rsidP="00DB7EAC">
+  <w:p w14:paraId="1BD48493" w14:textId="31611EA7" w:rsidR="006B5A11" w:rsidRDefault="007847AE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75E1C382" wp14:editId="4E50D8AE">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="414655"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="909149855" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="414655"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="76590068" w14:textId="4F717E15" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="007847AE">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="75E1C382" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:32.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBXxckYDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSJliNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZJ6pF8fFred1qRk3C+AVPS6SSnRBgOVWMOJf3+uvn0&#10;mRIfmKmYAiNKehae3q8+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69j32QrhK+lIKHZym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6hHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+dNrZF0dC9wU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdTm8X83lEya6XrfPhqwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5zYGY0ZNdO4xW6PYdaaqS3ozd76E641AO+n17yzcNlt4yH16YwwVjtyja&#10;8IyHVNCWFAaLkhrcj7/5Yz7yjlFKWhRMSQ0qmhL1zeA+oraSMb3L55EMN7r3o2GO+gFQhlN8EZYn&#10;M+YFNZrSgX5DOa9jIQwxw7FcScNoPoReufgcuFivUxLKyLKwNTvLI3SkK3L52r0xZwfCA27qCUY1&#10;seId731uvOnt+hiQ/bSUSG1P5MA4SjCtdXguUeO//qes66Ne/QQAAP//AwBQSwMEFAAGAAgAAAAh&#10;AILELxjZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+V+g7WVuJWnICCaBoHISQO&#10;3Cj9OS/xNkkbr6PYQMrTd9tLexlpNKuZb4vV6Dp1piG0ng2k0wQUceVty7WBl+ft/RJUiMgWO89k&#10;4IsCrMrbmwJz6y/8ROdDrJWUcMjRQBNjn2sdqoYchqnviSV794PDKHaotR3wIuWu07MkWWiHLctC&#10;gz1tGqo+DydnoM3WPqb0utt+vLnUp9f9LrvujZncjetHUJHG+HcMP/iCDqUwHf2JbVCdAXkk/qpk&#10;D0txRwOLbA66LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAV8XJGA0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAgsQvGNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="76590068" w14:textId="4F717E15" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007847AE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DAFCCCE" w14:textId="148BF2D0" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="007847AE" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00DB7EAC">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="57EEC2E5" wp14:editId="1DF68AD0">
+              <wp:simplePos x="915035" y="450215"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="414655"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="728412293" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="414655"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="37B3483F" w14:textId="73E75979" w:rsidR="007847AE" w:rsidRPr="00730D95" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00730D95">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="57EEC2E5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:32.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBU+dSoDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayptiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZJ6pF8fFrc9a1hR+VDA7bk00nOmbISqsbuS/79Zf3h&#10;E2cBha2EAatKflKB3y3fv1t0rlAzqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5B+/T6rvOgI&#10;vTXZLM9vsw585TxIFQJ5H4YgXyZ8rZXEJ62DQmZKTr1hOn06d/HMlgtR7L1wdSPPbYh/6KIVjaWi&#10;F6gHgYIdfPMHVNtIDwE0TiS0GWjdSJVmoGmm+ZtptrVwKs1C5AR3oSn8P1j5eNy6Z8+w/wI9LTAS&#10;0rlQBHLGeXrt2/ilThnFicLThTbVI5PkvJ3NPuYUkRS6md7czucRJbtedj7gVwUti0bJPW0lkSWO&#10;m4BD6pgSa1lYN8akzRj7m4Mwoye7dhgt7Hc9ayoqPna/g+pEQ3kY9h2cXDdUeiMCPgtPC6ZuSbT4&#10;RIc20JUczhZnNfgff/PHfOKdopx1JJiSW1I0Z+abpX1EbSVj+jmfRzL86N6Nhj2090AynNKLcDKZ&#10;MQ/NaGoP7SvJeRULUUhYSeVKjqN5j4Ny6TlItVqlJJKRE7ixWycjdKQrcvnSvwrvzoQjbeoRRjWJ&#10;4g3vQ268GdzqgMR+WkqkdiDyzDhJMK31/Fyixn/9T1nXR738CQAA//8DAFBLAwQUAAYACAAAACEA&#10;gsQvGNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW4lacgIJoGgchJA7c&#10;KP05L/E2SRuvo9hAytN320t7GWk0q5lvi9XoOnWmIbSeDaTTBBRx5W3LtYGX5+39ElSIyBY7z2Tg&#10;iwKsytubAnPrL/xE50OslZRwyNFAE2Ofax2qhhyGqe+JJXv3g8Modqi1HfAi5a7TsyRZaIcty0KD&#10;PW0aqj4PJ2egzdY+pvS62368udSn1/0uu+6NmdyN60dQkcb4dww/+IIOpTAd/YltUJ0BeST+qmQP&#10;S3FHA4tsDros9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBU+dSoDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCCxC8Y2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="37B3483F" w14:textId="73E75979" w:rsidR="007847AE" w:rsidRPr="00730D95" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00730D95">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Office of the Public Advocate</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4B889A31" w14:textId="3F9F2E60" w:rsidR="001766B9" w:rsidRDefault="00286558" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Support Coordination</w:t>
     </w:r>
     <w:r w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00EB38E1">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Service Agreement</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="67307423" w14:textId="000BA5FF" w:rsidR="006B5A11" w:rsidRDefault="006B5A11">
+  <w:p w14:paraId="67307423" w14:textId="786E169A" w:rsidR="006B5A11" w:rsidRDefault="007847AE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3265FFDE" wp14:editId="4FC2E72C">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="414655"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1999537724" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="414655"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="17353EC3" w14:textId="70B573F6" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="007847AE">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                              <w:sz w:val="24"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3265FFDE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:32.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5RmaVDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ayJtiMOEXWIsOA&#10;oC2QDj0rshQbkEVBYmJnXz9KiZOt7WnYRaZJ6pF8fJrf9q1hB+VDA7bk41HOmbISqsbuSv7zefXp&#10;C2cBha2EAatKflSB3y4+fph3rlATqMFUyjMCsaHoXMlrRFdkWZC1akUYgVOWghp8K5B+/S6rvOgI&#10;vTXZJM9nWQe+ch6kCoG896cgXyR8rZXER62DQmZKTr1hOn06t/HMFnNR7LxwdSPPbYh/6KIVjaWi&#10;F6h7gYLtffMGqm2khwAaRxLaDLRupEoz0DTj/NU0m1o4lWYhcoK70BT+H6x8OGzck2fYf4OeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHxQpvqkUlyziaTzzlFJIVuxjez6TSiZNfLzgf8rqBl0Si5p60kssRh&#10;HfCUOqTEWhZWjTFpM8b+5SDM6MmuHUYL+23PmqrkqW70bKE60lAeTvsOTq4aKr0WAZ+EpwVTtyRa&#10;fKRDG+hKDmeLsxr8r/f8MZ94pyhnHQmm5JYUzZn5YWkfUVvJGH/Np5EMP7i3g2H37R2QDMf0IpxM&#10;ZsxDM5jaQ/tCcl7GQhQSVlK5kuNg3uFJufQcpFouUxLJyAlc242TETrSFbl87l+Ed2fCkTb1AIOa&#10;RPGK91NuvBncco/EflrKlcgz4yTBtNbzc4ka//M/ZV0f9eI3AAAA//8DAFBLAwQUAAYACAAAACEA&#10;gsQvGNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75X6DtZW4lacgIJoGgchJA7c&#10;KP05L/E2SRuvo9hAytN320t7GWk0q5lvi9XoOnWmIbSeDaTTBBRx5W3LtYGX5+39ElSIyBY7z2Tg&#10;iwKsytubAnPrL/xE50OslZRwyNFAE2Ofax2qhhyGqe+JJXv3g8Modqi1HfAi5a7TsyRZaIcty0KD&#10;PW0aqj4PJ2egzdY+pvS62368udSn1/0uu+6NmdyN60dQkcb4dww/+IIOpTAd/YltUJ0BeST+qmQP&#10;S3FHA4tsDros9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA5RmaVDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCCxC8Y2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="17353EC3" w14:textId="70B573F6" w:rsidR="007847AE" w:rsidRPr="007847AE" w:rsidRDefault="007847AE" w:rsidP="007847AE">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007847AE">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                        <w:sz w:val="24"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D95352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28EC6A38"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -22121,545 +27448,789 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="MW6OxhI9N3Ck14dkdpRa6yPKaEZuKfuFptfwyBOBZjV4C2Xg5wNS9CatCu4nrhfOAjGHw6np4tFL37kazhAYzg==" w:salt="KKCHWw+7bi4MJeI0Mewjmg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iN0tBQvV7Ku06gu0MFt905vP9XcQ0hpBiCFLEW5gC7DXGPAE+eZspLSwTHre8VhRm4GWeYuIvmQcuZ4m/fecqg==" w:salt="wGA4JQFyUfU/hvGA6O7iVQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
+    <w:rsid w:val="000000BD"/>
     <w:rsid w:val="0000074B"/>
-    <w:rsid w:val="000160D8"/>
+    <w:rsid w:val="00012572"/>
+    <w:rsid w:val="00017416"/>
     <w:rsid w:val="00020529"/>
+    <w:rsid w:val="0002733E"/>
     <w:rsid w:val="00032FFB"/>
     <w:rsid w:val="000413CE"/>
     <w:rsid w:val="000429E0"/>
     <w:rsid w:val="00045EAF"/>
     <w:rsid w:val="00056184"/>
+    <w:rsid w:val="00063B1B"/>
     <w:rsid w:val="000660FF"/>
     <w:rsid w:val="00071810"/>
     <w:rsid w:val="00072CCF"/>
+    <w:rsid w:val="0007549A"/>
     <w:rsid w:val="0008575A"/>
+    <w:rsid w:val="000906A1"/>
     <w:rsid w:val="000A0C47"/>
     <w:rsid w:val="000A3FAF"/>
     <w:rsid w:val="000A6549"/>
+    <w:rsid w:val="000B0DE6"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000C0732"/>
     <w:rsid w:val="000C1257"/>
     <w:rsid w:val="000C218B"/>
     <w:rsid w:val="000C3D1E"/>
+    <w:rsid w:val="000C46E9"/>
     <w:rsid w:val="000C5963"/>
     <w:rsid w:val="000C5D26"/>
-    <w:rsid w:val="000D29E9"/>
+    <w:rsid w:val="000D1570"/>
     <w:rsid w:val="000D3CA8"/>
+    <w:rsid w:val="000D77CB"/>
     <w:rsid w:val="000D7ED2"/>
+    <w:rsid w:val="000E58AF"/>
     <w:rsid w:val="000F00EC"/>
     <w:rsid w:val="000F0CC3"/>
+    <w:rsid w:val="000F77A9"/>
+    <w:rsid w:val="00100743"/>
+    <w:rsid w:val="00100F6F"/>
+    <w:rsid w:val="00101A93"/>
     <w:rsid w:val="00103982"/>
     <w:rsid w:val="00106EE6"/>
+    <w:rsid w:val="00114B9E"/>
     <w:rsid w:val="0011546E"/>
+    <w:rsid w:val="00121867"/>
     <w:rsid w:val="001230BF"/>
     <w:rsid w:val="001241A8"/>
     <w:rsid w:val="00127998"/>
+    <w:rsid w:val="00132EBA"/>
+    <w:rsid w:val="00134DD2"/>
+    <w:rsid w:val="001365CB"/>
     <w:rsid w:val="001431B5"/>
     <w:rsid w:val="001449D1"/>
     <w:rsid w:val="0014762F"/>
+    <w:rsid w:val="00156519"/>
+    <w:rsid w:val="00156B7D"/>
     <w:rsid w:val="001656B6"/>
+    <w:rsid w:val="00173AD0"/>
+    <w:rsid w:val="001752BD"/>
     <w:rsid w:val="001766B9"/>
+    <w:rsid w:val="00176760"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
     <w:rsid w:val="00181703"/>
+    <w:rsid w:val="00183784"/>
+    <w:rsid w:val="001936CB"/>
+    <w:rsid w:val="001A0A09"/>
     <w:rsid w:val="001A1161"/>
     <w:rsid w:val="001A18D2"/>
+    <w:rsid w:val="001A3D94"/>
     <w:rsid w:val="001A7CAA"/>
     <w:rsid w:val="001B50FE"/>
     <w:rsid w:val="001B70B5"/>
     <w:rsid w:val="001E01E8"/>
     <w:rsid w:val="001E3BA8"/>
     <w:rsid w:val="001E6A89"/>
     <w:rsid w:val="001F05DD"/>
     <w:rsid w:val="001F6011"/>
     <w:rsid w:val="001F7654"/>
+    <w:rsid w:val="001F7EA2"/>
     <w:rsid w:val="00202F74"/>
+    <w:rsid w:val="00206536"/>
     <w:rsid w:val="00210169"/>
+    <w:rsid w:val="00211109"/>
+    <w:rsid w:val="00225EBB"/>
     <w:rsid w:val="00237F1F"/>
+    <w:rsid w:val="00247665"/>
+    <w:rsid w:val="00252926"/>
     <w:rsid w:val="0026171B"/>
+    <w:rsid w:val="0026244D"/>
     <w:rsid w:val="0026436F"/>
+    <w:rsid w:val="0026541A"/>
+    <w:rsid w:val="00266D6C"/>
+    <w:rsid w:val="00272892"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
+    <w:rsid w:val="00275D2E"/>
     <w:rsid w:val="00276000"/>
     <w:rsid w:val="00276492"/>
     <w:rsid w:val="00277A5A"/>
+    <w:rsid w:val="00280189"/>
+    <w:rsid w:val="00281983"/>
+    <w:rsid w:val="00283104"/>
+    <w:rsid w:val="00284EC2"/>
     <w:rsid w:val="00286558"/>
+    <w:rsid w:val="00291FE7"/>
     <w:rsid w:val="002922E3"/>
+    <w:rsid w:val="002A1A3B"/>
+    <w:rsid w:val="002A1F37"/>
+    <w:rsid w:val="002A56A3"/>
     <w:rsid w:val="002A5BDC"/>
-    <w:rsid w:val="002B17B9"/>
+    <w:rsid w:val="002A7E75"/>
     <w:rsid w:val="002B6F34"/>
+    <w:rsid w:val="002C65FD"/>
+    <w:rsid w:val="002D0505"/>
     <w:rsid w:val="002D4DD4"/>
+    <w:rsid w:val="002E0F80"/>
     <w:rsid w:val="002F332C"/>
+    <w:rsid w:val="00301C42"/>
     <w:rsid w:val="00301F3B"/>
     <w:rsid w:val="00307A9E"/>
+    <w:rsid w:val="0031044C"/>
+    <w:rsid w:val="003259BC"/>
+    <w:rsid w:val="00332DB2"/>
     <w:rsid w:val="003340EA"/>
     <w:rsid w:val="003405AD"/>
+    <w:rsid w:val="00353B26"/>
     <w:rsid w:val="003544D5"/>
+    <w:rsid w:val="0035636D"/>
     <w:rsid w:val="00364C75"/>
+    <w:rsid w:val="00365608"/>
     <w:rsid w:val="00366329"/>
     <w:rsid w:val="003664D9"/>
+    <w:rsid w:val="0037014F"/>
     <w:rsid w:val="00372276"/>
+    <w:rsid w:val="00372BD4"/>
     <w:rsid w:val="003764E8"/>
+    <w:rsid w:val="003809AF"/>
     <w:rsid w:val="00386526"/>
     <w:rsid w:val="00392277"/>
     <w:rsid w:val="00392D9B"/>
     <w:rsid w:val="00393E4F"/>
     <w:rsid w:val="003A39E1"/>
     <w:rsid w:val="003A61FA"/>
     <w:rsid w:val="003B0A28"/>
     <w:rsid w:val="003B75C1"/>
+    <w:rsid w:val="003C098A"/>
     <w:rsid w:val="003C5FC8"/>
     <w:rsid w:val="003D17AA"/>
     <w:rsid w:val="003D39C5"/>
     <w:rsid w:val="003D464B"/>
     <w:rsid w:val="003D61A5"/>
+    <w:rsid w:val="003D6619"/>
     <w:rsid w:val="003D6C73"/>
+    <w:rsid w:val="003D77BA"/>
     <w:rsid w:val="003D7CC3"/>
+    <w:rsid w:val="003E46BA"/>
     <w:rsid w:val="003F069A"/>
     <w:rsid w:val="003F4863"/>
+    <w:rsid w:val="003F7C18"/>
+    <w:rsid w:val="0040008E"/>
     <w:rsid w:val="0040345D"/>
     <w:rsid w:val="004222F2"/>
     <w:rsid w:val="0042580D"/>
     <w:rsid w:val="00431DB8"/>
     <w:rsid w:val="00432E74"/>
     <w:rsid w:val="00435540"/>
     <w:rsid w:val="00440EEB"/>
     <w:rsid w:val="00453B11"/>
+    <w:rsid w:val="00453DB9"/>
+    <w:rsid w:val="004562CE"/>
     <w:rsid w:val="00457AFA"/>
     <w:rsid w:val="004617B3"/>
+    <w:rsid w:val="00466F6E"/>
     <w:rsid w:val="00471CD8"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
     <w:rsid w:val="00474F18"/>
+    <w:rsid w:val="00484BDA"/>
     <w:rsid w:val="004A0655"/>
+    <w:rsid w:val="004A2A53"/>
+    <w:rsid w:val="004A4FD5"/>
+    <w:rsid w:val="004A713B"/>
+    <w:rsid w:val="004B652C"/>
+    <w:rsid w:val="004B6712"/>
     <w:rsid w:val="004C37B5"/>
     <w:rsid w:val="004C4BEF"/>
     <w:rsid w:val="004C4E58"/>
+    <w:rsid w:val="004C7C30"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D19F0"/>
     <w:rsid w:val="004D5569"/>
     <w:rsid w:val="004E1645"/>
     <w:rsid w:val="004E41AA"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
     <w:rsid w:val="004F09A6"/>
     <w:rsid w:val="004F1D5C"/>
     <w:rsid w:val="004F2D34"/>
+    <w:rsid w:val="004F53B1"/>
     <w:rsid w:val="00511A0F"/>
+    <w:rsid w:val="0051214F"/>
+    <w:rsid w:val="0051375A"/>
     <w:rsid w:val="00520217"/>
+    <w:rsid w:val="00521219"/>
     <w:rsid w:val="00524CAE"/>
+    <w:rsid w:val="005328EE"/>
+    <w:rsid w:val="00534662"/>
     <w:rsid w:val="00545C5C"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
     <w:rsid w:val="0055266F"/>
     <w:rsid w:val="0055280C"/>
     <w:rsid w:val="00552E1E"/>
+    <w:rsid w:val="00557400"/>
     <w:rsid w:val="005608E7"/>
     <w:rsid w:val="005609F0"/>
+    <w:rsid w:val="005639F5"/>
     <w:rsid w:val="00566851"/>
     <w:rsid w:val="00576474"/>
+    <w:rsid w:val="005828BD"/>
     <w:rsid w:val="005903A9"/>
     <w:rsid w:val="00592102"/>
     <w:rsid w:val="00596B74"/>
     <w:rsid w:val="005A2576"/>
     <w:rsid w:val="005B14B7"/>
     <w:rsid w:val="005B7A15"/>
+    <w:rsid w:val="005C0924"/>
     <w:rsid w:val="005C39D2"/>
     <w:rsid w:val="005C5093"/>
     <w:rsid w:val="005C5FCA"/>
     <w:rsid w:val="005D17D8"/>
     <w:rsid w:val="005D32BD"/>
+    <w:rsid w:val="005E138C"/>
     <w:rsid w:val="005E3FA5"/>
     <w:rsid w:val="005E5850"/>
     <w:rsid w:val="005F0973"/>
+    <w:rsid w:val="005F0FE2"/>
+    <w:rsid w:val="005F652E"/>
+    <w:rsid w:val="005F72C8"/>
     <w:rsid w:val="00600298"/>
     <w:rsid w:val="00601748"/>
     <w:rsid w:val="00602461"/>
     <w:rsid w:val="006032A7"/>
     <w:rsid w:val="00603CC5"/>
+    <w:rsid w:val="006047D5"/>
+    <w:rsid w:val="00606A04"/>
     <w:rsid w:val="0061196A"/>
+    <w:rsid w:val="00627828"/>
     <w:rsid w:val="00636F73"/>
+    <w:rsid w:val="006634D3"/>
     <w:rsid w:val="00665AC0"/>
     <w:rsid w:val="00671FB6"/>
     <w:rsid w:val="00677680"/>
     <w:rsid w:val="00677CCF"/>
+    <w:rsid w:val="00677D19"/>
+    <w:rsid w:val="00680052"/>
+    <w:rsid w:val="00681879"/>
     <w:rsid w:val="00685055"/>
     <w:rsid w:val="00690D50"/>
+    <w:rsid w:val="00692977"/>
+    <w:rsid w:val="006931A2"/>
     <w:rsid w:val="006949BD"/>
     <w:rsid w:val="00694EF1"/>
     <w:rsid w:val="006956F8"/>
     <w:rsid w:val="006A1358"/>
     <w:rsid w:val="006A1E5A"/>
     <w:rsid w:val="006A3F3A"/>
     <w:rsid w:val="006B5A11"/>
+    <w:rsid w:val="006C0D59"/>
     <w:rsid w:val="006C6BD5"/>
     <w:rsid w:val="006C709B"/>
+    <w:rsid w:val="006D0CC8"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
+    <w:rsid w:val="006E4CB8"/>
     <w:rsid w:val="006F35C5"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="00701784"/>
+    <w:rsid w:val="007100F3"/>
     <w:rsid w:val="00712593"/>
+    <w:rsid w:val="00712653"/>
+    <w:rsid w:val="0071599C"/>
+    <w:rsid w:val="007159E3"/>
     <w:rsid w:val="007241FF"/>
+    <w:rsid w:val="00724504"/>
+    <w:rsid w:val="00726602"/>
     <w:rsid w:val="0072713B"/>
+    <w:rsid w:val="00730D95"/>
     <w:rsid w:val="00732F89"/>
     <w:rsid w:val="00733D5C"/>
     <w:rsid w:val="007361C0"/>
     <w:rsid w:val="00737E3A"/>
+    <w:rsid w:val="007407AC"/>
     <w:rsid w:val="007428C9"/>
     <w:rsid w:val="007520F2"/>
+    <w:rsid w:val="00757E8E"/>
     <w:rsid w:val="00766B1E"/>
     <w:rsid w:val="00770FC2"/>
+    <w:rsid w:val="00772588"/>
     <w:rsid w:val="0077315E"/>
+    <w:rsid w:val="007732D1"/>
+    <w:rsid w:val="00781218"/>
     <w:rsid w:val="00781C7A"/>
+    <w:rsid w:val="007847AE"/>
     <w:rsid w:val="00786BE7"/>
     <w:rsid w:val="00786ECB"/>
     <w:rsid w:val="007930DA"/>
     <w:rsid w:val="00794067"/>
     <w:rsid w:val="007A0355"/>
+    <w:rsid w:val="007A62F1"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007B09A4"/>
+    <w:rsid w:val="007B1754"/>
     <w:rsid w:val="007B42F5"/>
     <w:rsid w:val="007C30DE"/>
     <w:rsid w:val="007C5284"/>
     <w:rsid w:val="007C7704"/>
+    <w:rsid w:val="007D20CA"/>
     <w:rsid w:val="007D3C33"/>
+    <w:rsid w:val="007D4720"/>
     <w:rsid w:val="007E0E86"/>
     <w:rsid w:val="007E336B"/>
+    <w:rsid w:val="007F1221"/>
     <w:rsid w:val="007F3F33"/>
     <w:rsid w:val="007F4B25"/>
+    <w:rsid w:val="0081496A"/>
     <w:rsid w:val="00815B42"/>
+    <w:rsid w:val="0083052D"/>
+    <w:rsid w:val="008315DF"/>
     <w:rsid w:val="00833CDF"/>
     <w:rsid w:val="00836F8F"/>
     <w:rsid w:val="00840800"/>
     <w:rsid w:val="00841740"/>
     <w:rsid w:val="00841B8A"/>
     <w:rsid w:val="00847CAE"/>
+    <w:rsid w:val="00850873"/>
     <w:rsid w:val="008522E2"/>
     <w:rsid w:val="0086190A"/>
+    <w:rsid w:val="00863EA9"/>
     <w:rsid w:val="00864BC5"/>
     <w:rsid w:val="008678D9"/>
     <w:rsid w:val="00875089"/>
+    <w:rsid w:val="00886815"/>
     <w:rsid w:val="00892F0E"/>
+    <w:rsid w:val="00897023"/>
+    <w:rsid w:val="00897600"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008B7F4E"/>
     <w:rsid w:val="008C191D"/>
     <w:rsid w:val="008C5A65"/>
     <w:rsid w:val="008D0A07"/>
     <w:rsid w:val="008D49C6"/>
     <w:rsid w:val="008D76A2"/>
+    <w:rsid w:val="008E18C9"/>
     <w:rsid w:val="008E31A1"/>
     <w:rsid w:val="008E76FB"/>
     <w:rsid w:val="008F5008"/>
     <w:rsid w:val="008F6062"/>
     <w:rsid w:val="0090071A"/>
+    <w:rsid w:val="00900BE9"/>
     <w:rsid w:val="009037D9"/>
     <w:rsid w:val="0090718C"/>
     <w:rsid w:val="00910A2F"/>
     <w:rsid w:val="00910FD3"/>
     <w:rsid w:val="00912896"/>
+    <w:rsid w:val="00913023"/>
     <w:rsid w:val="00915D9B"/>
+    <w:rsid w:val="009169BE"/>
     <w:rsid w:val="00916EDF"/>
     <w:rsid w:val="0092146F"/>
     <w:rsid w:val="009239E5"/>
     <w:rsid w:val="00934212"/>
     <w:rsid w:val="00942888"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="009547D9"/>
     <w:rsid w:val="00956782"/>
     <w:rsid w:val="00956FA2"/>
     <w:rsid w:val="00967994"/>
+    <w:rsid w:val="00972033"/>
+    <w:rsid w:val="00984583"/>
+    <w:rsid w:val="009900C4"/>
+    <w:rsid w:val="0099206F"/>
     <w:rsid w:val="00994ED5"/>
     <w:rsid w:val="00996DDE"/>
+    <w:rsid w:val="009A26E6"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A2D05"/>
     <w:rsid w:val="009A51D1"/>
+    <w:rsid w:val="009A6DE5"/>
+    <w:rsid w:val="009A7D17"/>
     <w:rsid w:val="009B216E"/>
+    <w:rsid w:val="009B6128"/>
     <w:rsid w:val="009B7216"/>
+    <w:rsid w:val="009C1A76"/>
+    <w:rsid w:val="009C3A75"/>
     <w:rsid w:val="009C6CDA"/>
+    <w:rsid w:val="009C6EDC"/>
     <w:rsid w:val="009C7360"/>
     <w:rsid w:val="009D672F"/>
     <w:rsid w:val="009E2B35"/>
+    <w:rsid w:val="009E409A"/>
     <w:rsid w:val="009F3AB7"/>
     <w:rsid w:val="009F47A6"/>
     <w:rsid w:val="009F51E0"/>
     <w:rsid w:val="009F5DF3"/>
+    <w:rsid w:val="009F6041"/>
+    <w:rsid w:val="00A00295"/>
     <w:rsid w:val="00A056D6"/>
     <w:rsid w:val="00A07F0C"/>
     <w:rsid w:val="00A12326"/>
+    <w:rsid w:val="00A1369F"/>
+    <w:rsid w:val="00A1595A"/>
+    <w:rsid w:val="00A23014"/>
     <w:rsid w:val="00A24FD9"/>
     <w:rsid w:val="00A25A1C"/>
+    <w:rsid w:val="00A26713"/>
+    <w:rsid w:val="00A27ACA"/>
     <w:rsid w:val="00A36439"/>
     <w:rsid w:val="00A536E4"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A6076B"/>
+    <w:rsid w:val="00A672FF"/>
     <w:rsid w:val="00A71173"/>
+    <w:rsid w:val="00A74FAF"/>
+    <w:rsid w:val="00A866E6"/>
     <w:rsid w:val="00A942E0"/>
+    <w:rsid w:val="00A971C7"/>
     <w:rsid w:val="00A97FBB"/>
     <w:rsid w:val="00AA1D27"/>
     <w:rsid w:val="00AA305F"/>
     <w:rsid w:val="00AA71BB"/>
     <w:rsid w:val="00AB16C9"/>
+    <w:rsid w:val="00AB2D76"/>
+    <w:rsid w:val="00AB33B1"/>
     <w:rsid w:val="00AB34F5"/>
     <w:rsid w:val="00AC5668"/>
+    <w:rsid w:val="00AD31C5"/>
+    <w:rsid w:val="00AD37B7"/>
     <w:rsid w:val="00AE18CE"/>
     <w:rsid w:val="00AF066E"/>
     <w:rsid w:val="00AF2CA4"/>
+    <w:rsid w:val="00B008CC"/>
     <w:rsid w:val="00B04ADF"/>
     <w:rsid w:val="00B12FC4"/>
     <w:rsid w:val="00B1472F"/>
     <w:rsid w:val="00B30BF3"/>
+    <w:rsid w:val="00B32AD3"/>
+    <w:rsid w:val="00B33B28"/>
     <w:rsid w:val="00B3568D"/>
     <w:rsid w:val="00B36B26"/>
     <w:rsid w:val="00B37625"/>
+    <w:rsid w:val="00B37E85"/>
+    <w:rsid w:val="00B41DF1"/>
+    <w:rsid w:val="00B42C00"/>
+    <w:rsid w:val="00B42E6F"/>
     <w:rsid w:val="00B45FA5"/>
     <w:rsid w:val="00B5163C"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B707A8"/>
     <w:rsid w:val="00B71348"/>
     <w:rsid w:val="00B750BE"/>
+    <w:rsid w:val="00B829BB"/>
+    <w:rsid w:val="00B83980"/>
     <w:rsid w:val="00B84767"/>
     <w:rsid w:val="00B90076"/>
+    <w:rsid w:val="00B93F22"/>
     <w:rsid w:val="00B95F02"/>
+    <w:rsid w:val="00B97DA5"/>
     <w:rsid w:val="00B97F07"/>
+    <w:rsid w:val="00BA2E6A"/>
     <w:rsid w:val="00BA748D"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00BB71C8"/>
     <w:rsid w:val="00BC1D49"/>
+    <w:rsid w:val="00BC39D0"/>
     <w:rsid w:val="00BD40BE"/>
     <w:rsid w:val="00BD4B11"/>
     <w:rsid w:val="00BD7868"/>
+    <w:rsid w:val="00BE1357"/>
+    <w:rsid w:val="00BE65DE"/>
     <w:rsid w:val="00BF01FD"/>
+    <w:rsid w:val="00BF44FE"/>
+    <w:rsid w:val="00BF6FBB"/>
+    <w:rsid w:val="00C044F8"/>
     <w:rsid w:val="00C06E9B"/>
     <w:rsid w:val="00C12971"/>
+    <w:rsid w:val="00C13F96"/>
     <w:rsid w:val="00C20755"/>
     <w:rsid w:val="00C21692"/>
+    <w:rsid w:val="00C263AA"/>
+    <w:rsid w:val="00C30657"/>
     <w:rsid w:val="00C32D5F"/>
     <w:rsid w:val="00C33212"/>
     <w:rsid w:val="00C33578"/>
     <w:rsid w:val="00C33E62"/>
     <w:rsid w:val="00C42D69"/>
     <w:rsid w:val="00C466C0"/>
+    <w:rsid w:val="00C561E5"/>
     <w:rsid w:val="00C57FB3"/>
     <w:rsid w:val="00C6358B"/>
     <w:rsid w:val="00C74D38"/>
     <w:rsid w:val="00C77663"/>
+    <w:rsid w:val="00C8223F"/>
+    <w:rsid w:val="00C8361B"/>
+    <w:rsid w:val="00C838ED"/>
+    <w:rsid w:val="00C91FB9"/>
+    <w:rsid w:val="00C9494E"/>
     <w:rsid w:val="00C95BF1"/>
+    <w:rsid w:val="00CA27F0"/>
     <w:rsid w:val="00CA31A3"/>
+    <w:rsid w:val="00CA34AB"/>
+    <w:rsid w:val="00CA5A73"/>
     <w:rsid w:val="00CA622B"/>
+    <w:rsid w:val="00CA6DB1"/>
     <w:rsid w:val="00CB0985"/>
+    <w:rsid w:val="00CB0E1E"/>
     <w:rsid w:val="00CB2A3B"/>
+    <w:rsid w:val="00CB493B"/>
     <w:rsid w:val="00CB4C2C"/>
     <w:rsid w:val="00CC09F5"/>
     <w:rsid w:val="00CC1355"/>
     <w:rsid w:val="00CC2506"/>
+    <w:rsid w:val="00CC2A5E"/>
     <w:rsid w:val="00CC53A8"/>
+    <w:rsid w:val="00CC7194"/>
+    <w:rsid w:val="00CC7BC5"/>
+    <w:rsid w:val="00CD1256"/>
     <w:rsid w:val="00CD19D6"/>
+    <w:rsid w:val="00CD769D"/>
     <w:rsid w:val="00CE2E27"/>
     <w:rsid w:val="00CE5924"/>
     <w:rsid w:val="00CE7242"/>
     <w:rsid w:val="00CF23AA"/>
     <w:rsid w:val="00CF3E9F"/>
     <w:rsid w:val="00CF7A25"/>
     <w:rsid w:val="00D0411A"/>
     <w:rsid w:val="00D060F1"/>
     <w:rsid w:val="00D127AB"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D139A8"/>
+    <w:rsid w:val="00D1778D"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D17E21"/>
     <w:rsid w:val="00D22BAD"/>
+    <w:rsid w:val="00D24D5B"/>
+    <w:rsid w:val="00D24F61"/>
     <w:rsid w:val="00D268A2"/>
     <w:rsid w:val="00D36AB1"/>
+    <w:rsid w:val="00D37F04"/>
     <w:rsid w:val="00D424DB"/>
+    <w:rsid w:val="00D47D7C"/>
+    <w:rsid w:val="00D535F9"/>
     <w:rsid w:val="00D63D3D"/>
+    <w:rsid w:val="00D71389"/>
+    <w:rsid w:val="00D72058"/>
     <w:rsid w:val="00D80294"/>
+    <w:rsid w:val="00D8192F"/>
     <w:rsid w:val="00D81B0D"/>
     <w:rsid w:val="00D81FDF"/>
+    <w:rsid w:val="00D83FAD"/>
+    <w:rsid w:val="00D84557"/>
+    <w:rsid w:val="00D87C6D"/>
     <w:rsid w:val="00D9085D"/>
     <w:rsid w:val="00D92786"/>
+    <w:rsid w:val="00D970F9"/>
+    <w:rsid w:val="00D978E7"/>
     <w:rsid w:val="00D97ECD"/>
+    <w:rsid w:val="00DA0F75"/>
     <w:rsid w:val="00DB5183"/>
+    <w:rsid w:val="00DB5EBE"/>
     <w:rsid w:val="00DB7EAC"/>
+    <w:rsid w:val="00DC02BC"/>
+    <w:rsid w:val="00DC17E0"/>
     <w:rsid w:val="00DC55FF"/>
+    <w:rsid w:val="00DC622E"/>
+    <w:rsid w:val="00DC7B18"/>
     <w:rsid w:val="00DD06AA"/>
-    <w:rsid w:val="00DD4846"/>
+    <w:rsid w:val="00DD1C57"/>
+    <w:rsid w:val="00DD5E3E"/>
+    <w:rsid w:val="00DE0A11"/>
     <w:rsid w:val="00DE2FD8"/>
     <w:rsid w:val="00DE5E6D"/>
     <w:rsid w:val="00DE70AA"/>
     <w:rsid w:val="00DF08F6"/>
+    <w:rsid w:val="00DF09BE"/>
     <w:rsid w:val="00DF1971"/>
     <w:rsid w:val="00E11117"/>
     <w:rsid w:val="00E112FE"/>
     <w:rsid w:val="00E13AAC"/>
     <w:rsid w:val="00E17C04"/>
+    <w:rsid w:val="00E17E0F"/>
     <w:rsid w:val="00E2278A"/>
+    <w:rsid w:val="00E23A14"/>
     <w:rsid w:val="00E269D6"/>
+    <w:rsid w:val="00E32EED"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
+    <w:rsid w:val="00E356EF"/>
     <w:rsid w:val="00E37A66"/>
     <w:rsid w:val="00E40C7A"/>
     <w:rsid w:val="00E43D55"/>
+    <w:rsid w:val="00E45EFC"/>
+    <w:rsid w:val="00E467F1"/>
     <w:rsid w:val="00E46BEC"/>
     <w:rsid w:val="00E47C85"/>
     <w:rsid w:val="00E5195D"/>
     <w:rsid w:val="00E53807"/>
     <w:rsid w:val="00E55F3F"/>
     <w:rsid w:val="00E65586"/>
     <w:rsid w:val="00E65EAE"/>
     <w:rsid w:val="00E66CE7"/>
+    <w:rsid w:val="00E74483"/>
     <w:rsid w:val="00E74FA8"/>
     <w:rsid w:val="00E776C2"/>
     <w:rsid w:val="00E807BD"/>
     <w:rsid w:val="00E91647"/>
     <w:rsid w:val="00EA6242"/>
     <w:rsid w:val="00EA68EA"/>
     <w:rsid w:val="00EA7DED"/>
+    <w:rsid w:val="00EB0B54"/>
     <w:rsid w:val="00EB1557"/>
     <w:rsid w:val="00EB38E1"/>
+    <w:rsid w:val="00EB66B3"/>
     <w:rsid w:val="00EC2B68"/>
     <w:rsid w:val="00EC2F84"/>
+    <w:rsid w:val="00EC4875"/>
     <w:rsid w:val="00ED0216"/>
     <w:rsid w:val="00ED04B9"/>
     <w:rsid w:val="00ED4BFC"/>
     <w:rsid w:val="00ED75E0"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE25EC"/>
     <w:rsid w:val="00EE4D37"/>
     <w:rsid w:val="00EE72CA"/>
     <w:rsid w:val="00EF5BFA"/>
     <w:rsid w:val="00F07FB2"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F2410B"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F2699B"/>
     <w:rsid w:val="00F27C5B"/>
     <w:rsid w:val="00F311D2"/>
+    <w:rsid w:val="00F34577"/>
+    <w:rsid w:val="00F345EA"/>
     <w:rsid w:val="00F36197"/>
+    <w:rsid w:val="00F4318F"/>
+    <w:rsid w:val="00F45D30"/>
+    <w:rsid w:val="00F5380D"/>
+    <w:rsid w:val="00F61293"/>
     <w:rsid w:val="00F70D34"/>
+    <w:rsid w:val="00F719FE"/>
+    <w:rsid w:val="00F73BFA"/>
+    <w:rsid w:val="00F80999"/>
+    <w:rsid w:val="00F84984"/>
     <w:rsid w:val="00F856CD"/>
     <w:rsid w:val="00F86606"/>
     <w:rsid w:val="00F92E50"/>
     <w:rsid w:val="00F958EC"/>
     <w:rsid w:val="00F97606"/>
     <w:rsid w:val="00FA4427"/>
     <w:rsid w:val="00FB45A6"/>
     <w:rsid w:val="00FB4B6D"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FB5A0F"/>
     <w:rsid w:val="00FB757B"/>
     <w:rsid w:val="00FB7B7B"/>
     <w:rsid w:val="00FC3EAD"/>
+    <w:rsid w:val="00FC5AF3"/>
     <w:rsid w:val="00FC69D9"/>
     <w:rsid w:val="00FC7E90"/>
     <w:rsid w:val="00FD1856"/>
     <w:rsid w:val="00FD5133"/>
     <w:rsid w:val="00FD5B95"/>
+    <w:rsid w:val="00FD6F32"/>
+    <w:rsid w:val="00FD75F1"/>
     <w:rsid w:val="00FE0C83"/>
+    <w:rsid w:val="00FE438F"/>
+    <w:rsid w:val="00FF2546"/>
     <w:rsid w:val="00FF29DA"/>
     <w:rsid w:val="00FF6ABA"/>
     <w:rsid w:val="00FF7F8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
+  <w15:docId w15:val="{FC0AF9EB-BC7B-4479-A81A-EEBC51E24AA7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -23958,50 +29529,60 @@
     <w:name w:val="Table Data Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="TableData"/>
     <w:rsid w:val="00602461"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial"/>
       <w:kern w:val="2"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00520217"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00730D95"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1706327104">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2006516063">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -24264,55 +29845,684 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{77E0FA70-4665-4E29-B64A-F16142831192}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006D7707" w:rsidRDefault="006D7707">
+          <w:r w:rsidRPr="003A08F3">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="FSMe-Bold">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Daytona">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="006D7707"/>
+    <w:rsid w:val="006D7707"/>
+    <w:rsid w:val="00726602"/>
+    <w:rsid w:val="00D37F04"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006D7707"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -24573,59 +30783,68 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
@@ -24713,170 +30932,194 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...8 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>30747</Characters>
+  <Pages>22</Pages>
+  <Words>6975</Words>
+  <Characters>38016</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>904</Lines>
-  <Paragraphs>404</Paragraphs>
+  <Lines>905</Lines>
+  <Paragraphs>459</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Support Coordination Deed Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>36026</CharactersWithSpaces>
+  <CharactersWithSpaces>44532</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Support Coordination Deed Form</dc:title>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Jordan, Elspeth</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID2">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID3">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID7">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID8">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="sTmpGUID">
     <vt:lpwstr>0185abd3-8804-4eeb-9a9a-e2996aecb681</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="WebdocsID">
     <vt:lpwstr>1485613R1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>666a3976,57c5b2e5,6a8ed490,772e863c,3630869f,2b6ab085</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T01:25:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>06b7adf3-bb30-4a10-a333-316a12407b01</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>