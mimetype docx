--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,50 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2E669B6F" w14:textId="57950DC9" w:rsidR="00CC1355" w:rsidRPr="004A37FD" w:rsidRDefault="00437F56" w:rsidP="00E97D26">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:t>Management</w:t>
       </w:r>
       <w:r w:rsidR="0026436F">
@@ -1261,60 +1270,68 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="48626C93" w14:textId="4E8BEE41" w:rsidR="00A14E36" w:rsidRPr="006F6AC9" w:rsidRDefault="00A14E36" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Plan Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1D19FA86" w14:textId="2698148F" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="0026436F">
+    <w:p w14:paraId="0B446AAA" w14:textId="77777777" w:rsidR="00DE25FE" w:rsidRDefault="00DE25FE" w:rsidP="00DE25FE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="240"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D19FA86" w14:textId="752AEFF4" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="000E161B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="697A79D3" w14:textId="77777777" w:rsidR="000203BF" w:rsidRDefault="0026436F" w:rsidP="0026436F">
-      <w:pPr>
+    <w:p w14:paraId="697A79D3" w14:textId="75E946AD" w:rsidR="000203BF" w:rsidRDefault="0026436F" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1322,9973 +1339,11775 @@
         <w:t xml:space="preserve"> is a person with disability who </w:t>
       </w:r>
       <w:r w:rsidR="00113CA0">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>takes part</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS</w:t>
       </w:r>
+      <w:r w:rsidR="00113CA0" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00113CA0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has a plan under the </w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (the </w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00881435">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. The plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000203BF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6999344C" w14:textId="1AA07270" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B. The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been appointed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State Administrative Tribunal of Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="000203BF">
-[...121 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+    </w:p>
+    <w:p w14:paraId="052463C2" w14:textId="6F74B33D" w:rsidR="00916EDF" w:rsidRPr="00277A5A" w:rsidRDefault="00277A5A" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">C. The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> represents that it has the skills, expertise and experience necessary to provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB37C1" w:rsidRPr="00E5322D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB37C1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which will be funded through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00881435">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provisions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00277A5A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF45C8" w14:textId="5B509B64" w:rsidR="00916EDF" w:rsidRPr="006F6AC9" w:rsidRDefault="00916EDF" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. The </w:t>
+      </w:r>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Public </w:t>
+      </w:r>
+      <w:r w:rsidR="00466410">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E64AE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereunder) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">wishes to engage the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
+        <w:t xml:space="preserve"> under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has agreed to be so engaged. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4BEEB5" w14:textId="0FBF082F" w:rsidR="001766B9" w:rsidRDefault="00916EDF" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">E. This </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sets out </w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provisions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upon which the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...131 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D17A446" w14:textId="77777777" w:rsidR="00277A5A" w:rsidRPr="00277A5A" w:rsidRDefault="00277A5A" w:rsidP="0026436F">
-[...277 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7FBBDC90" w14:textId="77777777" w:rsidR="001766B9" w:rsidRDefault="001766B9" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="001766B9" w:rsidSect="007361C0">
-          <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301C0B99" w14:textId="0C7D792C" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="006F6AC9">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>AGREED TERMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7434B824" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
-    <w:p w14:paraId="1C6B4BA1" w14:textId="6D03756C" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="1C6B4BA1" w14:textId="216BDCA0" w:rsidR="005D17D8" w:rsidRPr="000E161B" w:rsidRDefault="000A745F" w:rsidP="005D17D8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D17D8" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Definitions and interpretation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>1.1 Definitions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2735D0E6" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="78368CD5" w14:textId="3CD4892D" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless expressed or implied to the contrary: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A02434" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="78421BD7" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Day</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means Monday to Friday excluding public holidays in Western Australia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10B4A78D" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="30031E60" w14:textId="5802D660" w:rsidR="009E64AE" w:rsidRDefault="009E64AE" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commonwealth</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means Commonwealth of Australia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B91416D" w14:textId="77777777" w:rsidR="009E64AE" w:rsidRPr="00B3101D" w:rsidRDefault="009E64AE" w:rsidP="005D17D8">
-[...32 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="005E3FA5">
+    <w:p w14:paraId="3899A28A" w14:textId="77777777" w:rsidR="00D625A3" w:rsidRPr="003E6C79" w:rsidRDefault="00D625A3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk211187152"/>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Compensation Reduction Amount </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an amount the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may reduce a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1825">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s funding for reasonable and necessary supports to account for compensation received or given up.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4961EF88" w14:textId="77777777" w:rsidR="00CC46C3" w:rsidRPr="00CC46C3" w:rsidRDefault="00CC46C3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk222475097"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Confidential Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means information that is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2F192F" w14:textId="77777777" w:rsidR="00CC46C3" w:rsidRPr="00CC46C3" w:rsidRDefault="00CC46C3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(a) by its nature confidential; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22E605AE" w14:textId="77777777" w:rsidR="00CC46C3" w:rsidRPr="00696D17" w:rsidRDefault="00CC46C3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b) labelled, notified or described by the disclosing party as confidential at the time of its disclosure.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00690D50">
-[...13 lines deleted...]
-      <w:r w:rsidR="00BB71C8" w:rsidRPr="00E97D26">
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="48BC7E2C" w14:textId="123F5713" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dispute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a dispute </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC6AB6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or disagreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arising under or in connection with this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45B2F9AB" w14:textId="4ABF0A4A" w:rsidR="00CE2E27" w:rsidRDefault="005D17D8" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 2 of Schedule 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>which is either the date the plan ends or the date the plan extension ends. W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s Plan end date' </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="0065327B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DA859B" w14:textId="77777777" w:rsidR="00B94A3B" w:rsidRPr="00BF7320" w:rsidRDefault="00B94A3B" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engagement Date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is defined at clause 2.1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20856364" w14:textId="7FF70146" w:rsidR="007819B1" w:rsidRPr="00A95F18" w:rsidRDefault="007819B1" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Funding Period </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he specific timeframe set by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which a portion of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95F18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">funding </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is made available for use.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FBF698" w14:textId="047AAF2E" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s guardian in a guardianship order made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>State Administrative Tribunal, Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, namely the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or the person to whom the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has delegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powers and duties in respect of that appointment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0173EBAF" w14:textId="6A3644C3" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762364C8" w14:textId="20E7EE7F" w:rsidR="009E64AE" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3101D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Health Information</w:t>
+      </w:r>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means information, data and medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>opinion</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009E64AE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on or about an individual's state of physical or mental health and wellbeing, including matters pertaining to disease, affliction, disability and drug or alcohol addiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CAF98ED" w14:textId="26DEB028" w:rsidR="009E64AE" w:rsidRPr="009E64AE" w:rsidRDefault="009E64AE" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B3101D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3101D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means any requirement or rule of any statute, subordinate legislation, the common law or equity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B823AB" w14:textId="7C40F288" w:rsidR="0047393C" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Agency, established by section 117 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2506" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26928DF9" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Scheme, being the arrangements set out in Chapter 3 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79BFE572" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRDefault="005D17D8" w:rsidP="005E1ABD">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fair-Trading</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="00E97D26">
+        <w:t>National Disability Insurance Scheme Act 2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E6BE40" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77107900" w14:textId="68855515" w:rsidR="00CC46C3" w:rsidRPr="00CC46C3" w:rsidRDefault="00CC46C3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Act 201</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0027420D" w:rsidRPr="00E97D26">
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk222475178"/>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means </w:t>
+      </w:r>
+      <w:r w:rsidR="000E4326" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a legislative instrument under</w:t>
+      </w:r>
+      <w:r w:rsidR="000E4326">
+        <w:rPr>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="00E97D26">
+        <w:t>National Disability Insurance Scheme Rules 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A36D072" w14:textId="77777777" w:rsidR="00CC46C3" w:rsidRPr="00312CB0" w:rsidRDefault="00CC46C3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Compliance Action </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to compliance and enforcement action, including banning orders, compliance orders, enforceable undertakings and suspension or revocation of registration taken by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in relation to the Service Provider.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="32F43DF2" w14:textId="7B2B018E" w:rsidR="009845C6" w:rsidRDefault="009845C6" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009845C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Guide to Plan Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009845C6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the most recent practice guide issued by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009845C6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time which outlines the roles, responsibilities and activities of providers of plan management services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="244FA782" w14:textId="5671FD76" w:rsidR="00051F84" w:rsidRDefault="00051F84" w:rsidP="00051F84">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s plan that is in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C92710A" w14:textId="77777777" w:rsidR="001D4E8A" w:rsidRPr="00533E26" w:rsidRDefault="001D4E8A" w:rsidP="001D4E8A">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Practice Standards </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specify the quality standards that need to be met by </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Registered Providers </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">delivering </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F02E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F02E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C7E7CA" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the document of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that sets out the general pricing arrangements that apply to all supports in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the specific arrangements that apply to individual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521BB4F7" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Commission established by section 181A of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D1EA08D" w14:textId="77777777" w:rsidR="00A67F95" w:rsidRDefault="00A67F95" w:rsidP="00A67F95">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Regis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tered Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has completed and maintains all requirements of NDIS registration and is in possession of a current certificate of registration granted by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outlining the services the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered to provide, the period of registration, and any conditions the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must follow to keep registration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0447F396" w14:textId="77777777" w:rsidR="00A67F95" w:rsidRPr="000E4326" w:rsidRDefault="00A67F95" w:rsidP="00A67F95">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E4326">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E4326">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means legislative instruments made under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E4326">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E4326">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EA9FE7" w14:textId="0BFA4612" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the document of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that provides information on the current price limits for each support item and indicates for each price-limited support item the claim types that can be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1510DA1D" w14:textId="4FBB8965" w:rsidR="001D4E8A" w:rsidRPr="00CF176E" w:rsidRDefault="001D4E8A" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk222658367"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Supports </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are defined in Section 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are supports that can be funded by the NDIS and declared by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00756404" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supports. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="2CB05E3A" w14:textId="7B9F6FAA" w:rsidR="0047516E" w:rsidRDefault="0047516E" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5590">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cheme </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a national scheme run by the Office of the Australian Information Commissioner (OAIC), requiring any organisation or agency covered by the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Privacy Act 1988, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to notify affected individuals and the OAIC when a data breach is likely to result in harm to an individual whose personal information is involved.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31CC4659" w14:textId="77777777" w:rsidR="00B94A3B" w:rsidRPr="00576D9A" w:rsidRDefault="00B94A3B" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means a person with a disability who is a participant in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and has a right to have plan under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Act </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00576D9A">
+        <w:rPr>
+          <w:rStyle w:val="ui-provider"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F80F08" w14:textId="0C831A9F" w:rsidR="00CC2506" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Personal Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means personal information within the definition in the Privacy Act 1988 (C</w:t>
+      </w:r>
+      <w:r w:rsidR="004964C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F55B1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005D17D8" w:rsidRPr="005E3FA5">
-[...20 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="006F6AC9">
+    </w:p>
+    <w:p w14:paraId="3641F7CA" w14:textId="7991D715" w:rsidR="0066186B" w:rsidRPr="002B209D" w:rsidRDefault="0066186B" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Extension </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an automatic extension of the existing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...194 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidR="00114A07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...41 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hasn’t been finalised prior to the current </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan End Date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D057945" w14:textId="137050DD" w:rsidR="005E1ABD" w:rsidRDefault="00703448" w:rsidP="000E161B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is when a participant chooses to use </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE7728">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00292D6B" w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lan </w:t>
+      </w:r>
+      <w:r w:rsidR="00292D6B" w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">anagement </w:t>
+      </w:r>
+      <w:r w:rsidR="00292D6B" w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to manage their NDIS funds which involves receiving funds from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and disbursing these funds on behalf of the participant to providers of other services received</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; in that regard, see </w:t>
+      </w:r>
+      <w:r w:rsidR="00406138">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Item </w:t>
+      </w:r>
+      <w:r w:rsidR="00487354">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Schedule 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1ABD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D545ED8" w14:textId="044B3BAF" w:rsidR="00292D6B" w:rsidRPr="002B38D7" w:rsidRDefault="00292D6B" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...129 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an organisation delivering </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Plan Management </w:t>
+      </w:r>
+      <w:r w:rsidR="002B38D7" w:rsidRPr="002B38D7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F1CA11E" w14:textId="7F72EF7C" w:rsidR="00292D6B" w:rsidRPr="00292D6B" w:rsidRDefault="00292D6B" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Manager </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a person who delivers </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00292D6B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan Management</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272243AE" w14:textId="2B9C6B9E" w:rsidR="004A0655" w:rsidRDefault="005D17D8" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, or the person to whom the </w:t>
-[...307 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> means the person appointed as the Public Advocate, being the office continued in existence by section </w:t>
+      </w:r>
+      <w:r w:rsidR="007E336B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>National Disability Insurance Scheme Act 2013</w:t>
-[...453 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Privacy Act 1988, </w:t>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="00576D9A">
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AFE813B" w14:textId="58931B66" w:rsidR="00CC46C3" w:rsidRDefault="00CC46C3" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk222475446"/>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means this agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and includes its Schedules and Appendices including any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s and any documents incorporated by reference hereby, but no terms and conditions put forward, or sought by to be put forward, by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be referred to as this, or the Service Agreement, or any service agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="797A10E9" w14:textId="77777777" w:rsidR="0001200E" w:rsidRPr="006F6AC9" w:rsidRDefault="0001200E" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>documented change to this Service Agreement. C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023572A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>explains the requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in that regard</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="126F158C" w14:textId="4560B271" w:rsidR="00FF1451" w:rsidRPr="00C3735E" w:rsidRDefault="00FF1451" w:rsidP="00D625A3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the organisation engaged to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="387F6A6F" w14:textId="09D22245" w:rsidR="00CC46C3" w:rsidRPr="00A67F95" w:rsidRDefault="00CC46C3" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the Service Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (including</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination Provider,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan Management Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and Specialist Disability Accommodation Providers)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms and conditions for the provision of goods and/or services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To remove any doubt, the Service Provider's terms and conditions are not this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but are a separate appendix to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A67F95">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBE6B43" w14:textId="4298E47E" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the services set out in Schedule 2 and, where one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the services set out in those </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="426D786F" w14:textId="0E3F2BC4" w:rsidR="0066186B" w:rsidRPr="006F6AC9" w:rsidRDefault="0066186B" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 1 of Schedule 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk200903979"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which is either the date the plan commences, or the plan extension commences </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been made, the 'Participant’s Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>start</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date' </w:t>
+      </w:r>
+      <w:r w:rsidR="00D94C6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="0065327B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="330B1E04" w14:textId="64BDDC8F" w:rsidR="006A1222" w:rsidRPr="00ED65DE" w:rsidRDefault="006A1222" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Support Coordination </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="008A5C42">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>support designed to assist the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to implement their </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan according to their wishes and budgets, build the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>personal capacity and connect the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3051">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3051">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3051">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3051">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC3051">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>roviders, community, mainstream and other government services</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="177A949B" w14:textId="2AF480CD" w:rsidR="006A1222" w:rsidRPr="006F6AC9" w:rsidRDefault="006A1222" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person engaged to provide support coordination services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which includes assisting the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to implement the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, building the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> capacity and connecting the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to NDIS service providers and community, mainstream and other government services. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30010C77" w14:textId="792D5816" w:rsidR="005E1ABD" w:rsidRDefault="005D17D8" w:rsidP="000519D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the term of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, as determined under clause 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9943E5" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58DFEBF8" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1.2 Interpretation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22EFC708" w14:textId="6EC5F774" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.1 This </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to be construed in accordance with the laws of </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AB491E" w14:textId="5FFB3BFD" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.2 In this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except where the context requires otherwise: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7323A733" w14:textId="1A2E6614" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the singular includes the plural and </w:t>
+      </w:r>
+      <w:r w:rsidR="00664EA1" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vice versa.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4574B060" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) another grammatical form of a defined word or expression has a corresponding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>meaning;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39946049" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) a reference to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577FA69B" w14:textId="3FB25A77" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(i) a clause, schedule, appendix or annexure is a reference to a clause, schedule, appendix or annexure in or to this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which are deemed part of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA08C5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA08C5" w:rsidRPr="00955D81">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and must be complied with</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with their expressed and implied terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00955D81">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA1DE50" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ii) a person includes the legal personal representatives, successors and permitted assigns of that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C95736" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iii) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any body</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which no longer exists or has been reconstituted, renamed, replaced or whose powers or functions have been removed or transferred to another body or agency, is a reference to the body which most closely serves the purposes or objects of the first-mentioned </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>body;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFEB6A2" w14:textId="75F716EF" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iv) a statute includes regulations under it and consolidations, amendments, re-enactments or replacements of any of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>them;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A36BF23" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(v) this or any other document includes the document as varied or replaced regardless of any change in the identity of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parties;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4722C4D3" w14:textId="40B46729" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) headings and sub-headings are inserted for ease of reference only and do not affect the interpretation of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FDD540" w14:textId="77777777" w:rsidR="005726EB" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(e) where the expression including or includes is used it means 'including but not limited to' or 'including without limitation'.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C86E50D" w14:textId="2FB334D0" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D18AFAA" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="000E161B" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Term </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="148EB0BE" w14:textId="1A507903" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2.1 Term of </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BBB672" w14:textId="046E573E" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commences on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the date on which the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Manag</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ment Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was engaged to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(referred to as the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Engagement Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, whichever is later, and continues for the period until the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, unless terminated earlier in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00174915">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BB4790E" w14:textId="746B40CD" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D646C9D" w14:textId="71C52A6E" w:rsidR="00841B8A" w:rsidRPr="000E161B" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Acknowledgements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00093749" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arranties and </w:t>
+      </w:r>
+      <w:r w:rsidR="00093749" w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esponsibilities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.1 Acknowledgements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68111282" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The parties acknowledge and agree: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0819DC51" w14:textId="7ED69D7D" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.1 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a person with a disability and, in providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have regard to the human rights of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as set out in the United Nations Convention on the Rights of Persons with Disabilities</w:t>
+      </w:r>
+      <w:r w:rsidR="0091508D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="0091508D" w:rsidRPr="00BE65F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0091508D" w:rsidRPr="00BE65F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Standards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CE0C49" w14:textId="1C129D73" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signs this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to powers vested in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00490306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651ED5E7" w14:textId="74D87EB5" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.3 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exercise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rights and powers of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B058F9" w14:textId="342EE10F" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.4 this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes expectations as to how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n will act to exercise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F5590">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s rights in relation to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009845C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235C3442" w14:textId="672A65D8" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.5 the rights, duties and responsibilities of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cease upon the cessation of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s appointment as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65076CA5" w14:textId="77777777" w:rsidR="00CC46C3" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.6 this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is otherwise unaffected by the cessation of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s appointment as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless the parties vary or terminate it in accordance with its terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="_Hlk221795371"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk222486807"/>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the guardianship of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has ceased, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any other guardian who represents the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, shall exercise all powers and rights of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as those conferred on the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC46C3" w:rsidRPr="00CC46C3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="0864CA8D" w14:textId="0BA3B3B2" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.7 a </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009845C6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be made in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00341065">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 to continue the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(with or without variation) beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified in item 2 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006F55B1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556D849B" w14:textId="46972F78" w:rsidR="006F55B1" w:rsidRDefault="006F55B1" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.8 the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may enforce this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> against the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including if the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits an actual or suspected breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E" w:rsidRPr="001F5590">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740ACEAE" w14:textId="6A25A33D" w:rsidR="007B29F2" w:rsidRDefault="00067463" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk184621650"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.9 that, for the duration of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Term, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will have, maintain and comply with all statutory, government and legal requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>including licen</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>es and st</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6F6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>atutory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00876066" w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egistered </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00067463">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00114A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00114A07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and deliver a service that is compliant with NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB6F6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">requirements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00114A07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>policies and procedures</w:t>
+      </w:r>
+      <w:r w:rsidR="00114A07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="523FE4AA" w14:textId="07F8A8AB" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B168C4" w14:textId="254C71CA" w:rsidR="007B29F2" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’s warranties </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A95A4E" w14:textId="0BB3B5AF" w:rsidR="007B29F2" w:rsidRPr="006F6AC9" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> warrants that: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4490ADCF" w14:textId="18D6999D" w:rsidR="007B29F2" w:rsidRPr="006F6AC9" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.1 it has</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and will continue to have,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the skills, expertise and experience necessary to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provisions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD0131A" w14:textId="36AD3886" w:rsidR="00911DE7" w:rsidRDefault="00911DE7" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.2 its governing body </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67225" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will, and will continue to, ensure that</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">strategic and business planning </w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">properly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">considers legislative requirements, organisational risks, other requirements related to operating under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (for example Agency requirements and guidance), </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E" w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipants’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and workers’ needs and the wider organisational </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>environment</w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1894246D" w14:textId="104489C3" w:rsidR="00F67225" w:rsidRPr="008E514F" w:rsidRDefault="00F67225" w:rsidP="00125B16">
+      <w:pPr>
+        <w:pStyle w:val="pf0"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="120" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>a proper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quality management system is </w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in place, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>maintained</w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is relevant and proportionate to the size and scale of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00533E26" w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00533E26" w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="00341065" w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egistered </w:t>
+      </w:r>
+      <w:r w:rsidR="00533E26" w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the scope and complexity of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delivered. The system defines how to meet the requirements of legislation and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Practice </w:t>
+      </w:r>
+      <w:r w:rsidR="008E514F" w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00533E26">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>tandards</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The system is reviewed and updated as required to improve support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>delivery</w:t>
+      </w:r>
+      <w:r w:rsidR="00781E01">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3765F26A" w14:textId="3F5D3C92" w:rsidR="007B29F2" w:rsidRPr="006F6AC9" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0897">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to entering the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>tart date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>nd date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at items 1 and 2 of Schedule 1, it verified with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A738A5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00490306">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00490306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00490306">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the accuracy of those </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>dates;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0904F78F" w14:textId="0FC3ABF0" w:rsidR="007B29F2" w:rsidRPr="006F6AC9" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0897">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prior to entering the details of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Schedule 2, it confirmed with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r </w:t>
+      </w:r>
+      <w:r w:rsidR="00490306">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00490306">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that there is sufficient funding available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the total cost for all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed in Schedule </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="114240E9" w14:textId="3D6DCBB4" w:rsidR="007B29F2" w:rsidRPr="006F6AC9" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0897">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> it will only charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B" w:rsidRPr="00222AEA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, according to the applicable funding periods prescribed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B" w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="0066186B" w:rsidRPr="00222AEA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed in Schedule 2 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made during the Term of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF89516" w14:textId="74CA9D86" w:rsidR="007B29F2" w:rsidRDefault="007B29F2" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0897">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regardless of the price specified for any support item in Schedule 2 or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, it will charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and not more than the current price limit for the relevant support item</w:t>
+      </w:r>
+      <w:r w:rsidR="009C2D2F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specified in the current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (as updated </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or replaced </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0057536A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9116B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EA3CD82" w14:textId="77777777" w:rsidR="00E97D26" w:rsidRDefault="00E97D26" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADBA89C" w14:textId="4FD86BB8" w:rsidR="003664D9" w:rsidRDefault="00841B8A" w:rsidP="000E161B">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">’s responsibilities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="082ADD53" w14:textId="7120DF60" w:rsidR="003664D9" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54748694" w14:textId="77777777" w:rsidR="00AE3349" w:rsidRDefault="00AE3349" w:rsidP="00AE3349">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk222487005"/>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.1 shall immediately report to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any serious concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">health, safety and wellbeing, and shall provide written notice to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 24 hours of becoming aware of a significant incident or risk to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>health,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safety and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wellbeing;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="2D34DB3D" w14:textId="4831EB18" w:rsidR="00AE3349" w:rsidRPr="006F6AC9" w:rsidRDefault="00AE3349" w:rsidP="00AE3349">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D5C818" w14:textId="05DE7E45" w:rsidR="005E1ABD" w:rsidRDefault="006B5D3F" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C25455">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in a timely manner </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07B0B" w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and monitor the funding in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to ensure funds are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>being spent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the plan and in line with the expected </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>spend in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="439EC9B9" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3C09B0" w14:textId="7D53588D" w:rsidR="006B5D3F" w:rsidRPr="006B5D3F" w:rsidRDefault="006B5D3F" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3349">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B94A3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall</w:t>
+      </w:r>
+      <w:r w:rsidR="00C25455">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a timely manner </w:t>
+      </w:r>
+      <w:r w:rsidR="00E07B0B" w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manage</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claims and disperse funds to </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1451" w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF1451" w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delivered in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6657">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6657">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00510F86" w:rsidRPr="00E07B0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>associated</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6657" w:rsidRPr="00510F86">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5388">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="42633F8F" w14:textId="2BE4D17D" w:rsidR="00AE3349" w:rsidRPr="00E57118" w:rsidRDefault="00AE3349" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk221795522"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk193553562"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.5 may propose additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contained in Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57118" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which shall be incorporated into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the extent that they:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="748A25FD" w14:textId="77777777" w:rsidR="00AE3349" w:rsidRPr="00E57118" w:rsidRDefault="00AE3349" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) are Lawful, fair and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E06154" w14:textId="74135764" w:rsidR="00AE3349" w:rsidRPr="00E57118" w:rsidRDefault="00AE3349" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) may be required where the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to record (and keep recorded) business specific information about how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will meet requirements; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2502CEA0" w14:textId="509D75D4" w:rsidR="00AE3349" w:rsidRPr="00E57118" w:rsidRDefault="00AE3349" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) do not authorise or provide any indemnity or release from or limitation on liability in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00510F86" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breach of any Laws, non-compliance with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the performance standards in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.4;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="62FAE10E" w14:textId="3405668A" w:rsidR="00406138" w:rsidRPr="00E57118" w:rsidRDefault="00406138" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00510F86" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A shall ensure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00510F86" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not render the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00816BEE" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080245B" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reasonably and in good faith, responsible for payment of any overspend of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds as set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E161B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A1CAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="74FCEF0B" w14:textId="76C62159" w:rsidR="00510F86" w:rsidRDefault="00510F86" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk221795681"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.6 shall propose </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any changes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by providing written notice of the changes in the form of a replacement Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57118" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This notice should provide a summary of the proposed changes in language the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is most likely to understand. The proposed changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with clause</w:t>
+      </w:r>
+      <w:r w:rsidR="009557A2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.3.5</w:t>
+      </w:r>
+      <w:r w:rsidR="009557A2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.5A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will replace Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57118" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> once notice has been provided (unless the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has rejected the same </w:t>
+      </w:r>
+      <w:r w:rsidR="000E161B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="000E161B" w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grounds of them being in breach of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="5A8217FD" w14:textId="74C1468D" w:rsidR="00C3735E" w:rsidRDefault="002B5226" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA3F3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E07B0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36D2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in a timely manner</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide regular statements to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36D2B" w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E50D4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (where appointed) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to show the financial</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E" w:rsidRPr="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E" w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">status of their plan including prompt notification of overspend or underspend, regardless of reporting </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C3735E" w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>frequency</w:t>
+      </w:r>
+      <w:r w:rsidR="00C3735E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3255F812" w14:textId="58E4F84C" w:rsidR="006B5D3F" w:rsidRDefault="006B5D3F" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E07B0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36D2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep full and accurate records of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delivered to the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5388">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="406C5997" w14:textId="36C3EEBF" w:rsidR="006B5D3F" w:rsidRDefault="006B5D3F" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E07B0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B36D2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> submit a </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required in accordance with clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D5551">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA5388">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="41671727" w14:textId="5773F708" w:rsidR="00E83A3A" w:rsidRDefault="006B5D3F" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E07B0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidR="00B36D2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deliver services to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in such a way as to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>give</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effect </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the personal and lifestyle decisions made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E83A3A" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="7E5E8DCF" w14:textId="77777777" w:rsidR="0040381C" w:rsidRPr="0040381C" w:rsidRDefault="0040381C" w:rsidP="0040381C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C732F0B" w14:textId="001C9803" w:rsidR="0040381C" w:rsidRPr="0040381C" w:rsidRDefault="0040381C" w:rsidP="0040381C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) warrants that it has </w:t>
+      </w:r>
+      <w:r w:rsidR="00663BCE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00663BCE" w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Conflict-of-Interest Declaration form, in the format published by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on its website, in relation to any actual or perceived conflicts of interest</w:t>
+      </w:r>
+      <w:r w:rsidR="00663BCE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and provided it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for approval prior to entering into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E081C1" w14:textId="615E5277" w:rsidR="005E1ABD" w:rsidRDefault="0040381C" w:rsidP="0040381C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b) will provide an updated Conflict</w:t>
+      </w:r>
+      <w:r w:rsidR="0070448A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="0070448A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Interest Declaration form to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval if any undeclared actual or perceived conflicts of interest arise during the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0040381C" w:rsidDel="00517CFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E3CB178" w14:textId="7727F8DE" w:rsidR="007E34D3" w:rsidRDefault="007E34D3" w:rsidP="007E34D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009557A2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 1 Business Day of being advised by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Compliance Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is being taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040381C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="205AABFC" w14:textId="735D3F60" w:rsidR="009557A2" w:rsidRDefault="007E34D3" w:rsidP="007E34D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="009557A2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall support the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
-      <w:r w:rsidRPr="00576D9A">
-[...71 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to experience a planned and coordinated transition to or from another </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>required</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including a coordinated approach to budget transfer between </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FF1451">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19710C68" w14:textId="02998702" w:rsidR="007E34D3" w:rsidRDefault="009557A2" w:rsidP="007E34D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.14 </w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is aware</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that a failure to comply with clauses 3.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3, 3.3.4 and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may result in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC7053" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being liable to repay any amounts which have not been spent in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006B5D3F" w:rsidDel="00E83A3A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the extent caused or contributed to by any wrong or default by or on the part of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF" w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidDel="00E83A3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F5B405" w14:textId="627445EA" w:rsidR="007E34D3" w:rsidRDefault="007E34D3" w:rsidP="007E34D3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.15 shall act in a financially responsible and prudent manner in its performance of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B10251" w14:textId="77777777" w:rsidR="00635DBB" w:rsidRDefault="00635DBB" w:rsidP="00E07B0B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2597BAFF" w14:textId="16B50544" w:rsidR="006B5D3F" w:rsidRDefault="006B5D3F" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Performance Standards</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14FFB2F8" w14:textId="0F883975" w:rsidR="006B5D3F" w:rsidRPr="00E97D26" w:rsidRDefault="006B5D3F" w:rsidP="00125B16">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...22 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and in doing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>so,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must perform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C45256F" w14:textId="1A30A87E" w:rsidR="006B5D3F" w:rsidRPr="00E97D26" w:rsidRDefault="006B5D3F" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB" w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 for the purposes of achieving the goals, and in compliance with, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3627678D" w14:textId="77777777" w:rsidR="00635DBB" w:rsidRDefault="006B5D3F" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB" w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.2 in a courteous and respectful manner,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F55B1" w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F55B1" w:rsidRPr="00635DBB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lawfully</w:t>
+      </w:r>
+      <w:r w:rsidR="006F55B1" w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with due skill, diligence, care and consistent with the highest professional and industry standards, including in a manner consistent with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Guide to Plan </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26677307" w14:textId="010BA0E0" w:rsidR="006B5D3F" w:rsidRDefault="006B5D3F" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB" w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.3 in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, all applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="006F55B1" w:rsidRPr="00510F86">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00510F86">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aws</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and any reasonable request </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00781E01">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="3F61F752" w14:textId="73090D16" w:rsidR="00510F86" w:rsidRPr="008D08BA" w:rsidRDefault="00510F86" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4 in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but in the event of conflict between those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the former shall prevail over the latter to the extent of the conflict (provided that, first, those </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are Lawful, fair and reasonable, and, second, that silence shall neither amount to nor form the basis of conflict); and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C59E1B4" w14:textId="598979E8" w:rsidR="00510F86" w:rsidRDefault="00510F86" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk193555108"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4A </w:t>
+      </w:r>
+      <w:r w:rsidR="004028F8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he conflict and precedence provisions of clause 3.4.4 do not apply if and to the extent that the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are contrary to clauses </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk222664070"/>
+      <w:r w:rsidR="00ED47FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 4, 7.1, 7.2, 7</w:t>
+      </w:r>
+      <w:r w:rsidR="0042615D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 and 8.8 </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="3DD139A5" w14:textId="77777777" w:rsidR="002F1E59" w:rsidRPr="00E97D26" w:rsidRDefault="002F1E59" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72C0E83C" w14:textId="706A33F3" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="00635DBB">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Guardian’s responsibilities </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1E8182" w14:textId="2F0743C2" w:rsidR="00934212" w:rsidRPr="008D3123" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC4579">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429D3012" w14:textId="0477C610" w:rsidR="00934212" w:rsidRPr="008D3123" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="002D415C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do all things </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002D415C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002D415C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cooperate with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3123" w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">manage and monitor the funding available through the </w:t>
+      </w:r>
+      <w:r w:rsidR="008D3123" w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008D3123" w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="614F8D16" w14:textId="5027E94F" w:rsidR="005E1ABD" w:rsidRDefault="009934E9" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk180949826"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.2 take reasonable steps to work with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to action administrative tasks in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidR="00BA5388">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="262E655A" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="742B2547" w14:textId="60474B65" w:rsidR="00934212" w:rsidRPr="008D3123" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="009934E9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="722536D3" w14:textId="485A1523" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="009934E9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide feedback as needed regarding the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00586861">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00586861">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C5878C" w14:textId="2226C10F" w:rsidR="00586861" w:rsidRDefault="00586861" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.5 make decisions in conjunction with the delivery of NDIS services, such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00372EB6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00372EB6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing consent to share information with a third party</w:t>
+      </w:r>
+      <w:r w:rsidR="00923CA2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but only as and when, and to the extent deemed appropriate by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00923CA2" w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00923CA2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00923CA2" w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidR="00923CA2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total discretion))</w:t>
+      </w:r>
+      <w:r w:rsidR="00372EB6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FC27B8E" w14:textId="47780D9D" w:rsidR="00CB5369" w:rsidRDefault="00CB5369" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C85EDD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> use reasonable endeavors to acknowledge receipt of service delivery information provided by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00501658" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00501658">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00501658">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a policy and procedures manual, to accord with a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">role and responsibilities under the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have no obligations on account of or arising from any such receipt or acknowledgement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="316BAC61" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRPr="00510CAF" w:rsidRDefault="005E1ABD" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1047A818" w14:textId="3557D8E7" w:rsidR="00A53806" w:rsidRDefault="00A53806" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Privacy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E093D3" w14:textId="5D76FC8E" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA4F66D" w14:textId="65CFF76C" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 protect the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s privacy and collect, use, disclose and otherwise handle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal Information</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> means personal information within the definition in the Privacy Act 1988 (Cth)</w:t>
-[...264 lines deleted...]
-      <w:r w:rsidRPr="00292D6B">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Health Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> collected by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
-      <w:r>
-[...124 lines deleted...]
-        <w:t xml:space="preserve"> of the </w:t>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in connection with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D3123">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only for the purpose of performing its obligations under this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and only in compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47233">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47233">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laws </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47233">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
-[...47 lines deleted...]
-      <w:r>
+        <w:t>Privacy Act 1988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE25FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">th) and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160B14C1" w14:textId="1541FE5D" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="002D415C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promptly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notify</w:t>
+      </w:r>
+      <w:r w:rsidR="0047516E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="0047516E" w:rsidRPr="001F5590">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
+      </w:r>
+      <w:r w:rsidR="001F5590" w:rsidRPr="001F5590">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0047516E" w:rsidRPr="001F5590">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cheme</w:t>
+      </w:r>
+      <w:r w:rsidR="0047516E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing of any actual or suspected breach of its obligations under clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D9332B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="503A48AE" w14:textId="4C849D8F" w:rsidR="006909CC" w:rsidRPr="006F6AC9" w:rsidRDefault="006909CC" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk186744622"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.6.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within 30 days of the signing of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and thereafter every time there is</w:t>
+      </w:r>
+      <w:r w:rsidR="003972B8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> policy or procedures change on the part of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a copy of its privacy policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in language the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is most likely to understand;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the above can be achieved by providing a link to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017404B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s privacy, policies and procedures available on the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...370 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk200903979"/>
-[...106 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A76D92F" w14:textId="55AA69B2" w:rsidR="00BF1F8E" w:rsidRDefault="00BF1F8E" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk184011835"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.4 inform the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F" w:rsidRPr="007E0C79">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0C79">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...116 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00FA304F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of how </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">their information is stored and used, and when and how </w:t>
+      </w:r>
+      <w:r w:rsidR="00375FD2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BC3051">
-[...332 lines deleted...]
-    <w:p w14:paraId="58DFEBF8" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="008D49C6">
+      <w:r w:rsidR="00375FD2" w:rsidRPr="00375FD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F" w:rsidRPr="00375FD2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can access or correct their </w:t>
+      </w:r>
+      <w:r w:rsidR="001725E5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>information and</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA304F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> withdraw or amend their prior consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="6A18F48B" w14:textId="77777777" w:rsidR="00432E74" w:rsidRDefault="00432E74" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F86A083" w14:textId="0961505E" w:rsidR="00FA1FAF" w:rsidRDefault="00FA1FAF" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...178 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="120"/>
-        <w:ind w:left="1440"/>
-[...6040 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00E62ECB">
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Indemnity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC88F70" w14:textId="77777777" w:rsidR="00FA1FAF" w:rsidRDefault="00FA1FAF" w:rsidP="00FA1FAF">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5B33B153" w14:textId="0F077885" w:rsidR="00FA1FAF" w:rsidRPr="006F6AC9" w:rsidRDefault="00FA1FAF" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -11360,329 +13179,850 @@
         <w:t>Plan Management Provider</w:t>
       </w:r>
       <w:r w:rsidR="0066186B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0066186B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">s breach of this </w:t>
       </w:r>
       <w:r w:rsidR="0066186B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Service </w:t>
+        <w:t xml:space="preserve">Service Agreement </w:t>
       </w:r>
       <w:r w:rsidR="0066186B">
         <w:rPr>
-          <w:b/>
-[...3 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or any other wrongful or unlawful act or omission</w:t>
+      </w:r>
+      <w:r w:rsidR="00621060">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00621060">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A2FDCF8" w14:textId="3C7B1C2A" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02EE1B22" w14:textId="77777777" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Agreement </w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="00621060">
+        <w:t xml:space="preserve">3.8 Confidential Information </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0393A2EC" w14:textId="22274A99" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk222396681"/>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025048C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="10E32E7C" w14:textId="5FA79810" w:rsidR="00DC55FF" w:rsidRDefault="004C0AA8" w:rsidP="009F3AB7">
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must keep all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided to it by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(or received by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or through this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) for the purposes of providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confidential. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DDFAB9" w14:textId="1157FCC7" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only disclose the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE86483" w14:textId="77777777" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) with the written consent of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D64D3ED" w14:textId="7673E401" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) to its employees, contractors or advisors solely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comply with obligations, or to exercise rights, under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1022F8E0" w14:textId="77777777" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) as required by any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B271AF" w14:textId="65CA0367" w:rsidR="008D08BA" w:rsidRPr="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) where the information is in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledge or enters the public domain through no fault of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60C004EA" w14:textId="53FC9459" w:rsidR="008D08BA" w:rsidRPr="00D82951" w:rsidRDefault="008D08BA" w:rsidP="008D08BA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.3 Subject to any legal requirements, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must destroy or return </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above within a reasonable time after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has made a written request.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="5A2CC3C1" w14:textId="77777777" w:rsidR="008D08BA" w:rsidRDefault="008D08BA" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10E32E7C" w14:textId="047DB5D0" w:rsidR="00DC55FF" w:rsidRPr="007E34D3" w:rsidRDefault="004C0AA8" w:rsidP="009F3AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00DC55FF">
+      <w:r w:rsidR="00DC55FF" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Insurance </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B20C2B5" w14:textId="77777777" w:rsidR="00DC55FF" w:rsidRPr="006F6AC9" w:rsidRDefault="00DC55FF" w:rsidP="005D17D8">
-[...7 lines deleted...]
-    <w:p w14:paraId="1698670A" w14:textId="1F811A3F" w:rsidR="00A7287D" w:rsidRDefault="00A7287D" w:rsidP="00A7287D">
+    <w:p w14:paraId="1698670A" w14:textId="302231DC" w:rsidR="00A7287D" w:rsidRDefault="00A7287D" w:rsidP="00A7287D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Hlk193557546"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk193557546"/>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="_Hlk180075775"/>
-      <w:bookmarkStart w:id="15" w:name="_Hlk180066962"/>
+      <w:bookmarkStart w:id="22" w:name="_Hlk180075775"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk180066962"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">warrants that, during the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and for the period after the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00BC2AC6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>recommended</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, it will maintain adequate levels of insurance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="6FB596B0" w14:textId="33307E52" w:rsidR="00A7287D" w:rsidRDefault="00A7287D" w:rsidP="00A7287D">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will seek professional advice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the type, duration and amount of insurance that is necessary.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="6FB596B0" w14:textId="33307E52" w:rsidR="00A7287D" w:rsidRPr="007E34D3" w:rsidRDefault="00A7287D" w:rsidP="00A7287D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>4.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> To meet the requirements of 4.1 the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan Management Provider </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">will obtain Public Liability Insurance and Professional Indemnity Insurance that meets the minimum level of cover that is commensurate to the scope of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Plan Management Provider.</w:t>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2462D6A6" w14:textId="7EE895A9" w:rsidR="00A7287D" w:rsidRPr="003D257F" w:rsidRDefault="00A7287D" w:rsidP="00A7287D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan Management Provider </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">warrants that it has sought and considered the appropriate professional advice in relation to its insurance requirements and needs, in the light of all relevant factors, including this </w:t>
+        <w:t xml:space="preserve">warrants that it has sought and considered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> professional advice in relation to its insurance requirements and needs, in the light of all relevant factors, including this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and its rights and obligations hereunder.</w:t>
@@ -11753,51 +14093,67 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">evidence of </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>its compliance with clause 4.1</w:t>
+        <w:t xml:space="preserve">its compliance with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and 4.2</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C18C42" w14:textId="4369C325" w:rsidR="001F5590" w:rsidRDefault="00A7287D" w:rsidP="001F5590">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
@@ -11855,129 +14211,158 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Management Provider’s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rights under any of the above insurance policies.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:p w14:paraId="51500A37" w14:textId="20CCD1B6" w:rsidR="009F3AB7" w:rsidRPr="000A6549" w:rsidRDefault="004C0AA8" w:rsidP="000A6549">
+    <w:p w14:paraId="221A4A84" w14:textId="0C6C5DAD" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="51500A37" w14:textId="7C9E67AA" w:rsidR="009F3AB7" w:rsidRPr="007E34D3" w:rsidRDefault="004C0AA8" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="009F3AB7" w:rsidRPr="000A6549">
-[...12 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Complaints and </w:t>
+      </w:r>
+      <w:r w:rsidR="005E1ABD" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ispute resolution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220E4C60" w14:textId="60C734A2" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="004C0AA8" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The parties must attempt to resolve all complaints and disputes under this clause 5 before starting any court proceedings, other than court proceedings for interlocutory</w:t>
       </w:r>
       <w:r w:rsidR="00FA1FAF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, injunctive or declaratory</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> relief. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7888187E" w14:textId="77777777" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="364CB728" w14:textId="6E00B0CE" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="004C0AA8" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>.2</w:t>
       </w:r>
@@ -12045,60 +14430,53 @@
       </w:r>
       <w:r w:rsidR="00D154C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Provider </w:t>
       </w:r>
       <w:r w:rsidR="00D154C1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>and their right to access advocates</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The parties agree to use these processes to try to resolve any complaint or dispute. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C4E76C" w14:textId="77777777" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="221CE7DE" w14:textId="08438CC6" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="004C0AA8" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>.3</w:t>
       </w:r>
@@ -12140,228 +14518,307 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="00FA1FAF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> refer the complaint or dispute to the </w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">NDIS Quality &amp; Safeguards Commission, </w:t>
-[...8 lines deleted...]
-        <w:t>Department of Mines, Industry, Regulation and Safety (Consumer Protection WA)</w:t>
+        <w:t xml:space="preserve">NDIS Quality </w:t>
+      </w:r>
+      <w:r w:rsidR="005E005B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> or</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguards Commission, </w:t>
+      </w:r>
+      <w:r w:rsidR="005E005B" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="007133C5" w:rsidRPr="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of Local Government, Industry Regulation and Safety</w:t>
+      </w:r>
+      <w:r w:rsidR="007133C5" w:rsidRPr="00D47912" w:rsidDel="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007133C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Consumer Protection)</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
-          <w:b/>
-[...32 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for determination or resolution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA1B02F" w14:textId="736A7B29" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="004C0AA8" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>.4</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Despite the existence of a complaint or dispute, the parties must continue to perform their obligations under this </w:t>
+        <w:t xml:space="preserve"> Despite the existence of a complaint or dispute, the parties must continue to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perform</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their obligations under this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="009F3AB7" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D154C1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  There is a supportive environment for any person who provides feedback and/or makes a complaint.</w:t>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve"> There is a supportive environment for any person who provides feedback and/or makes a complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="328C3C78" w14:textId="1DC8E5B4" w:rsidR="00FA1FAF" w:rsidRDefault="00FA1FAF" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>5.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nothing in the preceding provisions of this clause 5 shall reduce or otherwise affect a party's rights under clause </w:t>
       </w:r>
       <w:r w:rsidR="002A1BA3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26273403" w14:textId="77777777" w:rsidR="00FF25B4" w:rsidRDefault="00FF25B4" w:rsidP="005D17D8">
-[...7 lines deleted...]
-    <w:p w14:paraId="293893AA" w14:textId="22BFF7AC" w:rsidR="00FF25B4" w:rsidRDefault="00FF25B4" w:rsidP="00FF25B4">
+    <w:p w14:paraId="26273403" w14:textId="77777777" w:rsidR="00FF25B4" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293893AA" w14:textId="176D05E4" w:rsidR="00FF25B4" w:rsidRPr="007E34D3" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk184012138"/>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC751D">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC751D">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mergency </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC751D">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vent or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC751D">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>isaster</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34196FD6" w14:textId="1DCFA868" w:rsidR="00FC7053" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F5590">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>6.1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -12405,364 +14862,523 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00375FD2">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ervices</w:t>
       </w:r>
       <w:r w:rsidRPr="007E0C79">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the event of a community emergency event or disaster.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F166EF0" w14:textId="0376F9EA" w:rsidR="00FC7053" w:rsidRPr="004E1645" w:rsidRDefault="00FC7053" w:rsidP="00FC7053">
+    <w:p w14:paraId="3F166EF0" w14:textId="544353CF" w:rsidR="00FC7053" w:rsidRPr="007E34D3" w:rsidRDefault="00FC7053" w:rsidP="0036666E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E1ABD">
+        <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...6 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
         <w:t>6.2</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E1645">
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004E1645">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4EEF" w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="001F4EEF">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E1645">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include details of their business continuity plan in their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004E1645">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="004E1645">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as provided for in 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D08BA" w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="0001200E">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="008D08BA" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E1645">
+      <w:r w:rsidRPr="007E34D3">
         <w:rPr>
           <w:rStyle w:val="cf01"/>
-          <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-          <w:bCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:p w14:paraId="43972E91" w14:textId="08D9861B" w:rsidR="000A6549" w:rsidRDefault="00FF25B4" w:rsidP="000A6549">
+    <w:p w14:paraId="3AB01BD9" w14:textId="77777777" w:rsidR="005E1ABD" w:rsidRPr="007E34D3" w:rsidRDefault="005E1ABD" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="43972E91" w14:textId="08D9861B" w:rsidR="000A6549" w:rsidRPr="007E34D3" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r w:rsidR="000A6549">
+      <w:r w:rsidR="000A6549" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Termination </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C18110E" w14:textId="6AF8EB3F" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="00B51747">
+    <w:p w14:paraId="0C18110E" w14:textId="6AF8EB3F" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:t xml:space="preserve">.1 Termination for convenience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1252FA77" w14:textId="4A4C7CEF" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D424DB">
+    <w:p w14:paraId="1252FA77" w14:textId="124CC140" w:rsidR="00B51747" w:rsidRDefault="008D08BA" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B51747">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time without cause and without needing to provide reasons by giving the </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 30 days’ notice</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B51747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or sooner, if the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00966059">
+      <w:r w:rsidR="00B51747" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00B51747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> decides that circumstances warrant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="145F596F" w14:textId="76622990" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="00B51747">
+    <w:p w14:paraId="06E2BA24" w14:textId="5E28CCF6" w:rsidR="008D08BA" w:rsidRPr="00A46570" w:rsidRDefault="008D08BA" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk222397277"/>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.2 The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may propose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consistent with this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>that extend the notice period in clause 7.1.1 above to a maximum of 90 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w14:paraId="2AC7F3F3" w14:textId="1BDB4CFB" w:rsidR="005E1ABD" w:rsidRDefault="005E1ABD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145F596F" w14:textId="76622990" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-      <w:r>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:t xml:space="preserve">.2 Termination by the Participant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28F6C5A0" w14:textId="0855B62A" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-      <w:pPr>
+    <w:p w14:paraId="28F6C5A0" w14:textId="0855B62A" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> immediately by notice to the </w:t>
+        <w:t xml:space="preserve"> immediately by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> if: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E085DD9" w14:textId="77777777" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="420515B0" w14:textId="695429A6" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.1 the </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -12793,427 +15409,462 @@
         <w:t xml:space="preserve"> which, in the opinion of the </w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, cannot be remedied</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or amounts to a repudiation of this </w:t>
       </w:r>
+      <w:r w:rsidR="0001200E" w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7B692A" w14:textId="7FD887CC" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(subject to clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC0897">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits a breach of this </w:t>
+      </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E9E72D7" w14:textId="30832616" w:rsidR="00D24E81" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) fails to commence action to remedy the breach within </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7DEB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Day</w:t>
+      </w:r>
+      <w:r w:rsidR="00D24E81">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has served notice requiring it to do </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>so;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084D45B2" w14:textId="48B5ADAC" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) having commenced action to remedy the breach, fails to complete that action as soon as possible and in any event, within </w:t>
+      </w:r>
+      <w:r w:rsidR="008018CE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Days of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE864F8" w14:textId="152FD842" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.3 in the opinion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, continuation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would pose a risk to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s safety or personal</w:t>
+      </w:r>
       <w:r w:rsidR="00B51747">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by the </w:t>
-[...8 lines deleted...]
-        <w:t>Plan Management Provider</w:t>
+        <w:t>, mental or</w:t>
       </w:r>
       <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">; </w:t>
-[...317 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> social wellbeing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1476681F" w14:textId="77777777" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-[...7 lines deleted...]
-    <w:p w14:paraId="1D852190" w14:textId="5491EF24" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="00B51747">
+    <w:p w14:paraId="1476681F" w14:textId="77777777" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D852190" w14:textId="5491EF24" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:t xml:space="preserve">.3 Termination by </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:t>Plan Management Provider</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="176562EA" w14:textId="66152584" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-      <w:pPr>
+    <w:p w14:paraId="176562EA" w14:textId="66152584" w:rsidR="00B51747" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13245,446 +15896,485 @@
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D061C7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> days’ notice. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27905711" w14:textId="510780A3" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="00B51747">
+    <w:p w14:paraId="1EE0D0B7" w14:textId="77777777" w:rsidR="00CC751D" w:rsidRPr="00D424DB" w:rsidRDefault="00CC751D" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27905711" w14:textId="510780A3" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
-        <w:t xml:space="preserve">.4 Termination as a consequence of changes to the Participant's Plan </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">.4 Termination </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B51747">
+        <w:t>as a consequence of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B51747">
+        <w:t xml:space="preserve"> changes to the Participant's Plan </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6768F985" w14:textId="5FA37B5A" w:rsidR="00B51747" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
+      <w:r w:rsidR="0001200E" w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreed to under this </w:t>
+      </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Participant's Plan</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ceases or has been exhausted</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, acting reasonably and in good faith and with the welfare and wellbeing of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being the paramount consideration (but at no cost to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), cannot or do not agree a mutually satisfactory solution within a reasonable period of time</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the </w:t>
-[...117 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4139550F" w14:textId="0C752045" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="00B51747">
+    <w:p w14:paraId="5B0211E8" w14:textId="77777777" w:rsidR="00CC751D" w:rsidRPr="00D424DB" w:rsidRDefault="00CC751D" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4139550F" w14:textId="0C752045" w:rsidR="00B51747" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00B51747">
         <w:t xml:space="preserve">.5 Effect of termination or expiry </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F80EFF3" w14:textId="6D55EB45" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-      <w:pPr>
+    <w:p w14:paraId="4F80EFF3" w14:textId="6D55EB45" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not affect: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20820C67" w14:textId="77777777" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00B51747" w:rsidP="00B51747">
-[...17 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="38229E11" w14:textId="7D50EBFD" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1 any accrued rights or remedies of either party; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E05231" w14:textId="0602E04C" w:rsidR="00B51747" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.2 the operation of clauses 3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E62ECB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00D83F38">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or any other provision which, by its nature, is intended to survive termination or expiry of this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00B51747" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4559F1C2" w14:textId="4C3EFDD3" w:rsidR="00CC751D" w:rsidRDefault="00CC751D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AC769F" w14:textId="5437F092" w:rsidR="00473F78" w:rsidRPr="007E34D3" w:rsidRDefault="00FF25B4" w:rsidP="00473F78">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>7</w:t>
-[...137 lines deleted...]
-      <w:r>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78">
+      <w:r w:rsidR="00473F78" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">. General </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD67CCF" w14:textId="567EB73A" w:rsidR="00473F78" w:rsidRDefault="00FF25B4" w:rsidP="00473F78">
+    <w:p w14:paraId="4AD67CCF" w14:textId="567EB73A" w:rsidR="00473F78" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.1 Amendment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8413DB" w14:textId="1A1C143C" w:rsidR="00473F78" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="001B3229" w14:textId="77777777" w:rsidR="0031768E" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.1 During the </w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13745,1042 +16435,1155 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may amend the information contained in </w:t>
       </w:r>
       <w:r w:rsidR="00406138">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Schedule 1 by advising the other party in writing of the updated information. Such amendments should be communicated within 7 days of the change. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="19EC27A4" w14:textId="77777777" w:rsidR="00C0208D" w:rsidRPr="007E34D3" w:rsidRDefault="00C0208D" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Hlk218771867"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with 3.2.5 of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2893">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not required where </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Indexation</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is applied to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w14:paraId="097EA550" w14:textId="78E961D9" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2 If during the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">A </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the parties agree to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344F27E8" w14:textId="756AA7FD" w:rsidR="00E55F3F" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>continuing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> beyond the Participant’s Plan end date specified in item 2 of Schedule 1 or, if a </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">is not required where </w:t>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indexation </w:t>
-[...6 lines deleted...]
-        <w:t>is applied to the</w:t>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and/or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="239AEBC9" w14:textId="1E73E638" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) alter the range and/or details of services specified in Schedule 2 or, if a </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Participant’s Plan </w:t>
-[...6 lines deleted...]
-        <w:t>by the</w:t>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> NDIA.</w:t>
-[...11 lines deleted...]
-      <w:pPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="119DC8B3" w14:textId="6D3F4D9F" w:rsidR="00E55F3F" w:rsidRPr="001B0FE5" w:rsidRDefault="00A536E4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="0089678C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the standard form provided by the </w:t>
+      </w:r>
+      <w:r w:rsidR="0089678C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) reflecting the agreed amendments (including the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dates, if applicable) within 10 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the agreement. There is no limit on the number of times a new </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0FE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A11140D" w14:textId="330B542B" w:rsidR="00A536E4" w:rsidRPr="00FF0E97" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> of the </w:t>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.3 A </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">(a) the </w:t>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken to be made after the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completes the appended Support Coordinator’s Notation unless the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informs the </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing within 5 Business Days of the Support Coordinator’s Notation that it does not agree to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in which case the </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken not to have been made and is of no effect.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29EF362D" w14:textId="5E3838FD" w:rsidR="00A536E4" w:rsidRPr="00FF0E97" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.4 A </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> replaces Schedule 2 and any earlier </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in respect of services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> beyond the Participant’s Plan end date specified in item 2 of Schedule 1 or, if a </w:t>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participan</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> start and end dates specified in that </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A536E4">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4EEF" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4EEF" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must specify all </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4EEF" w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="001F4EEF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ervices </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF0E97" w:rsidRPr="00FF0E97">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to be provided within that period.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27EDE997" w14:textId="4A5B9729" w:rsidR="00A536E4" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.5 Except as provided for in clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.1 or clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.2, this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
-[...617 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A536E4" w:rsidRPr="00A536E4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.1.5 Except as provided for in clause </w:t>
-[...42 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> may only be varied or replaced by a document executed by the parties</w:t>
       </w:r>
       <w:r w:rsidR="00FF0E97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EBBBB13" w14:textId="77777777" w:rsidR="00A536E4" w:rsidRDefault="00A536E4" w:rsidP="00A536E4">
-[...7 lines deleted...]
-    <w:p w14:paraId="426F1D46" w14:textId="1776098D" w:rsidR="0014762F" w:rsidRPr="00A536E4" w:rsidRDefault="00FF25B4" w:rsidP="00B750BE">
+    <w:p w14:paraId="0EBBBB13" w14:textId="77777777" w:rsidR="00A536E4" w:rsidRDefault="00A536E4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="426F1D46" w14:textId="1776098D" w:rsidR="0014762F" w:rsidRPr="00A536E4" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00A536E4">
         <w:t xml:space="preserve">.2 Entire understanding </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E295FA" w14:textId="77BC7CC9" w:rsidR="0014762F" w:rsidRPr="00A536E4" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="02E295FA" w14:textId="02363AC3" w:rsidR="00CC751D" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, explanations and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A536E4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>commitments,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expressed or implied, affecting this subject matter are superseded by this </w:t>
+      </w:r>
+      <w:r w:rsidR="0001200E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A536E4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and have no effect. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7578F3AC" w14:textId="77777777" w:rsidR="00CC751D" w:rsidRDefault="00CC751D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BE49FD" w14:textId="53B7EEC7" w:rsidR="0014762F" w:rsidRDefault="00FF25B4" w:rsidP="0036666E">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">explanations and commitments, expressed or implied, affecting this subject matter are superseded by this </w:t>
-[...22 lines deleted...]
-      <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.3 Consents and approvals </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6CA067" w14:textId="0F9DD2FA" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="4E6CA067" w14:textId="0F9DD2FA" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the doing of any act, matter or thing under this </w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the doing of any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> act, matter or thing under this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is dependent on the consent or approval of the </w:t>
       </w:r>
       <w:r w:rsidR="0089678C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
@@ -14803,419 +17606,475 @@
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, then consent or approval may be given, or the discretion exercised conditionally or unconditionally or withheld by the </w:t>
       </w:r>
       <w:r w:rsidR="0089678C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in its absolute discretion unless express provision to the contrary is made. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77460E8D" w14:textId="56AD6BF4" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+    <w:p w14:paraId="77460E8D" w14:textId="533F97AF" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.4 Duty to </w:t>
       </w:r>
       <w:r w:rsidR="00404EA9">
-        <w:t>cooperate.</w:t>
+        <w:t>cooperate</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADB7AEC" w14:textId="6389F8E4" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="5ADB7AEC" w14:textId="6389F8E4" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each party must do everything reasonably necessary </w:t>
       </w:r>
       <w:r w:rsidR="0089678C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and reasonable </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to give full effect to this </w:t>
       </w:r>
-      <w:r w:rsidR="0001200E">
-        <w:rPr>
+      <w:r w:rsidR="0001200E" w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38969633" w14:textId="719D3551" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+    <w:p w14:paraId="38969633" w14:textId="719D3551" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.5 Legal costs and expenses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD20C78" w14:textId="0512D1B2" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="1BD20C78" w14:textId="0512D1B2" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each party must pay its own legal costs and expenses in relation to the negotiation, preparation and execution of this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other documents referred to in it, unless expressly stated otherwise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4A09FD" w14:textId="15E14B6D" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+    <w:p w14:paraId="2B4A09FD" w14:textId="15E14B6D" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="0014762F">
         <w:t xml:space="preserve">.6 Waiver and exercise of rights </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32494A14" w14:textId="40BB3269" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="32494A14" w14:textId="40BB3269" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party waiving the right. A single or partial exercise or waiver of a right relating to this </w:t>
+        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>waiving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the right. A single or partial exercise or waiver of a right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not prevent any other exercise of that right or the exercise of any other right. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517F6C87" w14:textId="7F176152" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+    <w:p w14:paraId="517F6C87" w14:textId="7F176152" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.7 Rights and remedies </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271FB492" w14:textId="06A2A337" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="271FB492" w14:textId="06A2A337" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The rights and remedies conferred on a party by this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are in addition to all other rights and remedies of that party. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06BE0E1F" w14:textId="77777777" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="0014762F" w:rsidP="00B45FA5">
-[...7 lines deleted...]
-    <w:p w14:paraId="0F886C2F" w14:textId="2640422B" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+    <w:p w14:paraId="0F886C2F" w14:textId="2640422B" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.8 Assignment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE5CF79" w14:textId="73383A49" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="3FE5CF79" w14:textId="73383A49" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FC7053" w:rsidRPr="00FC7053">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must not assign, </w:t>
       </w:r>
       <w:r w:rsidR="00404EA9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>novate,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or otherwise transfer any of its rights or obligations under this </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> otherwise transfer any of its rights or obligations under this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the prior written consent of the </w:t>
       </w:r>
       <w:r w:rsidR="0089678C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C05A9BF" w14:textId="36C66CAD" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+    <w:p w14:paraId="6C05A9BF" w14:textId="36C66CAD" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.9 No relationship </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711C306E" w14:textId="39D41A65" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="711C306E" w14:textId="39D41A65" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be construed or deemed to constitute a partnership, joint venture or employee, employer or representative relationship between any of the parties. Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be deemed to authorise or empower any of the parties to act as agent for or with any other party. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5ACDB7D0" w14:textId="1F272AEB" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0014762F">
+        <w:t xml:space="preserve"> will be deemed to authorise or empower any of the parties to act as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for or with any other party. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ACDB7D0" w14:textId="1F272AEB" w:rsidR="0014762F" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.10 Rule of construction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6DDF78" w14:textId="41C01751" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="5E6DDF78" w14:textId="41C01751" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15226,146 +18085,199 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or any part of it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B85F42" w14:textId="4B48B5BB" w:rsidR="00EA7DED" w:rsidRDefault="00EC0897" w:rsidP="00EA7DED">
+    <w:p w14:paraId="68B85F42" w14:textId="4B48B5BB" w:rsidR="00EA7DED" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.11 Counterparts </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09937462" w14:textId="4444F64D" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="09937462" w14:textId="010DAB55" w:rsidR="004E4463" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may be executed in any number of counterparts all of which taken together constitute one instrument. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="6FC12571" w14:textId="537CBBBE" w:rsidR="00EA7DED" w:rsidRDefault="00EC0897" w:rsidP="00EA7DED">
+        <w:t xml:space="preserve"> may be executed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>counterparts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which taken together constitute one instrument. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04728445" w14:textId="77777777" w:rsidR="004E4463" w:rsidRDefault="004E4463">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FC12571" w14:textId="537CBBBE" w:rsidR="00EA7DED" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.12 Notices </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308CF940" w14:textId="527B5FAD" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="308CF940" w14:textId="527B5FAD" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any notices required to be served by any party to the other party must be in writing and may be via email (see </w:t>
       </w:r>
       <w:r w:rsidR="00406138">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Schedule 1). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A1140F" w14:textId="04BC0D5D" w:rsidR="00EA7DED" w:rsidRDefault="00EC0897" w:rsidP="00EA7DED">
+    <w:p w14:paraId="47A1140F" w14:textId="04BC0D5D" w:rsidR="00EA7DED" w:rsidRDefault="00EC0897" w:rsidP="0036666E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.13 Governing law and jurisdiction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E59F29" w14:textId="21A50CDF" w:rsidR="00CC1355" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="38E59F29" w14:textId="65892F7C" w:rsidR="00CC1355" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15378,53 +18290,61 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The parties submit to the non-exclusive jurisdiction of the courts and tribunals of </w:t>
       </w:r>
       <w:r w:rsidR="00EA7DED" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and courts entitled to hear appeals from those courts</w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00477B9E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6638BA95" w14:textId="77777777" w:rsidR="00EA68EA" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="0036666E">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1DC7ADA0" w14:textId="105C8D0C" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD5C5A9" w14:textId="7BEDC63B" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00EA68EA">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B9F7AC" w14:textId="0CA9F4DE" w:rsidR="00EA68EA" w:rsidRDefault="0001200E" w:rsidP="00EA68EA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
@@ -15482,142 +18402,142 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tart </w:t>
       </w:r>
       <w:r w:rsidR="004916B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="533ADF61" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00D424DB" w:rsidRDefault="00F63933" w:rsidP="00F63933">
+    <w:p w14:paraId="533ADF61" w14:textId="1AF34360" w:rsidR="00F63933" w:rsidRPr="00D424DB" w:rsidRDefault="00F63933" w:rsidP="00F63933">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Text2"/>
+      <w:bookmarkStart w:id="27" w:name="Text2"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="Text3"/>
+      <w:bookmarkStart w:id="28" w:name="Text3"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15641,76 +18561,76 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
               <w:maxLength w:val="4"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Text4"/>
+      <w:bookmarkStart w:id="29" w:name="Text4"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15726,57 +18646,85 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="149863FB" w14:textId="749E7FB7" w:rsidR="00F63933" w:rsidRPr="005B14B7" w:rsidRDefault="00F63933" w:rsidP="00F63933">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
@@ -15802,51 +18750,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="004916B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3540628F" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00F63933">
+    <w:p w14:paraId="3540628F" w14:textId="7491A087" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00F63933">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -16046,54 +18994,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="228DD859" w14:textId="1F436271" w:rsidR="00406138" w:rsidRPr="005B14B7" w:rsidRDefault="00406138" w:rsidP="00406138">
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228DD859" w14:textId="28B4584E" w:rsidR="00406138" w:rsidRPr="005B14B7" w:rsidRDefault="00406138" w:rsidP="00406138">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16126,70 +19102,104 @@
         <w:t xml:space="preserve">must be specified when a new </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management</w:t>
       </w:r>
       <w:r w:rsidRPr="006C28EF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="006C28EF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">has commenced providing the service/s during the </w:t>
-      </w:r>
+        <w:t xml:space="preserve">has commenced providing the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006C28EF">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>service/s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006C28EF">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0093197C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C28EF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48D77595" w14:textId="62C84FDB" w:rsidR="00406138" w:rsidRDefault="00406138" w:rsidP="00406138">
+    <w:p w14:paraId="48D77595" w14:textId="61E43BEF" w:rsidR="00406138" w:rsidRDefault="00406138" w:rsidP="00406138">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -16389,144 +19399,197 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0211E1A4" w14:textId="4DEDA014" w:rsidR="00F63933" w:rsidRDefault="00406138" w:rsidP="00F63933">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 4</w:t>
       </w:r>
       <w:r w:rsidR="00F63933" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F63933">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan Management </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00F63933">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>specify either NDIA managed</w:t>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F63933">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> either </w:t>
+      </w:r>
+      <w:r w:rsidR="00F63933" w:rsidRPr="008D08BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00F63933">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> managed</w:t>
       </w:r>
       <w:r w:rsidR="004916B8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F63933">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Plan </w:t>
       </w:r>
       <w:r w:rsidR="00F63933" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">managed: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="030A1451" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00F63933">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Text5"/>
+      <w:bookmarkStart w:id="30" w:name="Text5"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -16568,51 +19631,51 @@
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="674923C2" w14:textId="034814A1" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00511A0F">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Notices</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2465BA3C" w14:textId="77777777" w:rsidR="00511A0F" w:rsidRPr="00511A0F" w:rsidRDefault="00511A0F" w:rsidP="00511A0F"/>
     <w:p w14:paraId="026FB6A3" w14:textId="3022EF84" w:rsidR="00511A0F" w:rsidRPr="008A781D" w:rsidRDefault="00EA68EA" w:rsidP="00511A0F">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rStyle w:val="Heading5Char"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A781D">
         <w:rPr>
           <w:b/>
@@ -16720,51 +19783,51 @@
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4869F46E" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text6"/>
+            <w:bookmarkStart w:id="31" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -16788,51 +19851,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="31"/>
           </w:p>
           <w:p w14:paraId="23D2EA11" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -16946,54 +20009,54 @@
               </w:rPr>
               <w:t xml:space="preserve">details </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27D17A1A" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="1499EBBE" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57D94B54" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="001F4EEF" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="57D94B54" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="001F4EEF" w:rsidRDefault="00F63933" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="735"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4EEF">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidRPr="001F4EEF">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -17001,51 +20064,51 @@
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="462BAD08" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="22" w:name="Text7"/>
+            <w:bookmarkStart w:id="32" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17069,157 +20132,157 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="22"/>
+            <w:bookmarkEnd w:id="32"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (delegated guardian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="50F200A0" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF597B6" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00D424DB" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="6FF597B6" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00D424DB" w:rsidRDefault="00F63933" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="735"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3BCA0A18" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>28, Barrack Street, PERTH 6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="7A7FB829" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="150F8505" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00014D5F" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="150F8505" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00014D5F" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="735"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>mail</w:t>
             </w:r>
             <w:r w:rsidR="00F63933">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F0EE605" w14:textId="4FA7E29F" w:rsidR="00014D5F" w:rsidRPr="00D424DB" w:rsidRDefault="00014D5F" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="6F0EE605" w14:textId="4FA7E29F" w:rsidR="00014D5F" w:rsidRPr="00D424DB" w:rsidRDefault="00014D5F" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="735"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73AACF0C" w14:textId="77777777" w:rsidR="00652C04" w:rsidRDefault="00652C04" w:rsidP="00652C04">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -17284,57 +20347,59 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>@justice.wa.gov.au</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="43890488" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08 9278 7300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3879A5CE" w14:textId="0B4A7691" w:rsidR="00511A0F" w:rsidRPr="00E97D26" w:rsidRDefault="00511A0F" w:rsidP="00E97D26"/>
     <w:p w14:paraId="569CC43D" w14:textId="21F7905B" w:rsidR="00125B90" w:rsidRDefault="00125B90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -17421,54 +20486,53 @@
               </w:rPr>
               <w:t>etails</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30AD6082" w14:textId="04F72C38" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="3BCE867D" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="17506E2D" w14:textId="27A44B3A" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="00FC7053" w:rsidP="00FF1EBC">
+          <w:p w14:paraId="17506E2D" w14:textId="27A44B3A" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="00FC7053" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4EEF">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Plan Management Provider</w:t>
             </w:r>
             <w:r w:rsidR="00F63933" w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
@@ -17637,54 +20701,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003604C0" w14:paraId="750F7456" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6741676B" w14:textId="339CAF79" w:rsidR="003604C0" w:rsidRDefault="003604C0" w:rsidP="00FF1EBC">
+          <w:p w14:paraId="6741676B" w14:textId="339CAF79" w:rsidR="003604C0" w:rsidRDefault="003604C0" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Plan Manager</w:t>
             </w:r>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
@@ -17763,55 +20826,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="2A5D52BF" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D0A4FCC" w14:textId="470C080F" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="7D0A4FCC" w14:textId="470C080F" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="00F63933" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36197">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Signed </w:t>
             </w:r>
             <w:r w:rsidR="0001200E">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -17993,55 +21055,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="00F869C6" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="593C3AC2" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00F36197" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="593C3AC2" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00F36197" w:rsidRDefault="00F63933" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76A7085A" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18174,80 +21235,79 @@
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71CA8C1F" w14:textId="0584B1F1" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="742E6C68" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="638F0DCE" w14:textId="53B38939" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="001F4EEF" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="638F0DCE" w14:textId="4A8909C4" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="001F4EEF" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SC Provider</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="00F63933" w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Address</w:t>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="420DF0A7" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="001F4EEF" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18398,55 +21458,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="7ED53A94" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3401BA4F" w14:textId="210F62FC" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="001F4EEF" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="3401BA4F" w14:textId="210F62FC" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="001F4EEF" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>SC</w:t>
             </w:r>
             <w:r w:rsidR="00F63933" w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
@@ -18525,55 +21584,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F63933" w14:paraId="7DBE36BC" w14:textId="77777777" w:rsidTr="00014D5F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3155" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="553531E1" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
+          <w:p w14:paraId="553531E1" w14:textId="77777777" w:rsidR="00F63933" w:rsidRPr="00D955DE" w:rsidRDefault="00F63933" w:rsidP="00586861">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Contact (email and phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5146" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74C77727" w14:textId="77777777" w:rsidR="00F63933" w:rsidRDefault="00F63933" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -18954,51 +22012,51 @@
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAFA986" w14:textId="72EC9572" w:rsidR="00FC7E90" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Schedule of </w:t>
       </w:r>
       <w:r w:rsidR="00DB539B">
         <w:t>Plan Management</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309A35CA" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRDefault="00FC7E90" w:rsidP="00EF5BFA">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B56A27A" w14:textId="51D7AC35" w:rsidR="00FC7E90" w:rsidRPr="00E97D26" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
+    <w:p w14:paraId="0B56A27A" w14:textId="407675C8" w:rsidR="00FC7E90" w:rsidRPr="00E97D26" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> This Schedule may be replaced by a </w:t>
       </w:r>
       <w:r w:rsidR="0001200E">
         <w:rPr>
           <w:b/>
@@ -19025,50 +22083,75 @@
         <w:t xml:space="preserve"> made under clause </w:t>
       </w:r>
       <w:r w:rsidR="00375FD2" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2 during the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
+      <w:r w:rsidR="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
       <w:r w:rsidR="00BA5388" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4822D23B" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00FC7E90" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="434F4F0D" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
@@ -19087,70 +22170,127 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="05207153" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GST Exempt </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7697DC23" w14:textId="2174D198" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="0086190A">
       <w:pPr>
         <w:ind w:left="2160" w:hanging="2160"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Yes </w:t>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086190A" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the NDIS Act, set out in the Participant's NDIS Plan currently in effect under section 37 of the NDIS Act. </w:t>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019E6E4C" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EA07322" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C435316" w14:textId="2944036A" w:rsidR="00836F8F" w:rsidRPr="00E97D26" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -19167,51 +22307,67 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> All </w:t>
       </w:r>
       <w:r w:rsidR="00DB539B" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>plan management</w:t>
       </w:r>
       <w:r w:rsidR="00847CAE" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">services to be provided during this Participant’s Plan period must be </w:t>
+        <w:t xml:space="preserve">services to be provided during this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E97D26">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period must be </w:t>
       </w:r>
       <w:r w:rsidR="00683FA6" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>prescribed in detail</w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> below and </w:t>
       </w:r>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>quote for the Plan period</w:t>
       </w:r>
       <w:r w:rsidR="004916B8">
@@ -19299,55 +22455,60 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the previous plan in the allocations at Budget Item 1</w:t>
       </w:r>
       <w:r w:rsidR="00836F8F" w:rsidRPr="00E97D26">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="488E6ED5" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00836F8F" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22BB7802" w14:textId="26461735" w:rsidR="00836F8F" w:rsidRDefault="00F7448E" w:rsidP="003405AD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">Plan Management </w:t>
       </w:r>
       <w:r w:rsidR="00EA68EA">
-        <w:t xml:space="preserve">Services </w:t>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA68EA">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17119574" w14:textId="77777777" w:rsidR="00836F8F" w:rsidRDefault="00836F8F" w:rsidP="00FC7E90"/>
     <w:p w14:paraId="58C3EC6D" w14:textId="1B2D6A18" w:rsidR="00D750A5" w:rsidRPr="000D17F7" w:rsidRDefault="004916B8" w:rsidP="00D750A5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Budget </w:t>
       </w:r>
       <w:r w:rsidR="00D750A5" w:rsidRPr="000D17F7">
         <w:rPr>
           <w:b/>
@@ -19522,51 +22683,51 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0.00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="23" w:name="Text8"/>
+            <w:bookmarkStart w:id="33" w:name="Text8"/>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -19608,51 +22769,51 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="23"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D750A5" w14:paraId="783C8EA8" w14:textId="77777777" w:rsidTr="00E97D26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9016" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2F0F47A7" w14:textId="1AC38257" w:rsidR="00D750A5" w:rsidRDefault="00D750A5" w:rsidP="00DF0E1C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -19950,51 +23111,51 @@
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="69ED4133" wp14:editId="1B316B03">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="1518391797" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId17">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1051560"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -20204,345 +23365,183 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40522">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E91F883" w14:textId="77777777" w:rsidR="00014D5F" w:rsidRPr="00F40522" w:rsidRDefault="00014D5F" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="564467A6" w14:textId="271785FD" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="00014D5F" w:rsidP="00014D5F">
+          <w:p w14:paraId="2032E161" w14:textId="4D14A501" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="004B5F6E" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...174 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D2DA408" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="001E01E8" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CAAA8EA" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="001E01E8" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4490"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E01E8" w:rsidRPr="00F40522" w14:paraId="718575E4" w14:textId="77777777" w:rsidTr="00E97D26">
+      <w:tr w:rsidR="001E01E8" w:rsidRPr="00F40522" w14:paraId="718575E4" w14:textId="77777777" w:rsidTr="004B5F6E">
         <w:trPr>
           <w:trHeight w:val="1064"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4490" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67B9F649" w14:textId="7094E90D" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40522">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SIGNED for and on behalf of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00F40522">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Participant </w:t>
@@ -20555,51 +23554,51 @@
               <w:t>by the</w:t>
             </w:r>
             <w:r w:rsidRPr="00F40522">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Guardian</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="642A2D4D" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7133CF06" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="009D5937">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D5937">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -20612,524 +23611,225 @@
               <w:p w14:paraId="4118DA8F" w14:textId="4986D677" w:rsidR="009D5937" w:rsidRPr="009D5937" w:rsidRDefault="009D5937" w:rsidP="009D5937">
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5B319679" wp14:editId="186681E4">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="1314608338" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId17">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1051560"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
                         </a:graphicData>
                       </a:graphic>
                     </wp:inline>
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001E01E8" w:rsidRPr="00F40522" w14:paraId="7520FF7D" w14:textId="77777777" w:rsidTr="00014D5F">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001E01E8" w:rsidRPr="00F40522" w14:paraId="103F0A19" w14:textId="77777777" w:rsidTr="004B5F6E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
-[...141 lines deleted...]
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0DF64A76" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00F40522" w:rsidRDefault="001E01E8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4508" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="392C4BD2" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="00C77663" w:rsidP="009D5937">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F40522">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of execution</w:t>
             </w:r>
             <w:r w:rsidR="00E97D26">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6810AEB4" w14:textId="77777777" w:rsidR="00014D5F" w:rsidRDefault="00014D5F" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="52AB49E7" w14:textId="7D7210A0" w:rsidR="00014D5F" w:rsidRPr="00014D5F" w:rsidRDefault="00014D5F" w:rsidP="00014D5F">
+          <w:p w14:paraId="52AB49E7" w14:textId="2F43E400" w:rsidR="00014D5F" w:rsidRPr="00014D5F" w:rsidRDefault="004B5F6E" w:rsidP="00014D5F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> / </w:t>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...13 lines deleted...]
-              </w:fldChar>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-[...133 lines deleted...]
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="09CD3349" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6ADEE276" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -21219,106 +23919,421 @@
       </w:r>
       <w:r w:rsidRPr="00F40522">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40522">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40522">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for completion of the Support Coordinator’s notation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A56CD22" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
+    <w:p w14:paraId="5A56CD22" w14:textId="7E269011" w:rsidR="00E57118" w:rsidRDefault="00E57118">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2871C8E6" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="151E3946" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F40522">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Support Coordinator's Notation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4387DD70" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E46F591" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00E97D26" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E97D26">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This page is for the Support Coordinator only </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13479A63" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
+    <w:p w14:paraId="13479A63" w14:textId="77777777" w:rsidR="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="738208F6" w14:textId="3F1148D2" w:rsidR="005037E2" w:rsidRDefault="005037E2" w:rsidP="005037E2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the supports </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>funded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Schedule 2 of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00271D5E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Supports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to be used in accordance with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02533565" w14:textId="77777777" w:rsidR="005037E2" w:rsidRPr="00271D5E" w:rsidRDefault="005037E2" w:rsidP="005037E2">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="164D5A2D" w14:textId="1DD68315" w:rsidR="004B5F6E" w:rsidRPr="00596EBE" w:rsidRDefault="004B5F6E" w:rsidP="004B5F6E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding set in Schedule 2 is available in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>budget/s to be allocated</w:t>
+      </w:r>
+      <w:r w:rsidR="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="005037E2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Management</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>set out in Schedule 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="018E9BC4" w14:textId="77777777" w:rsidR="004B5F6E" w:rsidRDefault="004B5F6E" w:rsidP="00F40522">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2824EFAB" w14:textId="5268CC6B" w:rsidR="00E57118" w:rsidRPr="007E34D3" w:rsidRDefault="00E57118" w:rsidP="00E57118">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to perform a compliance and enforcement actions check through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="008A5D52">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality and Safeguards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website to identify any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then immediately advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E57118">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E34D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0570D2C0" w14:textId="77777777" w:rsidR="00E57118" w:rsidRPr="00F40522" w:rsidRDefault="00E57118" w:rsidP="00F40522">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3CFA9238" w14:textId="77777777" w:rsidR="00F40522" w:rsidRPr="00F40522" w:rsidRDefault="00F40522" w:rsidP="00F40522">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F40522">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and return to the provider to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F40522">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -21367,51 +24382,51 @@
         <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34E18447" w14:textId="77777777" w:rsidR="00623F61" w:rsidRPr="00B6458B" w:rsidRDefault="00623F61" w:rsidP="00623F61">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Text9"/>
+      <w:bookmarkStart w:id="34" w:name="Text9"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -21435,51 +24450,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="4A9C796D" w14:textId="77777777" w:rsidR="00623F61" w:rsidRPr="00B6458B" w:rsidRDefault="00623F61" w:rsidP="00623F61">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEB1812" w14:textId="77777777" w:rsidR="00623F61" w:rsidRPr="00B6458B" w:rsidRDefault="00623F61" w:rsidP="00623F61">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -21609,51 +24624,51 @@
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1A39E605" wp14:editId="0875D339">
                 <wp:extent cx="2743200" cy="1051560"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2004594611" name="Picture 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId13">
+                        <a:blip r:embed="rId17">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2743200" cy="1051560"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
@@ -21765,132 +24780,66 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="36522155" w14:textId="77777777" w:rsidR="00623F61" w:rsidRDefault="00623F61" w:rsidP="00623F61">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00733D5C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D59512" w14:textId="77777777" w:rsidR="00623F61" w:rsidRPr="00D424DB" w:rsidRDefault="00623F61" w:rsidP="00623F61">
+    <w:p w14:paraId="07D59512" w14:textId="2B1D75BC" w:rsidR="00623F61" w:rsidRPr="00D424DB" w:rsidRDefault="004B5F6E" w:rsidP="00623F61">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text2"/>
-[...65 lines deleted...]
-            <w:name w:val="Text3"/>
+            <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -21920,182 +24869,184 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...90 lines deleted...]
-    <w:p w14:paraId="27C48931" w14:textId="77777777" w:rsidR="00623F61" w:rsidRPr="00020042" w:rsidRDefault="00623F61" w:rsidP="00623F61"/>
+      <w:r w:rsidR="00623F61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00623F61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00472134">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00623F61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="6D591E0A" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00DB539B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="0258C553" w14:textId="3CBBAD97" w:rsidR="00E57118" w:rsidRPr="009D7B5B" w:rsidRDefault="00E57118" w:rsidP="00E57118">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009D7B5B">
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 1: Service Provider's Terms and Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2296B6BA" w14:textId="77777777" w:rsidR="00E57118" w:rsidRPr="009D7B5B" w:rsidRDefault="00E57118" w:rsidP="00E57118"/>
+    <w:p w14:paraId="0AECD28B" w14:textId="77777777" w:rsidR="00E57118" w:rsidRPr="009D7B5B" w:rsidRDefault="00E57118" w:rsidP="00E57118"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:id w:val="-1921552859"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtContent>
+        <w:p w14:paraId="3A55E83A" w14:textId="4C808C45" w:rsidR="00E57118" w:rsidRPr="007E34D3" w:rsidRDefault="00E57118" w:rsidP="00E57118">
+          <w:pPr>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="007E34D3">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Insert terms and conditions or </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="007E34D3">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>document/s</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="007E34D3">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> containing terms and conditions below.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="0CBAC8B9" w14:textId="77777777" w:rsidR="00E57118" w:rsidRPr="007C1297" w:rsidRDefault="00E57118" w:rsidP="00E57118"/>
     <w:p w14:paraId="5AD74CC1" w14:textId="77777777" w:rsidR="00DB539B" w:rsidRPr="00DB539B" w:rsidRDefault="00DB539B" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DB539B" w:rsidRPr="00DB539B" w:rsidSect="007361C0">
-      <w:headerReference w:type="even" r:id="rId14"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:headerReference w:type="even" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5D72B93F" w14:textId="77777777" w:rsidR="00D81D95" w:rsidRDefault="00D81D95" w:rsidP="003D7CC3">
+    <w:p w14:paraId="089DB97E" w14:textId="77777777" w:rsidR="00BE75EE" w:rsidRDefault="00BE75EE" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5B220604" w14:textId="77777777" w:rsidR="00D81D95" w:rsidRDefault="00D81D95" w:rsidP="003D7CC3">
+    <w:p w14:paraId="640734AD" w14:textId="77777777" w:rsidR="00BE75EE" w:rsidRDefault="00BE75EE" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -22135,78 +25086,94 @@
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Daytona">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BFAD917" w14:textId="77777777" w:rsidR="00C92010" w:rsidRDefault="00C92010">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="971257608"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="3E102738" w14:textId="33847D89" w:rsidR="00F614DE" w:rsidRPr="00E97D26" w:rsidRDefault="00F614DE" w:rsidP="00F614DE">
+      <w:p w14:paraId="3E102738" w14:textId="131653FA" w:rsidR="00F614DE" w:rsidRPr="00E97D26" w:rsidRDefault="00F614DE" w:rsidP="00F614DE">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r w:rsidRPr="00E97D26">
           <w:t>Participant</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -22237,76 +25204,86 @@
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>18</w:t>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4953B949" w14:textId="68CE76FE" w:rsidR="00F614DE" w:rsidRDefault="00F614DE" w:rsidP="00F614DE">
+  <w:p w14:paraId="4953B949" w14:textId="6285B059" w:rsidR="00F614DE" w:rsidRDefault="00F614DE" w:rsidP="00F614DE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00E97D26">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="00465DD2">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00571DCA">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="79329235" w14:textId="77777777" w:rsidR="00C92010" w:rsidRDefault="00C92010">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="817150524"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="7B38B05C" w14:textId="22EAE175" w:rsidR="00003F9A" w:rsidRPr="00E97D26" w:rsidRDefault="00003F9A" w:rsidP="00003F9A">
+      <w:p w14:paraId="7B38B05C" w14:textId="27E81493" w:rsidR="00003F9A" w:rsidRPr="00E97D26" w:rsidRDefault="00003F9A" w:rsidP="00003F9A">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r w:rsidRPr="00E97D26">
           <w:t>Participant</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -22337,100 +25314,339 @@
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>18</w:t>
         </w:r>
         <w:r w:rsidRPr="00E97D26">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="55CF1064" w14:textId="1408FE7E" w:rsidR="00003F9A" w:rsidRDefault="00003F9A" w:rsidP="00003F9A">
+  <w:p w14:paraId="55CF1064" w14:textId="33035BA8" w:rsidR="00003F9A" w:rsidRDefault="00003F9A" w:rsidP="00003F9A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00E97D26">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="00465DD2">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00571DCA">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4F371875" w14:textId="1C55884B" w:rsidR="003544D5" w:rsidRPr="00003F9A" w:rsidRDefault="003544D5" w:rsidP="00003F9A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26421A14" w14:textId="77777777" w:rsidR="00D81D95" w:rsidRDefault="00D81D95" w:rsidP="003D7CC3">
+    <w:p w14:paraId="0A6A2AC7" w14:textId="77777777" w:rsidR="00BE75EE" w:rsidRDefault="00BE75EE" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="045DFC4C" w14:textId="77777777" w:rsidR="00D81D95" w:rsidRDefault="00D81D95" w:rsidP="003D7CC3">
+    <w:p w14:paraId="3052843C" w14:textId="77777777" w:rsidR="00BE75EE" w:rsidRDefault="00BE75EE" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70FD447E" w14:textId="0FD83186" w:rsidR="007C5284" w:rsidRDefault="007C5284" w:rsidP="007C5284">
+  <w:p w14:paraId="0FC1F3DA" w14:textId="35F17BB8" w:rsidR="009A020E" w:rsidRDefault="009A020E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C24050F" wp14:editId="66E78C16">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="455508975" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="69B8E0C8" w14:textId="74944022" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009A020E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0C24050F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="69B8E0C8" w14:textId="74944022" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009A020E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70FD447E" w14:textId="0AD5F5D8" w:rsidR="007C5284" w:rsidRDefault="009A020E" w:rsidP="007C5284">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D450F7F" wp14:editId="230094E9">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="65208382" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2D134113" w14:textId="56B4512A" w:rsidR="009A020E" w:rsidRPr="00C92010" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C92010">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4D450F7F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2D134113" w14:textId="56B4512A" w:rsidR="009A020E" w:rsidRPr="00C92010" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C92010">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="007C5284">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD4483" wp14:editId="70FD4484">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -22440,57 +25656,57 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD4485" wp14:editId="70FD4486">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -22504,120 +25720,579 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1952625" cy="495300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1644600F" w14:textId="6F3DEC36" w:rsidR="0024131E" w:rsidRDefault="0024131E">
+  <w:p w14:paraId="0C16F091" w14:textId="7E240918" w:rsidR="009A020E" w:rsidRDefault="009A020E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="477DE903" wp14:editId="42A1C933">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1037563157" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="60EBB91C" w14:textId="4E29432F" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009A020E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="477DE903" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="60EBB91C" w14:textId="4E29432F" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009A020E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DAFCCCE" w14:textId="359BD71E" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="00DB7EAC" w:rsidP="00DB7EAC">
+  <w:p w14:paraId="1644600F" w14:textId="34D9E2A7" w:rsidR="0024131E" w:rsidRDefault="009A020E">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25D901A1" wp14:editId="3D3559ED">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="712950272" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="61977366" w14:textId="0A330CE4" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009A020E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="25D901A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd3zrmDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZJ6pF8fFre9q1hR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha2EAatKflKB367ev1t2rlAzqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5B+/T6rvOgI&#10;vTXZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBITMlp94wnT6du3hmq6Uo9l64upHnNsQ/dNGKxlLR&#10;C9S9QMEOvvkDqm2khwAaJxLaDLRupEoz0DTT/M0021o4lWYhcoK70BT+H6x8PG7ds2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHpQpvqkUlyLmazm5wikkI3Hxfz+TyiZNfLzgf8qqBl0Si5p60kssTx&#10;IeCQOqbEWhY2jTFpM8b+5iDM6MmuHUYL+13PmoqKj93voDrRUB6GfQcnNw2VfhABn4WnBVO3JFp8&#10;okMb6EoOZ4uzGvyPv/ljPvFOUc46EkzJLSmaM/PN0j6itpIx/ZzPIxl+dO9Gwx7aOyAZTulFOJnM&#10;mIdmNLWH9pXkvI6FKCSspHIlx9G8w0G59BykWq9TEsnICXywWycjdKQrcvnSvwrvzoQjbeoRRjWJ&#10;4g3vQ268Gdz6gMR+WkqkdiDyzDhJMK31/Fyixn/9T1nXR736CQAA//8DAFBLAwQUAAYACAAAACEA&#10;insHsNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4&#10;UfpzXuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2Tg&#10;iwIsy8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUG&#10;e1o3VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSL&#10;ubiDgWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBd3zrmDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="61977366" w14:textId="0A330CE4" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009A020E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DAFCCCE" w14:textId="7F541372" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="009A020E" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00DB7EAC">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="577AFEDD" wp14:editId="474A7152">
+              <wp:simplePos x="915035" y="450215"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2092824715" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="10616AAA" w14:textId="0445AAF7" w:rsidR="009A020E" w:rsidRPr="00C92010" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00C92010">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="577AFEDD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe4ydWDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSJeuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3+svlw&#10;S4kPzFRMgRElPQtP71bv3y1bW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgF/3SGrHGsR&#10;XatslueLrAVXWQdceI/ehz5IVwlfSsHDk5ReBKJKir2FdLp07uOZrZasODhm64YPbbB/6EKzxmDR&#10;C9QDC4wcXfMHlG64Aw8yTDjoDKRsuEgz4DTT/M00u5pZkWZBcry90OT/Hyx/PO3ssyOh+wIdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi3m83lEya6XrfPhqwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5zYGY0ZNdO4xW6PYdaaqSfhy730N1xqEc9Pv2lm8aLL1lPjwzhwvGblG0&#10;4QkPqaAtKQwWJTW4H3/zx3zkHaOUtCiYkhpUNCXqm8F9RG0lY/o5n0cy3Ojej4Y56ntAGU7xRVie&#10;zJgX1GhKB/oV5byOhTDEDMdyJQ2jeR965eJz4GK9TkkoI8vC1uwsj9CRrsjlS/fKnB0ID7ipRxjV&#10;xIo3vPe58aa362NA9tNSIrU9kQPjKMG01uG5RI3/+p+yro969RMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXuMnVg0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="10616AAA" w14:textId="0445AAF7" w:rsidR="009A020E" w:rsidRPr="00C92010" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00C92010">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Office of the Public Advocate</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4B889A31" w14:textId="26FF72FE" w:rsidR="001766B9" w:rsidRDefault="009845C6" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Plan Management</w:t>
     </w:r>
     <w:r w:rsidR="004C585C">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="0001200E">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Service Agreement</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="26CDAC18" w14:textId="73F092D5" w:rsidR="0024131E" w:rsidRDefault="0024131E">
+  <w:p w14:paraId="26CDAC18" w14:textId="642AB2AB" w:rsidR="0024131E" w:rsidRDefault="009A020E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="551544A1" wp14:editId="0D072487">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1959088504" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4D69B7CF" w14:textId="6BBD716A" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="009A020E">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="551544A1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzXJVrDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshwbkERBYmJnXz9KiZOt7WnYRaZJ6pF8fJrf9kazg/KhBVvy8SjnTFkJVWt3Jf/5vPr0&#10;hbOAwlZCg1UlP6rAbxcfP8w7V6gJNKAr5RmB2FB0ruQNoiuyLMhGGRFG4JSlYA3eCKRfv8sqLzpC&#10;Nzqb5Pks68BXzoNUIZD3/hTki4Rf10riY10HhUyXnHrDdPp0buOZLeai2Hnhmlae2xD/0IURraWi&#10;F6h7gYLtffsGyrTSQ4AaRxJMBnXdSpVmoGnG+atpNo1wKs1C5AR3oSn8P1j5cNi4J8+w/wY9LTAS&#10;0rlQBHLGefram/ilThnFicLjhTbVI5PknE0mNzlFJIVuPs+m02lEya6XnQ/4XYFh0Si5p60kssRh&#10;HfCUOqTEWhZWrdZpM9r+5SDM6MmuHUYL+23P2qrkqW70bKE60lAeTvsOTq5aKr0WAZ+EpwVTtyRa&#10;fKSj1tCVHM4WZw34X+/5Yz7xTlHOOhJMyS0pmjP9w9I+oraSMf6aTyMZfnBvB8PuzR2QDMf0IpxM&#10;ZsxDPZi1B/NCcl7GQhQSVlK5kuNg3uFJufQcpFouUxLJyAlc242TETrSFbl87l+Ed2fCkTb1AIOa&#10;RPGK91NuvBncco/EflrKlcgz4yTBtNbzc4ka//M/ZV0f9eI3AAAA//8DAFBLAwQUAAYACAAAACEA&#10;insHsNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4&#10;UfpzXuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2Tg&#10;iwIsy8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUG&#10;e1o3VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSL&#10;ubiDgWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzXJVrDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="4D69B7CF" w14:textId="6BBD716A" w:rsidR="009A020E" w:rsidRPr="009A020E" w:rsidRDefault="009A020E" w:rsidP="009A020E">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="009A020E">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D95352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28EC6A38"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -22821,551 +26496,686 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="YJguy0JVbqSFgGcgdIBNhB4gAYwlWMZZC055t9ESBasBfk+UoeIt0NK53lY2+TQlAxhBPQR4EqBJzSaq86DGZQ==" w:salt="LHznljhbhREo03U6G9uTRA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yfk3lWakXi8zBYo35utMJ90YSuY9V4Tmnz7Q/QCMsKYDb2p2osW3DEsQEdN+mZCk5q2HCjL2qFZYkAxrp+TSJg==" w:salt="rVRBcXZ89JxktalZboZxHg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
     <w:rsid w:val="00000F09"/>
     <w:rsid w:val="00003F9A"/>
     <w:rsid w:val="000050A2"/>
     <w:rsid w:val="00007B8D"/>
     <w:rsid w:val="0001200E"/>
     <w:rsid w:val="00014D5F"/>
     <w:rsid w:val="000203BF"/>
     <w:rsid w:val="00020529"/>
+    <w:rsid w:val="00023C42"/>
+    <w:rsid w:val="0002733E"/>
     <w:rsid w:val="0003158A"/>
+    <w:rsid w:val="00034495"/>
+    <w:rsid w:val="00034AC5"/>
     <w:rsid w:val="000413CE"/>
     <w:rsid w:val="00045EAF"/>
     <w:rsid w:val="000464B8"/>
+    <w:rsid w:val="000519D3"/>
+    <w:rsid w:val="00051F84"/>
     <w:rsid w:val="00056184"/>
     <w:rsid w:val="00065589"/>
     <w:rsid w:val="000660FF"/>
     <w:rsid w:val="00067463"/>
     <w:rsid w:val="0007737A"/>
     <w:rsid w:val="00084448"/>
+    <w:rsid w:val="00093749"/>
     <w:rsid w:val="00093AF0"/>
     <w:rsid w:val="00097E56"/>
+    <w:rsid w:val="000A1CAF"/>
     <w:rsid w:val="000A3FAF"/>
     <w:rsid w:val="000A5E93"/>
     <w:rsid w:val="000A6549"/>
+    <w:rsid w:val="000A745F"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000B4DCB"/>
     <w:rsid w:val="000C218B"/>
     <w:rsid w:val="000D5CA6"/>
+    <w:rsid w:val="000E161B"/>
+    <w:rsid w:val="000E4326"/>
     <w:rsid w:val="000E6657"/>
     <w:rsid w:val="00103982"/>
     <w:rsid w:val="00105F5B"/>
     <w:rsid w:val="00106EE6"/>
     <w:rsid w:val="001129AC"/>
     <w:rsid w:val="00113CA0"/>
     <w:rsid w:val="00114A07"/>
     <w:rsid w:val="00122B2B"/>
+    <w:rsid w:val="00125B16"/>
     <w:rsid w:val="00125B90"/>
     <w:rsid w:val="00126103"/>
     <w:rsid w:val="00133D41"/>
     <w:rsid w:val="0014762F"/>
+    <w:rsid w:val="00156B7D"/>
     <w:rsid w:val="001656B6"/>
     <w:rsid w:val="001725E5"/>
     <w:rsid w:val="00172EC7"/>
     <w:rsid w:val="00174915"/>
     <w:rsid w:val="001766B9"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
     <w:rsid w:val="00185842"/>
     <w:rsid w:val="001A273F"/>
     <w:rsid w:val="001A7CAA"/>
     <w:rsid w:val="001B0E9B"/>
     <w:rsid w:val="001B0FE5"/>
     <w:rsid w:val="001B31DA"/>
     <w:rsid w:val="001B50FE"/>
     <w:rsid w:val="001B589B"/>
+    <w:rsid w:val="001D4E8A"/>
     <w:rsid w:val="001E01E8"/>
     <w:rsid w:val="001E2363"/>
     <w:rsid w:val="001E3BA8"/>
     <w:rsid w:val="001E459E"/>
     <w:rsid w:val="001F438B"/>
     <w:rsid w:val="001F4EEF"/>
     <w:rsid w:val="001F5590"/>
     <w:rsid w:val="001F7654"/>
     <w:rsid w:val="00202F74"/>
     <w:rsid w:val="002135B4"/>
     <w:rsid w:val="00222AEA"/>
     <w:rsid w:val="0024131E"/>
     <w:rsid w:val="002444AA"/>
+    <w:rsid w:val="0025048C"/>
+    <w:rsid w:val="002535E1"/>
     <w:rsid w:val="00262FFE"/>
     <w:rsid w:val="0026436F"/>
     <w:rsid w:val="00266528"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
     <w:rsid w:val="00277A5A"/>
     <w:rsid w:val="0028122F"/>
     <w:rsid w:val="0028271A"/>
     <w:rsid w:val="00283D9F"/>
     <w:rsid w:val="00286558"/>
     <w:rsid w:val="002922E3"/>
     <w:rsid w:val="00292D6B"/>
     <w:rsid w:val="002A1BA3"/>
     <w:rsid w:val="002B38D7"/>
     <w:rsid w:val="002B4F0C"/>
     <w:rsid w:val="002B5226"/>
     <w:rsid w:val="002B6F34"/>
     <w:rsid w:val="002D19CE"/>
     <w:rsid w:val="002D415C"/>
     <w:rsid w:val="002D5551"/>
+    <w:rsid w:val="002D6B8C"/>
     <w:rsid w:val="002F1E59"/>
+    <w:rsid w:val="002F4E06"/>
+    <w:rsid w:val="003104CC"/>
     <w:rsid w:val="00310AB3"/>
+    <w:rsid w:val="00313A77"/>
     <w:rsid w:val="00316CF2"/>
+    <w:rsid w:val="0031768E"/>
     <w:rsid w:val="003222D0"/>
+    <w:rsid w:val="00322966"/>
     <w:rsid w:val="00332D4E"/>
     <w:rsid w:val="003340EA"/>
     <w:rsid w:val="003405AD"/>
     <w:rsid w:val="00341065"/>
     <w:rsid w:val="003544D5"/>
     <w:rsid w:val="003604C0"/>
     <w:rsid w:val="003664D9"/>
+    <w:rsid w:val="0036666E"/>
     <w:rsid w:val="00367613"/>
+    <w:rsid w:val="003725ED"/>
+    <w:rsid w:val="00372EB6"/>
     <w:rsid w:val="00375FD2"/>
     <w:rsid w:val="00387D22"/>
+    <w:rsid w:val="0039016A"/>
+    <w:rsid w:val="003913F4"/>
+    <w:rsid w:val="003972B8"/>
     <w:rsid w:val="003A0E0F"/>
     <w:rsid w:val="003A61FA"/>
+    <w:rsid w:val="003A7264"/>
     <w:rsid w:val="003B0E9F"/>
     <w:rsid w:val="003B3CAB"/>
+    <w:rsid w:val="003B49B0"/>
     <w:rsid w:val="003D5D05"/>
     <w:rsid w:val="003D7CC3"/>
     <w:rsid w:val="003E76BF"/>
     <w:rsid w:val="003F069A"/>
     <w:rsid w:val="003F44CD"/>
+    <w:rsid w:val="004028F8"/>
+    <w:rsid w:val="0040381C"/>
     <w:rsid w:val="00404009"/>
     <w:rsid w:val="00404EA9"/>
     <w:rsid w:val="00406138"/>
+    <w:rsid w:val="00413343"/>
     <w:rsid w:val="0042099B"/>
+    <w:rsid w:val="0042615D"/>
     <w:rsid w:val="004305FB"/>
     <w:rsid w:val="00432E74"/>
     <w:rsid w:val="00434B8C"/>
     <w:rsid w:val="00435FAB"/>
     <w:rsid w:val="00437F56"/>
     <w:rsid w:val="00442227"/>
     <w:rsid w:val="00445CE1"/>
     <w:rsid w:val="004506EA"/>
     <w:rsid w:val="00451A2D"/>
     <w:rsid w:val="00453B11"/>
+    <w:rsid w:val="00456255"/>
     <w:rsid w:val="004617B3"/>
     <w:rsid w:val="004618A1"/>
     <w:rsid w:val="00461A9B"/>
     <w:rsid w:val="00465DD2"/>
     <w:rsid w:val="00466410"/>
+    <w:rsid w:val="00472134"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
     <w:rsid w:val="0047516E"/>
+    <w:rsid w:val="00477B9E"/>
     <w:rsid w:val="00480BAF"/>
     <w:rsid w:val="0048291E"/>
     <w:rsid w:val="004846A6"/>
+    <w:rsid w:val="004871DF"/>
     <w:rsid w:val="00487354"/>
     <w:rsid w:val="00490306"/>
     <w:rsid w:val="004916B8"/>
+    <w:rsid w:val="004964C5"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004B3841"/>
     <w:rsid w:val="004B56BE"/>
+    <w:rsid w:val="004B5F6E"/>
     <w:rsid w:val="004B7E13"/>
     <w:rsid w:val="004C0AA8"/>
     <w:rsid w:val="004C4E58"/>
     <w:rsid w:val="004C585C"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D5569"/>
+    <w:rsid w:val="004E01E8"/>
     <w:rsid w:val="004E41AA"/>
+    <w:rsid w:val="004E4463"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
     <w:rsid w:val="004F2D34"/>
+    <w:rsid w:val="00501658"/>
+    <w:rsid w:val="005037E2"/>
+    <w:rsid w:val="00510F86"/>
     <w:rsid w:val="00511A0F"/>
+    <w:rsid w:val="005164F7"/>
     <w:rsid w:val="00533E26"/>
+    <w:rsid w:val="00536506"/>
+    <w:rsid w:val="0054181D"/>
+    <w:rsid w:val="00551548"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
     <w:rsid w:val="00552E1E"/>
+    <w:rsid w:val="00564668"/>
+    <w:rsid w:val="00571DCA"/>
     <w:rsid w:val="005726EB"/>
     <w:rsid w:val="0057536A"/>
     <w:rsid w:val="00576D9A"/>
+    <w:rsid w:val="005802E8"/>
+    <w:rsid w:val="00586861"/>
     <w:rsid w:val="00587262"/>
     <w:rsid w:val="00591A1A"/>
     <w:rsid w:val="00595B87"/>
     <w:rsid w:val="00596B74"/>
+    <w:rsid w:val="0059707C"/>
     <w:rsid w:val="005A2576"/>
     <w:rsid w:val="005B14B7"/>
     <w:rsid w:val="005C0AA8"/>
+    <w:rsid w:val="005C2077"/>
     <w:rsid w:val="005C60E5"/>
     <w:rsid w:val="005D17D8"/>
+    <w:rsid w:val="005E005B"/>
+    <w:rsid w:val="005E1ABD"/>
     <w:rsid w:val="005E3441"/>
     <w:rsid w:val="005E3FA5"/>
     <w:rsid w:val="005E5660"/>
     <w:rsid w:val="005F02E2"/>
+    <w:rsid w:val="005F2A91"/>
     <w:rsid w:val="006050F5"/>
     <w:rsid w:val="0061196A"/>
     <w:rsid w:val="00621060"/>
     <w:rsid w:val="00623F61"/>
     <w:rsid w:val="0063063B"/>
     <w:rsid w:val="00630D92"/>
+    <w:rsid w:val="00635DBB"/>
     <w:rsid w:val="00651E81"/>
     <w:rsid w:val="00652C04"/>
     <w:rsid w:val="0065327B"/>
     <w:rsid w:val="0066186B"/>
+    <w:rsid w:val="00663BCE"/>
     <w:rsid w:val="00664EA1"/>
     <w:rsid w:val="00665AC0"/>
     <w:rsid w:val="00671A28"/>
     <w:rsid w:val="00676DF1"/>
+    <w:rsid w:val="006777FF"/>
     <w:rsid w:val="00677CCF"/>
     <w:rsid w:val="00683FA6"/>
     <w:rsid w:val="006909CC"/>
     <w:rsid w:val="00690D50"/>
     <w:rsid w:val="006956F8"/>
     <w:rsid w:val="0069769D"/>
     <w:rsid w:val="006A1222"/>
     <w:rsid w:val="006A3F3A"/>
+    <w:rsid w:val="006A5B87"/>
     <w:rsid w:val="006B0D83"/>
     <w:rsid w:val="006B4E82"/>
     <w:rsid w:val="006B5D3F"/>
     <w:rsid w:val="006B7704"/>
     <w:rsid w:val="006C28EF"/>
     <w:rsid w:val="006C709B"/>
+    <w:rsid w:val="006D0B9B"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
     <w:rsid w:val="006D7C71"/>
+    <w:rsid w:val="006E1DF1"/>
     <w:rsid w:val="006F55B1"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="006F6E99"/>
     <w:rsid w:val="007010E8"/>
     <w:rsid w:val="00701144"/>
     <w:rsid w:val="00703448"/>
+    <w:rsid w:val="0070448A"/>
+    <w:rsid w:val="007133C5"/>
+    <w:rsid w:val="00714F3D"/>
     <w:rsid w:val="0072235F"/>
     <w:rsid w:val="00727662"/>
     <w:rsid w:val="00733D5C"/>
     <w:rsid w:val="007361C0"/>
+    <w:rsid w:val="00754B68"/>
+    <w:rsid w:val="00756404"/>
     <w:rsid w:val="0077315E"/>
     <w:rsid w:val="007819B1"/>
     <w:rsid w:val="00781C7A"/>
     <w:rsid w:val="00781E01"/>
+    <w:rsid w:val="007839CD"/>
+    <w:rsid w:val="007851DB"/>
     <w:rsid w:val="00791201"/>
+    <w:rsid w:val="00797344"/>
+    <w:rsid w:val="00797B86"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007B29E0"/>
     <w:rsid w:val="007B29F2"/>
     <w:rsid w:val="007B693B"/>
     <w:rsid w:val="007C5284"/>
     <w:rsid w:val="007C70A1"/>
     <w:rsid w:val="007D3C33"/>
     <w:rsid w:val="007D7814"/>
+    <w:rsid w:val="007D7824"/>
     <w:rsid w:val="007E0C79"/>
     <w:rsid w:val="007E0E86"/>
     <w:rsid w:val="007E336B"/>
+    <w:rsid w:val="007E34D3"/>
+    <w:rsid w:val="007F1221"/>
     <w:rsid w:val="008018CE"/>
     <w:rsid w:val="0080245B"/>
     <w:rsid w:val="0080354E"/>
-    <w:rsid w:val="008124E9"/>
     <w:rsid w:val="00816BEE"/>
+    <w:rsid w:val="0083052D"/>
     <w:rsid w:val="00830C3D"/>
     <w:rsid w:val="00830F3D"/>
     <w:rsid w:val="00836F8F"/>
     <w:rsid w:val="00840800"/>
     <w:rsid w:val="00841B8A"/>
     <w:rsid w:val="00847CAE"/>
     <w:rsid w:val="008522E2"/>
-    <w:rsid w:val="008529C7"/>
     <w:rsid w:val="008556A6"/>
     <w:rsid w:val="0086190A"/>
     <w:rsid w:val="008678D9"/>
     <w:rsid w:val="00876066"/>
     <w:rsid w:val="008805C6"/>
+    <w:rsid w:val="00881435"/>
     <w:rsid w:val="00894D4E"/>
     <w:rsid w:val="0089678C"/>
+    <w:rsid w:val="00897600"/>
+    <w:rsid w:val="008A3D6C"/>
     <w:rsid w:val="008A45C5"/>
+    <w:rsid w:val="008A5C42"/>
+    <w:rsid w:val="008A5D52"/>
     <w:rsid w:val="008A781D"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008B3F2C"/>
     <w:rsid w:val="008C637A"/>
+    <w:rsid w:val="008C7CAB"/>
+    <w:rsid w:val="008D08BA"/>
     <w:rsid w:val="008D3123"/>
     <w:rsid w:val="008D49C6"/>
     <w:rsid w:val="008E38D1"/>
     <w:rsid w:val="008E514F"/>
     <w:rsid w:val="008E6CE1"/>
     <w:rsid w:val="00911DE7"/>
+    <w:rsid w:val="009137CA"/>
+    <w:rsid w:val="00913F02"/>
     <w:rsid w:val="0091508D"/>
     <w:rsid w:val="00915D9B"/>
     <w:rsid w:val="00916EDF"/>
     <w:rsid w:val="00923AF9"/>
+    <w:rsid w:val="00923CA2"/>
+    <w:rsid w:val="0093197C"/>
     <w:rsid w:val="00933D54"/>
     <w:rsid w:val="00934212"/>
     <w:rsid w:val="0093670C"/>
     <w:rsid w:val="00942888"/>
     <w:rsid w:val="0094467A"/>
-    <w:rsid w:val="00945B27"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="0095575D"/>
+    <w:rsid w:val="009557A2"/>
     <w:rsid w:val="00955D81"/>
     <w:rsid w:val="00956FA2"/>
+    <w:rsid w:val="00970359"/>
     <w:rsid w:val="00982A7D"/>
     <w:rsid w:val="009845C6"/>
     <w:rsid w:val="00986358"/>
     <w:rsid w:val="009934E9"/>
     <w:rsid w:val="00996029"/>
+    <w:rsid w:val="009A020E"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A51D1"/>
     <w:rsid w:val="009B40CE"/>
     <w:rsid w:val="009C2D2F"/>
     <w:rsid w:val="009C478D"/>
     <w:rsid w:val="009C7360"/>
     <w:rsid w:val="009D0D5C"/>
     <w:rsid w:val="009D27FE"/>
     <w:rsid w:val="009D5937"/>
+    <w:rsid w:val="009D7B5B"/>
     <w:rsid w:val="009E64AE"/>
+    <w:rsid w:val="009E671E"/>
     <w:rsid w:val="009E76A1"/>
     <w:rsid w:val="009F3AB7"/>
     <w:rsid w:val="009F51E0"/>
+    <w:rsid w:val="00A120DA"/>
     <w:rsid w:val="00A1219F"/>
     <w:rsid w:val="00A14E36"/>
     <w:rsid w:val="00A25A1C"/>
     <w:rsid w:val="00A36439"/>
+    <w:rsid w:val="00A43A58"/>
     <w:rsid w:val="00A45B60"/>
+    <w:rsid w:val="00A50684"/>
     <w:rsid w:val="00A50D4C"/>
     <w:rsid w:val="00A536E4"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A65740"/>
+    <w:rsid w:val="00A67F95"/>
     <w:rsid w:val="00A7287D"/>
     <w:rsid w:val="00A738A5"/>
+    <w:rsid w:val="00A77FC2"/>
     <w:rsid w:val="00A942E0"/>
     <w:rsid w:val="00AA305F"/>
     <w:rsid w:val="00AB7938"/>
     <w:rsid w:val="00AB7D97"/>
+    <w:rsid w:val="00AC67F9"/>
+    <w:rsid w:val="00AE3349"/>
+    <w:rsid w:val="00AE3407"/>
+    <w:rsid w:val="00AF4C46"/>
     <w:rsid w:val="00B015E3"/>
     <w:rsid w:val="00B04ADF"/>
     <w:rsid w:val="00B12FC4"/>
     <w:rsid w:val="00B3101D"/>
     <w:rsid w:val="00B3516D"/>
     <w:rsid w:val="00B3568D"/>
     <w:rsid w:val="00B36B26"/>
     <w:rsid w:val="00B36D2B"/>
+    <w:rsid w:val="00B43D27"/>
     <w:rsid w:val="00B45FA5"/>
+    <w:rsid w:val="00B46171"/>
     <w:rsid w:val="00B51747"/>
     <w:rsid w:val="00B52F08"/>
+    <w:rsid w:val="00B53D7B"/>
     <w:rsid w:val="00B57E25"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B707A8"/>
     <w:rsid w:val="00B73684"/>
     <w:rsid w:val="00B750BE"/>
     <w:rsid w:val="00B8457D"/>
     <w:rsid w:val="00B93ED3"/>
     <w:rsid w:val="00B94A3B"/>
     <w:rsid w:val="00B95F02"/>
     <w:rsid w:val="00BA5388"/>
     <w:rsid w:val="00BB35A4"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00BB712A"/>
     <w:rsid w:val="00BB71C8"/>
+    <w:rsid w:val="00BC2AC6"/>
     <w:rsid w:val="00BC3051"/>
     <w:rsid w:val="00BC5B4E"/>
     <w:rsid w:val="00BC6080"/>
     <w:rsid w:val="00BC6190"/>
     <w:rsid w:val="00BC6AB6"/>
     <w:rsid w:val="00BC7DEB"/>
     <w:rsid w:val="00BD14CA"/>
     <w:rsid w:val="00BE5B87"/>
     <w:rsid w:val="00BE65F1"/>
+    <w:rsid w:val="00BE75EE"/>
     <w:rsid w:val="00BE7728"/>
     <w:rsid w:val="00BF168C"/>
     <w:rsid w:val="00BF1F8E"/>
+    <w:rsid w:val="00BF67BF"/>
+    <w:rsid w:val="00C0208D"/>
+    <w:rsid w:val="00C1140F"/>
     <w:rsid w:val="00C14574"/>
     <w:rsid w:val="00C23207"/>
     <w:rsid w:val="00C25455"/>
     <w:rsid w:val="00C27E2F"/>
     <w:rsid w:val="00C3059D"/>
     <w:rsid w:val="00C33212"/>
     <w:rsid w:val="00C35FCA"/>
     <w:rsid w:val="00C3735E"/>
     <w:rsid w:val="00C44126"/>
     <w:rsid w:val="00C466C0"/>
     <w:rsid w:val="00C50485"/>
     <w:rsid w:val="00C510D1"/>
     <w:rsid w:val="00C77663"/>
     <w:rsid w:val="00C800FB"/>
+    <w:rsid w:val="00C85EDD"/>
+    <w:rsid w:val="00C9116B"/>
+    <w:rsid w:val="00C92010"/>
+    <w:rsid w:val="00C9244F"/>
     <w:rsid w:val="00C95BF1"/>
     <w:rsid w:val="00CA08C5"/>
     <w:rsid w:val="00CA59D8"/>
     <w:rsid w:val="00CB353F"/>
     <w:rsid w:val="00CB4F2F"/>
+    <w:rsid w:val="00CB5369"/>
     <w:rsid w:val="00CC09F5"/>
     <w:rsid w:val="00CC1355"/>
     <w:rsid w:val="00CC2506"/>
+    <w:rsid w:val="00CC46C3"/>
+    <w:rsid w:val="00CC751D"/>
     <w:rsid w:val="00CD19D6"/>
+    <w:rsid w:val="00CD769D"/>
     <w:rsid w:val="00CE2E27"/>
     <w:rsid w:val="00CE4EF4"/>
     <w:rsid w:val="00CE5924"/>
     <w:rsid w:val="00CF2C67"/>
     <w:rsid w:val="00CF3A9B"/>
     <w:rsid w:val="00CF6156"/>
     <w:rsid w:val="00CF7A03"/>
     <w:rsid w:val="00D061C7"/>
+    <w:rsid w:val="00D11D89"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D154C1"/>
     <w:rsid w:val="00D158EA"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D20208"/>
+    <w:rsid w:val="00D24E81"/>
     <w:rsid w:val="00D32947"/>
     <w:rsid w:val="00D355BC"/>
+    <w:rsid w:val="00D3594D"/>
     <w:rsid w:val="00D424DB"/>
     <w:rsid w:val="00D459C8"/>
     <w:rsid w:val="00D47233"/>
     <w:rsid w:val="00D54EEC"/>
+    <w:rsid w:val="00D625A3"/>
     <w:rsid w:val="00D637E5"/>
     <w:rsid w:val="00D63D3D"/>
     <w:rsid w:val="00D750A5"/>
-    <w:rsid w:val="00D81D95"/>
     <w:rsid w:val="00D83F38"/>
     <w:rsid w:val="00D9332B"/>
     <w:rsid w:val="00D94C6E"/>
     <w:rsid w:val="00D9549D"/>
+    <w:rsid w:val="00D978E7"/>
     <w:rsid w:val="00D97ECD"/>
     <w:rsid w:val="00DB539B"/>
     <w:rsid w:val="00DB7EAC"/>
+    <w:rsid w:val="00DC02BC"/>
+    <w:rsid w:val="00DC4579"/>
     <w:rsid w:val="00DC55FF"/>
     <w:rsid w:val="00DD1113"/>
     <w:rsid w:val="00DD3FE0"/>
     <w:rsid w:val="00DE13CD"/>
+    <w:rsid w:val="00DE25FE"/>
     <w:rsid w:val="00DE5E6D"/>
     <w:rsid w:val="00DE64B7"/>
     <w:rsid w:val="00DE684D"/>
     <w:rsid w:val="00DE70AA"/>
     <w:rsid w:val="00DE78B8"/>
     <w:rsid w:val="00DF30A5"/>
+    <w:rsid w:val="00E07B0B"/>
     <w:rsid w:val="00E112FE"/>
     <w:rsid w:val="00E2278A"/>
     <w:rsid w:val="00E269D6"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
     <w:rsid w:val="00E36284"/>
     <w:rsid w:val="00E43D55"/>
     <w:rsid w:val="00E50D4F"/>
     <w:rsid w:val="00E51F9B"/>
     <w:rsid w:val="00E5322D"/>
     <w:rsid w:val="00E55F3F"/>
+    <w:rsid w:val="00E57118"/>
     <w:rsid w:val="00E60D59"/>
     <w:rsid w:val="00E62ECB"/>
+    <w:rsid w:val="00E63BAA"/>
     <w:rsid w:val="00E66CE7"/>
     <w:rsid w:val="00E72768"/>
+    <w:rsid w:val="00E74ECF"/>
     <w:rsid w:val="00E772E5"/>
     <w:rsid w:val="00E82F1F"/>
     <w:rsid w:val="00E83365"/>
+    <w:rsid w:val="00E83A3A"/>
     <w:rsid w:val="00E83D09"/>
     <w:rsid w:val="00E8705D"/>
     <w:rsid w:val="00E97D26"/>
     <w:rsid w:val="00EA3F3A"/>
     <w:rsid w:val="00EA68EA"/>
     <w:rsid w:val="00EA78E8"/>
     <w:rsid w:val="00EA7DED"/>
     <w:rsid w:val="00EB264B"/>
     <w:rsid w:val="00EB37C1"/>
+    <w:rsid w:val="00EB66B3"/>
     <w:rsid w:val="00EB6F6E"/>
     <w:rsid w:val="00EC0897"/>
     <w:rsid w:val="00EC3FC8"/>
+    <w:rsid w:val="00ED47FD"/>
     <w:rsid w:val="00ED75E0"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE215C"/>
     <w:rsid w:val="00EE25EC"/>
     <w:rsid w:val="00EE72CA"/>
     <w:rsid w:val="00EE7BA0"/>
     <w:rsid w:val="00EF5BFA"/>
     <w:rsid w:val="00F0046B"/>
     <w:rsid w:val="00F07300"/>
+    <w:rsid w:val="00F11621"/>
     <w:rsid w:val="00F1551A"/>
     <w:rsid w:val="00F23097"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F23CC6"/>
+    <w:rsid w:val="00F23FC6"/>
     <w:rsid w:val="00F2410B"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F311D2"/>
     <w:rsid w:val="00F36197"/>
     <w:rsid w:val="00F40522"/>
+    <w:rsid w:val="00F4364F"/>
     <w:rsid w:val="00F43F86"/>
+    <w:rsid w:val="00F45D30"/>
     <w:rsid w:val="00F472FF"/>
     <w:rsid w:val="00F50702"/>
     <w:rsid w:val="00F50740"/>
     <w:rsid w:val="00F536AD"/>
     <w:rsid w:val="00F614DE"/>
     <w:rsid w:val="00F63933"/>
     <w:rsid w:val="00F64FC7"/>
     <w:rsid w:val="00F66653"/>
     <w:rsid w:val="00F67225"/>
     <w:rsid w:val="00F7448E"/>
+    <w:rsid w:val="00F7490B"/>
     <w:rsid w:val="00F92E50"/>
     <w:rsid w:val="00FA1FAF"/>
     <w:rsid w:val="00FA304F"/>
     <w:rsid w:val="00FB0917"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FB5A0F"/>
     <w:rsid w:val="00FC6009"/>
+    <w:rsid w:val="00FC6981"/>
     <w:rsid w:val="00FC7053"/>
     <w:rsid w:val="00FC7E90"/>
     <w:rsid w:val="00FD0748"/>
     <w:rsid w:val="00FD4D64"/>
     <w:rsid w:val="00FE0C83"/>
     <w:rsid w:val="00FF0E97"/>
     <w:rsid w:val="00FF1451"/>
     <w:rsid w:val="00FF1EBC"/>
     <w:rsid w:val="00FF25B4"/>
     <w:rsid w:val="00FF2A27"/>
     <w:rsid w:val="00FF66A7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -23377,51 +27187,51 @@
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
   <w15:docId w15:val="{1AE3A066-2287-4666-B5EB-21C391A509F0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23809,54 +27619,54 @@
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
+    <w:aliases w:val="H3,H31,h3,H32,H33,H311,Subhead B,Heading C,h3 sub heading,sub Italic,proj3,proj31,proj32,proj33,proj34,proj35,proj36,proj37,proj38,proj39,proj310,proj311,proj312,proj321,proj331,proj341,proj351,proj361,proj371,proj381,proj391,proj3101,Head 3,3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
@@ -24013,50 +27823,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
+    <w:aliases w:val="H3 Char,H31 Char,h3 Char,H32 Char,H33 Char,H311 Char,Subhead B Char,Heading C Char,h3 sub heading Char,sub Italic Char,proj3 Char,proj31 Char,proj32 Char,proj33 Char,proj34 Char,proj35 Char,proj36 Char,proj37 Char,proj38 Char,proj39 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -24612,50 +28423,60 @@
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="FSMe-Bold"/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ParticipantID">
     <w:name w:val="ParticipantID"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A14E36"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="FSMe-Bold"/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00551548"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1029380115">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1421951953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -24957,55 +28778,686 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B5CADFA4-5AF3-433D-B940-11A784BEDCF7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C377C1" w:rsidRDefault="00C377C1">
+          <w:r w:rsidRPr="000D292E">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="FSMe-Bold">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Daytona">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00C377C1"/>
+    <w:rsid w:val="00647166"/>
+    <w:rsid w:val="00714F3D"/>
+    <w:rsid w:val="008A3D6C"/>
+    <w:rsid w:val="00B43D27"/>
+    <w:rsid w:val="00C377C1"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00C377C1"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25266,68 +29718,72 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
@@ -25415,128 +29871,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>5613</Words>
-  <Characters>30204</Characters>
+  <Words>6530</Words>
+  <Characters>35330</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>816</Lines>
-  <Paragraphs>361</Paragraphs>
+  <Lines>802</Lines>
+  <Paragraphs>394</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Plan Management Deed Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Office of the Public Advocate</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35456</CharactersWithSpaces>
+  <CharactersWithSpaces>41466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Plan Management Deed Form</dc:title>
   <dc:creator>Jordan, Elspeth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID2">
     <vt:lpwstr/>
@@ -25546,27 +29998,60 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID7">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID8">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="sTmpGUID">
     <vt:lpwstr>23e6d9b2-dd31-410a-a48e-b1c475610794</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>3dd7f515,1b2683ef,3e3003e,74c55178,2a7ec200,7cbdf88b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T01:27:41Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>111add9a-f2ae-4d64-b670-e8b9899c75e8</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>