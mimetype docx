--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,94 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5615CB90" w14:textId="77777777" w:rsidR="00A10F07" w:rsidRDefault="00A87BC6" w:rsidP="00791C86">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Specialist Disability </w:t>
       </w:r>
       <w:r w:rsidR="007B657B" w:rsidRPr="00791C86">
         <w:t>Accommodation</w:t>
       </w:r>
       <w:r w:rsidR="00327B04">
         <w:t xml:space="preserve"> (SDA)</w:t>
       </w:r>
       <w:r w:rsidR="0026436F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E669B6F" w14:textId="79734472" w:rsidR="00CC1355" w:rsidRPr="004A37FD" w:rsidRDefault="00A10F07" w:rsidP="00791C86">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Service Agreement</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="122375D2" w14:textId="77777777" w:rsidR="004D5569" w:rsidRDefault="004D5569" w:rsidP="004D5569">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Parties</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="756BA69E" w14:textId="77777777" w:rsidR="004D5569" w:rsidRDefault="004D5569" w:rsidP="004D5569"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -127,90 +126,103 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participant</w:t>
             </w:r>
             <w:r w:rsidR="0060443F">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1B04D449" w14:textId="77777777" w:rsidR="005713BA" w:rsidRPr="006F6AC9" w:rsidRDefault="005713BA" w:rsidP="004D4135">
+          <w:p w14:paraId="1B04D449" w14:textId="3DF41E2D" w:rsidR="005713BA" w:rsidRPr="006F6AC9" w:rsidRDefault="00895676" w:rsidP="004D4135">
             <w:pPr>
               <w:pStyle w:val="Participant"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Participant"/>
+                  <w:name w:val="ParticipantID"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="Participant"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:noProof/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005713BA" w:rsidRPr="006F6AC9" w14:paraId="57F2E913" w14:textId="77777777" w:rsidTr="004D4135">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6ACD9656" w14:textId="04C1D2F5" w:rsidR="005713BA" w:rsidRDefault="005713BA" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -238,91 +250,91 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6C0D5E98" w14:textId="2B8C6C21" w:rsidR="005713BA" w:rsidRPr="006F6AC9" w:rsidRDefault="001E6AE1" w:rsidP="004D4135">
             <w:pPr>
               <w:pStyle w:val="ParticipantID"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="ParticipantID"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="ParticipantID"/>
+            <w:bookmarkStart w:id="0" w:name="ParticipantID"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005713BA" w:rsidRPr="006F6AC9" w14:paraId="46687CD7" w14:textId="77777777" w:rsidTr="004D4135">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1CE4617C" w14:textId="77777777" w:rsidR="005713BA" w:rsidRPr="006F6AC9" w:rsidRDefault="005713BA" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
@@ -399,51 +411,51 @@
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="Text1"/>
+            <w:bookmarkStart w:id="1" w:name="Text1"/>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -476,51 +488,51 @@
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="2"/>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005713BA" w14:paraId="1C09AC2B" w14:textId="77777777" w:rsidTr="004D4135">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6BBED726" w14:textId="22FCF536" w:rsidR="005713BA" w:rsidRDefault="005713BA" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -1408,52 +1420,53 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11A78A4D" w14:textId="77777777" w:rsidR="004D5569" w:rsidRDefault="004D5569" w:rsidP="004D5569"/>
     <w:p w14:paraId="1D19FA86" w14:textId="2698148F" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="0026436F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Background</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D2F37BD" w14:textId="77777777" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="0026436F"/>
-    <w:p w14:paraId="2E4969E1" w14:textId="3E1F075E" w:rsidR="00BF781F" w:rsidRPr="006F6AC9" w:rsidRDefault="00BF781F" w:rsidP="00BF781F">
-      <w:pPr>
+    <w:p w14:paraId="2E4969E1" w14:textId="3E1F075E" w:rsidR="00BF781F" w:rsidRPr="006F6AC9" w:rsidRDefault="00BF781F" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1561,60 +1574,53 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006A0479">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The plan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> includes a statement of participant supports. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFDEF8C" w14:textId="77777777" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="0026436F">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="6999344C" w14:textId="393E3698" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -1662,60 +1668,53 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, with powers and duties to make decisions in relation to services to be provided to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AEE8B62" w14:textId="77777777" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="0026436F">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0BC2C4D2" w14:textId="0D1CE790" w:rsidR="0026436F" w:rsidRDefault="0026436F" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. The </w:t>
       </w:r>
       <w:r w:rsidR="00806C3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant’s Plan, </w:t>
       </w:r>
       <w:r w:rsidR="00806C3D">
         <w:rPr>
@@ -1734,3918 +1733,4368 @@
         <w:t xml:space="preserve">NDIS Act, </w:t>
       </w:r>
       <w:r w:rsidR="00806C3D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">includes </w:t>
       </w:r>
       <w:r w:rsidR="00806C3D" w:rsidRPr="00806C3D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Specialist Disability Accommodation</w:t>
       </w:r>
       <w:r w:rsidR="00806C3D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a reasonable and necessary support</w:t>
       </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="00285DAE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="431420EA" w14:textId="475AAF21" w:rsidR="001F68F0" w:rsidRPr="001F68F0" w:rsidRDefault="001F68F0" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">D. The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has represented that it has a suitable </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA enrolled dwelling </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and has the skills, expertise and experience necessary to provide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as set out in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7A44" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Residential Tenancy Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03CF45C8" w14:textId="40B3832E" w:rsidR="00916EDF" w:rsidRPr="006F6AC9" w:rsidRDefault="001F68F0" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
       <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The </w:t>
+      </w:r>
+      <w:r w:rsidR="005B039A" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="005B039A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1DFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="005B039A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00A36BEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A36BEE" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>hereunder</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE1DFA" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> wishes to engage the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00230D8E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>lan</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002C28AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DA </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has agreed to be so engaged. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FE012D6" w14:textId="2919EA8F" w:rsidR="00916EDF" w:rsidRDefault="001F68F0" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sets out</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provisions</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> upon which the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002C28AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="002C28AE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA</w:t>
+      </w:r>
+      <w:r w:rsidR="00230D8E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52318263" w14:textId="77777777" w:rsidR="001F68F0" w:rsidRDefault="001F68F0" w:rsidP="0026436F">
-[...126 lines deleted...]
-      <w:r w:rsidR="00A10F07" w:rsidRPr="00E43B61">
+    <w:p w14:paraId="695906DF" w14:textId="53D28245" w:rsidR="001F68F0" w:rsidRDefault="001F68F0" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">G. This </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E43B61">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E43B61">
-[...65 lines deleted...]
-      <w:r w:rsidR="005B039A">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is a service agreement for the purposes of the NDIS.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="637E8841" w14:textId="5C06C321" w:rsidR="00CD4067" w:rsidRDefault="00CD4067">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="301C0B99" w14:textId="0C7D792C" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>AGREED TERMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6B4BA1" w14:textId="6D03756C" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Definitions and interpretation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1.1 Definitions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78368CD5" w14:textId="1C7112C8" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="009975B7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless expressed or implied to the contrary: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78421BD7" w14:textId="7BFA59F8" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Business Day</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means Monday to Friday excluding public holidays in Western Australia. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="415D03E4" w14:textId="6C907D07" w:rsidR="00ED7314" w:rsidRDefault="00ED7314" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00071FA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commonwealth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00071FA1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Commonwealth of Australia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4964B95F" w14:textId="77777777" w:rsidR="00EE7491" w:rsidRDefault="00EE7491" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Compensation Reduction Amount </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an amount the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may reduce a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s funding for reasonable and necessary supports to account for compensation received or given up.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD42130" w14:textId="77777777" w:rsidR="008C6CDE" w:rsidRPr="008C6CDE" w:rsidRDefault="008C6CDE" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk222475097"/>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Confidential Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means information that is:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5709FFF5" w14:textId="77777777" w:rsidR="008C6CDE" w:rsidRPr="008C6CDE" w:rsidRDefault="008C6CDE" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(a) by its nature confidential; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35AD4BD2" w14:textId="77777777" w:rsidR="008C6CDE" w:rsidRPr="00696D17" w:rsidRDefault="008C6CDE" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b) labelled, notified or described by the disclosing party as confidential at the time of its disclosure.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BE1DFA">
-[...576 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="665F2EF7" w14:textId="0E511F52" w:rsidR="00501170" w:rsidRPr="006F6AC9" w:rsidRDefault="00501170" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E3FA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consumer Protection Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="005E3FA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="005E3FA5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as set out in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Fair-Trading Act 2010</w:t>
-[...596 lines deleted...]
-      <w:r w:rsidRPr="00791C86">
+        <w:t>Fair</w:t>
+      </w:r>
+      <w:r w:rsidR="00B32632">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CE2E27" w:rsidRPr="00791C86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1990</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>Trading Act 2010</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E3FA5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (WA).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F30A21D" w14:textId="187B4F1B" w:rsidR="003E2251" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dispute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a dispute </w:t>
+      </w:r>
+      <w:r w:rsidR="000D0FEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or disagreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arising under or in connection with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D3DB1D9" w14:textId="10FE9487" w:rsidR="00CE2E27" w:rsidRDefault="003E2251" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00723A51">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dwelling </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00723A51">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a house, flat, or other place of residence.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67DDD224" w14:textId="1DA164A2" w:rsidR="00B007B7" w:rsidRPr="006F6AC9" w:rsidRDefault="00B007B7" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 2 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is either the date the plan ends or the date the plan extension ends.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5E68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s Plan end date' </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="006A34B4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77282D19" w14:textId="3B4FD8DE" w:rsidR="00EE7491" w:rsidRDefault="00EE7491" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engagement Date </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is defined at clause 2.1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10690C20" w14:textId="77777777" w:rsidR="000372A1" w:rsidRPr="006F6AC9" w:rsidRDefault="000372A1" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Enrolled dwelling </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a residential premises that has been approved by the National Disability Insurance Agency for use as Specialist Disability Accommodation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28AD1CE6" w14:textId="50D66672" w:rsidR="00A95F18" w:rsidRPr="00A95F18" w:rsidRDefault="00A95F18" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk201807403"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Funding Period</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he specific timeframe set by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which a portion of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A95F18">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">funding </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is made available for use.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="13FBF698" w14:textId="047AAF2E" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s guardian in a guardianship order made by the </w:t>
       </w:r>
       <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>WA</w:t>
-[...262 lines deleted...]
-        <w:t>NDIS Act</w:t>
+        <w:t>State Administrative Tribunal, Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, namely the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or the person to whom the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has delegated </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> powers and duties in respect of that appointment. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0173EBAF" w14:textId="6A3644C3" w:rsidR="00CE2E27" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>National Disability Insurance Scheme Act 2013</w:t>
-[...253 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Privacy Act 1988, </w:t>
-[...30 lines deleted...]
-          <w:bCs/>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5456A33E" w14:textId="77777777" w:rsidR="00371DCB" w:rsidRPr="006F6AC9" w:rsidRDefault="00371DCB" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00472699">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Health Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E7C9F">
-[...6 lines deleted...]
-      <w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means information, data and medical opinion on or about an individual's state of physical or mental health and wellbeing, including matters pertaining to disease, affliction, disability and drug or alcohol addiction.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ED6E717" w14:textId="56637470" w:rsidR="00CD4067" w:rsidRDefault="0024542C" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home and Living </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD48FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS support category that can be included in a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to help the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to live as independently as possible and build skills with things like household tasks and personal care.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4076CB06" w14:textId="77777777" w:rsidR="00CD4067" w:rsidRDefault="00CD4067">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="792D3552" w14:textId="77777777" w:rsidR="0024542C" w:rsidRPr="00271665" w:rsidRDefault="0024542C" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414D07EE" w14:textId="31C2DBA2" w:rsidR="00DD59B0" w:rsidRPr="00966059" w:rsidRDefault="00DD59B0" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means any requirement or rule of any statute, subordinate legislation, the common law or equity.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D00D74B" w14:textId="77777777" w:rsidR="00501170" w:rsidRPr="006F6AC9" w:rsidRDefault="00501170" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Agency, established by section 117 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E7C9F">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="005E7C9F">
+    </w:p>
+    <w:p w14:paraId="3B4BB452" w14:textId="77777777" w:rsidR="00501170" w:rsidRPr="006F6AC9" w:rsidRDefault="00501170" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the National Disability Insurance Scheme, being the arrangements set out in Chapter 3 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Act</w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-        <w:t>Participant’s Plan</w:t>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B88E373" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
-        <w:rPr>
-[...85 lines deleted...]
-      <w:r w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Privacy Act 1988 </w:t>
-[...273 lines deleted...]
-      <w:r w:rsidRPr="00791C86">
+        <w:t>National Disability Insurance Scheme Act 2013</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71D5F489" w14:textId="557AFC1B" w:rsidR="008C6CDE" w:rsidRPr="008C6CDE" w:rsidRDefault="008C6CDE" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004A0655" w:rsidRPr="00791C86">
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk222475178"/>
+      <w:r w:rsidRPr="002B10EE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B10EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00727697">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a legislative instrument under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B10EE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B10EE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1990</w:t>
-[...54 lines deleted...]
-      <w:r w:rsidRPr="00E43B61">
+        <w:t>National Disability Insurance Scheme Rules 2018.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="526842C1" w14:textId="619868EA" w:rsidR="008C6CDE" w:rsidRPr="00312CB0" w:rsidRDefault="008C6CDE" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Compliance Action </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to compliance and enforcement action, including banning orders, compliance orders, enforceable undertakings and suspension or revocation of registration taken by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C6CDE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17949726" w14:textId="77777777" w:rsidR="005E5744" w:rsidRDefault="00A415A7" w:rsidP="005E5744">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk189143278"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Maximum Reasonable Rent Contribution and Board Payment </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means 25</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD48FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per cent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Commonwealth Disability Support Pension as well as any Commonwealth Rent Assistance entitlement and is prescribed by the NDIA in the context of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Specialist Disability Accommodation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD66EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0266684F" w14:textId="77767385" w:rsidR="005E5744" w:rsidRDefault="005E5744" w:rsidP="005E5744">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s plan that is in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="3A2C452F" w14:textId="77777777" w:rsidR="001E1AA7" w:rsidRDefault="001E1AA7" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D6BEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements for Specialist Disability Accommodation (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6BEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>formerly</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6BEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the SDA Price Guide)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6BEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a summary of all prices that apply to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D6BEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165F3E4B" w14:textId="77777777" w:rsidR="00F7371D" w:rsidRPr="006F6AC9" w:rsidRDefault="00F7371D" w:rsidP="00F7371D">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Commission established by section 181A of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D3B2C0" w14:textId="04CC0371" w:rsidR="00B54DC7" w:rsidRPr="0083715B" w:rsidRDefault="00B54DC7" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C2C49">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C2C49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D221C" w:rsidRPr="002C2C49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C2C49">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> legislative instruments made under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C2C49">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C2C49">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530876C3" w14:textId="197118DE" w:rsidR="00501170" w:rsidRDefault="00501170" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the document of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that provides information on the current price limits for each support item and indicates for each price-limited support item the claim types that can be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079C49E5" w14:textId="26A72A89" w:rsidR="00711780" w:rsidRPr="00CF176E" w:rsidRDefault="00711780" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Supports </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are defined in Section 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and are supports that can be funded by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and declared by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E72A27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895676">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7010" w:rsidRPr="00895676">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00895676">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">supports. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B444784" w14:textId="2A6D229D" w:rsidR="00E32D98" w:rsidRPr="00D268A2" w:rsidRDefault="00E32D98" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="_Hlk184014136"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cheme </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is a national scheme run by the Office of the Australian Information Commissioner (OAIC), requiring any organisation or agency covered by the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Residential Tenancies Act 1987 </w:t>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00E43B61">
+        <w:t xml:space="preserve">Privacy Act 1988, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to notify affected individuals and the OAIC when a data breach is likely to result in harm to an individual whose personal information is involved.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w14:paraId="7363E387" w14:textId="4F679058" w:rsidR="00BF781F" w:rsidRDefault="005E7C9F" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means a person with a disability who is a participant in the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and has a right to have </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC4561">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plan under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7A44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E7C9F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>which includes a statement of participant supports.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F80F08" w14:textId="4F4828C7" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Personal Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means personal information within the definition </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Privacy Act 1988 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(C</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7652">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52793C04" w14:textId="15E0D777" w:rsidR="00CD4067" w:rsidRDefault="003B1F2B" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Extension </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an automatic extension of the existing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E43B61">
+      <w:r w:rsidR="00AC7010">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by the</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...40 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="00E43B61">
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B209D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hasn’t been finalised prior to the current</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BC90C1F" w14:textId="77777777" w:rsidR="00686319" w:rsidRPr="00E43B61" w:rsidRDefault="00686319" w:rsidP="005D17D8">
-[...51 lines deleted...]
-      <w:r w:rsidRPr="00E43B61">
+    <w:p w14:paraId="6DB6AEF1" w14:textId="77777777" w:rsidR="00CD4067" w:rsidRDefault="00CD4067">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1801BDF3" w14:textId="77777777" w:rsidR="003B1F2B" w:rsidRPr="002B209D" w:rsidRDefault="003B1F2B" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B07046" w14:textId="6DBEE348" w:rsidR="00232C42" w:rsidRPr="007112C4" w:rsidRDefault="00232C42" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk180090594"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is when a participant chooses to use </w:t>
+      </w:r>
+      <w:r w:rsidR="004F6B44">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan management provider to manage their NDIS funds which involves receiving funds from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and disbursing these funds on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491" w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to providers of other services received</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; in that regard, see </w:t>
+      </w:r>
+      <w:r w:rsidR="00D966C1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Item </w:t>
+      </w:r>
+      <w:r w:rsidR="00193EEA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Schedule 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="272243AE" w14:textId="7F8536E1" w:rsidR="004A0655" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the Public Advocate, being the office continued in existence by section </w:t>
+      </w:r>
+      <w:r w:rsidR="007E336B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Residential Tenancies Act</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B657B" w:rsidRPr="00E43B61">
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="00791C86">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1987 </w:t>
-[...6 lines deleted...]
-        <w:t>(WA)</w:t>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05B12C21" w14:textId="77777777" w:rsidR="00296F45" w:rsidRPr="00E43B61" w:rsidRDefault="00296F45" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Residential Tenancy Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means an agreement pursuant to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Residential Tenancies Act 1987 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(WA) entered into between the parties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D824E61" w14:textId="1162D30B" w:rsidR="007E336B" w:rsidRDefault="00686319" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA enrolled dwelling </w:t>
+      </w:r>
       <w:r w:rsidR="00A97112" w:rsidRPr="00E43B61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">that has been approved by the National Disability Insurance Agency for use as Specialist Disability </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>means a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97112" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">residential premises </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">defined in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Residential Tenancies Act</w:t>
+      </w:r>
+      <w:r w:rsidR="007B657B" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1987 </w:t>
+      </w:r>
+      <w:r w:rsidR="007B657B" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(WA)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97112" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that has been approved by the </w:t>
+      </w:r>
+      <w:r w:rsidR="004141EA" w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97112" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for use as </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97112" w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Disability </w:t>
+      </w:r>
+      <w:r w:rsidR="00861DF0" w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Accommodation</w:t>
       </w:r>
-      <w:r w:rsidR="00A97112" w:rsidRPr="00E43B61">
-        <w:rPr>
+      <w:r w:rsidR="00A97112" w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD58150" w14:textId="77777777" w:rsidR="00296F45" w:rsidRPr="00E43B61" w:rsidRDefault="00296F45" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="30D99361" w14:textId="3A775B1B" w:rsidR="00C92807" w:rsidRPr="00E5028D" w:rsidRDefault="00C92807" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means</w:t>
+      </w:r>
+      <w:r w:rsidR="005E5744">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:r w:rsidR="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5028D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">service provider delivering </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Disability Accommodation </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5028D" w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>services.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2455AC5F" w14:textId="2616121D" w:rsidR="00962D3B" w:rsidRDefault="00A10F07" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means this agreement between the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and includes its </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chedules </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and appendices </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedules </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and any documents incorporated by reference</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hereby, but no terms and conditions put forward, or sought by to be put forward, by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be referred to as this, or the Service Agreement, or any service agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19CDB963" w14:textId="59ABF3E2" w:rsidR="00962D3B" w:rsidRPr="00E53D3D" w:rsidRDefault="00962D3B" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the Service Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048218D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048218D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(including Support Coordination Provider, Plan Management Provider and Specialist Disability Accommodation Providers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0048218D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terms and conditions for the provision of goods and/or services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To remove any doubt, the Service Provider's terms and conditions are not this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but are a separate appendix to this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E53D3D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="233AA984" w14:textId="631DC37C" w:rsidR="00296F45" w:rsidRPr="00E43B61" w:rsidRDefault="00296F45" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...19 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Services </w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the services set out in Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>means the services set out in Schedule</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DC1CEC" w:rsidRPr="00E43B61">
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5921C236" w14:textId="332BE55D" w:rsidR="00686319" w:rsidRPr="00E43B61" w:rsidRDefault="007107AF" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Disability Accommodation </w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BEC" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="003D6BEC" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SDA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>refers to accommodation for participants who require specialist housing solutions to assist with the delivery of supports that cater for their extreme functional impairment and/or very high support needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="242BEC85" w14:textId="102A3B28" w:rsidR="003B1F2B" w:rsidRPr="006F6AC9" w:rsidRDefault="00296F45" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Hlk180125622"/>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 1 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is either the date the plan commences, or the plan extension commences. W</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1FD4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1FD4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>start</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date' </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be as </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="00CDF439" w14:textId="065CC787" w:rsidR="003E2251" w:rsidRPr="00E43B61" w:rsidRDefault="003E2251" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...19 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Supported Independent Living </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
-          <w:b/>
-[...21 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is a type of support to help you live in your home and build independence. It includes help or supervision with daily tasks, like personal care or cooking meals.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE4AC0D" w14:textId="21891468" w:rsidR="00410390" w:rsidRPr="00AD3DA1" w:rsidRDefault="00CC7A44" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...13 lines deleted...]
-      <w:bookmarkStart w:id="7" w:name="_Hlk180125622"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00410390" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider’s </w:t>
+      </w:r>
       <w:r w:rsidRPr="00E43B61">
         <w:rPr>
-          <w:b/>
-[...27 lines deleted...]
-      <w:r w:rsidR="003B1F2B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the provision of goods and/or services to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To remove any doubt, the Terms and Conditions are not this Service Agreement but are separate to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43B61" w:rsidRPr="00E5028D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
-[...43 lines deleted...]
-      <w:r w:rsidR="003B1F2B">
+      <w:r w:rsidR="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229A14C7" w14:textId="4A692917" w:rsidR="00CD4067" w:rsidRDefault="00CD4067">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F5A28A7" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58DFEBF8" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="008D49C6">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">1.2 Interpretation </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5971F616" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="005D17D8"/>
+    <w:p w14:paraId="22EFC708" w14:textId="31E453D1" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.1 This </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
-[...9 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is to be construed in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0" w:rsidRPr="001065F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001065F3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000465B5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Western Australia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05AB491E" w14:textId="3257E40F" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.2 In this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except where the context requires otherwise: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7323A733" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the singular includes the plural and vice versa; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4574B060" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) another grammatical form of a defined word or expression has a corresponding meaning; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39946049" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) a reference to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEA3CE2" w14:textId="5AF4DE93" w:rsidR="00791C86" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(i) a clause, schedule, appendix or annexure is a reference to a clause, schedule, appendix or annexure in or to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which are deemed part of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0FEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B1F2B" w:rsidRPr="006F6AC9">
-[...78 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="000D0FEC" w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and must be complied with</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with their expressed and implied terms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577FA69B" w14:textId="3D2A7BC4" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="489FBB48" w14:textId="77777777" w:rsidR="00791C86" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ii) a person includes the legal personal representatives, successors and permitted assigns of that person;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA1DE50" w14:textId="1690B5EB" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA5C34" w:rsidRPr="00E43B61">
-[...103 lines deleted...]
-        <w:t xml:space="preserve">1.2.1 This </w:t>
+    </w:p>
+    <w:p w14:paraId="16C95736" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iii) any body which no longer exists or has been reconstituted, renamed, replaced or whose powers or functions have been removed or transferred to another body or agency, is a reference to the body which most closely serves the purposes or objects of the first-mentioned body; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFEB6A2" w14:textId="6FC82A4F" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iv) a statute includes regulations under it and consolidations, amendments, re-enactments or replacements of any of them; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A36BF23" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(v) this or any other document includes the document as varied or replaced regardless of any change in the identity of the parties; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4722C4D3" w14:textId="0FA4CE26" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) headings and sub-headings are inserted for ease of reference only and do not affect the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is to be construed in accordance with the </w:t>
-[...89 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49435088" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...404 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">(e) where the expression including or includes is used it means 'including but not limited to' or 'including without limitation'. </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="48080478" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D18AFAA" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00841B8A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2. Term </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="148EB0BE" w14:textId="54FD6B46" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00841B8A">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.1 Term of </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637DD62F" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E77933" w14:textId="70535911" w:rsidR="00B007B7" w:rsidRPr="006F6AC9" w:rsidRDefault="00B007B7" w:rsidP="00B007B7">
-      <w:pPr>
+    <w:p w14:paraId="09E77933" w14:textId="70535911" w:rsidR="00B007B7" w:rsidRPr="006F6AC9" w:rsidRDefault="00B007B7" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5750,1327 +6199,1241 @@
         </w:rPr>
         <w:t>End Date</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, unless terminated earlier in accordance with clause </w:t>
       </w:r>
       <w:r w:rsidR="00066E53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BB4790E" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
-[...7 lines deleted...]
-    <w:p w14:paraId="6D646C9D" w14:textId="36BBC025" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00841B8A">
+    <w:p w14:paraId="4BB4790E" w14:textId="05CE0348" w:rsidR="00CD4067" w:rsidRDefault="00CD4067">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B60A0D8" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D646C9D" w14:textId="7D2D5C7E" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
-      <w:r w:rsidR="00663984">
+      <w:r w:rsidR="006A4ED5">
+        <w:t>Acknowledgements, warranties and responsibilities</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">3.1 Acknowledgements </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68111282" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The parties acknowledge and agree: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0819DC51" w14:textId="58A8382B" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.1 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is a person with a disability and, in providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Services</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="000D0FEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have regard to the human rights of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as set out in the United Nations Convention on the Rights of Persons with Disabilities; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25CE0C49" w14:textId="04A47BD6" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.2 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> signs this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pursuant to powers vested in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="651ED5E7" w14:textId="3DCC0249" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.3 the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00841B8A">
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> exercise all of the rights and powers of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>under this agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78B058F9" w14:textId="791A138C" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.4 this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes expectations as to how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will act to exercise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s rights in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D41719">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="235C3442" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.5 the rights, duties and responsibilities of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cease upon the cessation of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s appointment as the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AFEBA6B" w14:textId="63458D94" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.6 this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is otherwise unaffected by the cessation of the Public </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s appointment as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless the parties vary or terminate it in accordance with its terms</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="_Hlk221795371"/>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Where the guardianship of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has ceased, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any other guardian who represents the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, shall exercise all powers and rights of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as well as those conferred on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00962D3B" w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="0864CA8D" w14:textId="03D2A371" w:rsidR="003F069A" w:rsidRPr="00D41719" w:rsidRDefault="00841B8A" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.7 </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41719">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="009318BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nrolled </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="009318BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">welling owner </w:t>
+      </w:r>
+      <w:r w:rsidR="008473AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="00D41719">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> claim the maximum amount that can be funded under the NDIS for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidR="008473AB" w:rsidRPr="00D41719">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nrolled </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="008473AB" w:rsidRPr="00D41719">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>welling</w:t>
+      </w:r>
+      <w:r w:rsidR="008473AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41719">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">stated in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41719">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D41719">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="002379D3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements for Specialist Disability Accommodation</w:t>
+      </w:r>
+      <w:r w:rsidR="00471DA0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4583A8F5" w14:textId="6EBF3864" w:rsidR="00131CCC" w:rsidRDefault="004D3555" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00471DA0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may enforce this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">against the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including if the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">commits an actual or suspected breach of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="004C608C" w:rsidRPr="006A65D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="004C608C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C608C" w:rsidRPr="006A65D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E8522FB" w14:textId="726D202D" w:rsidR="00727DE8" w:rsidRPr="00010868" w:rsidRDefault="00727DE8" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk184621650"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1.9 that, for the duration of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Term, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will have, maintain and comply with all statutory, government and legal requirements </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and deliver a service that is compliant with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00962D3B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>requirements, policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and if the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> SDA Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is or becomes in bre</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ch of those obligations, it shall immediately notify the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in writing accordingly.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="17238CF1" w14:textId="77777777" w:rsidR="00A209A9" w:rsidRDefault="00A209A9" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63F2EA9E" w14:textId="6CDC6EBB" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...1192 lines deleted...]
-        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.2 </w:t>
       </w:r>
       <w:r w:rsidR="00102308">
         <w:t>SDA Provider</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> warranties </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="791FA21C" w14:textId="77777777" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="00890626">
-[...45 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="4D9B0FE5" w14:textId="40F46263" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> warrants that: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="174754DB" w14:textId="206C1CD1" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2.1 it has</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and will continue to have,</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the skills, expertise and experience necessary to provide the </w:t>
@@ -7106,3050 +7469,3349 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the </w:t>
       </w:r>
       <w:r w:rsidR="00E43B61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>provisions</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Service </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="580433D2" w14:textId="6C3A09F0" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.2 prior to entering the </w:t>
+      </w:r>
+      <w:r w:rsidR="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tart </w:t>
+      </w:r>
+      <w:r w:rsidR="00681038" w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00681038" w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="00681038" w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at items 1 and 2 of Schedule 1, it verified with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00681038">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the accuracy of those dates; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B8E39C2" w14:textId="1791BEF1" w:rsidR="00CD4067" w:rsidRDefault="00890626" w:rsidP="00395282">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.3 prior to entering the details of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Schedule 2, it confirmed with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the Support Coordinato</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">r that </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Home and Living</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> decision ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0263B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">there is sufficient funding available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the total cost for all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D0370A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> listed in Schedule 2; </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD4067">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B5E3E46" w14:textId="77777777" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72A4A07E" w14:textId="4E2DBD62" w:rsidR="00FA0DA9" w:rsidRPr="00FA0DA9" w:rsidRDefault="00FA0DA9" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.3A </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0263B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">f there is, at the time this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is entered into, no funding (referred to in clause 3.2.3)</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then clause 3.2.3 will not apply</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Schedule 2 and Appendix 1 will remain empty, but </w:t>
+      </w:r>
+      <w:r w:rsidR="00480CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>if</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the NDIA includ</w:t>
+      </w:r>
+      <w:r w:rsidR="00480CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...108 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidR="00B0263B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0263B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">funding </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...32 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00E20A09">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> then clause 3.2.3 will apply from the date of such SDA funding</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t this time</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6BFD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Service Agreement Amendment Schedu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00480CEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be completed by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF6BFD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to include funding in this </w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A" w:rsidRPr="00664E3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00664E3A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>greement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B8C1726" w14:textId="528FD078" w:rsidR="00890626" w:rsidRPr="00AF6BFD" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.4 it will only charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">according to the applicable funding periods prescribed by the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B7A50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in Schedule 2, it confirmed with </w:t>
-[...104 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> listed in Schedule 2; </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or in any </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">made during the Term of the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="511F6E73" w14:textId="2FC3F7A4" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.5 regardless of the price specified for any support item in Schedule 2, it will charge the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00650064" w:rsidRPr="003D6BEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Pricing Arrangements for Specialist Disability Accommodation</w:t>
+      </w:r>
+      <w:r w:rsidR="00650064" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...242 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and not more than the current price limit</w:t>
+      </w:r>
+      <w:r w:rsidR="004C608C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37AD87FE" w14:textId="14738BCD" w:rsidR="00441424" w:rsidRPr="00EC6961" w:rsidRDefault="00441424" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk189143438"/>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2.6 it will, acting reasonably and in good faith, negotiate and enter into with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6961">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidR="003B1F2B">
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or, if and when appointed, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Administrator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a </w:t>
+      </w:r>
+      <w:r w:rsidR="00681038" w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rent contribution and b</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>oard</w:t>
+      </w:r>
+      <w:r w:rsidR="00681038" w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> payment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC6961">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003B1F2B">
-[...205 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">that accords with all </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Legal</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> requirements and aligns with the </w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Maximum Reasonable Rent Contribution and Board Payment</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>, as and when required and appropriate.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="3DDD1D26" w14:textId="77777777" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="00890626">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27351C58" w14:textId="4C25DDC5" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="00890626">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.3 </w:t>
       </w:r>
       <w:r w:rsidR="008E229E">
         <w:t>SDA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Provider’s responsibilities </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B8D3522" w14:textId="77777777" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="00890626">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="333C3909" w14:textId="21DADFE1" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="00890626">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>The S</w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="008E229E" w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56222C5F" w14:textId="77777777" w:rsidR="00EC6961" w:rsidRDefault="00EC6961" w:rsidP="00EC6961">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk222487005"/>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.1 shall immediately report to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any serious concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">health, safety and wellbeing, and shall provide written notice to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 24 hours of becoming aware of a significant incident or risk to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>health,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D7B5C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>safety and wellbeing;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="780D0F5A" w14:textId="68664009" w:rsidR="00EC6961" w:rsidRPr="006F6AC9" w:rsidRDefault="00EC6961" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00733CB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>type or quantity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00733CB5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">required </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s support needs; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E72ED2" w14:textId="2A82E7B8" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with information concerning the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in formats </w:t>
+      </w:r>
+      <w:r w:rsidR="003F272A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">most likely to be </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">understood by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B46F7C" w14:textId="2D9DB7F3" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6961">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>consult</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="003F272A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F272A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to the extent possible</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> about how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="008E229E">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">3.3.1 </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="190280B8" w14:textId="77777777" w:rsidR="00EC6961" w:rsidRPr="00591384" w:rsidRDefault="00EC6961" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk221795522"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk211187895"/>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.5 may propose additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contained in Appendix 2 in this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, which shall be incorporated into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the extent that they:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1010D4DC" w14:textId="77777777" w:rsidR="00EC6961" w:rsidRPr="00591384" w:rsidRDefault="00EC6961" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000465B5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ful</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, fair and reasonable;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70C2B05E" w14:textId="32345FA8" w:rsidR="00EC6961" w:rsidRPr="00591384" w:rsidRDefault="00EC6961" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) </w:t>
+      </w:r>
+      <w:r w:rsidR="00591384" w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to record (and keep recorded) business specific information about how the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will meet requirements; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F50C0B" w14:textId="634C3314" w:rsidR="00EC6961" w:rsidRPr="00591384" w:rsidRDefault="00EC6961" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) do not authorise or provide any indemnity or release from or limitation on liability in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00591384" w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breach of any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000465B5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, non-compliance with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the performance standards in clause 3.4;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="77A1701C" w14:textId="05256284" w:rsidR="00CD4067" w:rsidRDefault="00EE7491" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6961" w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A shall ensure that the </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC6961" w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do not render the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="002A07EB" w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acting reasonably and in good faith, responsible for payment of any overspend of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funds as set out in the NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06410E2A" w14:textId="77777777" w:rsidR="00CD4067" w:rsidRDefault="00CD4067">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409A93D0" w14:textId="77777777" w:rsidR="00EE7491" w:rsidRPr="00591384" w:rsidRDefault="00EE7491" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19C7A937" w14:textId="6E802DDC" w:rsidR="00591384" w:rsidRDefault="00591384" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk221795681"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.6 shall propose any changes to its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by providing written notice of the changes in the form of a replacement Appendix 2 to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This notice should provide a summary of the proposed changes in language the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is most likely to understand. The proposed changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with clause</w:t>
+      </w:r>
+      <w:r w:rsidR="008641BD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.3.5</w:t>
+      </w:r>
+      <w:r w:rsidR="008641BD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.5A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will replace Appendix 2 once notice has been provided (unless the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has rejected the same </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4B61" w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> grounds of them being in breach of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00591384">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="196F5279" w14:textId="76637341" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE7491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">provide the </w:t>
+        <w:t xml:space="preserve">treat the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with information concerning the provision of the </w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with courtesy and respect at all times; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62ABCB48" w14:textId="373BE191" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communicate openly and honestly with the </w:t>
+      </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a timely manner; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BA4F54E" w14:textId="268F9A42" w:rsidR="00890626" w:rsidRPr="006F6AC9" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE7491">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listen to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s feedback and work with them to resolve problems quickly; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D41D4C3" w14:textId="5B32A018" w:rsidR="00052F9C" w:rsidRDefault="00052F9C" w:rsidP="00052F9C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deliver services to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E72A27">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in such a way as to give effect to the personal and lifestyle decisions made by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006F6AC9">
+    </w:p>
+    <w:p w14:paraId="7DA028E2" w14:textId="283DBC8F" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        <w:t xml:space="preserve">3.3.2 </w:t>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall support the </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to experience a planned and coordinated transition to or from another provider when required and possible;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D20C85" w14:textId="6CE3E90D" w:rsidR="00512AA1" w:rsidRPr="00424618" w:rsidRDefault="00512AA1" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05370C55" w14:textId="729678AB" w:rsidR="00512AA1" w:rsidRPr="00424618" w:rsidRDefault="00512AA1" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) warrants that it has </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA36A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>completed</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA36A8" w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Conflict-of-Interest Declaration form, in the format published by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on its website, in relation to any actual or perceived conflicts of interest</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA36A8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and provided it</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for approval prior to entering into this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BE0CD55" w14:textId="77777777" w:rsidR="00512AA1" w:rsidRPr="00424618" w:rsidRDefault="00512AA1" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) will provide an updated Conflict of Interest Declaration form to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval if any undeclared actual or perceived conflicts of interest arise during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618" w:rsidDel="00517CFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A31EF0C" w14:textId="5673861F" w:rsidR="00512AA1" w:rsidRDefault="00512AA1" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="_Hlk222395949"/>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 1 Business Day of being advised by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Compliance Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is being taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00424618">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:p w14:paraId="16C190BA" w14:textId="7869953F" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C57765">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00667C3E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE7491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve">shall, </w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where </w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Supported Independent Living</w:t>
+      </w:r>
+      <w:r w:rsidR="00410390">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SIL)</w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is funded in the </w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1" w:rsidRPr="009627A1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidR="003F272A">
-[...259 lines deleted...]
-      <w:r w:rsidRPr="00BA02AF">
+      <w:r w:rsidR="009627A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1" w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="009627A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009627A1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>agree</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and document arrangements with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00410390">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SIL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>outlining the roles and responsibilities of each party (where applicable)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and provide a copy to the </w:t>
+      </w:r>
+      <w:r w:rsidR="007B4B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidR="002A07EB">
+      <w:r w:rsidR="007B4B61">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> acting reasonably and in good faith, responsible for payment of any overspend of the </w:t>
-[...1344 lines deleted...]
-    <w:p w14:paraId="33723A56" w14:textId="737C36C5" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="003E2251">
+        <w:t xml:space="preserve"> for the following matters:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33723A56" w14:textId="39400D05" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">how the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s concerns about the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dwelling </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>with be communicated and addressed;</w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="4034B7C7" w14:textId="77777777" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="003E2251">
+        <w:t>wi</w:t>
+      </w:r>
+      <w:r w:rsidR="00504F8F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ll</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be communicated and addressed;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4034B7C7" w14:textId="36AAF669" w:rsidR="003E2251" w:rsidRDefault="00504F8F" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00C26619">
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n shared living</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how potential conflicts involving </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2251" w:rsidRPr="00C26619">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="003E2251">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s will be managed;</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="417B3285" w14:textId="77777777" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="003E2251">
+    </w:p>
+    <w:p w14:paraId="417B3285" w14:textId="37CC4A36" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">how changes to changes to </w:t>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">how changes to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>circumstances and/or support needs will be agreed and communicated;</w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="2E4E015E" w14:textId="77777777" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="003E2251">
+    </w:p>
+    <w:p w14:paraId="2E4E015E" w14:textId="1B194B5B" w:rsidR="003E2251" w:rsidRDefault="00504F8F" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...11 lines deleted...]
-      <w:r>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n shared living, how vacancies will be filled, including each </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2251">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-    <w:p w14:paraId="01973FF4" w14:textId="74D5BCCC" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="003E2251">
+      <w:r w:rsidR="003E2251">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s right to have their needs, preferences and situation taken into account; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01973FF4" w14:textId="7C7776D8" w:rsidR="003E2251" w:rsidRDefault="003E2251" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
-        <w:rPr>
-[...9 lines deleted...]
-        <w:t>how behaviors of concern which may put tenancies at risk will be managed, if this is relevant for the participant</w:t>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>how behaviors of concern which may put tenancies at risk</w:t>
+      </w:r>
+      <w:r w:rsidR="00504F8F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be managed, if this is relevant for the participant</w:t>
       </w:r>
       <w:r w:rsidR="004C608C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="5564C7DA" w14:textId="77777777" w:rsidR="00A32744" w:rsidRDefault="00A32744">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C26CFC0" w14:textId="77777777" w:rsidR="003E2251" w:rsidRPr="00C26619" w:rsidRDefault="003E2251" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="590CDE03" w14:textId="067C0EED" w:rsidR="00410390" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00DC1CEC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00667C3E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004C608C">
-[...4 lines deleted...]
-        <w:t>2</w:t>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EE7491">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="007677DE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">enable the </w:t>
       </w:r>
       <w:r w:rsidR="007677DE">
         <w:rPr>
           <w:b/>
@@ -10220,309 +10882,274 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">rights and in such a way as to support </w:t>
       </w:r>
       <w:r w:rsidR="00066E53">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00066E53">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="007677DE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to exercise informed choice and </w:t>
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> to exercise informed choice and control</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25527301" w14:textId="3A8AF9C8" w:rsidR="00890626" w:rsidRDefault="00410390" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC1CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00667C3E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        <w:t>3.</w:t>
+      <w:r w:rsidR="00D966C1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">submit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as required in accordance with clause 8.1.2; </w:t>
+      </w:r>
+      <w:r w:rsidR="00890626">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B0FE44" w14:textId="5E8F58D2" w:rsidR="00890626" w:rsidRDefault="00890626" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3</w:t>
       </w:r>
       <w:r w:rsidR="00DC1CEC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00667C3E">
+      <w:r w:rsidR="00A81502">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="004C608C">
-[...4 lines deleted...]
-        <w:t>3</w:t>
+      <w:r w:rsidR="00152A4F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D966C1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">submit a </w:t>
+        <w:t xml:space="preserve">act in a financially responsible and prudent manner in its performance of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r>
-[...55 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A81502">
-[...54 lines deleted...]
-      <w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AEB0F12" w14:textId="77777777" w:rsidR="006D7B5C" w:rsidRPr="00ED65DE" w:rsidRDefault="006D7B5C" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DA5BAF0" w14:textId="3392C431" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="003F069A">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="008E229E">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:t>Performance standards</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04FB55F1" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="003F069A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6613E3CC" w14:textId="1ED24AE6" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
-      <w:pPr>
+    <w:p w14:paraId="6613E3CC" w14:textId="1ED24AE6" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SDA Provider </w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10556,707 +11183,781 @@
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and in doing so, must perform the </w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services:</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F073F31" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...19 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="22ADA609" w14:textId="538E735E" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="008E229E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 </w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>for the purposes of achieving the goals</w:t>
+        <w:t xml:space="preserve">for the purposes of achieving the </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7010">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>goals</w:t>
       </w:r>
       <w:r w:rsidR="003F272A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as provided by the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC7010">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="003F272A">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provided by the </w:t>
+      </w:r>
+      <w:r w:rsidR="003F272A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardian </w:t>
       </w:r>
       <w:r w:rsidR="003F272A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="003F272A" w:rsidRPr="00AF6BFD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Support Coordinator</w:t>
       </w:r>
       <w:r w:rsidR="002E5582">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in compliance with, the </w:t>
       </w:r>
       <w:r w:rsidR="005304B1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participant’s </w:t>
-[...9 lines deleted...]
-        <w:t>Plan</w:t>
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F266A8C" w14:textId="122074FA" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="008E229E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="003C4568">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in a courteous and respectful manner,</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3555">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0045287E" w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3555" w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3555" w:rsidRPr="007B4B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fully</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3555">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4568">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with due skill, diligence, care and consistent with the highest professional and industry standards</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003C4568">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FAE8381" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="0A218788" w14:textId="128E8A2D" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="008E229E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2 </w:t>
-[...9 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00753976">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00753976">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0045287E">
-        <w:rPr>
+      <w:r w:rsidR="00753976">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">including all timeframes specified in Schedule 1, all applicable </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12EDF" w:rsidRPr="00AD7D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="004D3555">
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+      <w:r w:rsidR="00753976" w:rsidRPr="00AD7D78">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>aw</w:t>
+      </w:r>
+      <w:r w:rsidR="00753976" w:rsidRPr="007B4B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00753976">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and any reasonable request of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00753976">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="00753976">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>from time to time.</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23776126" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="003F069A" w:rsidP="005D17D8">
-[...42 lines deleted...]
-      <w:r w:rsidR="00A10F07">
+    <w:p w14:paraId="38058203" w14:textId="5A7DC465" w:rsidR="0045287E" w:rsidRPr="00E43B61" w:rsidRDefault="0045287E" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk186744089"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4 in accordance with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00512AA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervice Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7A44" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, but in the event of conflict between those </w:t>
+      </w:r>
+      <w:r w:rsidR="00512AA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7A44" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07" w:rsidRPr="00E43B61">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00753976">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the former shall prevail over the latter to the extent of the conflict (provided that, first, those </w:t>
+      </w:r>
+      <w:r w:rsidR="00512AA1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7A44" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B4B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000465B5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ful</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, fair and reasonable, and, second, that silence shall neither amount to nor form the basis of conflict).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46596C2E" w14:textId="5F5CA8ED" w:rsidR="0045287E" w:rsidRDefault="0045287E" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk193555108"/>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4.4A </w:t>
+      </w:r>
+      <w:r w:rsidR="00152085">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he conflict and precedence provisions of clause 3.4.4 do not apply if and to the extent that the </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC7A44" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are contrary to clauses</w:t>
+      </w:r>
+      <w:r w:rsidR="00664E3A">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00753976">
-[...63 lines deleted...]
-    <w:p w14:paraId="38058203" w14:textId="4D2E3F22" w:rsidR="0045287E" w:rsidRPr="00E43B61" w:rsidRDefault="0045287E" w:rsidP="0045287E">
+      <w:r w:rsidR="004B6230">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00512AA1" w:rsidRPr="00512AA1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 4, 7.1, 7.</w:t>
+      </w:r>
+      <w:r w:rsidR="004B6230">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00512AA1" w:rsidRPr="00512AA1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED3B07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00512AA1" w:rsidRPr="00512AA1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5E68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+      <w:r w:rsidR="00D966C1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8.8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07" w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E43B61">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1163FF" w14:textId="77777777" w:rsidR="00A32744" w:rsidRDefault="00A32744" w:rsidP="006D7B5C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...244 lines deleted...]
-    <w:p w14:paraId="72C0E83C" w14:textId="1174ECC9" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="000A6549">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w14:paraId="72C0E83C" w14:textId="1174ECC9" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00026909">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Guardian’s responsibilities </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51AD490F" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00F2410B" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="1D1E8182" w14:textId="77777777" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> agrees to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4CB982" w14:textId="77777777" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00934212" w:rsidP="005D17D8">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="429D3012" w14:textId="4DAC8EDF" w:rsidR="00934212" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00026909">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00101243">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -11317,2435 +12018,3157 @@
       <w:r w:rsidR="0030001D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Services </w:t>
       </w:r>
       <w:r w:rsidR="0030001D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to meet the </w:t>
       </w:r>
       <w:r w:rsidR="0030001D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant’s </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="0030001D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>needs</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D51688" w14:textId="2D4891DC" w:rsidR="002102C7" w:rsidRDefault="002102C7" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk180949826"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.2 take reasonable steps to work with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to action administrative tasks in a timely manner</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidR="002E2500">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:rPr>
+    </w:p>
+    <w:p w14:paraId="742B2547" w14:textId="1BA2E0D9" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00026909">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0030001D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002102C7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0030001D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D91C53D" w14:textId="52D72C5A" w:rsidR="00C972C5" w:rsidRDefault="00841B8A" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00026909">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0030001D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002102C7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide feedback as needed regarding the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="0030001D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CD5589" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03684978" w14:textId="77777777" w:rsidR="008D5F95" w:rsidRDefault="008D5F95" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531112DE" w14:textId="709EAEF1" w:rsidR="00D966C1" w:rsidRPr="006F6AC9" w:rsidRDefault="00D966C1" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk211188182"/>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.5 consent to the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC7010">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">services including those that are privately funded, for example where a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compensation Reduction Amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has been applied by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the relevant funding has been removed from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s Plan. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Financial arrangements for private funding </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outside the remit of a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and not covered by this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. Details of any private payment arrangements can be included in Appendix 1 for noting.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="2509D99A" w14:textId="55FA5C08" w:rsidR="00727DE8" w:rsidRDefault="00727DE8" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.5.6 make decisions in conjunction with the delivery of NDIS services, such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6470">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6470">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing consent to share information with a third party</w:t>
+      </w:r>
+      <w:r w:rsidR="00987E31">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but only as and when and to the extent deemed appropriate by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00987E31" w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00987E31">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00987E31" w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidR="00987E31">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total discretion))</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE6470">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E4AAD89" w14:textId="41D3C262" w:rsidR="00B36AC3" w:rsidRDefault="00B36AC3" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.7 use reasonable endeavors to acknowledge receipt of service delivery information provided by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="001E16C5" w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5DAC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...87 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="009B5DAC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>such as</w:t>
+      </w:r>
+      <w:r w:rsidR="001E16C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5DAC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="001E16C5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B5DAC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a personal emergency evacuation plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to accord with a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">role and responsibilities under the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="002102C7">
-[...63 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...132 lines deleted...]
-    <w:p w14:paraId="531112DE" w14:textId="53024197" w:rsidR="00D966C1" w:rsidRPr="006F6AC9" w:rsidRDefault="00D966C1" w:rsidP="00D966C1">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have no obligations on account of or arising from any such receipt or acknowledgement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A83618E" w14:textId="77777777" w:rsidR="009975B7" w:rsidRPr="00510CAF" w:rsidRDefault="009975B7" w:rsidP="006D7B5C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Hlk211188182"/>
-[...1013 lines deleted...]
-      <w:r w:rsidRPr="00A10F07">
+    </w:p>
+    <w:p w14:paraId="1047A818" w14:textId="2FAC2A9B" w:rsidR="00A53806" w:rsidRPr="00FF79AC" w:rsidRDefault="00A53806" w:rsidP="009975B7">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.1</w:t>
-[...117 lines deleted...]
-      <w:r w:rsidRPr="00A10F07">
+      </w:pPr>
+      <w:r w:rsidRPr="00FF79AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.2</w:t>
-[...78 lines deleted...]
-      <w:r w:rsidRPr="00A10F07">
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0092520B" w:rsidRPr="00FF79AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.3</w:t>
-[...76 lines deleted...]
-      <w:r w:rsidRPr="00A10F07">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF79AC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.4</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t xml:space="preserve"> Privacy </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E093D3" w14:textId="1BEB06F0" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2D9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="001B7A50">
+      <w:r w:rsidR="00040E6E" w:rsidRPr="00FC2D9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00FC2D9F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must provide the </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> must: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA4F66D" w14:textId="430E49C4" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.1 protect the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s privacy and collect, use, disclose and otherwise handle Personal Information and Health Information collected by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2D9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00565F53" w:rsidRPr="00FC2D9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC2D9F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in connection with the Services or this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only for the purpose of performing its obligations under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and only in compliance with </w:t>
+      </w:r>
+      <w:r w:rsidR="006B36FB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all relevant </w:t>
+      </w:r>
+      <w:r w:rsidR="006B36FB" w:rsidRPr="00E33085">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidR="006B36FB" w:rsidRPr="00CE46DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006B36FB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00791C86">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Privacy Act 1988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC7652">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th)</w:t>
+      </w:r>
+      <w:r w:rsidR="0013020A">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE46DF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160B14C1" w14:textId="6255E667" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72F60">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">promptly </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notify</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D98">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D98" w:rsidRPr="0041779C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
+      </w:r>
+      <w:r w:rsidR="0041779C" w:rsidRPr="0041779C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D98" w:rsidRPr="0041779C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cheme</w:t>
+      </w:r>
+      <w:r w:rsidR="00E32D98">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in writing of any actual or suspected breach of its obligations under clause 3.6.1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47017E0F" w14:textId="28088D6C" w:rsidR="00A81502" w:rsidRPr="006F6AC9" w:rsidRDefault="00A81502" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.6.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within 30 days of the signing of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...35 lines deleted...]
-    <w:p w14:paraId="76030C23" w14:textId="6EACB26F" w:rsidR="00B80C64" w:rsidRDefault="00B80C64" w:rsidP="00B80C64">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and thereafter every time there is policy or procedures change,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a copy of its privacy policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in language the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is most likely to understand,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at such other times  the above can be achieved by providing  a link to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0017404B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s  privacy, policies and procedures available on the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s website</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D92A6E6" w14:textId="77777777" w:rsidR="001A74B2" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.6.4 inform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E0C79">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of how their information is stored and used, and when and how each participant can access or correct their information and withdraw or amend their prior consent.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62C189EB" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="436B0C40" w14:textId="1013B1F9" w:rsidR="00866A6E" w:rsidRDefault="00866A6E" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="0092520B">
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Indemnity</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B07CE75" w14:textId="693E55EC" w:rsidR="00934212" w:rsidRDefault="00A72F60" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6F2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall indemnify each of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (each, an </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7214" w:rsidRPr="00866A6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00866A6E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ndemnitee</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) from and against </w:t>
+      </w:r>
+      <w:r w:rsidR="001E7214">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all loss, damage, liability, costs, expenses, claims and lawsuits suffered or incurred by, or brought against</w:t>
+      </w:r>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001E7214">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any Indemnitee to the extent caused or contributed to by</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5E68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or any other wrongful or unlawful act or omission</w:t>
+      </w:r>
+      <w:r w:rsidR="007E5E68">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or on the part of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007E5E68" w:rsidRPr="002452BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F22089" w14:textId="79E95468" w:rsidR="00C972C5" w:rsidRDefault="00C972C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07580349" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6597BAF4" w14:textId="77777777" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:t xml:space="preserve">3.8 Confidential Information </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08EC1C41" w14:textId="39FA7399" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk222396681"/>
+      <w:r w:rsidRPr="002A31F1">
+        <w:t xml:space="preserve">3.8.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must keep all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided to it by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(or received by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or through this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) for the purposes of providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confidential. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65049585" w14:textId="31E0739C" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only disclose the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BE8FA16" w14:textId="77777777" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) with the written consent of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CF17FA" w14:textId="65D02824" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) to its employees, contractors or advisors solely in order to comply with obligations, or to exercise rights, under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD7A092" w14:textId="77777777" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) as required by any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Law</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D37D735" w14:textId="6E647EF8" w:rsidR="006E1FA9" w:rsidRPr="002A31F1" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) where the information is in the public knowledge or enters the public domain through no fault of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5247E1BF" w14:textId="2112556F" w:rsidR="006E1FA9" w:rsidRDefault="006E1FA9" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.3 Subject to any legal requirements, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must destroy or return </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above within a reasonable time after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A31F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has made a written request.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="489A5024" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRPr="00D82951" w:rsidRDefault="00C972C5" w:rsidP="006E1FA9">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="10E32E7C" w14:textId="77777777" w:rsidR="00DC55FF" w:rsidRDefault="00DC55FF" w:rsidP="00FF79AC">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">4. Insurance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B715072" w14:textId="15D5F121" w:rsidR="00B80C64" w:rsidRDefault="00B80C64" w:rsidP="00B80C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk193557546"/>
       <w:r w:rsidRPr="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.5</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2E64">
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001B7A50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
-      <w:r w:rsidRPr="005D2E64">
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="00DD4301">
-[...60 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="23" w:name="_Hlk180075775"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk180066962"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that, during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for the period after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as </w:t>
+      </w:r>
+      <w:r w:rsidR="00193EEA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, it will maintain adequate levels of insurance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will seek professional advice as the type and amount of insurance that is necessary.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="752817D4" w14:textId="4E251EED" w:rsidR="00B80C64" w:rsidRDefault="00B80C64" w:rsidP="00B80C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.1</w:t>
-[...32 lines deleted...]
-      <w:pPr>
+        <w:t>4.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To meet the requirements of 4.1 the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will obtain Public Liability Insurance and Professional Indemnity Insurance that meets the minimum level of cover that is commensurate to the scope of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE46DF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2707F2" w14:textId="33016443" w:rsidR="00B80C64" w:rsidRPr="003D257F" w:rsidRDefault="00B80C64" w:rsidP="00B80C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.2</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t>4.3</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="006C6F2E">
+      <w:r w:rsidR="001B7A50">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...24 lines deleted...]
-      <w:r w:rsidR="008205C2">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that it has sought and considered the appropriate professional advice in relation to its insurance requirements and needs, in the light of all relevant factors, including this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008205C2" w:rsidRPr="006C6F2E">
-[...78 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and its rights and obligations hereunder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A687FFE" w14:textId="3A9E99BD" w:rsidR="00B80C64" w:rsidRDefault="00B80C64" w:rsidP="00B80C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.3</w:t>
-[...49 lines deleted...]
-      <w:r w:rsidR="004D3555">
+        <w:t>4.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> On request, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D3555">
-[...32 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evidence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>its compliance with clause 4.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 4.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76030C23" w14:textId="6EACB26F" w:rsidR="00B80C64" w:rsidRDefault="00B80C64" w:rsidP="00B80C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.4</w:t>
-[...40 lines deleted...]
-      <w:pPr>
+        <w:t>4.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must not commit any act or omission, or allow any act or omission to be committed, which would cancel or lessen the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B7A50">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rights under any of the above insurance policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51F65A7C" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5" w:rsidP="00B80C64">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w14:paraId="51500A37" w14:textId="27A32028" w:rsidR="009F3AB7" w:rsidRPr="000A6549" w:rsidRDefault="009F3AB7" w:rsidP="009975B7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="000A6549">
+        <w:t xml:space="preserve">5. Complaints and </w:t>
+      </w:r>
+      <w:r w:rsidR="00C972C5">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A6549">
+        <w:t xml:space="preserve">ispute resolution </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="220E4C60" w14:textId="76AA1A48" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5.5</w:t>
-[...51 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The parties must attempt to resolve all complaints and disputes under this clause 5 before starting any court proceedings, other than court proceedings for interlocutory</w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, injunctive or declaratory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relief. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="364CB728" w14:textId="351D9322" w:rsidR="00C972C5" w:rsidRDefault="009F3AB7" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10F07">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>6.1</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
-      <w:r w:rsidRPr="004627C7">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6F2E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must inform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2" w:rsidRPr="006C6F2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2" w:rsidRPr="004D3555">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of its complaints and dispute handling processes</w:t>
+      </w:r>
+      <w:r w:rsidR="001A74B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, including avenues external to the </w:t>
+      </w:r>
+      <w:r w:rsidR="001A74B2" w:rsidRPr="000B1844">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SDA Provider</w:t>
       </w:r>
-      <w:r w:rsidRPr="004627C7">
-[...60 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="001A74B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and their right to advoc</w:t>
+      </w:r>
+      <w:r w:rsidR="00471DA0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>acy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The parties agree to use these processes to try to resolve any complaint or dispute. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA24B7A" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C26EB2" w14:textId="77777777" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="221CE7DE" w14:textId="18715309" w:rsidR="009F3AB7" w:rsidRPr="006F6AC9" w:rsidRDefault="009F3AB7" w:rsidP="00C972C5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10F07">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
+        <w:t>5.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If, following the processes in good faith, the parties have not resolved the complaint or dispute, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2" w:rsidRPr="00E33085">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="008205C2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may refer the complaint or dispute to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality </w:t>
+      </w:r>
+      <w:r w:rsidR="00697AB7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3555">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3555">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47912" w:rsidRPr="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of Local Government, Industry Regulation and Safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00D47912" w:rsidRPr="00D47912" w:rsidDel="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Consumer Protection) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for determination or resolution. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C168C85" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="009F3AB7" w:rsidP="00CE46DF">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Despite the existence of a complaint or dispute, the parties must continue to perform their obligations under this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A74B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> There is a supportive environment for any person who provides feedback and/or makes a complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D8AE72" w14:textId="6AEB1DDD" w:rsidR="007D61F9" w:rsidRDefault="007D61F9" w:rsidP="00C972C5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>5.5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nothing in the preceding provisions of this clause 5 shall reduce or otherwise affect a party's rights under clause </w:t>
+      </w:r>
+      <w:r w:rsidR="001A74B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B994102" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRPr="006F6AC9" w:rsidRDefault="00C972C5" w:rsidP="00C972C5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E5FADC5" w14:textId="7C331FEE" w:rsidR="001A74B2" w:rsidRDefault="001A74B2" w:rsidP="009975B7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">6 Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6113A">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">mergency </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6113A">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">vent or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6113A">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:t>isaster</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71842A2F" w14:textId="4D5B6EE4" w:rsidR="001A74B2" w:rsidRPr="004627C7" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have business continuity processes to ensure they can continue to provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00E649EB" w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervices</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the event of a community emergency event or disaster.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15A2A30B" w14:textId="260FC233" w:rsidR="00E616AE" w:rsidRDefault="00E616AE" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
         <w:t>6.2</w:t>
       </w:r>
       <w:r w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> The </w:t>
       </w:r>
       <w:r w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SDA Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13756,104 +15179,139 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Terms and Conditions</w:t>
       </w:r>
       <w:r w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">as provided for in 3.3.3 and 3.3.4 of this </w:t>
+        <w:t>as provided for in 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004627C7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07" w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="004627C7">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="765349AD" w14:textId="77777777" w:rsidR="001A74B2" w:rsidRPr="006F6AC9" w:rsidRDefault="001A74B2" w:rsidP="001A74B2">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3F491C23" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRPr="004627C7" w:rsidRDefault="00C972C5" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3928D12C" w14:textId="10ABF014" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:t xml:space="preserve">. Termination </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DED4DAA" w14:textId="1B7775F1" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
+    <w:p w14:paraId="6DED4DAA" w14:textId="1B7775F1" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="0048218D">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:t xml:space="preserve">.1 Termination for convenience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43C953F1" w14:textId="65B8B4F7" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
+    <w:p w14:paraId="43C953F1" w14:textId="4BB6FE54" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -13945,52 +15403,53 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> decides that circumstances warrant</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DA60EA8" w14:textId="7FCBB98E" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:t xml:space="preserve">.2 Termination by the Participant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="068D0F2A" w14:textId="6B1C8284" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
-      <w:pPr>
+    <w:p w14:paraId="068D0F2A" w14:textId="6B1C8284" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14026,60 +15485,53 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> if: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8B6059" w14:textId="77777777" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="39FC28F9" w14:textId="20C7F3AB" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.1 the </w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14167,489 +15619,412 @@
       <w:r w:rsidR="007D61F9" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001B6409">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-        <w:t>Provider</w:t>
+        <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="769264F8" w14:textId="53DD2DB0" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">.2.2 </w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(subject to clause </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
+      <w:r w:rsidR="007D61F9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.1) </w:t>
+      </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.2.2 </w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6409">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commits a breach of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="001B6409">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7671D801" w14:textId="4DE31359" w:rsidR="0006368F" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a) fails to commence action to remedy the breach within </w:t>
+      </w:r>
+      <w:r w:rsidR="000C01B3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Day</w:t>
+      </w:r>
+      <w:r w:rsidR="00E43B61">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has served notice requiring it to do so; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFC4E60" w14:textId="643A6AB8" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="0006368F">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) having commenced action to remedy the breach, fails to complete that action as soon as possible and in any event, within </w:t>
+      </w:r>
+      <w:r w:rsidR="001A74B2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Business Days of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notice; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D557B27" w14:textId="037D0634" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2.3 in the opinion of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, continuation of the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would pose a risk to the </w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s safety or personal</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(subject to clause </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">.2.1) </w:t>
+        <w:t>, mental or</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
-[...325 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> social wellbeing. </w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="0B4833EB" w14:textId="07306EBF" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:t>.3 Termination by S</w:t>
       </w:r>
       <w:r w:rsidR="001B6409">
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:t xml:space="preserve"> Provider </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFC6F39" w14:textId="0353F05A" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
+    <w:p w14:paraId="6BFC6F39" w14:textId="3C228251" w:rsidR="00C972C5" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="001B6409">
         <w:rPr>
           <w:b/>
@@ -14704,159 +16079,201 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00650064">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>0 days’ notice</w:t>
       </w:r>
       <w:r w:rsidR="00650064">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> before the participant is required to vacate the premises, unless shorter notice is required to address risks of harm to the participant or others</w:t>
+        <w:t xml:space="preserve"> before the participant is required to vacate the premises, unless shorter notice is required to address risks of harm to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0006368F" w:rsidRPr="004746E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00650064" w:rsidRPr="004746E3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r w:rsidR="00650064">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or others</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="644DA66F" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DD17DE6" w14:textId="77777777" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="4E43C808" w14:textId="57F977D6" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
-        <w:t xml:space="preserve">.4 Termination </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> changes to the Participant's Plan </w:t>
+        <w:t xml:space="preserve">.4 Termination as a consequence of changes to the Participant's Plan </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="195DAB28" w14:textId="28724D2F" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
+      <w:r w:rsidR="00A10F07" w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreed to under this </w:t>
+      </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...48 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ceases or has been exhausted</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14873,172 +16290,175 @@
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00102308">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, acting reasonably and in good faith and with the welfare and wellbeing of the Participant being the paramount consideration (but at no cost to the </w:t>
+        <w:t xml:space="preserve">, acting reasonably and in good faith and with the welfare and wellbeing of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being the paramount consideration (but at no cost to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>), cannot or do not agree a mutually satisfactory solution within a reasonable period of time</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="397BE59D" w14:textId="0C67081C" w:rsidR="007D61F9" w:rsidRDefault="001A74B2" w:rsidP="007D61F9">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:t xml:space="preserve">.5 Effect of termination or expiry </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="612487D5" w14:textId="7A60C821" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
-      <w:pPr>
+    <w:p w14:paraId="612487D5" w14:textId="7A60C821" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not affect: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517BE160" w14:textId="77777777" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="18820867" w14:textId="7368A9A1" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 any accrued rights or remedies of either party; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F8919CE" w14:textId="77777777" w:rsidR="007D61F9" w:rsidRPr="00D424DB" w:rsidRDefault="007D61F9" w:rsidP="007D61F9">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="59AFCB20" w14:textId="354E805A" w:rsidR="006D7B5C" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
@@ -15094,86 +16514,87 @@
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any other provision which, by its nature, is intended to survive termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="007D61F9" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501914C9" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
-[...7 lines deleted...]
-    <w:p w14:paraId="08AC769F" w14:textId="23A331F2" w:rsidR="00473F78" w:rsidRDefault="001A74B2" w:rsidP="00473F78">
+    <w:p w14:paraId="194E59F5" w14:textId="77777777" w:rsidR="00C972C5" w:rsidRDefault="00C972C5" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08AC769F" w14:textId="23A331F2" w:rsidR="00473F78" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">. General </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AD67CCF" w14:textId="1D5CA634" w:rsidR="00473F78" w:rsidRDefault="001A74B2" w:rsidP="00473F78">
+    <w:p w14:paraId="4AD67CCF" w14:textId="1D5CA634" w:rsidR="00473F78" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.1 Amendment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E2252FB" w14:textId="77777777" w:rsidR="004E5460" w:rsidRPr="004E5460" w:rsidRDefault="004E5460" w:rsidP="000B1844"/>
-[...4 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="3014D725" w14:textId="77777777" w:rsidR="00552A0D" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.1 During the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -15260,50 +16681,61 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may amend the information contained in </w:t>
       </w:r>
       <w:r w:rsidR="00D966C1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Schedule 1 by advising the other party in writing of the updated information. Such amendments should be communicated within 7 days of the change. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="2FA0DB61" w14:textId="19537BDA" w:rsidR="004E5460" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with 3.2.5 of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
@@ -15359,62 +16791,53 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Participant’s Plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00C26619">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NDIA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BBC4A3C" w14:textId="77777777" w:rsidR="004E5460" w:rsidRDefault="004E5460" w:rsidP="004E5460">
-[...10 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="19FD6229" w14:textId="09EF5519" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2 If during the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -15423,60 +16846,53 @@
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the parties agree to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28AB8D7F" w14:textId="77777777" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="004E5460">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="5860095E" w14:textId="6677DE47" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="002474CC">
         <w:rPr>
           <w:b/>
@@ -15547,52 +16963,53 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; and/or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="775438E1" w14:textId="236527E8" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="004E5460">
-      <w:pPr>
+    <w:p w14:paraId="775438E1" w14:textId="236527E8" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) alter the range and/or details of services specified in Schedule 2 or, if a </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
@@ -15603,770 +17020,764 @@
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...5 lines deleted...]
-      </w:r>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="122172FC" w14:textId="5325FCBB" w:rsidR="004E5460" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>;</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002474CC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall, after consulting with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, provide the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with a </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (in the standard form provided by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) reflecting the agreed amendments (including the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B1844">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dates, if applicable) within 10 Business Days of the agreement. There is no limit on the number of times a new </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60F17EDE" w14:textId="28E451C5" w:rsidR="00FF65EA" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8.1.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00353DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">the </w:t>
+        <w:t xml:space="preserve">he </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken to be made after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completes the appended Support Coordinator’s Notation unless the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informs the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="002474CC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DA</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> shall, after consulting with the </w:t>
+        <w:t xml:space="preserve"> in writing within 5 Business Days of the Support Coordinator’s Notation that it does not agree to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Support Coordinator</w:t>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, provide the </w:t>
-[...8 lines deleted...]
-        <w:t>Guardian</w:t>
+        <w:t xml:space="preserve">, in which case the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> with a </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken not to have been made and is of no effect. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="535906A3" w14:textId="77777777" w:rsidR="00FF65EA" w:rsidRDefault="00FF65EA">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51713EFD" w14:textId="77777777" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F8003DB" w14:textId="636DED5D" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.4 A </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (in the standard form provided by the </w:t>
-[...8 lines deleted...]
-        <w:t>Guardian</w:t>
+        <w:t xml:space="preserve"> replaces Schedule 2 and any earlier </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10F07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000B1844">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in respect of services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">'s </w:t>
-[...8 lines deleted...]
-        <w:t>Plan</w:t>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DA </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> dates, if applicable) within 10 Business Days of the agreement. There is no limit on the </w:t>
+        <w:t xml:space="preserve"> within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">number of times a new </w:t>
+        <w:t xml:space="preserve"> start and end dates specified in that </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> can be made during the </w:t>
+        <w:t xml:space="preserve"> and must specify all services to be provided within that period. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B2527DE" w14:textId="57CEF89D" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Term</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1.5 Except as provided for in clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...22 lines deleted...]
-        <w:t>8.1.3</w:t>
+        <w:t xml:space="preserve">.1.1 or clause </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, the </w:t>
+        <w:t xml:space="preserve">.1.2, this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...354 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may only be varied or replaced by a document executed by the parties. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E6345E6" w14:textId="77777777" w:rsidR="004E5460" w:rsidRPr="00D424DB" w:rsidRDefault="004E5460" w:rsidP="004E5460">
-[...7 lines deleted...]
-    <w:p w14:paraId="426F1D46" w14:textId="766CF79E" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="426F1D46" w14:textId="766CF79E" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.2 Entire understanding </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39248889" w14:textId="461EFAD0" w:rsidR="00481F70" w:rsidRPr="00D424DB" w:rsidRDefault="00481F70" w:rsidP="00481F70">
-      <w:pPr>
+    <w:p w14:paraId="39248889" w14:textId="461EFAD0" w:rsidR="00481F70" w:rsidRPr="00D424DB" w:rsidRDefault="00481F70" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, explanations and commitments, expressed or implied, affecting this subject matter are superseded by this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and have no effect. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05BE49FD" w14:textId="305F2317" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="05BE49FD" w14:textId="305F2317" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.3 Consents and approvals </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E6CA067" w14:textId="77BC1088" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="4E6CA067" w14:textId="77BC1088" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If the doing of any act, matter or thing under this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16407,246 +17818,280 @@
       </w:r>
       <w:r w:rsidR="007734D2" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="007734D2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in its absolute discretion unless express provision to the contrary is made. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77460E8D" w14:textId="0AD37243" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="77460E8D" w14:textId="0AD37243" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.4 Duty to cooperate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADB7AEC" w14:textId="19BD8BCF" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="5ADB7AEC" w14:textId="11D9D8E3" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each party must do everything reasonably necessary </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and reasonable </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">to give full effect to this agreement. </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="38969633" w14:textId="27DE3B2C" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+        <w:t xml:space="preserve">to give full effect to this </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9" w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>greement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38969633" w14:textId="27DE3B2C" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.5 Legal costs and expenses </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD20C78" w14:textId="332BF5FA" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="1BD20C78" w14:textId="332BF5FA" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Each party must pay its own legal costs and expenses in relation to the negotiation, preparation and execution of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other documents referred to in it, unless expressly stated otherwise. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B4A09FD" w14:textId="317DA4E0" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="2B4A09FD" w14:textId="317DA4E0" w:rsidR="0014762F" w:rsidRPr="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="0014762F">
         <w:t xml:space="preserve">.6 Waiver and exercise of rights </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32494A14" w14:textId="436FB5CD" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="32494A14" w14:textId="436FB5CD" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may only be waived by a written notice signed by the party waiving the right. A single or partial exercise or waiver of a right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not prevent any other exercise of that right or the exercise of any other right. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="517F6C87" w14:textId="5C9590D8" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="517F6C87" w14:textId="5C9590D8" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.7 Rights and remedies </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="271FB492" w14:textId="65DB2DA8" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="271FB492" w14:textId="65DB2DA8" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The rights and remedies conferred on a party by this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are in addition to all other rights and remedies of that party. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F886C2F" w14:textId="08BD4FAE" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="0F886C2F" w14:textId="08BD4FAE" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:spacing w:after="120"/>
+      </w:pPr>
+      <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.8 Assignment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FE5CF79" w14:textId="7E2566A6" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="3FE5CF79" w14:textId="7E2566A6" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D06D64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -16682,137 +18127,141 @@
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the prior written consent of the </w:t>
       </w:r>
       <w:r w:rsidR="007734D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C05A9BF" w14:textId="3E72D004" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+    <w:p w14:paraId="6C05A9BF" w14:textId="3E72D004" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.9 No relationship </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711C306E" w14:textId="33DE6FD9" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="450F0B28" w14:textId="4662824B" w:rsidR="00FF65EA" w:rsidRDefault="00473F78" w:rsidP="004746E3">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be construed or deemed to constitute a partnership, joint venture or employee, employer or representative relationship between any of the parties. Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be deemed to </w:t>
-[...18 lines deleted...]
-    <w:p w14:paraId="5ACDB7D0" w14:textId="55A309CF" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="0014762F">
+        <w:t xml:space="preserve"> will be deemed to authorise or empower any of the parties to act as agent for or with any other party. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF65EA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37605477" w14:textId="77777777" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="0014762F" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ACDB7D0" w14:textId="55A309CF" w:rsidR="0014762F" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.10 Rule of construction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6DDF78" w14:textId="2C688D83" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="5E6DDF78" w14:textId="2C688D83" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -16823,145 +18272,151 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or any part of it. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68B85F42" w14:textId="06FABBC6" w:rsidR="00EA7DED" w:rsidRDefault="001A74B2" w:rsidP="00EA7DED">
+    <w:p w14:paraId="68B85F42" w14:textId="06FABBC6" w:rsidR="00EA7DED" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.11 Counterparts </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09937462" w14:textId="051482E9" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="09937462" w14:textId="051482E9" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be executed in any number of counterparts all of which taken together constitute one instrument. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC12571" w14:textId="75DD4C57" w:rsidR="00EA7DED" w:rsidRDefault="001A74B2" w:rsidP="00EA7DED">
+    <w:p w14:paraId="6FC12571" w14:textId="75DD4C57" w:rsidR="00EA7DED" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.12 Notices </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="308CF940" w14:textId="3BD68E79" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
-      <w:pPr>
+    <w:p w14:paraId="308CF940" w14:textId="3BD68E79" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any notices required to be served by any party to the other party must be in writing and may be via email (see </w:t>
       </w:r>
       <w:r w:rsidR="00D966C1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Schedule 1). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47A1140F" w14:textId="20E2B31B" w:rsidR="00EA7DED" w:rsidRDefault="001A74B2" w:rsidP="00EA7DED">
+    <w:p w14:paraId="47A1140F" w14:textId="20E2B31B" w:rsidR="00EA7DED" w:rsidRDefault="001A74B2" w:rsidP="006D7B5C">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.13 Governing law and jurisdiction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DC7ADA0" w14:textId="52D2C7BC" w:rsidR="00EA68EA" w:rsidRPr="00AE3950" w:rsidRDefault="00473F78">
-      <w:pPr>
+    <w:p w14:paraId="1DC7ADA0" w14:textId="52D2C7BC" w:rsidR="00EA68EA" w:rsidRPr="00AE3950" w:rsidRDefault="00473F78" w:rsidP="006D7B5C">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00A10F07">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -17102,142 +18557,142 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
       <w:r w:rsidR="003B1F2B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Extension Start Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA3F66E" w14:textId="77777777" w:rsidR="007004D7" w:rsidRPr="00D424DB" w:rsidRDefault="007004D7" w:rsidP="007004D7">
+    <w:p w14:paraId="5BA3F66E" w14:textId="548068CF" w:rsidR="007004D7" w:rsidRPr="00D424DB" w:rsidRDefault="007004D7" w:rsidP="007004D7">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Text2"/>
+      <w:bookmarkStart w:id="25" w:name="Text2"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Text3"/>
+      <w:bookmarkStart w:id="26" w:name="Text3"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -17261,76 +18716,76 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
+      <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:type w:val="number"/>
               <w:maxLength w:val="4"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Text4"/>
+      <w:bookmarkStart w:id="27" w:name="Text4"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -17346,89 +18801,85 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...37 lines deleted...]
-        <w:t>)</w:t>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00051B1E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00051B1E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C31BB4B" w14:textId="29B1F5C0" w:rsidR="007004D7" w:rsidRPr="005B14B7" w:rsidRDefault="007004D7" w:rsidP="007004D7">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
@@ -17463,51 +18914,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
       <w:r w:rsidR="003B1F2B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>or Extension End Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AEB0436" w14:textId="77777777" w:rsidR="007004D7" w:rsidRDefault="007004D7" w:rsidP="007004D7">
+    <w:p w14:paraId="5AEB0436" w14:textId="7A4E11CE" w:rsidR="007004D7" w:rsidRDefault="007004D7" w:rsidP="007004D7">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -17707,161 +19158,157 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...31 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00051B1E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00051B1E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36569FD0" w14:textId="77777777" w:rsidR="00D966C1" w:rsidRPr="005B14B7" w:rsidRDefault="00D966C1" w:rsidP="00D966C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="_Hlk211186467"/>
-      <w:bookmarkStart w:id="23" w:name="_Hlk211186559"/>
+      <w:bookmarkStart w:id="28" w:name="_Hlk211186467"/>
+      <w:bookmarkStart w:id="29" w:name="_Hlk211186559"/>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 3 </w:t>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="_Hlk211162516"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk211162516"/>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement Date </w:t>
       </w:r>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">must be specified when a new </w:t>
       </w:r>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has commenced providing the service/s during the </w:t>
       </w:r>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="007075CE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="343DBDB0" w14:textId="77777777" w:rsidR="00D966C1" w:rsidRDefault="00D966C1" w:rsidP="00D966C1">
+      <w:bookmarkEnd w:id="30"/>
+    </w:p>
+    <w:bookmarkStart w:id="31" w:name="_Hlk211186511"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w14:paraId="343DBDB0" w14:textId="0FACE668" w:rsidR="00D966C1" w:rsidRDefault="00D966C1" w:rsidP="00D966C1">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -18061,166 +19508,185 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...36 lines deleted...]
-    <w:p w14:paraId="050D6EE7" w14:textId="3F178E8A" w:rsidR="007004D7" w:rsidRDefault="007004D7" w:rsidP="007004D7">
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="00051B1E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="00051B1E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w14:paraId="050D6EE7" w14:textId="3D84D29F" w:rsidR="007004D7" w:rsidRDefault="007004D7" w:rsidP="007004D7">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="00D966C1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan Management</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specify either </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9" w:rsidRPr="005E4FD8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> managed, or Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>managed:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F643AE1" w14:textId="77777777" w:rsidR="007004D7" w:rsidRDefault="007004D7" w:rsidP="007004D7">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="1418" w:hanging="698"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text5"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Text5"/>
+      <w:bookmarkStart w:id="32" w:name="Text5"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
@@ -18262,91 +19728,72 @@
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-[...4 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:p w14:paraId="456F7EE2" w14:textId="77777777" w:rsidR="00724B55" w:rsidRDefault="00724B55" w:rsidP="007004D7">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:ind w:left="1418" w:hanging="698"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CE3F502" w14:textId="77777777" w:rsidR="001B7A50" w:rsidRDefault="001B7A50" w:rsidP="001B7A50">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Notices</w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="534CD34D" w14:textId="4F1232E3" w:rsidR="00E00722" w:rsidRDefault="00D966C1" w:rsidP="00E00722">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidR="00E00722" w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -18415,51 +19862,51 @@
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C9F2CA4" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="27" w:name="Text6"/>
+            <w:bookmarkStart w:id="33" w:name="Text6"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18483,51 +19930,51 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
           <w:p w14:paraId="11805AA9" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
@@ -18634,103 +20081,103 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D822ABE" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="7F70C654" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79B0A47E" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D424DB" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="79B0A47E" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D424DB" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08A36545" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="28" w:name="Text7"/>
+            <w:bookmarkStart w:id="34" w:name="Text7"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18754,156 +20201,156 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="28"/>
+            <w:bookmarkEnd w:id="34"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (delegated guardian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="58695A41" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2475828C" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D424DB" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="2475828C" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D424DB" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4B1DFC6A" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>28, Barrack Street, PERTH 6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="6A2D3F8C" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25183846" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="008C1C53" w:rsidP="004D4135">
+          <w:p w14:paraId="25183846" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="008C1C53" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
               </w:rPr>
               <w:t>mail</w:t>
             </w:r>
             <w:r w:rsidR="00480453">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CB85118" w14:textId="666A2F7F" w:rsidR="008C1C53" w:rsidRPr="00D424DB" w:rsidRDefault="008C1C53" w:rsidP="004D4135">
+          <w:p w14:paraId="5CB85118" w14:textId="666A2F7F" w:rsidR="008C1C53" w:rsidRPr="00D424DB" w:rsidRDefault="008C1C53" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
               </w:rPr>
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="386FDC40" w14:textId="77777777" w:rsidR="0020331C" w:rsidRDefault="0020331C" w:rsidP="0020331C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -19162,79 +20609,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="4DD4535F" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9E0C95" w14:textId="29192BEB" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="003108EC">
+          <w:p w14:paraId="2D9E0C95" w14:textId="30601B3D" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
+              <w:ind w:firstLine="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>S</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Provider Address</w:t>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22E888C9" w14:textId="025200FD" w:rsidR="00480453" w:rsidRDefault="00AF6D23" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -19295,68 +20728,67 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003108EC" w14:paraId="3276A106" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7AA7EEB1" w14:textId="5FE9473B" w:rsidR="003108EC" w:rsidRPr="00F36197" w:rsidRDefault="003108EC" w:rsidP="004D4135">
+          <w:p w14:paraId="7AA7EEB1" w14:textId="1E8D783D" w:rsidR="003108EC" w:rsidRPr="00F36197" w:rsidRDefault="003108EC" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>SDA Provider Contact Name</w:t>
+              <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="177D06B2" w14:textId="66A84CB5" w:rsidR="003108EC" w:rsidRDefault="003108EC" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -19417,55 +20849,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="1AAA9B67" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="658F40DF" w14:textId="6561E101" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="658F40DF" w14:textId="6561E101" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36197">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Signed </w:t>
             </w:r>
             <w:r w:rsidR="00A10F07">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -19647,67 +21078,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="6BF821ED" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1877E4" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00F36197" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="1E1877E4" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00F36197" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="765E50A3" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
@@ -19778,70 +21207,71 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2BBC2585" w14:textId="77777777" w:rsidR="003108EC" w:rsidRDefault="003108EC" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="5C3C7A86" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="293A6D4C" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="003108EC" w:rsidRDefault="00480453" w:rsidP="00AF6D23">
+          <w:p w14:paraId="293A6D4C" w14:textId="0E46C13D" w:rsidR="00480453" w:rsidRPr="003108EC" w:rsidRDefault="00480453" w:rsidP="00AF6D23">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003108EC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Support Coordination (SC) Organisation Name</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Support Coordination (SC) Organisation </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="417FBB2D" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -19902,73 +21332,65 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="6C286D45" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="173543F8" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="173543F8" w14:textId="65A86E66" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">SC </w:t>
-[...6 lines deleted...]
-              <w:t>Organisation Address</w:t>
+              <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="717D3A09" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -20029,55 +21451,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="0519AB98" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65F4CF99" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="65F4CF99" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Support Coordinator Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7BCD1132" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -20149,55 +21570,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00480453" w14:paraId="2E511A7D" w14:textId="77777777" w:rsidTr="008C1C53">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3335" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44D8A695" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="004D4135">
+          <w:p w14:paraId="44D8A695" w14:textId="77777777" w:rsidR="00480453" w:rsidRPr="00D955DE" w:rsidRDefault="00480453" w:rsidP="00727DE8">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="593"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Contact (email and phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4966" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="467B7D17" w14:textId="77777777" w:rsidR="00480453" w:rsidRDefault="00480453" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -20533,380 +21953,521 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B9E152A" w14:textId="77777777" w:rsidR="00CE5924" w:rsidRDefault="00CE5924" w:rsidP="00511A0F">
-[...7 lines deleted...]
-    </w:p>
     <w:p w14:paraId="07B14907" w14:textId="5071F5DE" w:rsidR="00640D61" w:rsidRDefault="00640D61">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F178F6" w14:textId="77777777" w:rsidR="00640D61" w:rsidRDefault="00640D61" w:rsidP="00640D61">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42BA52CE" w14:textId="77777777" w:rsidR="00640D61" w:rsidRDefault="00640D61" w:rsidP="00640D61">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="01076FB9" w14:textId="77777777" w:rsidR="00640D61" w:rsidRDefault="00640D61" w:rsidP="00640D61">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1555B93E" w14:textId="174B5FF6" w:rsidR="00640D61" w:rsidRDefault="00640D61" w:rsidP="00640D61">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Schedule of Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14B0395F" w14:textId="77777777" w:rsidR="00640D61" w:rsidRDefault="00640D61" w:rsidP="00640D61">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4795B92E" w14:textId="19C41A0E" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+    <w:p w14:paraId="4795B92E" w14:textId="00A77411" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This Schedule may be replaced by a </w:t>
       </w:r>
-      <w:r w:rsidR="00A10F07">
-        <w:rPr>
+      <w:r w:rsidR="00A10F07" w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
-        <w:rPr>
+      <w:r w:rsidRPr="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment Schedule made under clause 7.1.2 during the </w:t>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Term</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E2500">
+        <w:t xml:space="preserve"> made under clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00285DAE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...104 lines deleted...]
-      <w:bookmarkStart w:id="29" w:name="_Hlk201847037"/>
+        <w:t>8</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Note: All services to be provided during this Participant’s Plan period must be </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">.1.2 during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>prescribed in detail</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> below and </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9" w:rsidRPr="006E1FA9">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>quote for the Plan period</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B1F2B">
+        <w:t>of this</w:t>
+      </w:r>
+      <w:r w:rsidR="006E1FA9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B1F2B" w:rsidRPr="00AF6BFD">
+        <w:t xml:space="preserve"> Service Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55EDFCBA" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26055A04" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Provider Notifications: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="365B1B41" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6031513F" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GST Exempt </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F06C669" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="2160"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DAE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F692E5" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B6E327D" w14:textId="77777777" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="402107DF" w14:textId="4A573829" w:rsidR="00640D61" w:rsidRPr="00D424DB" w:rsidRDefault="00640D61" w:rsidP="00640D61">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="_Hlk201847037"/>
+      <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">applicable to the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003B1F2B" w:rsidRPr="00537D5F">
+        <w:t xml:space="preserve">Note: All services to be provided during this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006E1FA9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>SDA Provider</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00537D5F">
+        <w:t>Participant’s Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00B45639">
+        <w:t xml:space="preserve"> period must be </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>prescribed in detail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Compensation Reduction Amount</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00B45639">
+        <w:t xml:space="preserve"> below and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DAE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> can be included as a separate line item with a minus amount.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00DA1B6D">
+        <w:t>quote for the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5028D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00E5028D" w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E5028D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00285DAE">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="00AF6BFD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">applicable to the </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B" w:rsidRPr="00537D5F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00537D5F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Compensation Reduction Amount</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00B45639">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> can be included as a separate line item with a minus amount.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1B6D" w:rsidRPr="00DA1B6D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="003B1F2B" w:rsidRPr="00DA1B6D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Where a plan extension has been granted</w:t>
       </w:r>
       <w:r w:rsidR="00DA1B6D" w:rsidRPr="00DA1B6D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and an OPA service agre</w:t>
       </w:r>
       <w:r w:rsidR="00DA1B6D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ement is being completed for the first time</w:t>
       </w:r>
       <w:r w:rsidR="003B1F2B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -20931,61 +22492,75 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>carried forward</w:t>
       </w:r>
       <w:r w:rsidR="003B1F2B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from the previous plan in </w:t>
       </w:r>
       <w:r w:rsidR="00E20A09">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="003B1F2B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>llocations at Budget Item 1 and Budget Item 2 below</w:t>
+        <w:t>llocations at Budget Item 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5028D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B1F2B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>below</w:t>
       </w:r>
       <w:r w:rsidR="003B1F2B" w:rsidRPr="00DB46AE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:p w14:paraId="4E37DDDD" w14:textId="1AFAF2BF" w:rsidR="00640D61" w:rsidRDefault="00112211" w:rsidP="00640D61">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00640D61">
         <w:t>Service</w:t>
       </w:r>
       <w:r w:rsidR="00607E8E">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00640D61">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="504737AF" w14:textId="77777777" w:rsidR="00640D61" w:rsidRDefault="00640D61" w:rsidP="00640D61"/>
     <w:p w14:paraId="56C4F882" w14:textId="1B952EB1" w:rsidR="00B53402" w:rsidRPr="000D17F7" w:rsidRDefault="003B1F2B" w:rsidP="00B53402">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -21086,73 +22661,74 @@
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>$ Allocations</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53402" w14:paraId="785D924E" w14:textId="77777777" w:rsidTr="00791C86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E390FAC" w14:textId="73DEEED5" w:rsidR="00B53402" w:rsidRDefault="00B53402" w:rsidP="004D4135">
+          <w:p w14:paraId="7E390FAC" w14:textId="73DEEED5" w:rsidR="00B53402" w:rsidRPr="00B32C93" w:rsidRDefault="00B53402" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B32C93">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00285DAE">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
+                <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>apital Supports</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3600" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E1B4719" w14:textId="763416AF" w:rsidR="00B53402" w:rsidRDefault="00B53402" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
@@ -21183,51 +22759,51 @@
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">$ </w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:format w:val="0.00"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="30" w:name="Text8"/>
+            <w:bookmarkStart w:id="36" w:name="Text8"/>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
@@ -21269,51 +22845,51 @@
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="30"/>
+            <w:bookmarkEnd w:id="36"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B53402" w14:paraId="4747370B" w14:textId="77777777" w:rsidTr="00791C86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38C2A3FC" w14:textId="77777777" w:rsidR="00B53402" w:rsidRDefault="00B53402" w:rsidP="004D4135">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000C023B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -22589,68 +24165,68 @@
         </w:pBdr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77237802" w14:textId="237D88C6" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>SIGNING PAGE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35695357" w14:textId="77777777" w:rsidR="003405AD" w:rsidRDefault="003405AD" w:rsidP="003405AD">
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7DC4AC" w14:textId="0C6D4F89" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C853E0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Executed</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the parties as a </w:t>
       </w:r>
-      <w:r w:rsidR="00A10F07">
-        <w:rPr>
+      <w:r w:rsidR="00A10F07" w:rsidRPr="00C853E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A2395A" w14:textId="77777777" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301DEA9B" w14:textId="77777777" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -22751,50 +24327,51 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F32C40">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-241020635"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="641A4BEB" w14:textId="2A192EBF" w:rsidR="00F32C40" w:rsidRPr="00F32C40" w:rsidRDefault="00F32C40" w:rsidP="00F32C40">
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="43AE1BBF" wp14:editId="096B50EC">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="1257110456" name="Picture 1257110456"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
@@ -22897,51 +24474,51 @@
               <w:t>authorised signee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D234288" w14:textId="3EB1858B" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="008C1C53" w:rsidP="00F32C40">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="31" w:name="Text12"/>
+            <w:bookmarkStart w:id="37" w:name="Text12"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
@@ -22974,51 +24551,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkEnd w:id="37"/>
           </w:p>
           <w:p w14:paraId="1968B584" w14:textId="1FC2CD25" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="5AFD1C41" w14:textId="77777777" w:rsidTr="00791C86">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17B1EF37" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -23038,293 +24615,157 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="564467A6" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2032E161" w14:textId="663077F8" w:rsidR="001E01E8" w:rsidRPr="008C1C53" w:rsidRDefault="008C1C53" w:rsidP="008C1C53">
+          <w:p w14:paraId="5CD30C18" w14:textId="77777777" w:rsidR="00960BA7" w:rsidRPr="00B6458B" w:rsidRDefault="00960BA7" w:rsidP="00960BA7">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
-                <w:sz w:val="22"/>
-[...51 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="2032E161" w14:textId="0DA061C2" w:rsidR="001E01E8" w:rsidRPr="008C1C53" w:rsidRDefault="001E01E8" w:rsidP="008C1C53">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-[...85 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D2DA408" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CAAA8EA" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -23413,50 +24854,51 @@
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F32C40">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-1053776234"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4118DA8F" w14:textId="281EDC41" w:rsidR="00F32C40" w:rsidRPr="00F32C40" w:rsidRDefault="00F32C40" w:rsidP="00F32C40">
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7635CEAA" wp14:editId="09463FEE">
                       <wp:extent cx="2743200" cy="1051560"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="2009934945" name="Picture 2009934945"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 1"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
@@ -23662,249 +25104,104 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="383EA40E" w14:textId="7209E421" w:rsidR="008C1C53" w:rsidRDefault="00C77663" w:rsidP="00F32C40">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of execution</w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52AB49E7" w14:textId="0F51C094" w:rsidR="008C1C53" w:rsidRPr="008C1C53" w:rsidRDefault="008C1C53" w:rsidP="00F32C40">
+          <w:p w14:paraId="52AB49E7" w14:textId="72152E3B" w:rsidR="008C1C53" w:rsidRPr="008C1C53" w:rsidRDefault="00960BA7" w:rsidP="00960BA7">
             <w:pPr>
-              <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
-            </w:r>
-[...139 lines deleted...]
-              <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -24051,193 +25348,556 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for completion of the Support Coordinator’s notation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36D26BDF" w14:textId="00D3A25C" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00D17794" w:rsidP="00D17794">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4FB37A0D" w14:textId="1585FC7A" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00791C86">
+    <w:p w14:paraId="153531D7" w14:textId="77777777" w:rsidR="00FF79AC" w:rsidRDefault="00FF79AC">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4F81BD"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FB37A0D" w14:textId="29EA1BB2" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00791C86">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Support </w:t>
       </w:r>
       <w:r w:rsidRPr="00791C86">
         <w:t>Coordinator's</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:t xml:space="preserve"> Notation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDB9697" w14:textId="5033925C" w:rsidR="00D17794" w:rsidRPr="00791C86" w:rsidRDefault="00D17794" w:rsidP="00791C86"/>
-    <w:p w14:paraId="1BF42A71" w14:textId="63881AA1" w:rsidR="00D17794" w:rsidRPr="00791C86" w:rsidRDefault="00EA68EA" w:rsidP="00791C86">
-[...30 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="569822D5" w14:textId="77777777" w:rsidR="00727DE8" w:rsidRPr="00B6458B" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...10 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: This page is for the Support Coordinator only </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257D2C8F" w14:textId="77777777" w:rsidR="00727DE8" w:rsidRPr="00B6458B" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E2321FF" w14:textId="267FEDAB" w:rsidR="00727DE8" w:rsidRPr="00E574B8" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the supports funded in Schedule 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00753CF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> described in Appendix </w:t>
+      </w:r>
+      <w:r w:rsidR="00753CF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Supports</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to be used in accordance with the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34DC0862" w14:textId="77777777" w:rsidR="00727DE8" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="783A5BC9" w14:textId="683EB436" w:rsidR="00727DE8" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding set </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2750">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Schedule 2 is available in the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">budget to be allocated </w:t>
+      </w:r>
+      <w:r w:rsidR="006E2750">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>set out in Schedule 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35FE28C6" w14:textId="77777777" w:rsidR="00753CF6" w:rsidRDefault="00753CF6" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6481C4B5" w14:textId="1372FD1A" w:rsidR="00753CF6" w:rsidRPr="00D05DE0" w:rsidRDefault="00753CF6" w:rsidP="00753CF6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to perform a compliance and enforcement actions check through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55805">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality and Safeguards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website to identify any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then immediately advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00753CF6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71E01318" w14:textId="77777777" w:rsidR="00727DE8" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C498145" w14:textId="77777777" w:rsidR="00727DE8" w:rsidRPr="00B6458B" w:rsidRDefault="00727DE8" w:rsidP="00727DE8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
-[...6 lines deleted...]
-        <w:t>return to the provider to address</w:t>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and </w:t>
-[...6 lines deleted...]
-        <w:t>provide to the Guardian</w:t>
+        <w:t xml:space="preserve">identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and return to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B676E81" w14:textId="5A6CFBD8" w:rsidR="009C7360" w:rsidRPr="00791C86" w:rsidRDefault="009C7360" w:rsidP="00791C86"/>
     <w:p w14:paraId="12C6B4B9" w14:textId="220676D2" w:rsidR="009C7360" w:rsidRPr="00791C86" w:rsidRDefault="009C7360" w:rsidP="00791C86"/>
     <w:p w14:paraId="28C5CA82" w14:textId="77777777" w:rsidR="00B53402" w:rsidRPr="00B6458B" w:rsidRDefault="00B53402" w:rsidP="00B53402">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46F69426" w14:textId="77777777" w:rsidR="00B53402" w:rsidRPr="00B6458B" w:rsidRDefault="00B53402" w:rsidP="00B53402">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text9"/>
+      <w:bookmarkStart w:id="38" w:name="Text9"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -24261,51 +25921,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="38"/>
     </w:p>
     <w:p w14:paraId="7C9E551C" w14:textId="77777777" w:rsidR="00B53402" w:rsidRPr="00B6458B" w:rsidRDefault="00B53402" w:rsidP="00B53402">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6134152C" w14:textId="77777777" w:rsidR="00B53402" w:rsidRPr="00B6458B" w:rsidRDefault="00B53402" w:rsidP="00B53402">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -24403,50 +26063,51 @@
       <w:r w:rsidRPr="00F32C40">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="348761086"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="61B3B00B" w14:textId="0FA8BAE2" w:rsidR="00791C86" w:rsidRPr="00B6458B" w:rsidRDefault="00F32C40" w:rsidP="00B53402">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78916217" wp14:editId="17FE7B0D">
                 <wp:extent cx="2743200" cy="1051560"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -24591,486 +26252,337 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74438200" w14:textId="77777777" w:rsidR="00B53402" w:rsidRDefault="00B53402" w:rsidP="00B53402">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00733D5C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CDF333C" w14:textId="77777777" w:rsidR="00B53402" w:rsidRPr="00D424DB" w:rsidRDefault="00B53402" w:rsidP="00B53402">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5CDF333C" w14:textId="4EC36186" w:rsidR="00B53402" w:rsidRPr="00D424DB" w:rsidRDefault="00DB2632" w:rsidP="00DB2632">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text2"/>
-[...65 lines deleted...]
-            <w:name w:val="Text3"/>
+            <w:name w:val="Text12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r>
-[...119 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="00B53402">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="002413C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53402">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="002413C8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00B53402">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="506D6203" w14:textId="77777777" w:rsidR="00607E8E" w:rsidRDefault="00607E8E" w:rsidP="009C16BA"/>
     <w:p w14:paraId="6929B9AD" w14:textId="77777777" w:rsidR="00791C86" w:rsidRDefault="00791C86" w:rsidP="009C16BA"/>
     <w:p w14:paraId="6D63A28F" w14:textId="77777777" w:rsidR="00791C86" w:rsidRDefault="00791C86" w:rsidP="009C16BA">
       <w:pPr>
-        <w:sectPr w:rsidR="00791C86" w:rsidSect="002437AF">
-[...3 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+        <w:sectPr w:rsidR="00791C86" w:rsidSect="004B7AE5">
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="even" r:id="rId14"/>
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-          <w:pgMar w:top="2131" w:right="1440" w:bottom="1440" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63A8BDAA" w14:textId="77777777" w:rsidR="00607E8E" w:rsidRDefault="00607E8E" w:rsidP="009C16BA"/>
     <w:p w14:paraId="6B1D52A2" w14:textId="77777777" w:rsidR="009C16BA" w:rsidRDefault="009C16BA" w:rsidP="009C16BA"/>
-    <w:p w14:paraId="323E3291" w14:textId="5CFE7FCB" w:rsidR="009C16BA" w:rsidRPr="00ED65DE" w:rsidRDefault="009C16BA" w:rsidP="009C16BA">
-      <w:pPr>
+    <w:p w14:paraId="323E3291" w14:textId="5CFE7FCB" w:rsidR="009C16BA" w:rsidRPr="00ED65DE" w:rsidRDefault="009C16BA" w:rsidP="00C853E0">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="33" w:name="_Hlk180067813"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Hlk180067813"/>
       <w:r w:rsidRPr="00ED65DE">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Appendix 1: </w:t>
       </w:r>
       <w:r w:rsidR="00A41A52">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED65DE">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> of Supports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1726AC89" w14:textId="77777777" w:rsidR="009C16BA" w:rsidRDefault="009C16BA" w:rsidP="009C16BA">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1ED57198" w14:textId="11E1637D" w:rsidR="00537D5F" w:rsidRPr="00D70EB6" w:rsidRDefault="00537D5F" w:rsidP="00537D5F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Hlk201847109"/>
+      <w:bookmarkStart w:id="40" w:name="_Hlk201847109"/>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>This is a guide and subject to the other provisions of th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E20A09">
-        <w:rPr>
+      <w:r w:rsidR="00E20A09" w:rsidRPr="00C853E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D70EB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C853E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
-      <w:r w:rsidR="00E20A09">
-        <w:rPr>
+      <w:r w:rsidR="00E20A09" w:rsidRPr="00C853E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D70EB6">
-        <w:rPr>
+      <w:r w:rsidRPr="00C853E0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>greement</w:t>
       </w:r>
       <w:r w:rsidR="00E20A09">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidR="0050085F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">other </w:t>
       </w:r>
       <w:r w:rsidR="0002204D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">provisions </w:t>
       </w:r>
       <w:r w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>must be complied with.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p w14:paraId="7A903BBF" w14:textId="77777777" w:rsidR="00537D5F" w:rsidRDefault="00537D5F" w:rsidP="009C16BA">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="28" w:type="dxa"/>
           <w:bottom w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3617"/>
         <w:gridCol w:w="4695"/>
         <w:gridCol w:w="2615"/>
         <w:gridCol w:w="2334"/>
       </w:tblGrid>
       <w:tr w:rsidR="00F036AD" w14:paraId="3C366CB1" w14:textId="26EC17BD" w:rsidTr="00AF6BFD">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -25170,91 +26682,91 @@
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Funding Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00537D5F" w14:paraId="4C5FAC49" w14:textId="164A40F9" w:rsidTr="00AF6BFD">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3617" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EF485F7" w14:textId="7705C088" w:rsidR="00537D5F" w:rsidRDefault="00537D5F" w:rsidP="00537D5F">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="35" w:name="Text13"/>
+            <w:bookmarkStart w:id="41" w:name="Text13"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="35"/>
+            <w:bookmarkEnd w:id="41"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55C40908" w14:textId="5B871705" w:rsidR="00537D5F" w:rsidRDefault="00537D5F" w:rsidP="00537D5F">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B70BD9">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B70BD9">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B70BD9">
               <w:fldChar w:fldCharType="separate"/>
@@ -26583,82 +28095,121 @@
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:tbl>
     <w:p w14:paraId="59AF996A" w14:textId="77777777" w:rsidR="009C16BA" w:rsidRPr="00791C86" w:rsidRDefault="009C16BA" w:rsidP="00791C86"/>
+    <w:p w14:paraId="58CFA83F" w14:textId="77777777" w:rsidR="00753CF6" w:rsidRDefault="00753CF6" w:rsidP="00E33085">
+      <w:pPr>
+        <w:sectPr w:rsidR="00753CF6" w:rsidSect="00E33085">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42F7CD0A" w14:textId="77777777" w:rsidR="00753CF6" w:rsidRPr="00753CF6" w:rsidRDefault="00753CF6" w:rsidP="00753CF6">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00753CF6">
+        <w:lastRenderedPageBreak/>
+        <w:t>Appendix 2: Service Provider's Terms and Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3781DBB0" w14:textId="77777777" w:rsidR="00753CF6" w:rsidRPr="00753CF6" w:rsidRDefault="00753CF6" w:rsidP="00753CF6"/>
+    <w:p w14:paraId="0BD5CDBA" w14:textId="77777777" w:rsidR="00753CF6" w:rsidRPr="00753CF6" w:rsidRDefault="00753CF6" w:rsidP="00753CF6"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-22096961"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="2442036E" w14:textId="6C350E61" w:rsidR="00753CF6" w:rsidRPr="007C1297" w:rsidRDefault="00753CF6" w:rsidP="00753CF6">
+          <w:r w:rsidRPr="00753CF6">
+            <w:t>Insert terms and conditions or document/s containing terms and conditions below.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w14:paraId="138A68E8" w14:textId="77777777" w:rsidR="00753CF6" w:rsidRPr="007C1297" w:rsidRDefault="00753CF6" w:rsidP="00753CF6"/>
     <w:p w14:paraId="6D571BF8" w14:textId="77777777" w:rsidR="009C16BA" w:rsidRPr="00E33085" w:rsidRDefault="009C16BA" w:rsidP="00E33085"/>
-    <w:sectPr w:rsidR="009C16BA" w:rsidRPr="00E33085" w:rsidSect="00E33085">
-[...1 lines deleted...]
-      <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:sectPr w:rsidR="009C16BA" w:rsidRPr="00E33085" w:rsidSect="00753CF6">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="46D53E84" w14:textId="77777777" w:rsidR="00C42B64" w:rsidRDefault="00C42B64" w:rsidP="003D7CC3">
+    <w:p w14:paraId="0C940B6F" w14:textId="77777777" w:rsidR="007E0A8E" w:rsidRDefault="007E0A8E" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CCBE0A9" w14:textId="77777777" w:rsidR="00C42B64" w:rsidRDefault="00C42B64" w:rsidP="003D7CC3">
+    <w:p w14:paraId="3306348A" w14:textId="77777777" w:rsidR="007E0A8E" w:rsidRDefault="007E0A8E" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="607A2678" w14:textId="77777777" w:rsidR="00C42B64" w:rsidRDefault="00C42B64"/>
+    <w:p w14:paraId="5F0F13C0" w14:textId="77777777" w:rsidR="007E0A8E" w:rsidRDefault="007E0A8E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -26694,81 +28245,99 @@
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0C9436CA" w14:textId="77777777" w:rsidR="00303996" w:rsidRDefault="00303996">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-410859837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="110FE29D" w14:textId="2F21C37D" w:rsidR="00605B67" w:rsidRPr="00791C86" w:rsidRDefault="00605B67" w:rsidP="00791C86">
+          <w:p w14:paraId="110FE29D" w14:textId="7DABC817" w:rsidR="00605B67" w:rsidRPr="00791C86" w:rsidRDefault="00605B67" w:rsidP="00791C86">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r w:rsidRPr="00791C86">
               <w:t>Participant</w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:t xml:space="preserve">  ID: </w:t>
             </w:r>
             <w:r w:rsidR="00791C86">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00791C86">
@@ -26797,80 +28366,81 @@
             <w:r w:rsidRPr="00791C86">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00791C86">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F371875" w14:textId="6F21E399" w:rsidR="003544D5" w:rsidRDefault="0070337D" w:rsidP="00791C86">
+          <w:p w14:paraId="4F371875" w14:textId="30827F90" w:rsidR="003544D5" w:rsidRDefault="0070337D" w:rsidP="00791C86">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r w:rsidRPr="00791C86">
               <w:t xml:space="preserve">Document Version </w:t>
             </w:r>
-            <w:r w:rsidR="00A8006F">
-              <w:t>5</w:t>
+            <w:r w:rsidR="00727DE8">
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1821462221"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="31AED5ED" w14:textId="3C5DAD64" w:rsidR="003D666E" w:rsidRPr="00791C86" w:rsidRDefault="003D666E" w:rsidP="003D666E">
+      <w:p w14:paraId="31AED5ED" w14:textId="19953C1E" w:rsidR="003D666E" w:rsidRPr="00791C86" w:rsidRDefault="003D666E" w:rsidP="003D666E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r w:rsidRPr="00791C86">
           <w:t>Participant</w:t>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
@@ -26899,163 +28469,544 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00791C86">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00791C86">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="00791C86">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00791C86">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00791C86">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>19</w:t>
         </w:r>
         <w:r w:rsidRPr="00791C86">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-      <w:p w14:paraId="268ED967" w14:textId="3BC09D95" w:rsidR="003D666E" w:rsidRDefault="003D666E" w:rsidP="003D666E">
+      <w:p w14:paraId="268ED967" w14:textId="6871810E" w:rsidR="003D666E" w:rsidRDefault="003D666E" w:rsidP="003D666E">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r w:rsidRPr="00791C86">
           <w:t xml:space="preserve">Document Version </w:t>
         </w:r>
-        <w:r w:rsidR="00A8006F">
-          <w:t>5</w:t>
+        <w:r w:rsidR="00727DE8">
+          <w:t>6</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53DD8BFD" w14:textId="77777777" w:rsidR="00C42B64" w:rsidRDefault="00C42B64" w:rsidP="003D7CC3">
+    <w:p w14:paraId="28610882" w14:textId="77777777" w:rsidR="007E0A8E" w:rsidRDefault="007E0A8E" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21FE1E5B" w14:textId="77777777" w:rsidR="00C42B64" w:rsidRDefault="00C42B64" w:rsidP="003D7CC3">
+    <w:p w14:paraId="0FF9B892" w14:textId="77777777" w:rsidR="007E0A8E" w:rsidRDefault="007E0A8E" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0F5AF4D1" w14:textId="77777777" w:rsidR="00C42B64" w:rsidRDefault="00C42B64"/>
+    <w:p w14:paraId="46DFC927" w14:textId="77777777" w:rsidR="007E0A8E" w:rsidRDefault="007E0A8E"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="409D6700" w14:textId="59448378" w:rsidR="00F036AD" w:rsidRPr="00ED65DE" w:rsidRDefault="00F036AD" w:rsidP="009C16BA">
+    <w:p w14:paraId="409D6700" w14:textId="1630C390" w:rsidR="00F036AD" w:rsidRPr="00ED65DE" w:rsidRDefault="00F036AD" w:rsidP="009C16BA">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Only SDA supports to be included in this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>.  Non SDA supports should be included in a separate Miscellaneous Services Service Agreement.</w:t>
+        <w:t>. Non</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0915">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SDA supports should be included in a separate Miscellaneous Services </w:t>
+      </w:r>
+      <w:r w:rsidR="0083559F">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Home and Living (with Occupancy Rights) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Service Agreement.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="36817552" w14:textId="37318AC0" w:rsidR="004B719E" w:rsidRDefault="004B719E" w:rsidP="004B719E">
+  <w:p w14:paraId="11535D79" w14:textId="7D411728" w:rsidR="00F03A54" w:rsidRDefault="00F03A54">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4522619A" wp14:editId="6281940C">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="42219530" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2634C190" w14:textId="50F28AED" w:rsidR="00F03A54" w:rsidRPr="00F03A54" w:rsidRDefault="00F03A54" w:rsidP="00F03A54">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F03A54">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4522619A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2634C190" w14:textId="50F28AED" w:rsidR="00F03A54" w:rsidRPr="00F03A54" w:rsidRDefault="00F03A54" w:rsidP="00F03A54">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F03A54">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36817552" w14:textId="0A73738C" w:rsidR="004B719E" w:rsidRDefault="00F03A54" w:rsidP="004B719E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0A2479FC" wp14:editId="6C9F6C3C">
+              <wp:simplePos x="915035" y="450850"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="502303203" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0EEC22DB" w14:textId="1401DCCA" w:rsidR="00F03A54" w:rsidRPr="00303996" w:rsidRDefault="00F03A54" w:rsidP="00F03A54">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00303996">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0A2479FC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0EEC22DB" w14:textId="1401DCCA" w:rsidR="00F03A54" w:rsidRPr="00303996" w:rsidRDefault="00F03A54" w:rsidP="00F03A54">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00303996">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="004B719E">
       <w:t>Office of the Public Advocate</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C016A0A" w14:textId="2A2020FE" w:rsidR="004B719E" w:rsidRDefault="004B719E" w:rsidP="004B719E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">Specialist Disability </w:t>
     </w:r>
     <w:r w:rsidR="00E43B61">
       <w:t>Accommodation</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> Service Agreement</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5CD1B126" w14:textId="58E6DA21" w:rsidR="002437AF" w:rsidRDefault="002437AF" w:rsidP="002437AF">
+  <w:p w14:paraId="5CD1B126" w14:textId="7D515E06" w:rsidR="002437AF" w:rsidRDefault="00F03A54" w:rsidP="002437AF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="359118BF" wp14:editId="01EBAFCD">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="865440833" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="20A4BAF9" w14:textId="6AA5A896" w:rsidR="00F03A54" w:rsidRPr="00303996" w:rsidRDefault="00F03A54" w:rsidP="00F03A54">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00303996">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="359118BF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="20A4BAF9" w14:textId="6AA5A896" w:rsidR="00F03A54" w:rsidRPr="00303996" w:rsidRDefault="00F03A54" w:rsidP="00F03A54">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00303996">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="002437AF">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="10F4C7C5" wp14:editId="19A08C49">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -27065,55 +29016,55 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002437AF">
       <w:tab/>
       <w:t xml:space="preserve">                       </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="002437AF">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F329D71" wp14:editId="13CED87D">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="690597838" name="Picture 690597838" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -27462,696 +29413,912 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="590359601">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="3NF/eK3nZl1VzR0/bCxPCPulLrN7LUutzZ+yQV+XTaoYR9IcTNVv/NiHPi7EkGQevmwaFUiRgmnJeHgK+anc8g==" w:salt="oaosEmhLzHwSo2z3jLImCA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="/Z9tSwXyX3DsY5BZSnUHZ8ex/gzg5TTsB7NREmrF+jR7e2rRBL+lF4pzSfYUZOdamq6XS26Y7QyGoRtr4oa5fg==" w:salt="lJoWKslU3iReuSLWpLmavg=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
     <w:rsid w:val="00007483"/>
     <w:rsid w:val="00016118"/>
     <w:rsid w:val="00017056"/>
     <w:rsid w:val="00020529"/>
     <w:rsid w:val="0002204D"/>
     <w:rsid w:val="00026909"/>
+    <w:rsid w:val="0002733E"/>
     <w:rsid w:val="0003215A"/>
+    <w:rsid w:val="00036365"/>
     <w:rsid w:val="000372A1"/>
     <w:rsid w:val="000406A5"/>
     <w:rsid w:val="00040E6E"/>
     <w:rsid w:val="000413CE"/>
+    <w:rsid w:val="00045627"/>
+    <w:rsid w:val="000465B5"/>
+    <w:rsid w:val="00050806"/>
+    <w:rsid w:val="00051B1E"/>
+    <w:rsid w:val="00052F9C"/>
     <w:rsid w:val="00054716"/>
     <w:rsid w:val="00055704"/>
     <w:rsid w:val="00056184"/>
+    <w:rsid w:val="0006368F"/>
     <w:rsid w:val="000660FF"/>
     <w:rsid w:val="00066E53"/>
     <w:rsid w:val="00071FA1"/>
     <w:rsid w:val="00076604"/>
+    <w:rsid w:val="00080DDB"/>
     <w:rsid w:val="00083D21"/>
+    <w:rsid w:val="000906A1"/>
     <w:rsid w:val="000931F0"/>
+    <w:rsid w:val="000A3057"/>
     <w:rsid w:val="000A3FAF"/>
     <w:rsid w:val="000A6549"/>
+    <w:rsid w:val="000B0A44"/>
+    <w:rsid w:val="000B1615"/>
     <w:rsid w:val="000B1844"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000C01B3"/>
+    <w:rsid w:val="000C17CB"/>
     <w:rsid w:val="000C218B"/>
     <w:rsid w:val="000C6244"/>
     <w:rsid w:val="000D0FEC"/>
+    <w:rsid w:val="000D1DE9"/>
+    <w:rsid w:val="000D221C"/>
     <w:rsid w:val="000D22BC"/>
     <w:rsid w:val="000D3AA2"/>
     <w:rsid w:val="000D5C8E"/>
     <w:rsid w:val="000D6C8A"/>
     <w:rsid w:val="000D7163"/>
     <w:rsid w:val="000E2ACD"/>
     <w:rsid w:val="000E3650"/>
     <w:rsid w:val="000E45ED"/>
+    <w:rsid w:val="000F08C4"/>
+    <w:rsid w:val="000F53DF"/>
     <w:rsid w:val="000F64AE"/>
     <w:rsid w:val="00101243"/>
     <w:rsid w:val="00102308"/>
     <w:rsid w:val="00103982"/>
+    <w:rsid w:val="001047CC"/>
+    <w:rsid w:val="001060C5"/>
     <w:rsid w:val="001065F3"/>
     <w:rsid w:val="00106EE6"/>
     <w:rsid w:val="00112211"/>
+    <w:rsid w:val="00116611"/>
+    <w:rsid w:val="0012145E"/>
     <w:rsid w:val="00121F9A"/>
     <w:rsid w:val="001276BB"/>
     <w:rsid w:val="0013020A"/>
     <w:rsid w:val="00131CCC"/>
     <w:rsid w:val="00133226"/>
     <w:rsid w:val="00134D40"/>
+    <w:rsid w:val="00134D64"/>
+    <w:rsid w:val="00136F4D"/>
     <w:rsid w:val="0014205C"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="0014762F"/>
+    <w:rsid w:val="00152085"/>
+    <w:rsid w:val="00152A4F"/>
+    <w:rsid w:val="00154790"/>
+    <w:rsid w:val="00156B7D"/>
     <w:rsid w:val="00157A7D"/>
     <w:rsid w:val="00161B53"/>
     <w:rsid w:val="001656B6"/>
     <w:rsid w:val="00166643"/>
+    <w:rsid w:val="001719DD"/>
+    <w:rsid w:val="0017425A"/>
     <w:rsid w:val="001766B9"/>
     <w:rsid w:val="00176F47"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
+    <w:rsid w:val="00182785"/>
+    <w:rsid w:val="00184ACA"/>
     <w:rsid w:val="00190EA5"/>
     <w:rsid w:val="00193EEA"/>
+    <w:rsid w:val="00193F97"/>
     <w:rsid w:val="001A74B2"/>
     <w:rsid w:val="001B50FE"/>
     <w:rsid w:val="001B6409"/>
     <w:rsid w:val="001B7A50"/>
+    <w:rsid w:val="001C181F"/>
     <w:rsid w:val="001D131F"/>
     <w:rsid w:val="001E01E8"/>
+    <w:rsid w:val="001E0B59"/>
+    <w:rsid w:val="001E16C5"/>
     <w:rsid w:val="001E1AA7"/>
     <w:rsid w:val="001E3BA8"/>
     <w:rsid w:val="001E5E54"/>
     <w:rsid w:val="001E62A9"/>
     <w:rsid w:val="001E6AE1"/>
     <w:rsid w:val="001E7214"/>
     <w:rsid w:val="001F1212"/>
     <w:rsid w:val="001F5EF4"/>
     <w:rsid w:val="001F68F0"/>
     <w:rsid w:val="001F7654"/>
     <w:rsid w:val="00202F74"/>
     <w:rsid w:val="0020331C"/>
     <w:rsid w:val="002102C7"/>
     <w:rsid w:val="0021061E"/>
+    <w:rsid w:val="00217D4E"/>
     <w:rsid w:val="00230D8E"/>
     <w:rsid w:val="00232C42"/>
     <w:rsid w:val="002379D3"/>
+    <w:rsid w:val="002413C8"/>
     <w:rsid w:val="002437AF"/>
     <w:rsid w:val="002452BB"/>
     <w:rsid w:val="0024542C"/>
     <w:rsid w:val="002464D6"/>
     <w:rsid w:val="002474CC"/>
     <w:rsid w:val="0026436F"/>
     <w:rsid w:val="0027067F"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
     <w:rsid w:val="00275C87"/>
     <w:rsid w:val="00280CAD"/>
     <w:rsid w:val="00280CC7"/>
+    <w:rsid w:val="00285DAE"/>
     <w:rsid w:val="002922E3"/>
+    <w:rsid w:val="0029339E"/>
+    <w:rsid w:val="00294B30"/>
     <w:rsid w:val="00296F45"/>
     <w:rsid w:val="002A07EB"/>
     <w:rsid w:val="002A0F0A"/>
+    <w:rsid w:val="002A31F1"/>
+    <w:rsid w:val="002A5030"/>
+    <w:rsid w:val="002B10EE"/>
     <w:rsid w:val="002B6F34"/>
     <w:rsid w:val="002C28AE"/>
+    <w:rsid w:val="002C2C49"/>
     <w:rsid w:val="002C3A4D"/>
-    <w:rsid w:val="002D2585"/>
     <w:rsid w:val="002E2500"/>
     <w:rsid w:val="002E3771"/>
     <w:rsid w:val="002E5582"/>
     <w:rsid w:val="002F0F56"/>
     <w:rsid w:val="002F4FA8"/>
     <w:rsid w:val="002F5574"/>
     <w:rsid w:val="0030001D"/>
+    <w:rsid w:val="00303996"/>
     <w:rsid w:val="003108EC"/>
     <w:rsid w:val="00327B04"/>
     <w:rsid w:val="00332F5E"/>
     <w:rsid w:val="003340EA"/>
     <w:rsid w:val="003405AD"/>
     <w:rsid w:val="00345EED"/>
+    <w:rsid w:val="00353DE5"/>
     <w:rsid w:val="003544D5"/>
     <w:rsid w:val="003622E2"/>
     <w:rsid w:val="003664D9"/>
     <w:rsid w:val="00371DCB"/>
     <w:rsid w:val="00375DBE"/>
     <w:rsid w:val="003772EA"/>
     <w:rsid w:val="0039088E"/>
     <w:rsid w:val="00391DA6"/>
     <w:rsid w:val="00393063"/>
     <w:rsid w:val="003937E3"/>
+    <w:rsid w:val="00395282"/>
+    <w:rsid w:val="00397964"/>
     <w:rsid w:val="00397D8D"/>
     <w:rsid w:val="003A2B0A"/>
     <w:rsid w:val="003A61FA"/>
     <w:rsid w:val="003A6D6B"/>
     <w:rsid w:val="003B1F2B"/>
+    <w:rsid w:val="003C05A1"/>
     <w:rsid w:val="003C4568"/>
     <w:rsid w:val="003C4775"/>
+    <w:rsid w:val="003D2338"/>
     <w:rsid w:val="003D2D1A"/>
     <w:rsid w:val="003D2F93"/>
+    <w:rsid w:val="003D3834"/>
     <w:rsid w:val="003D666E"/>
     <w:rsid w:val="003D6BEC"/>
     <w:rsid w:val="003D7CC3"/>
     <w:rsid w:val="003E21DA"/>
     <w:rsid w:val="003E2251"/>
     <w:rsid w:val="003F069A"/>
     <w:rsid w:val="003F272A"/>
     <w:rsid w:val="003F7E44"/>
     <w:rsid w:val="003F7F06"/>
     <w:rsid w:val="00402AFF"/>
     <w:rsid w:val="00403A03"/>
     <w:rsid w:val="00410390"/>
+    <w:rsid w:val="004141EA"/>
     <w:rsid w:val="0041779C"/>
+    <w:rsid w:val="00424618"/>
     <w:rsid w:val="00424EDE"/>
     <w:rsid w:val="004259BF"/>
     <w:rsid w:val="0043003D"/>
     <w:rsid w:val="004329F8"/>
     <w:rsid w:val="00437217"/>
     <w:rsid w:val="00441424"/>
     <w:rsid w:val="00442872"/>
     <w:rsid w:val="0045287E"/>
     <w:rsid w:val="00453B11"/>
+    <w:rsid w:val="00454403"/>
+    <w:rsid w:val="00455E66"/>
     <w:rsid w:val="004560CB"/>
     <w:rsid w:val="00460F8D"/>
     <w:rsid w:val="004617B3"/>
     <w:rsid w:val="004627C7"/>
+    <w:rsid w:val="00465BE6"/>
     <w:rsid w:val="00471DA0"/>
     <w:rsid w:val="004724A4"/>
     <w:rsid w:val="00472699"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
+    <w:rsid w:val="004746E3"/>
+    <w:rsid w:val="00475EF4"/>
     <w:rsid w:val="00476161"/>
     <w:rsid w:val="00480453"/>
+    <w:rsid w:val="004804C5"/>
     <w:rsid w:val="00480CEC"/>
     <w:rsid w:val="00481F70"/>
+    <w:rsid w:val="0048218D"/>
     <w:rsid w:val="004A0655"/>
+    <w:rsid w:val="004A0915"/>
     <w:rsid w:val="004A2091"/>
     <w:rsid w:val="004A58B7"/>
     <w:rsid w:val="004B54D0"/>
+    <w:rsid w:val="004B6230"/>
+    <w:rsid w:val="004B6885"/>
     <w:rsid w:val="004B719E"/>
+    <w:rsid w:val="004B7AE5"/>
     <w:rsid w:val="004C4E58"/>
     <w:rsid w:val="004C608C"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D3555"/>
     <w:rsid w:val="004D5569"/>
     <w:rsid w:val="004D55C1"/>
+    <w:rsid w:val="004D7B0B"/>
     <w:rsid w:val="004E1E2D"/>
     <w:rsid w:val="004E5460"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
     <w:rsid w:val="004F2D34"/>
+    <w:rsid w:val="004F5195"/>
+    <w:rsid w:val="004F6B44"/>
     <w:rsid w:val="0050085F"/>
     <w:rsid w:val="00501170"/>
+    <w:rsid w:val="00504F8F"/>
     <w:rsid w:val="00506663"/>
     <w:rsid w:val="00507476"/>
     <w:rsid w:val="005118EE"/>
     <w:rsid w:val="00511A0F"/>
+    <w:rsid w:val="00512AA1"/>
     <w:rsid w:val="00514352"/>
+    <w:rsid w:val="0051767F"/>
     <w:rsid w:val="005223E0"/>
     <w:rsid w:val="00525054"/>
     <w:rsid w:val="00525086"/>
     <w:rsid w:val="005304B1"/>
+    <w:rsid w:val="00530F9A"/>
     <w:rsid w:val="0053337C"/>
     <w:rsid w:val="00535B4B"/>
+    <w:rsid w:val="00535E7B"/>
     <w:rsid w:val="00537D5F"/>
     <w:rsid w:val="00540982"/>
+    <w:rsid w:val="0054098B"/>
     <w:rsid w:val="00546DDF"/>
     <w:rsid w:val="00550421"/>
     <w:rsid w:val="0055126E"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
+    <w:rsid w:val="00552A0D"/>
     <w:rsid w:val="00552E1E"/>
     <w:rsid w:val="0055475E"/>
     <w:rsid w:val="00565F53"/>
     <w:rsid w:val="005713BA"/>
     <w:rsid w:val="005731F1"/>
+    <w:rsid w:val="0059105F"/>
+    <w:rsid w:val="00591384"/>
     <w:rsid w:val="0059172A"/>
     <w:rsid w:val="0059241F"/>
+    <w:rsid w:val="00592954"/>
     <w:rsid w:val="00596777"/>
     <w:rsid w:val="00596B74"/>
     <w:rsid w:val="005A4A46"/>
     <w:rsid w:val="005A685F"/>
     <w:rsid w:val="005B039A"/>
     <w:rsid w:val="005B14B7"/>
     <w:rsid w:val="005C0F62"/>
     <w:rsid w:val="005D17D8"/>
     <w:rsid w:val="005D1E0D"/>
+    <w:rsid w:val="005D5161"/>
     <w:rsid w:val="005E0D06"/>
     <w:rsid w:val="005E3787"/>
     <w:rsid w:val="005E3FA5"/>
+    <w:rsid w:val="005E5744"/>
     <w:rsid w:val="005E7C9F"/>
+    <w:rsid w:val="005F28E0"/>
+    <w:rsid w:val="005F48AF"/>
+    <w:rsid w:val="005F6B29"/>
     <w:rsid w:val="0060443F"/>
     <w:rsid w:val="00605B67"/>
     <w:rsid w:val="00607E8E"/>
+    <w:rsid w:val="00617D6C"/>
     <w:rsid w:val="006208A9"/>
     <w:rsid w:val="00621A20"/>
     <w:rsid w:val="00640D61"/>
     <w:rsid w:val="00642AFE"/>
     <w:rsid w:val="00650064"/>
     <w:rsid w:val="00660E79"/>
     <w:rsid w:val="00663984"/>
     <w:rsid w:val="00664E3A"/>
     <w:rsid w:val="00665AC0"/>
     <w:rsid w:val="00666BC3"/>
     <w:rsid w:val="00667C3E"/>
+    <w:rsid w:val="0067149E"/>
     <w:rsid w:val="00674326"/>
+    <w:rsid w:val="006758DC"/>
     <w:rsid w:val="00677CCF"/>
     <w:rsid w:val="00681038"/>
     <w:rsid w:val="00686319"/>
     <w:rsid w:val="00690D50"/>
+    <w:rsid w:val="00692625"/>
     <w:rsid w:val="00692899"/>
     <w:rsid w:val="006956F8"/>
+    <w:rsid w:val="00697AB7"/>
     <w:rsid w:val="006A0312"/>
     <w:rsid w:val="006A0479"/>
     <w:rsid w:val="006A0EEB"/>
     <w:rsid w:val="006A34B4"/>
+    <w:rsid w:val="006A3DF6"/>
     <w:rsid w:val="006A3F3A"/>
+    <w:rsid w:val="006A46D3"/>
+    <w:rsid w:val="006A4ED5"/>
     <w:rsid w:val="006A65D5"/>
     <w:rsid w:val="006A7BFF"/>
     <w:rsid w:val="006B36FB"/>
     <w:rsid w:val="006C6F2E"/>
     <w:rsid w:val="006C7066"/>
     <w:rsid w:val="006C709B"/>
     <w:rsid w:val="006D3E72"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
+    <w:rsid w:val="006D5726"/>
+    <w:rsid w:val="006D7684"/>
+    <w:rsid w:val="006D7B5C"/>
+    <w:rsid w:val="006E1FA9"/>
+    <w:rsid w:val="006E2750"/>
+    <w:rsid w:val="006E4CB6"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="007004D7"/>
+    <w:rsid w:val="0070152B"/>
     <w:rsid w:val="0070337D"/>
     <w:rsid w:val="00707528"/>
     <w:rsid w:val="007075CE"/>
     <w:rsid w:val="007107AF"/>
+    <w:rsid w:val="00711780"/>
     <w:rsid w:val="00713165"/>
     <w:rsid w:val="007225D0"/>
+    <w:rsid w:val="00724B55"/>
+    <w:rsid w:val="00727697"/>
+    <w:rsid w:val="00727DE8"/>
+    <w:rsid w:val="00733CB5"/>
     <w:rsid w:val="00733D5C"/>
     <w:rsid w:val="007361C0"/>
     <w:rsid w:val="0073637F"/>
     <w:rsid w:val="00753976"/>
+    <w:rsid w:val="00753CF6"/>
+    <w:rsid w:val="0075550A"/>
     <w:rsid w:val="00764A60"/>
     <w:rsid w:val="00765D53"/>
     <w:rsid w:val="007677DE"/>
+    <w:rsid w:val="007714ED"/>
     <w:rsid w:val="0077315E"/>
     <w:rsid w:val="007734D2"/>
     <w:rsid w:val="00781C7A"/>
     <w:rsid w:val="00785CD7"/>
     <w:rsid w:val="007866F6"/>
     <w:rsid w:val="007872D8"/>
     <w:rsid w:val="00791C86"/>
     <w:rsid w:val="0079494D"/>
+    <w:rsid w:val="00797A60"/>
+    <w:rsid w:val="00797D52"/>
     <w:rsid w:val="007A4FE2"/>
     <w:rsid w:val="007A5BC7"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007B290B"/>
+    <w:rsid w:val="007B4B61"/>
+    <w:rsid w:val="007B54A2"/>
     <w:rsid w:val="007B657B"/>
+    <w:rsid w:val="007C3342"/>
     <w:rsid w:val="007C39F0"/>
     <w:rsid w:val="007C448C"/>
     <w:rsid w:val="007C4611"/>
     <w:rsid w:val="007C5284"/>
     <w:rsid w:val="007D3C33"/>
     <w:rsid w:val="007D5E31"/>
     <w:rsid w:val="007D61F9"/>
+    <w:rsid w:val="007E0A8E"/>
     <w:rsid w:val="007E0E86"/>
     <w:rsid w:val="007E336B"/>
     <w:rsid w:val="007E5359"/>
     <w:rsid w:val="007E5E68"/>
+    <w:rsid w:val="007F1221"/>
+    <w:rsid w:val="007F4042"/>
     <w:rsid w:val="00800495"/>
     <w:rsid w:val="00806C3D"/>
     <w:rsid w:val="00812E68"/>
     <w:rsid w:val="00813C43"/>
     <w:rsid w:val="00813E92"/>
     <w:rsid w:val="008205C2"/>
+    <w:rsid w:val="0083052D"/>
+    <w:rsid w:val="0083559F"/>
     <w:rsid w:val="00835A14"/>
+    <w:rsid w:val="00835FD7"/>
     <w:rsid w:val="00836F8F"/>
+    <w:rsid w:val="0083715B"/>
     <w:rsid w:val="00840800"/>
     <w:rsid w:val="00841B8A"/>
+    <w:rsid w:val="00841D48"/>
     <w:rsid w:val="00843EF7"/>
+    <w:rsid w:val="0084597A"/>
     <w:rsid w:val="0084638A"/>
     <w:rsid w:val="008473AB"/>
+    <w:rsid w:val="0085104E"/>
     <w:rsid w:val="008522E2"/>
     <w:rsid w:val="0085620E"/>
     <w:rsid w:val="00856D0D"/>
     <w:rsid w:val="0086190A"/>
     <w:rsid w:val="00861DF0"/>
+    <w:rsid w:val="008641BD"/>
     <w:rsid w:val="00866A6E"/>
     <w:rsid w:val="008678D9"/>
     <w:rsid w:val="00867E67"/>
     <w:rsid w:val="00870A3B"/>
+    <w:rsid w:val="00872A92"/>
+    <w:rsid w:val="008878EC"/>
     <w:rsid w:val="00890626"/>
+    <w:rsid w:val="00895676"/>
+    <w:rsid w:val="00897600"/>
+    <w:rsid w:val="008A2740"/>
     <w:rsid w:val="008A4D4B"/>
+    <w:rsid w:val="008A59CB"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008C0547"/>
+    <w:rsid w:val="008C084A"/>
     <w:rsid w:val="008C1C53"/>
     <w:rsid w:val="008C6514"/>
     <w:rsid w:val="008C6684"/>
+    <w:rsid w:val="008C6CDE"/>
+    <w:rsid w:val="008D0DA5"/>
     <w:rsid w:val="008D49C6"/>
     <w:rsid w:val="008D5F95"/>
     <w:rsid w:val="008E229E"/>
     <w:rsid w:val="008E22C7"/>
     <w:rsid w:val="008F1BA7"/>
     <w:rsid w:val="008F2FD1"/>
     <w:rsid w:val="00902DD8"/>
     <w:rsid w:val="009117E2"/>
     <w:rsid w:val="0091418F"/>
     <w:rsid w:val="00915D9B"/>
     <w:rsid w:val="00916EDF"/>
     <w:rsid w:val="009203CC"/>
     <w:rsid w:val="00921548"/>
     <w:rsid w:val="0092520B"/>
     <w:rsid w:val="00925442"/>
     <w:rsid w:val="009265A8"/>
     <w:rsid w:val="009318BA"/>
     <w:rsid w:val="00933A61"/>
     <w:rsid w:val="00934212"/>
-    <w:rsid w:val="009361C6"/>
     <w:rsid w:val="00943A38"/>
+    <w:rsid w:val="00950412"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="00955FCE"/>
     <w:rsid w:val="00956FA2"/>
+    <w:rsid w:val="00960BA7"/>
     <w:rsid w:val="009627A1"/>
+    <w:rsid w:val="00962D3B"/>
     <w:rsid w:val="00966059"/>
+    <w:rsid w:val="00966D87"/>
     <w:rsid w:val="00984D5A"/>
+    <w:rsid w:val="00987A42"/>
+    <w:rsid w:val="00987E31"/>
+    <w:rsid w:val="009975B7"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A4518"/>
     <w:rsid w:val="009A51D1"/>
+    <w:rsid w:val="009B5DAC"/>
     <w:rsid w:val="009C16BA"/>
     <w:rsid w:val="009C2662"/>
     <w:rsid w:val="009C7360"/>
     <w:rsid w:val="009D296A"/>
     <w:rsid w:val="009E2B35"/>
     <w:rsid w:val="009F2588"/>
     <w:rsid w:val="009F3AB7"/>
     <w:rsid w:val="009F51E0"/>
+    <w:rsid w:val="00A049D9"/>
     <w:rsid w:val="00A10F07"/>
+    <w:rsid w:val="00A13C81"/>
     <w:rsid w:val="00A1692B"/>
+    <w:rsid w:val="00A16C73"/>
     <w:rsid w:val="00A209A9"/>
+    <w:rsid w:val="00A21038"/>
     <w:rsid w:val="00A25A1C"/>
+    <w:rsid w:val="00A32744"/>
     <w:rsid w:val="00A36439"/>
     <w:rsid w:val="00A36BEE"/>
     <w:rsid w:val="00A4009A"/>
     <w:rsid w:val="00A4031D"/>
     <w:rsid w:val="00A40DB5"/>
     <w:rsid w:val="00A415A7"/>
     <w:rsid w:val="00A41A52"/>
+    <w:rsid w:val="00A4532B"/>
+    <w:rsid w:val="00A51778"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A547FE"/>
     <w:rsid w:val="00A60DD9"/>
+    <w:rsid w:val="00A66908"/>
     <w:rsid w:val="00A72F60"/>
     <w:rsid w:val="00A8006F"/>
     <w:rsid w:val="00A81502"/>
     <w:rsid w:val="00A87BC6"/>
     <w:rsid w:val="00A942E0"/>
     <w:rsid w:val="00A95F18"/>
     <w:rsid w:val="00A97112"/>
+    <w:rsid w:val="00AA1FD4"/>
     <w:rsid w:val="00AA305F"/>
+    <w:rsid w:val="00AB36EB"/>
+    <w:rsid w:val="00AB66D4"/>
+    <w:rsid w:val="00AC7010"/>
     <w:rsid w:val="00AD0199"/>
     <w:rsid w:val="00AD2899"/>
     <w:rsid w:val="00AD7D78"/>
     <w:rsid w:val="00AE3950"/>
     <w:rsid w:val="00AF6BFD"/>
     <w:rsid w:val="00AF6D23"/>
     <w:rsid w:val="00B007B7"/>
+    <w:rsid w:val="00B0263B"/>
     <w:rsid w:val="00B032DC"/>
     <w:rsid w:val="00B04ADF"/>
     <w:rsid w:val="00B214D7"/>
-    <w:rsid w:val="00B225DD"/>
     <w:rsid w:val="00B227E9"/>
     <w:rsid w:val="00B27AF8"/>
+    <w:rsid w:val="00B32632"/>
+    <w:rsid w:val="00B32C93"/>
+    <w:rsid w:val="00B32FA2"/>
     <w:rsid w:val="00B3568D"/>
+    <w:rsid w:val="00B36AC3"/>
     <w:rsid w:val="00B36B26"/>
     <w:rsid w:val="00B42806"/>
     <w:rsid w:val="00B4437F"/>
     <w:rsid w:val="00B45639"/>
     <w:rsid w:val="00B45FA5"/>
+    <w:rsid w:val="00B46171"/>
+    <w:rsid w:val="00B52FF7"/>
     <w:rsid w:val="00B53402"/>
+    <w:rsid w:val="00B54DC7"/>
     <w:rsid w:val="00B55DA3"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B61B2E"/>
     <w:rsid w:val="00B61EC8"/>
     <w:rsid w:val="00B63E1D"/>
     <w:rsid w:val="00B6458B"/>
     <w:rsid w:val="00B65B55"/>
     <w:rsid w:val="00B707A8"/>
+    <w:rsid w:val="00B75E8A"/>
+    <w:rsid w:val="00B765E6"/>
     <w:rsid w:val="00B80C64"/>
     <w:rsid w:val="00B81659"/>
     <w:rsid w:val="00B95F02"/>
+    <w:rsid w:val="00BA36A8"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00BB71C8"/>
     <w:rsid w:val="00BD6C6C"/>
     <w:rsid w:val="00BE119E"/>
     <w:rsid w:val="00BE1DFA"/>
     <w:rsid w:val="00BE7596"/>
     <w:rsid w:val="00BF5AE6"/>
     <w:rsid w:val="00BF781F"/>
     <w:rsid w:val="00C02FA1"/>
     <w:rsid w:val="00C14E97"/>
     <w:rsid w:val="00C33212"/>
+    <w:rsid w:val="00C3349A"/>
+    <w:rsid w:val="00C360F4"/>
     <w:rsid w:val="00C40221"/>
-    <w:rsid w:val="00C42B64"/>
+    <w:rsid w:val="00C404FB"/>
     <w:rsid w:val="00C466C0"/>
     <w:rsid w:val="00C51157"/>
     <w:rsid w:val="00C56E9A"/>
+    <w:rsid w:val="00C575DD"/>
     <w:rsid w:val="00C57765"/>
     <w:rsid w:val="00C615BE"/>
     <w:rsid w:val="00C661F4"/>
     <w:rsid w:val="00C668DA"/>
     <w:rsid w:val="00C71AD4"/>
     <w:rsid w:val="00C74572"/>
+    <w:rsid w:val="00C755F4"/>
     <w:rsid w:val="00C75F3B"/>
     <w:rsid w:val="00C77353"/>
     <w:rsid w:val="00C77663"/>
     <w:rsid w:val="00C778C6"/>
     <w:rsid w:val="00C81231"/>
+    <w:rsid w:val="00C853E0"/>
+    <w:rsid w:val="00C92807"/>
     <w:rsid w:val="00C95BF1"/>
+    <w:rsid w:val="00C972C5"/>
     <w:rsid w:val="00CA33CE"/>
+    <w:rsid w:val="00CA52BC"/>
     <w:rsid w:val="00CA5C34"/>
     <w:rsid w:val="00CA622B"/>
     <w:rsid w:val="00CB07F3"/>
     <w:rsid w:val="00CB1A3D"/>
+    <w:rsid w:val="00CB3AA6"/>
     <w:rsid w:val="00CC09F5"/>
+    <w:rsid w:val="00CC112E"/>
     <w:rsid w:val="00CC1355"/>
     <w:rsid w:val="00CC1F5A"/>
     <w:rsid w:val="00CC2506"/>
     <w:rsid w:val="00CC6285"/>
     <w:rsid w:val="00CC7A44"/>
     <w:rsid w:val="00CD19D6"/>
+    <w:rsid w:val="00CD4067"/>
+    <w:rsid w:val="00CD769D"/>
     <w:rsid w:val="00CE19F5"/>
     <w:rsid w:val="00CE2256"/>
     <w:rsid w:val="00CE2E27"/>
+    <w:rsid w:val="00CE46DF"/>
     <w:rsid w:val="00CE5924"/>
     <w:rsid w:val="00CE6072"/>
+    <w:rsid w:val="00CE6470"/>
     <w:rsid w:val="00CE6D90"/>
     <w:rsid w:val="00CF0D5D"/>
     <w:rsid w:val="00CF20E6"/>
+    <w:rsid w:val="00CF3B83"/>
+    <w:rsid w:val="00CF4A04"/>
     <w:rsid w:val="00D001EC"/>
+    <w:rsid w:val="00D01648"/>
     <w:rsid w:val="00D01DC7"/>
+    <w:rsid w:val="00D03859"/>
     <w:rsid w:val="00D06D64"/>
     <w:rsid w:val="00D07563"/>
     <w:rsid w:val="00D1303D"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D16A94"/>
+    <w:rsid w:val="00D17088"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D310F4"/>
     <w:rsid w:val="00D36B09"/>
     <w:rsid w:val="00D37C50"/>
+    <w:rsid w:val="00D37F04"/>
     <w:rsid w:val="00D41719"/>
     <w:rsid w:val="00D424DB"/>
+    <w:rsid w:val="00D47912"/>
     <w:rsid w:val="00D5280E"/>
+    <w:rsid w:val="00D55805"/>
+    <w:rsid w:val="00D6113A"/>
     <w:rsid w:val="00D63D3D"/>
     <w:rsid w:val="00D71516"/>
+    <w:rsid w:val="00D83349"/>
+    <w:rsid w:val="00D84050"/>
     <w:rsid w:val="00D8597F"/>
     <w:rsid w:val="00D91A35"/>
     <w:rsid w:val="00D91C70"/>
     <w:rsid w:val="00D966C1"/>
+    <w:rsid w:val="00D978E7"/>
     <w:rsid w:val="00D97ECD"/>
     <w:rsid w:val="00DA1B6D"/>
     <w:rsid w:val="00DB1F5A"/>
+    <w:rsid w:val="00DB2632"/>
     <w:rsid w:val="00DB314E"/>
     <w:rsid w:val="00DB640F"/>
     <w:rsid w:val="00DB7EAC"/>
+    <w:rsid w:val="00DC02BC"/>
     <w:rsid w:val="00DC1CEC"/>
+    <w:rsid w:val="00DC43B7"/>
     <w:rsid w:val="00DC55FF"/>
+    <w:rsid w:val="00DD48FE"/>
     <w:rsid w:val="00DD5147"/>
     <w:rsid w:val="00DD59B0"/>
     <w:rsid w:val="00DE490B"/>
+    <w:rsid w:val="00DE4969"/>
     <w:rsid w:val="00DE70AA"/>
+    <w:rsid w:val="00DF3994"/>
     <w:rsid w:val="00E00072"/>
     <w:rsid w:val="00E0018E"/>
     <w:rsid w:val="00E00722"/>
     <w:rsid w:val="00E04794"/>
     <w:rsid w:val="00E10331"/>
     <w:rsid w:val="00E112FE"/>
     <w:rsid w:val="00E12EDF"/>
     <w:rsid w:val="00E12EE3"/>
     <w:rsid w:val="00E20A09"/>
     <w:rsid w:val="00E269D6"/>
+    <w:rsid w:val="00E30639"/>
     <w:rsid w:val="00E32D98"/>
     <w:rsid w:val="00E33085"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
     <w:rsid w:val="00E43B61"/>
+    <w:rsid w:val="00E5028D"/>
     <w:rsid w:val="00E51528"/>
     <w:rsid w:val="00E52C90"/>
+    <w:rsid w:val="00E53D3D"/>
     <w:rsid w:val="00E5566D"/>
     <w:rsid w:val="00E55F3F"/>
     <w:rsid w:val="00E616AE"/>
     <w:rsid w:val="00E64557"/>
     <w:rsid w:val="00E649EB"/>
     <w:rsid w:val="00E66CE7"/>
+    <w:rsid w:val="00E70FA0"/>
+    <w:rsid w:val="00E72A27"/>
     <w:rsid w:val="00E815E7"/>
     <w:rsid w:val="00E8360E"/>
     <w:rsid w:val="00EA68EA"/>
     <w:rsid w:val="00EA7DED"/>
+    <w:rsid w:val="00EB66B3"/>
     <w:rsid w:val="00EB785E"/>
+    <w:rsid w:val="00EC4561"/>
     <w:rsid w:val="00EC5B77"/>
+    <w:rsid w:val="00EC6961"/>
+    <w:rsid w:val="00EC698A"/>
+    <w:rsid w:val="00EC6A2C"/>
+    <w:rsid w:val="00EC71CA"/>
+    <w:rsid w:val="00EC7652"/>
     <w:rsid w:val="00ED24BC"/>
+    <w:rsid w:val="00ED3B07"/>
     <w:rsid w:val="00ED3B2B"/>
+    <w:rsid w:val="00ED4084"/>
     <w:rsid w:val="00ED4D0B"/>
     <w:rsid w:val="00ED7314"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE25EC"/>
     <w:rsid w:val="00EE6F32"/>
     <w:rsid w:val="00EE72CA"/>
     <w:rsid w:val="00EE7491"/>
     <w:rsid w:val="00EF060C"/>
     <w:rsid w:val="00EF2B35"/>
     <w:rsid w:val="00EF5BFA"/>
     <w:rsid w:val="00F036AD"/>
+    <w:rsid w:val="00F03A54"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F2410B"/>
     <w:rsid w:val="00F24A95"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F311D2"/>
     <w:rsid w:val="00F32C40"/>
     <w:rsid w:val="00F36197"/>
+    <w:rsid w:val="00F40781"/>
+    <w:rsid w:val="00F41E68"/>
+    <w:rsid w:val="00F45D30"/>
     <w:rsid w:val="00F61812"/>
     <w:rsid w:val="00F72C93"/>
+    <w:rsid w:val="00F7371D"/>
+    <w:rsid w:val="00F84E63"/>
     <w:rsid w:val="00F92073"/>
     <w:rsid w:val="00F92E50"/>
+    <w:rsid w:val="00F94899"/>
     <w:rsid w:val="00F94C18"/>
     <w:rsid w:val="00F96924"/>
     <w:rsid w:val="00FA0DA9"/>
+    <w:rsid w:val="00FA3B5E"/>
     <w:rsid w:val="00FB082F"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FB5A0F"/>
+    <w:rsid w:val="00FB799D"/>
     <w:rsid w:val="00FC0E2A"/>
     <w:rsid w:val="00FC2623"/>
     <w:rsid w:val="00FC2D9F"/>
     <w:rsid w:val="00FC7E90"/>
     <w:rsid w:val="00FD5B06"/>
     <w:rsid w:val="00FD66BF"/>
     <w:rsid w:val="00FE09C6"/>
     <w:rsid w:val="00FE0C83"/>
+    <w:rsid w:val="00FE5B52"/>
+    <w:rsid w:val="00FF65EA"/>
     <w:rsid w:val="00FF77D6"/>
+    <w:rsid w:val="00FF79AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
+  <w15:docId w15:val="{C2E8C02A-09B6-4A05-B494-AB7CB8DF04F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -28539,54 +30706,54 @@
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
+    <w:aliases w:val="H3,H31,h3,H32,H33,H311,Subhead B,Heading C,h3 sub heading,sub Italic,proj3,proj31,proj32,proj33,proj34,proj35,proj36,proj37,proj38,proj39,proj310,proj311,proj312,proj321,proj331,proj341,proj351,proj361,proj371,proj381,proj391,proj3101,Head 3,3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
@@ -28743,50 +30910,51 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
+    <w:aliases w:val="H3 Char,H31 Char,h3 Char,H32 Char,H33 Char,H311 Char,Subhead B Char,Heading C Char,h3 sub heading Char,sub Italic Char,proj3 Char,proj31 Char,proj32 Char,proj33 Char,proj34 Char,proj35 Char,proj36 Char,proj37 Char,proj38 Char,proj39 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -29435,50 +31603,60 @@
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="FSMe-Bold"/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ParticipantID">
     <w:name w:val="ParticipantID"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00327B04"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="FSMe-Bold"/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003D3834"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="250435458">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1405178591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -29774,61 +31952,684 @@
                                                 </w:div>
                                               </w:divsChild>
                                             </w:div>
                                           </w:divsChild>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F27303F2-1C5C-4502-9551-C0749856B52B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00463948" w:rsidRDefault="00463948">
+          <w:r w:rsidRPr="00E36039">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="FSMe-Bold">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00463948"/>
+    <w:rsid w:val="00463948"/>
+    <w:rsid w:val="00475EF4"/>
+    <w:rsid w:val="0085104E"/>
+    <w:rsid w:val="00D37F04"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00463948"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -30089,72 +32890,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
@@ -30242,157 +33034,199 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>31522</Characters>
+  <Pages>22</Pages>
+  <Words>6811</Words>
+  <Characters>36168</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>900</Lines>
-  <Paragraphs>435</Paragraphs>
+  <Lines>882</Lines>
+  <Paragraphs>467</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Support Disability Accommodation Deed Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>37056</CharactersWithSpaces>
+  <CharactersWithSpaces>42512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Support Disability Accommodation Deed Form</dc:title>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Jordan, Elspeth</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID2">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID3">
     <vt:lpwstr>1426496R3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
     <vt:lpwstr>1426496R2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
     <vt:lpwstr>1426496R1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID7">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID8">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="WebdocsID">
     <vt:lpwstr>1482133R1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="sTmpGUID">
     <vt:lpwstr>029025d8-cc6a-469a-960d-79dd9df5f5e2</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>33959441,284380a,1df089e3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T01:26:50Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>5617745c-33b8-4075-a83b-3b46cca28342</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>