--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,50 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
+  <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2E669B6F" w14:textId="49D00DD9" w:rsidR="00CC1355" w:rsidRPr="00C64DD1" w:rsidRDefault="0026436F" w:rsidP="00CC1355">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
@@ -789,86 +796,86 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00512AF5" w14:paraId="69C9263A" w14:textId="77777777" w:rsidTr="0036154C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04B5CF4D" w14:textId="60C54DA2" w:rsidR="00512AF5" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
+          <w:p w14:paraId="04B5CF4D" w14:textId="62A4CE67" w:rsidR="00512AF5" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">NDIS Provider </w:t>
             </w:r>
             <w:r w:rsidR="004F2B37">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Number</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (where applicable):</w:t>
+              <w:t xml:space="preserve"> (where applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4DDE7206" w14:textId="51EA5E37" w:rsidR="00512AF5" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -950,68 +957,68 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00512AF5" w14:paraId="313933FB" w14:textId="77777777" w:rsidTr="0036154C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41C15F89" w14:textId="7324DA25" w:rsidR="00512AF5" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
+          <w:p w14:paraId="41C15F89" w14:textId="188659AE" w:rsidR="00512AF5" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>ABN:</w:t>
+              <w:t>ABN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="327AEF40" w14:textId="2E3E6A62" w:rsidR="00512AF5" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1304,86 +1311,86 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D5569" w:rsidRPr="00A27DE2" w14:paraId="78E55980" w14:textId="77777777" w:rsidTr="0036154C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2408" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D0ADDDF" w14:textId="5A4F3D5B" w:rsidR="004D5569" w:rsidRPr="006F6AC9" w:rsidRDefault="004D5569" w:rsidP="00512AF5">
+          <w:p w14:paraId="0D0ADDDF" w14:textId="7E7BED87" w:rsidR="004D5569" w:rsidRPr="006F6AC9" w:rsidRDefault="004D5569" w:rsidP="00512AF5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Service</w:t>
             </w:r>
             <w:r w:rsidR="00DD4301">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/s</w:t>
             </w:r>
             <w:r w:rsidRPr="006F6AC9">
               <w:rPr>
                 <w:b/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">: </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6602" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74EE66A9" w14:textId="38D284F2" w:rsidR="006F6AC9" w:rsidRPr="006F6AC9" w:rsidRDefault="00512AF5" w:rsidP="00512AF5">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
@@ -1464,51 +1471,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D19FA86" w14:textId="2698148F" w:rsidR="0026436F" w:rsidRPr="00C20F62" w:rsidRDefault="0026436F" w:rsidP="00C20F62">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r w:rsidRPr="00C20F62">
         <w:t>Background</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C6C48B4" w14:textId="5A47BD0C" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="00512AF5">
+    <w:p w14:paraId="2C6C48B4" w14:textId="2D32BD82" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="00512AF5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
@@ -1518,134 +1525,175 @@
         <w:t xml:space="preserve"> is a person with disability who </w:t>
       </w:r>
       <w:r w:rsidR="0023572A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">takes part </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS</w:t>
       </w:r>
+      <w:r w:rsidR="00126385" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidR="00126385">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00126385">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00126385">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has a plan under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00F20F1B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00126385">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00126385">
-[...54 lines deleted...]
-      <w:r w:rsidR="00126385">
+      <w:r w:rsidR="0023572A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
-      </w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> includes a statement of participant supports. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6999344C" w14:textId="4BFCD6BC" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="00512AF5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
@@ -1723,56 +1771,54 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to be provided to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BC2C4D2" w14:textId="5AB7CE1B" w:rsidR="0026436F" w:rsidRPr="006F6AC9" w:rsidRDefault="0026436F" w:rsidP="00512AF5">
+    <w:p w14:paraId="0BC2C4D2" w14:textId="71C29673" w:rsidR="0026436F" w:rsidRPr="00D61668" w:rsidRDefault="0026436F" w:rsidP="00512AF5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">C. The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1795,93 +1841,109 @@
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, which will be funded through the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3E4C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, in accordance with the </w:t>
       </w:r>
       <w:r w:rsidR="00FD6D60">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">provisions </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00916EDF" w:rsidRPr="006F6AC9">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00916EDF" w:rsidRPr="00D61668">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03CF45C8" w14:textId="10487241" w:rsidR="00916EDF" w:rsidRPr="006F6AC9" w:rsidRDefault="00916EDF" w:rsidP="00512AF5">
+    <w:p w14:paraId="03CF45C8" w14:textId="3416BFB8" w:rsidR="00916EDF" w:rsidRPr="006F6AC9" w:rsidRDefault="00916EDF" w:rsidP="00512AF5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">D. The </w:t>
       </w:r>
       <w:r w:rsidR="005B039A" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
       <w:r w:rsidR="005B039A">
         <w:rPr>
@@ -1977,50 +2039,59 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> under the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="001A3144">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r w:rsidR="0055683C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>lan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, and the </w:t>
@@ -2131,244 +2202,253 @@
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C75FF2C" w14:textId="77777777" w:rsidR="00E83676" w:rsidRDefault="00E83676" w:rsidP="00512AF5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FBBDC90" w14:textId="7F048F6F" w:rsidR="00E83676" w:rsidRDefault="00E83676" w:rsidP="00512AF5">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00E83676" w:rsidSect="007361C0">
-          <w:headerReference w:type="default" r:id="rId11"/>
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:headerReference w:type="even" r:id="rId11"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="301C0B99" w14:textId="0C7D792C" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00C20F62">
+    <w:p w14:paraId="301C0B99" w14:textId="0C7D792C" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00D61668">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:spacing w:after="240"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>AGREED TERMS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7434B824" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
-    <w:p w14:paraId="1C6B4BA1" w14:textId="6D03756C" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8">
+    <w:p w14:paraId="1C6B4BA1" w14:textId="4912088A" w:rsidR="005D17D8" w:rsidRPr="00D61668" w:rsidRDefault="00593E27" w:rsidP="005D17D8">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="005D17D8" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t>Definitions and interpretation</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ED9CD5A" w14:textId="3BF2009D" w:rsidR="005D17D8" w:rsidRPr="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>1.1 Definitions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78368CD5" w14:textId="44C24E19" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> unless expressed or implied to the contrary: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1168DED7" w14:textId="77777777" w:rsidR="00572A36" w:rsidRPr="00B9574D" w:rsidRDefault="00572A36" w:rsidP="00572A36">
+    <w:p w14:paraId="1168DED7" w14:textId="77777777" w:rsidR="00572A36" w:rsidRPr="00B9574D" w:rsidRDefault="00572A36" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9574D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Board and Lodgings Agreement </w:t>
       </w:r>
       <w:r w:rsidRPr="00B9574D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>means the provision of meals and accommodation on a regular and continuing or indefinite basis either in a private home or other shared accommodation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F399519" w14:textId="77777777" w:rsidR="00572A36" w:rsidRPr="00B9574D" w:rsidRDefault="00572A36" w:rsidP="00572A36">
+    <w:p w14:paraId="5F19ECB9" w14:textId="77777777" w:rsidR="00572A36" w:rsidRPr="008E2CD7" w:rsidRDefault="00572A36" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9574D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Board or Lodgings Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00B9574D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the provision of meals or accommodation on a regular and continuing or indefinite basis either in a private home or other shared accommodation.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78421BD7" w14:textId="5C9B8E65" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="78421BD7" w14:textId="5C9B8E65" w:rsidR="005D17D8" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Business Day</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means Monday to Friday excluding public holidays in Western Australia. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="415D03E4" w14:textId="578D79BD" w:rsidR="00ED7314" w:rsidRDefault="00ED7314" w:rsidP="00A15A3F">
+    <w:p w14:paraId="415D03E4" w14:textId="578D79BD" w:rsidR="00ED7314" w:rsidRDefault="00ED7314" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Commonwealth</w:t>
       </w:r>
       <w:r w:rsidRPr="000F0E56">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C1297">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>means the Commonwealth of Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="00760230">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB68C3C" w14:textId="77777777" w:rsidR="004A5C58" w:rsidRPr="00086E8A" w:rsidRDefault="004A5C58" w:rsidP="004A5C58">
+    <w:p w14:paraId="2EB68C3C" w14:textId="77777777" w:rsidR="004A5C58" w:rsidRPr="00086E8A" w:rsidRDefault="004A5C58" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Hlk211190057"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compensation Reduction Amount </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is an amount the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
@@ -2381,516 +2461,553 @@
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">may reduce a </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s funding for reasonable and necessary supports to account for compensation received or given up.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w14:paraId="13462B83" w14:textId="4A67A69C" w:rsidR="003C3E4A" w:rsidRPr="00086E8A" w:rsidRDefault="00B707A8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="1E19295B" w14:textId="2EEE5635" w:rsidR="00696D17" w:rsidRPr="00696D17" w:rsidRDefault="00696D17" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00696D17">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Confidential Information </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696D17">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r w:rsidR="0059782D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information that is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696D17">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46545349" w14:textId="3771B31A" w:rsidR="00696D17" w:rsidRPr="00696D17" w:rsidRDefault="00696D17" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696D17">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">by its nature confidential; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED930ED" w14:textId="1D948E83" w:rsidR="00696D17" w:rsidRPr="00696D17" w:rsidRDefault="00696D17" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00696D17">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00696D17">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>labelled, notified or described by the disclosing party as confidential at the time of its disclosure</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CCE384B" w14:textId="20652D45" w:rsidR="00B9574D" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Consumer Protection</w:t>
-[...97 lines deleted...]
-        <w:t xml:space="preserve">). </w:t>
+        <w:t>Dispute</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means a dispute </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4301" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or disagreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arising under or in connection with this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CCE384B" w14:textId="20652D45" w:rsidR="00B9574D" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="48BC7E2C" w14:textId="4511266F" w:rsidR="00CE2E27" w:rsidRPr="00086E8A" w:rsidRDefault="00B9574D" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Dispute</w:t>
+        <w:t xml:space="preserve">Dwelling </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> means a dispute </w:t>
-[...29 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>means a house, flat, or other place of residence.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D17D8" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48BC7E2C" w14:textId="4511266F" w:rsidR="00CE2E27" w:rsidRPr="00086E8A" w:rsidRDefault="00B9574D" w:rsidP="00A15A3F">
+    <w:p w14:paraId="45B2F9AB" w14:textId="3E77B7BB" w:rsidR="00CE2E27" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Dwelling </w:t>
+        <w:t>End Date</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>means a house, flat, or other place of residence.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005D17D8" w:rsidRPr="00086E8A">
+        <w:t xml:space="preserve"> means the date specified in item 2 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which is either the date the plan </w:t>
+      </w:r>
+      <w:r w:rsidR="00C3767F" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ends,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the date </w:t>
+      </w:r>
+      <w:r w:rsidR="008C4D36">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>plan extension ends.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D1317" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00C7523A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="00662EBA" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00780793">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lan end date' </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7065" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be </w:t>
+      </w:r>
+      <w:r w:rsidR="005672C5" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="45B2F9AB" w14:textId="708B31A4" w:rsidR="00CE2E27" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="6B4C67C2" w14:textId="581C793D" w:rsidR="00BF7320" w:rsidRPr="00BF7320" w:rsidRDefault="00BF7320" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
-[...176 lines deleted...]
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk211190143"/>
       <w:bookmarkStart w:id="4" w:name="_Hlk211149547"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement Date </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>defined at clause 2.1.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="3A84706F" w14:textId="77777777" w:rsidR="008C7065" w:rsidRPr="00A95F18" w:rsidRDefault="008C7065" w:rsidP="008C7065">
+    <w:p w14:paraId="3A84706F" w14:textId="77777777" w:rsidR="008C7065" w:rsidRPr="00A95F18" w:rsidRDefault="008C7065" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Funding Period </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">means the specific timeframe set by the NDIA in which a portion of the </w:t>
+        <w:t xml:space="preserve">means the specific timeframe set by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in which a portion of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A95F18">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant’s Plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> funding is made available for use.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13FBF698" w14:textId="047AAF2E" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="13FBF698" w14:textId="047AAF2E" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the person appointed as the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -2945,275 +3062,379 @@
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has delegated </w:t>
       </w:r>
       <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>their</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> powers and duties in respect of that appointment. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0173EBAF" w14:textId="6A3644C3" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="0173EBAF" w14:textId="6A3644C3" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardianship and Administration Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> means the Guardianship and Administration Act </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE2E27" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00CE2E27" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>1990</w:t>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7758325F" w14:textId="6CD35350" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="7758325F" w14:textId="6CD35350" w:rsidR="00CE2E27" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00472699">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Health Information</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED7314">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">means information, data and medical opinion </w:t>
+        <w:t xml:space="preserve">means information, data and medical </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00ED7314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>opinion</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00ED7314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">on or </w:t>
       </w:r>
       <w:r w:rsidR="00ED7314">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>about an individual's state of physical or mental health and wellbeing, including matters pertaining to disease, affliction, disability and drug or alcohol addiction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34FC586B" w14:textId="205FA014" w:rsidR="00514801" w:rsidRDefault="00514801" w:rsidP="00A15A3F">
+    <w:p w14:paraId="34FC586B" w14:textId="5A14F043" w:rsidR="00514801" w:rsidRDefault="00514801" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Home and Living </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D40862">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:r w:rsidR="00FD4912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NDIS support category that can be included in a </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Participant’s Plan </w:t>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC187F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to help </w:t>
       </w:r>
       <w:r w:rsidR="00760230">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00760230" w:rsidRPr="00760230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00760230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">articipant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to live as independently as possible and build skills with things like household tasks and personal care.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D45A3E" w14:textId="6F533550" w:rsidR="00EA0459" w:rsidRPr="00086E8A" w:rsidRDefault="00DB530E" w:rsidP="00A15A3F">
+    <w:p w14:paraId="26D45A3E" w14:textId="6F533550" w:rsidR="00EA0459" w:rsidRPr="00CC187F" w:rsidRDefault="00DB530E" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk180088681"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Home and Living with Occupancy Rights </w:t>
       </w:r>
       <w:r w:rsidR="00FF62F9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>refers to</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a Home and Living support </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Home</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Living</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support </w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(excluding </w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supported Disability Accommodation</w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) wherein the </w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
@@ -3226,63 +3447,61 @@
         <w:t>NDIS Service Provider</w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> provides the </w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>with a right to occupy a living space</w:t>
       </w:r>
-      <w:r w:rsidR="00EF0D83" w:rsidRPr="00086E8A">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00EF0D83" w:rsidRPr="00D61668">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B2CDC85" w14:textId="23A49BB3" w:rsidR="007704AA" w:rsidRPr="00086E8A" w:rsidRDefault="007704AA" w:rsidP="00A15A3F">
+    <w:p w14:paraId="2B2CDC85" w14:textId="23A49BB3" w:rsidR="007704AA" w:rsidRPr="00086E8A" w:rsidRDefault="007704AA" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Indexation </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">refers to an adjustment by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3310,345 +3529,674 @@
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pricing contained within the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and is informed by a combination of market data, research, public consultation and regular industry engagement.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="6CE41DD0" w14:textId="5D02ACE3" w:rsidR="00DD59B0" w:rsidRPr="00086E8A" w:rsidRDefault="00DD59B0" w:rsidP="00A15A3F">
+    <w:p w14:paraId="3AE60BC2" w14:textId="706726DB" w:rsidR="00312CB0" w:rsidRPr="00312CB0" w:rsidRDefault="00DD59B0" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Law</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means any requirement or rule of any statute, subordinate legislation, the common law or equity.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09A47C19" w14:textId="372598F1" w:rsidR="00116F66" w:rsidRPr="00086E8A" w:rsidRDefault="00116F66" w:rsidP="00A15A3F">
+    <w:p w14:paraId="09A47C19" w14:textId="20923F0F" w:rsidR="00116F66" w:rsidRPr="00086E8A" w:rsidRDefault="00116F66" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="6" w:name="_Hlk180089156"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Miscellaneous Services </w:t>
       </w:r>
       <w:r w:rsidR="00FF62F9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>refers to</w:t>
       </w:r>
       <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> NDIS supports as defined in section 10 of the NDIS Act </w:t>
+        <w:t xml:space="preserve"> NDIS </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as defined in section 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00007867" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>except for</w:t>
       </w:r>
       <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Home and Living Supports with Occupancy Rights, Support Coordination and Plan Management.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Home and Living </w:t>
+      </w:r>
+      <w:r w:rsidR="00185F1C" w:rsidRPr="00185F1C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00185F1C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>upports</w:t>
+      </w:r>
+      <w:r w:rsidR="00185F1C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00185F1C" w:rsidRPr="00185F1C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Specialist Disability Accommodation</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordination</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Management</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0D07" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50B823AB" w14:textId="10A91310" w:rsidR="0047393C" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="50B823AB" w14:textId="10A91310" w:rsidR="0047393C" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk180309079"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIA </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">means the National Disability Insurance Agency, established by section 117 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Act</w:t>
       </w:r>
-      <w:r w:rsidR="00CC2506" w:rsidRPr="00086E8A">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00CC2506" w:rsidRPr="00D61668">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00086E8A">
+      <w:r w:rsidRPr="00F422C8">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26928DF9" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="26928DF9" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk180309138"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">means the National Disability Insurance Scheme, being the arrangements set out in Chapter 3 of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Act</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="7B88E373" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="7B88E373" w14:textId="77777777" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Act</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>National Disability Insurance Scheme Act 2013</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C975F7B" w14:textId="77777777" w:rsidR="00080B99" w:rsidRPr="00086E8A" w:rsidRDefault="00080B99" w:rsidP="00080B99">
+    <w:p w14:paraId="28355884" w14:textId="7259DF09" w:rsidR="00A532BA" w:rsidRPr="002C6F9D" w:rsidRDefault="00A532BA" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
-        <w:rPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk180309196"/>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6290A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means</w:t>
+      </w:r>
+      <w:r w:rsidR="00C6290A" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a legislative instrument under</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C6290A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Disability Insurance Scheme Rules 2018.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:p w14:paraId="2704C454" w14:textId="77777777" w:rsidR="00572A36" w:rsidRPr="00086E8A" w:rsidRDefault="00572A36" w:rsidP="00572A36">
+    <w:p w14:paraId="509888B9" w14:textId="5B22D671" w:rsidR="005655FD" w:rsidRPr="00312CB0" w:rsidRDefault="005655FD" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Compliance Actions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to compliance and enforcement action, including banning orders, compliance orders, enforceable undertakings and suspension or revocation of registration taken by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2704C454" w14:textId="1634BCD7" w:rsidR="00572A36" w:rsidRPr="00086E8A" w:rsidRDefault="00572A36" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS Maximum Reasonable Rent Contribution and Board Payment </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">means 25% of Commonwealth Disability Support Pension as well as any Commonwealth Rent Assistance entitlement and is prescribed by the NDIA in the context of </w:t>
-      </w:r>
+        <w:t>means</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25</w:t>
+      </w:r>
+      <w:r w:rsidR="00444E1D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per cent</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Commonwealth Disability Support Pension as well as any Commonwealth Rent Assistance entitlement and is prescribed by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the context of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Specialist Disability Accommodation</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7DF3EC" w14:textId="6E46A5F0" w:rsidR="001C0FCE" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="76C0BBCA" w14:textId="77777777" w:rsidR="00075123" w:rsidRDefault="00075123" w:rsidP="00075123">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s plan that is in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E5744">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> from time to time during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A7DF3EC" w14:textId="6E46A5F0" w:rsidR="001C0FCE" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Pricing Arrangements and Price Limits</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the document of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3656,69 +4204,126 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIA</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that sets out the general pricing arrangements that apply to all supports in the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and the specific arrangements that apply to individual supports. </w:t>
+        <w:t xml:space="preserve">and the specific arrangements that apply to individual </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5352360D" w14:textId="0C814CE7" w:rsidR="007B1A0A" w:rsidRPr="00086E8A" w:rsidRDefault="007B1A0A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="30F80CEB" w14:textId="77777777" w:rsidR="00AB7B07" w:rsidRPr="00086E8A" w:rsidRDefault="00AB7B07" w:rsidP="00AB7B07">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Hlk180076337"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk180076337"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the Commission established by section 181A of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5352360D" w14:textId="0C814CE7" w:rsidR="007B1A0A" w:rsidRPr="00086E8A" w:rsidRDefault="007B1A0A" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>NDIS Registered Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the Service Provider has completed and maintains all requirements of NDIS registration and is in possession of a current certificate of registration granted by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Quality and Safeguards Commission</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> outlining the services the </w:t>
       </w:r>
@@ -3733,159 +4338,327 @@
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is registered to provide, the period of registration, and any conditions the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> must follow to keep registration.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53EA9FE7" w14:textId="0BFA4612" w:rsidR="00CC2506" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="6A909990" w14:textId="609DDA0E" w:rsidR="00AD0237" w:rsidRDefault="00AB7B07" w:rsidP="00AB7B07">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk180309303"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk180309303"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00AB7B07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Rules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7B07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means legislative instruments made under the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7B07">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB7B07">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22C33796" w14:textId="77777777" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53EA9FE7" w14:textId="0BFA4612" w:rsidR="00CC2506" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the document of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that provides information on the current price limits for each support item and indicates for each price-limited support item the claim types that can be used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01F71944" w14:textId="07EFE01B" w:rsidR="00D77646" w:rsidRPr="00CF176E" w:rsidRDefault="00D77646" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Supports </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF176E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF176E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> defined in Section 10 of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF176E" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF176E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and are supports that can be funded by the NDIS and declared by the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00883FFD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ules</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4D57">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supports. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7641BD1E" w14:textId="7A7C9DA2" w:rsidR="0023572A" w:rsidRPr="00086E8A" w:rsidRDefault="0023572A" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk184014136"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>NDIS Support Catalogue</w:t>
-[...42 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Notifiable Data Breaches </w:t>
       </w:r>
       <w:r w:rsidR="00371BBB" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cheme </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is a national scheme run by the Office of the Australian Information Commissioner (OAIC), requiring any organisation or agency covered by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Privacy Act 1988, </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>to notify affected individuals and the OAIC when a data breach is likely to result in harm to an individual whose personal information is involved.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:p w14:paraId="6C613AA6" w14:textId="06167318" w:rsidR="00B868A9" w:rsidRPr="00086E8A" w:rsidRDefault="00760230" w:rsidP="00A15A3F">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="6C613AA6" w14:textId="06167318" w:rsidR="00B868A9" w:rsidRPr="00086E8A" w:rsidRDefault="00760230" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">means a person with a disability who is a participant in the </w:t>
       </w:r>
       <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -3909,619 +4682,715 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS Act </w:t>
       </w:r>
       <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(the </w:t>
       </w:r>
       <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant’s Plan) </w:t>
       </w:r>
       <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>which includes a statement of participant supports.</w:t>
+        <w:t xml:space="preserve">which includes a statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B868A9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B9FF04F" w14:textId="04AF52FA" w:rsidR="00F36854" w:rsidRPr="00086E8A" w:rsidRDefault="00F36854" w:rsidP="00A15A3F">
+    <w:p w14:paraId="50F80F08" w14:textId="0B4AE7F1" w:rsidR="00CC2506" w:rsidRPr="00086E8A" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t>Personal Information</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> means the </w:t>
+        <w:t xml:space="preserve"> means personal information within the definition </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Privacy Act 1988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="002A1868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CDAFDAE" w14:textId="7778FBAC" w:rsidR="006D68D8" w:rsidRPr="00D61668" w:rsidRDefault="006D68D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_Hlk200910650"/>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Extension </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is an automatic extension of the existing </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> if the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hasn’t been finalised prior to the current </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="506CF670" w14:textId="4DD9838C" w:rsidR="00CC2506" w:rsidRDefault="007112C4" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk180090594"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk180090351"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan Management </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is when a participant chooses to use </w:t>
+      </w:r>
+      <w:r w:rsidR="005D1317" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">plan management provider to manage their NDIS funds which involves receiving funds from the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and disbursing these funds on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidR="006C7D92" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>articipant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to providers of other services received</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10F0B" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in that regard, see item 4 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="272243AE" w14:textId="2B9C6B9E" w:rsidR="004A0655" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person appointed as the Public Advocate, being the office continued in existence by section </w:t>
+      </w:r>
+      <w:r w:rsidR="007E336B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>91</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardianship and Administration Act </w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1990</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0655" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>WA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49DCE639" w14:textId="1A198879" w:rsidR="003D4D57" w:rsidRPr="00D61668" w:rsidRDefault="003D4D57" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Replacement Support </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means a service, item or equipment which is not </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00713BDA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6599">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Support </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">but has been approved by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to use instead of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00017561" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC6599">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS Support. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">It replaces an existing </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Support/s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00086E8A">
-[...22 lines deleted...]
-      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00086E8A">
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00C54E72" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51A9AF2B" w14:textId="77777777" w:rsidR="005655FD" w:rsidRDefault="005655FD" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk184222041"/>
+      <w:bookmarkStart w:id="16" w:name="_Hlk184619426"/>
+      <w:r w:rsidRPr="005655FD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00086E8A">
-[...243 lines deleted...]
-      <w:r w:rsidRPr="00086E8A">
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means this agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and includes its Schedules and Appendices including any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s and any documents incorporated by reference hereby, but no terms and conditions put forward, or sought by to be put forward, by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be referred to as this, or the Service Agreement, or any service agreement between the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parties</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005655FD">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:p w14:paraId="272243AE" w14:textId="2B9C6B9E" w:rsidR="004A0655" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="66AF2472" w14:textId="77777777" w:rsidR="00BD6BA5" w:rsidRPr="006F6AC9" w:rsidRDefault="00BD6BA5" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
-[...243 lines deleted...]
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
@@ -4574,390 +5443,622 @@
         </w:rPr>
         <w:t xml:space="preserve">.1.2 </w:t>
       </w:r>
       <w:r w:rsidRPr="0023572A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>explains the requirements</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in that regard</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBE6B43" w14:textId="2C34BADC" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="72231E98" w14:textId="77777777" w:rsidR="00AB7B07" w:rsidRPr="006F6AC9" w:rsidRDefault="00AB7B07" w:rsidP="00AB7B07">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Services </w:t>
-[...22 lines deleted...]
-      <w:r w:rsidR="00BD6BA5">
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the person or organisation engaged to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with this </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
-          <w:b/>
-[...64 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18412BA8" w14:textId="77777777" w:rsidR="00EF0D83" w:rsidRPr="00EF0D83" w:rsidRDefault="00EF0D83" w:rsidP="00A15A3F">
+    <w:p w14:paraId="67D93706" w14:textId="548CAD52" w:rsidR="00E67009" w:rsidRPr="007704AA" w:rsidRDefault="00E67009" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
-[...204 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">means the Service Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5EF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erms and </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5EF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">onditions for the provision of goods and/or services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A0970">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A0970">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. To remove any doubt, the Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>'s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Terms and Conditions are not this Service Agreement but are </w:t>
+      </w:r>
+      <w:r w:rsidR="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>separate</w:t>
+      </w:r>
+      <w:r w:rsidR="005655FD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> appendix</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to this Service Agreement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBE6B43" w14:textId="6355BB7E" w:rsidR="00AD0237" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>means the s</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7353D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">upports </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">set out in Schedule 2 and, where one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have been made during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the services set out in those </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B06C536" w14:textId="77777777" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18412BA8" w14:textId="77777777" w:rsidR="00EF0D83" w:rsidRPr="00EF0D83" w:rsidRDefault="00EF0D83" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="_Hlk180089011"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Specialist Disability Accommodation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">refers to accommodation for participants who require specialist housing solutions to assist with the delivery of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that cater for their extreme functional impairment and/or very high support needs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DEB00D" w14:textId="2A4D7B7F" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Hlk200910874"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> means the date specified in item 1 of Schedule 1</w:t>
+      </w:r>
+      <w:r w:rsidR="0090578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="_Hlk200903979"/>
+      <w:r w:rsidR="0090578D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>which is either the date the plan commences, or the plan extension commences</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>. W</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">here one or more </w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="0058500A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ha</w:t>
+      </w:r>
+      <w:r w:rsidR="0058500A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ve</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been made, the 'Participant’s Plan </w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>start</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date' </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7065">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall be as </w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">specified in the most recent </w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment</w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D68D8" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00D10F0B" w:rsidRPr="00D10F0B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="4AD86D7C" w14:textId="77777777" w:rsidR="0055683C" w:rsidRPr="00ED65DE" w:rsidRDefault="0055683C" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Support Coordination </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED65DE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NDIS </w:t>
       </w:r>
       <w:r w:rsidRPr="00ED65DE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>support designed to assist the</w:t>
       </w:r>
@@ -5031,66 +6132,65 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="001A57C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>roviders</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, community, mainstream and other government services.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F30E11" w14:textId="11310932" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="11F30E11" w14:textId="11310932" w:rsidR="007E336B" w:rsidRPr="006F6AC9" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Support Coordinator</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the person or organisation engaged to provide support coordination services to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, which includes assisting the </w:t>
       </w:r>
@@ -5137,1031 +6237,947 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> capacity and connecting the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to NDIS service providers and community, mainstream and other government services. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21787B88" w14:textId="762AC330" w:rsidR="0099407F" w:rsidRDefault="0099407F" w:rsidP="00A15A3F">
+    <w:p w14:paraId="21787B88" w14:textId="762AC330" w:rsidR="0099407F" w:rsidRDefault="0099407F" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F0E56">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supported Accommodation Services</w:t>
       </w:r>
       <w:r w:rsidR="00D147D5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> includes drop-in daily supports and </w:t>
+        <w:t xml:space="preserve"> includes drop-in daily </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D147D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D147D5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00D147D5" w:rsidRPr="000F0E56">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Home and Living</w:t>
       </w:r>
       <w:r w:rsidR="00D147D5">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> support.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30010C77" w14:textId="33348830" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="30010C77" w14:textId="30D94450" w:rsidR="00AD0237" w:rsidRDefault="005D17D8" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> means the term of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, as determined under clause 2.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3254A047" w14:textId="6E548B88" w:rsidR="007704AA" w:rsidRPr="007704AA" w:rsidRDefault="007704AA" w:rsidP="00A15A3F">
+    <w:p w14:paraId="1A1E86C8" w14:textId="77777777" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
       <w:pPr>
-        <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_Hlk193555173"/>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...117 lines deleted...]
-      <w:bookmarkEnd w:id="22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="6E535DE8" w14:textId="77777777" w:rsidR="005D17D8" w:rsidRDefault="005D17D8" w:rsidP="005D17D8"/>
     <w:p w14:paraId="58DFEBF8" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.2 Interpretation </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5971F616" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="005D17D8"/>
-    <w:p w14:paraId="22EFC708" w14:textId="5B894BED" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="005D17D8">
+    <w:p w14:paraId="22EFC708" w14:textId="5B894BED" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2.1 This </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is to be construed in accordance with the </w:t>
       </w:r>
       <w:r w:rsidR="00DD59B0" w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aw</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">s of </w:t>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:r w:rsidR="00841B8A" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E9C75B3" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="005D17D8">
+    <w:p w14:paraId="05AB491E" w14:textId="5C1A0509" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2.2 In this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, except where the context requires otherwise: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7323A733" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) the singular includes the plural and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>vice versa;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4574B060" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) another grammatical form of a defined word or expression has a corresponding </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>meaning;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39946049" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) a reference to: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="577FA69B" w14:textId="611A69D5" w:rsidR="008D49C6" w:rsidRPr="00086E8A" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(i) a clause, schedule, appendix or annexure is a reference to a clause, schedule, appendix or annexure in or to this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which are deemed part of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4301">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4301" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and must be </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4301" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>complied with</w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in accordance with their expressed and implied </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>terms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FA1DE50" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(ii) a person includes the legal personal representatives, successors</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and permitted assigns of that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>person;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C95736" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iii) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>any body</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which no longer exists or has been reconstituted, renamed, replaced or whose powers or functions have been removed or transferred to another body or agency, is a reference to the body which most closely serves the purposes or objects of the first-mentioned </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>body;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFEB6A2" w14:textId="0A363349" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(iv) a statute includes regulations under it and consolidations, amendments, re-enactments or replacements of any of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>them;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A36BF23" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(v) this or any other document includes the document as varied or replaced regardless of any change in the identity of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>parties;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="073A23BD" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05AB491E" w14:textId="5C1A0509" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="005D17D8">
+    <w:p w14:paraId="4722C4D3" w14:textId="52DD3B51" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">1.2.2 In this </w:t>
+        <w:t xml:space="preserve">(d) headings and sub-headings are inserted for ease of reference only and do not affect the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, except where the context requires otherwise: </w:t>
+        <w:t xml:space="preserve">; and </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F4CB6D8" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="005D17D8">
+    <w:p w14:paraId="49435088" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRDefault="008D49C6" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(e) where the expression including or includes is used it means 'including but not limited to' or 'including without limitation'. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3649B6B9" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRPr="006F6AC9" w:rsidRDefault="00ED7CA5" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7323A733" w14:textId="77777777" w:rsidR="008D49C6" w:rsidRPr="006F6AC9" w:rsidRDefault="008D49C6" w:rsidP="00690D50">
-[...439 lines deleted...]
-    <w:p w14:paraId="3D18AFAA" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00841B8A">
+    <w:p w14:paraId="3D18AFAA" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="00D61668" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">2. Term </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="148EB0BE" w14:textId="11E15F8B" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="148EB0BE" w14:textId="11E15F8B" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2.1 Term of </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="637DD62F" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="005D17D8">
+    <w:p w14:paraId="4BB4790E" w14:textId="78D98C09" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> commences on the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Start Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the date on which the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was engaged to provide the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7320" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7320" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7320" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">referred to as the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF7320" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Engagement Date)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, whichever is later, and continues for the period until the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>End Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, unless terminated earlier in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00414F2E" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4BB4790E" w14:textId="78D98C09" w:rsidR="00841B8A" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00C20F62">
+    <w:p w14:paraId="1FB37A51" w14:textId="72490DF2" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F6AC9">
-[...123 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D646C9D" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00841B8A">
+    <w:p w14:paraId="6D646C9D" w14:textId="6C5B49FF" w:rsidR="00841B8A" w:rsidRPr="00D61668" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="0" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00086E8A">
-        <w:t xml:space="preserve">3. Acknowledgements, Warranties and Responsibilities </w:t>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3. Acknowledgements, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0237" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">arranties and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0237" w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61668">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">esponsibilities </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="34E4CD6C" w14:textId="77777777" w:rsidR="00841B8A" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
+        <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:t xml:space="preserve">3.1 Acknowledgements </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68111282" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="68111282" w14:textId="77777777" w:rsidR="008B24BE" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The parties acknowledge and agree: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0819DC51" w14:textId="190C2FAA" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="0819DC51" w14:textId="190C2FAA" w:rsidR="008B24BE" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.1 the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6218,53 +7234,53 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as set out in the United Nations Convention on the Rights of Persons with </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Disabilities;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25CE0C49" w14:textId="28A6C5CD" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="25CE0C49" w14:textId="02E28D4E" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.2 the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6314,107 +7330,179 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardianship and Administration </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Act;</w:t>
+        <w:t>Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00AD0237">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651ED5E7" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="651ED5E7" w14:textId="3C7EA4B7" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.3 the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may exercise all of the rights and powers of the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D191B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="004D191B" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">exercise </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the rights and powers of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> on behalf of the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00726C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidR="009F2471">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00726C7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">greement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardianship and Administration </w:t>
@@ -6423,53 +7511,53 @@
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Act</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78B058F9" w14:textId="7581F6AC" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="78B058F9" w14:textId="7581F6AC" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.4 this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00760230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -6521,53 +7609,53 @@
       <w:r w:rsidRPr="00760230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="235C3442" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="235C3442" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.5 the rights, duties and responsibilities of the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6592,64 +7680,71 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Guardian;</w:t>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidRPr="00AD0237">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AFEBA6B" w14:textId="79A261BF" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="2AFEBA6B" w14:textId="32CA75C0" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.6 this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6664,72 +7759,233 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Advocate</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s appointment as </w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardian </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">unless the parties vary or terminate it in accordance with its </w:t>
+        <w:t>unless the parties vary or terminate it in accordance with its terms</w:t>
+      </w:r>
+      <w:r w:rsidR="005D5F70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Where </w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the guardianship </w:t>
+      </w:r>
+      <w:r w:rsidR="005441D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005441D9" w:rsidRPr="00A77D2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Public Advocate</w:t>
+      </w:r>
+      <w:r w:rsidR="005441D9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has ceased, the </w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1152A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, or any other guardian who represents the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1152A" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E1152A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall exercise all powers and rights </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreemen</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as well as</w:t>
+      </w:r>
+      <w:r w:rsidR="0033432D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> those </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">conferred on the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="006F6AC9">
-[...4 lines deleted...]
-        <w:t>terms;</w:t>
+      <w:r w:rsidR="00E67009" w:rsidRPr="0059782D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0864CA8D" w14:textId="6816FD41" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="0864CA8D" w14:textId="558E2C97" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.7 a </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00760230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -6760,145 +8016,195 @@
         <w:t xml:space="preserve">.1.2 to continue the provision of </w:t>
       </w:r>
       <w:r w:rsidRPr="00371BBB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (with or without variation) beyond the </w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00780793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423CFE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00423CFE" w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>nd date</w:t>
+        <w:t xml:space="preserve">nd </w:t>
+      </w:r>
+      <w:r w:rsidR="00780793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00423CFE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ate</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specified in item 2 of Schedule </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00BE1DFA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="30BB7362" w14:textId="420B9F82" w:rsidR="003F069A" w:rsidRDefault="00BE1DFA" w:rsidP="00A15A3F">
+    <w:p w14:paraId="30BB7362" w14:textId="35DFF288" w:rsidR="003F069A" w:rsidRDefault="00BE1DFA" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.8 </w:t>
       </w:r>
       <w:r w:rsidR="00A36BEE">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may enforce this </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D760FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enforce this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00760230">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">against the </w:t>
@@ -6930,303 +8236,342 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> commits an actual or suspected breach of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00855CE9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53F786B7" w14:textId="2B777D0D" w:rsidR="0064730B" w:rsidRPr="00010868" w:rsidRDefault="0064730B" w:rsidP="00A15A3F">
+    <w:p w14:paraId="400368E5" w14:textId="77777777" w:rsidR="00115A80" w:rsidRDefault="0064730B" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Hlk184621650"/>
+      <w:bookmarkStart w:id="20" w:name="_Hlk184621650"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1.9 that, for the duration of the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Term, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="00010868">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">will have, maintain and comply with all statutory, government and legal requirements (including licenses and status </w:t>
+        <w:t xml:space="preserve">will have, maintain and comply with all statutory, government and legal requirements (including </w:t>
+      </w:r>
+      <w:r w:rsidR="00912B32" w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>licen</w:t>
+      </w:r>
+      <w:r w:rsidR="00912B32">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00912B32" w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and status </w:t>
       </w:r>
       <w:r w:rsidR="00051994">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">requirements </w:t>
       </w:r>
       <w:r w:rsidRPr="00010868">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="00560F73" w:rsidRPr="00010868">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NDIS Registered Provider </w:t>
       </w:r>
+      <w:r w:rsidR="003D41A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">where the </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">enters into this </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41A6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as an </w:t>
+      </w:r>
+      <w:r w:rsidR="003D41A6" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Registered Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="003D41A6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
       <w:r w:rsidR="00E6347B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>and deliver a service that is compliant with NDIS requirements, policies and procedures.  W</w:t>
+        <w:t>and deliver a service that is compliant with NDIS requirements, policies and procedures</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00010868">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>here the</w:t>
+        <w:t>and if the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Service Provider </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F0E56">
-[...4 lines deleted...]
-        <w:t>enters into</w:t>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is or becomes in bre</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...13 lines deleted...]
-        <w:t>Service Agreement</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ch of those obligations, it shall immediately notify the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00010868">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in writing accordingly.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2BD5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00010868">
-[...12 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w14:paraId="290CE627" w14:textId="3D2484AC" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...57 lines deleted...]
-        <w:t>in writing accordingly.</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:p w14:paraId="7DA5BAF0" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="00A15A3F" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w14:paraId="7DA5BAF0" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="00A15A3F" w:rsidRDefault="00841B8A" w:rsidP="00517CFA">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r w:rsidRPr="00A15A3F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3.2 Service Provider warranties </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6613E3CC" w14:textId="77777777" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Service Provider warrants that: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22ADA609" w14:textId="23119E82" w:rsidR="003F069A" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.2.1 it has</w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and will continue to have,</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the skills, expertise and experience necessary to provide the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
@@ -7604,51 +8949,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00466825">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="44BE4407" w14:textId="529DB2C3" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="44BE4407" w14:textId="5DA8621B" w:rsidR="003F069A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2.5 regardless of the hourly rate or unit price</w:t>
       </w:r>
       <w:r w:rsidR="0072425E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, including notional pricing</w:t>
       </w:r>
       <w:r w:rsidR="001C1989">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7766,97 +9111,155 @@
         <w:t xml:space="preserve">or replaced </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">by the </w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIA</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> from time to time)</w:t>
       </w:r>
+      <w:r w:rsidR="004C23A3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. For a quotable item (which is not listed in the </w:t>
+      </w:r>
+      <w:r w:rsidR="004C23A3" w:rsidRPr="009F2471">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support Catalogue</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="004C23A3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="004C23A3" w:rsidRPr="009F2471">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="004C23A3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may</w:t>
+      </w:r>
+      <w:r w:rsidR="00672DFD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C23A3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
       <w:r w:rsidR="00B807AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, or charge the quoted price as agreed by the </w:t>
+        <w:t xml:space="preserve">harge the quoted price as agreed by the </w:t>
       </w:r>
       <w:r w:rsidR="00B807AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Guardian </w:t>
       </w:r>
       <w:r w:rsidR="00B807AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and/or the </w:t>
       </w:r>
       <w:r w:rsidR="00B807AB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIA</w:t>
       </w:r>
       <w:r w:rsidR="008D7D7F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18153F90" w14:textId="4F36BDD1" w:rsidR="00E825BE" w:rsidRDefault="00E825BE" w:rsidP="00E825BE">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-AU"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2.6 it will, where an NDIS service that is a subject of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> involves occupancy of a </w:t>
       </w:r>
@@ -7967,499 +9370,1116 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> requirements and aligns with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Maximum Reasonable Rent Contribution and Board Payment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, as and when required and appropriate.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ADBA89C" w14:textId="31A7EC6C" w:rsidR="003664D9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="4EC53E14" w14:textId="77777777" w:rsidR="00170C43" w:rsidRDefault="00170C43" w:rsidP="00E825BE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ADBA89C" w14:textId="0D3BED2B" w:rsidR="003664D9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.3 Service Provider’s responsibilities </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082ADD53" w14:textId="47A968E4" w:rsidR="003664D9" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B24CD5" w14:textId="7751CAAB" w:rsidR="00F2410B" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="5EAA5A83" w14:textId="248A71A7" w:rsidR="00F836D3" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.3.1 </w:t>
+        <w:t>3.3.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F836D3">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall immediately report to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE" w:rsidRPr="00A77D2A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any serious concerns about the </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>health, safety and wellbeing, and shall provide written notice</w:t>
+      </w:r>
+      <w:r w:rsidR="009F2471">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 24 hours of becoming aware of a significant incident or risk to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="0006323B" w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>health,</w:t>
+      </w:r>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">safety and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00376AEE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>wellbeing</w:t>
+      </w:r>
+      <w:r w:rsidR="00115A80">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="2B8FC794" w14:textId="5337F5C9" w:rsidR="00376AEE" w:rsidRPr="006F6AC9" w:rsidRDefault="00376AEE" w:rsidP="00376AEE">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Hlk222080810"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">keep the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informed of any changes to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s situation known to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s support </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>needs;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="11B24CD5" w14:textId="4F671A1C" w:rsidR="00F2410B" w:rsidRPr="00086E8A" w:rsidRDefault="00E716F6" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.3 s</w:t>
       </w:r>
       <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">hall </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide the </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with information concerning the provision of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in formats </w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5713" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">best </w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">understood by the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00841B8A" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A38E50" w14:textId="4ABA22FE" w:rsidR="00AD0237" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">provide the </w:t>
+        <w:t xml:space="preserve">consult </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7065" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
+      <w:r w:rsidR="003F26EA" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003F26EA" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to the extent possible</w:t>
+      </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with information concerning the provision of the </w:t>
+        <w:t xml:space="preserve"> about how the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Services</w:t>
+        <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in formats </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">understood by the </w:t>
+        <w:t xml:space="preserve"> will provide the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant</w:t>
+        <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12A38E50" w14:textId="4D43AFDF" w:rsidR="00F2410B" w:rsidRPr="00086E8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="61DD3AF8" w14:textId="77777777" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6728830B" w14:textId="275558AD" w:rsidR="009E20E6" w:rsidRDefault="00AD31F8" w:rsidP="001F18EC">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Hlk211150221"/>
+      <w:bookmarkStart w:id="23" w:name="_Hlk211187895"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk193553562"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk193559219"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.3.2 </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">shall </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00414E6F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may propose additional</w:t>
+      </w:r>
+      <w:r w:rsidR="0061758F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0061758F" w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="0061758F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contained in </w:t>
+      </w:r>
+      <w:r w:rsidR="00555ACE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Appendix 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A515AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in this Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE09FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00414E6F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which shall be incorporated into this Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE26CA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007F2D7E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the extent that </w:t>
+      </w:r>
+      <w:r w:rsidR="00414E6F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">they: </w:t>
+      </w:r>
+      <w:r w:rsidR="001F18EC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4596570D" w14:textId="61C9370C" w:rsidR="00824F17" w:rsidRDefault="001F18EC" w:rsidP="0059782D">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) are Lawful, </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">consult </w:t>
-[...61 lines deleted...]
-        <w:t xml:space="preserve"> will provide the </w:t>
+        <w:t xml:space="preserve">fair and </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00086E8A">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00086E8A">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="007C77B9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="21AB4817" w14:textId="675AAE46" w:rsidR="00AD31F8" w:rsidRPr="00086E8A" w:rsidRDefault="00AD31F8" w:rsidP="00A15A3F">
+    <w:p w14:paraId="5CBCE524" w14:textId="40732529" w:rsidR="001F18EC" w:rsidRDefault="001F18EC" w:rsidP="0059782D">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Hlk211187895"/>
-[...95 lines deleted...]
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) </w:t>
+      </w:r>
+      <w:r w:rsidR="00555ACE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>may be</w:t>
+      </w:r>
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> required where the </w:t>
+      </w:r>
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
-[...6 lines deleted...]
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is registered with the </w:t>
+      </w:r>
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and is required by the </w:t>
+      </w:r>
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Practice Standards and Quality Indicators</w:t>
       </w:r>
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to record (and keep recorded) business specific information about how the </w:t>
       </w:r>
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> will meet </w:t>
+      <w:r w:rsidR="007C77B9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will meet requirements;</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5EF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20995B0C" w14:textId="043D87E2" w:rsidR="00824F17" w:rsidRDefault="007C77B9" w:rsidP="0059782D">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(c) do not authorise or </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">provide any </w:t>
+      </w:r>
+      <w:r w:rsidR="007F75D2">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indemnity or </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>release in relation</w:t>
+      </w:r>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
-[...4 lines deleted...]
-        <w:t>requirements;</w:t>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>from</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> limitation on liability</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73" w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> breach of any Laws, non-compliance with the requirements of the </w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Practice Standards and Quality Indicators</w:t>
+      </w:r>
+      <w:r w:rsidR="003E2D73">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD736F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD736F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">erformance </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD736F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tandards in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00CD736F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.4</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5EF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="70ACFC8E" w14:textId="6DAE7F22" w:rsidR="000919EE" w:rsidRPr="00086E8A" w:rsidRDefault="000919EE" w:rsidP="000919EE">
+    <w:p w14:paraId="70ACFC8E" w14:textId="17B9510B" w:rsidR="000919EE" w:rsidRPr="00086E8A" w:rsidRDefault="000919EE" w:rsidP="000919EE">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
       <w:r w:rsidR="000D1A62" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>3A</w:t>
+        <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> shall ensure that the </w:t>
       </w:r>
+      <w:r w:rsidR="008F3F67">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s </w:t>
+      </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Terms and Conditions</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> do not render the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
@@ -8522,1271 +10542,1321 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">'s </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> funds as set out in the NDIS </w:t>
+        <w:t xml:space="preserve"> funds as set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3761BF55" w14:textId="2D8626F2" w:rsidR="000919EE" w:rsidRPr="007704AA" w:rsidRDefault="000919EE" w:rsidP="000919EE">
+    <w:p w14:paraId="7CC4CB17" w14:textId="0C1655D8" w:rsidR="0006323B" w:rsidRDefault="0006323B" w:rsidP="0006323B">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00086E8A">
+      <w:bookmarkStart w:id="26" w:name="_Hlk221795681"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.6 shall propose any changes to its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by providing written notice of the changes in the form of a replacement Appendix 2 to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> This notice should provide a summary of the proposed changes in language the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is most likely to understand. The proposed changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider’s Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must comply with clause</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3.3.5</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 3.3.5A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The changed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider’s Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will replace Appendix 2 once notice has been provided (unless the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has rejected the same </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE320B" w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the grounds of them being in breach of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w14:paraId="07B46691" w14:textId="08BF088A" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="000D1A62" w:rsidRPr="00086E8A">
-[...30 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">treat the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with courtesy and respect at all </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>times;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E140C99" w14:textId="1507C84C" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">communicate openly and honestly with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in a timely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>manner;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3FD43A" w14:textId="269B3596" w:rsidR="0088624D" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">listen to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s feedback and work with them to resolve problems </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quickly;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="632675B3" w14:textId="4F36383E" w:rsidR="00C1180F" w:rsidRDefault="00C1180F" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Hlk180081377"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3.3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E716F6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003161DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">deliver services to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00855CE9">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in such a way as to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>give</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effect </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the personal and lifestyle decisions made by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on behalf of the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00855CE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="71FE767D" w14:textId="6869DEB1" w:rsidR="00C47841" w:rsidRDefault="00C47841" w:rsidP="00C47841">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> are and remain Lawful, fair and </w:t>
+        <w:t>3.3.11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A532BA">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Code of Conduct Rules</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A149C76" w14:textId="26F7A3A9" w:rsidR="00C47841" w:rsidRDefault="00C47841" w:rsidP="00C47841">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) </w:t>
+      </w:r>
+      <w:r w:rsidR="0006323B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that it </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">has </w:t>
+      </w:r>
+      <w:r w:rsidR="00C61DF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">completed </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Conflict-of-Interest</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration form, in the format published by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality and Safeguards Commission </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>on its website, in relation to any actual or perceived conflicts of interest</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61DF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and provided it</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for approval prior to entering into this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C328DF" w14:textId="69593A1D" w:rsidR="00C47841" w:rsidRPr="004B00BB" w:rsidRDefault="00C47841" w:rsidP="00C47841">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C61DF6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will provide an updated Conflict of Interest Declaration form to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0006323B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for approval if any undeclared actual or perceived conflicts of interest arise during the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>reasonable;</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidDel="00517CFA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B25055" w14:textId="329E4F54" w:rsidR="00AD0237" w:rsidRDefault="00C94EBD" w:rsidP="00C94EBD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="_Hlk186743820"/>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3.12 shall notify the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">within 1 Business Day of being advised by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Quality and Safeguards Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that any </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Compliance Action</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is being taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C94EBD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Provider</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:p w14:paraId="21BF4053" w14:textId="77777777" w:rsidR="000919EE" w:rsidRPr="003B7CBC" w:rsidRDefault="000919EE" w:rsidP="00A15A3F">
+    <w:p w14:paraId="7E5608AD" w14:textId="77777777" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3842A557" w14:textId="2755FEE6" w:rsidR="0043744B" w:rsidRPr="0043744B" w:rsidRDefault="0043744B" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00086E8A">
-[...11 lines deleted...]
-        <w:t>shall</w:t>
+      <w:r w:rsidR="007704AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A74FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003161DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>w</w:t>
+        <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">ithin 30 days of the signing of this </w:t>
-[...8 lines deleted...]
-        <w:t>Service Agreement</w:t>
+        <w:t xml:space="preserve">support the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and thereafter every time there is a change to the </w:t>
-[...49 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+        <w:t>to experience a planned and coordinated transition to or from another provider when required</w:t>
+      </w:r>
+      <w:r w:rsidR="00A51276">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...197 lines deleted...]
-      <w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A51276">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>possible</w:t>
+      </w:r>
+      <w:r w:rsidR="00051994">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkEnd w:id="28"/>
-    <w:p w14:paraId="56F2DA9A" w14:textId="28107F31" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="7243159A" w14:textId="03ECF687" w:rsidR="00DD59B0" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="000D1A62">
-[...4 lines deleted...]
-        <w:t>5</w:t>
+      <w:r w:rsidR="007704AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A74FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003161DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">keep the </w:t>
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">submit a </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as required in accordance with clause </w:t>
+      </w:r>
+      <w:r w:rsidR="00414F2E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD59B0">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07B46691" w14:textId="1BEC4608" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="39C9C473" w14:textId="7ED6C15D" w:rsidR="00F2410B" w:rsidRDefault="00DD59B0" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
-      <w:r w:rsidR="000D1A62">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r w:rsidR="007704AA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="001A74FE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003161DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...47 lines deleted...]
-      <w:r w:rsidRPr="006F6AC9">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>act in a financially responsible and prudent manner in its performance of this</w:t>
+      </w:r>
+      <w:r w:rsidR="007734D2">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00371BBB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E140C99" w14:textId="52476278" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="343A7B52" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRDefault="00ED7CA5" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006F6AC9">
-[...545 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="5BEAEB18" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.4 Performance standards </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72015C0B" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
@@ -9813,51 +11883,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and in doing so, must perform the </w:t>
+        <w:t xml:space="preserve"> and in doing </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>so,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must perform the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38D15061" w14:textId="71D683DF" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9967,573 +12053,747 @@
       </w:r>
       <w:r w:rsidR="00A72F60">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">awfully, and </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with due skill, diligence, care and consistent with the highest professional and industry </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>standards;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="0167B20B" w14:textId="1E31367B" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="0167B20B" w14:textId="5CC542CF" w:rsidR="00F2410B" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4.3 in accordance with this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, all applicable </w:t>
       </w:r>
       <w:r w:rsidR="00866A6E" w:rsidRPr="005D2E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidRPr="005D2E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>aw</w:t>
       </w:r>
-      <w:r w:rsidRPr="006F6AC9">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">s and any reasonable request of the </w:t>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and any reasonable request </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from time to time</w:t>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
       </w:r>
       <w:r w:rsidR="00B84D81">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B84D81">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="1DCA8F1A" w14:textId="68687122" w:rsidR="002659FF" w:rsidRDefault="002659FF" w:rsidP="00A15A3F">
+    <w:p w14:paraId="1DCA8F1A" w14:textId="39B08601" w:rsidR="002659FF" w:rsidRDefault="002659FF" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Hlk186744089"/>
+      <w:bookmarkStart w:id="29" w:name="_Hlk186744089"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4.4 in accordance with the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7CBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NDIS Plan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00051994">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">’s </w:t>
+        <w:t xml:space="preserve"> but in the event of conflict between those </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9" w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B7CBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Terms and Conditions</w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, the former shall prevail over the latter to the extent of the conflict (provided</w:t>
+      </w:r>
       <w:r w:rsidR="00051994">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> that, first, those </w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9" w:rsidRPr="002C6F9D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051994" w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Terms and Conditions</w:t>
+      </w:r>
+      <w:r w:rsidR="00051994">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidR="00781357">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Lawful</w:t>
+      </w:r>
+      <w:r w:rsidR="005848A4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
+      <w:r w:rsidR="00781357">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00051994">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>fair and reasonable, and, second,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> but in the event of conflict between those </w:t>
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> that silence shall neither amount to nor form the basis of conflict).</w:t>
+        <w:t xml:space="preserve"> that silence shall neither amount to nor form the basis of conflict)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A5EF7">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B8C4B6A" w14:textId="1AE8B272" w:rsidR="00935277" w:rsidRDefault="00935277" w:rsidP="004322F8">
+    <w:p w14:paraId="0B8C4B6A" w14:textId="0EDBD708" w:rsidR="00935277" w:rsidRPr="00EE320B" w:rsidRDefault="00935277" w:rsidP="004322F8">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Hlk193555108"/>
+      <w:bookmarkStart w:id="30" w:name="_Hlk193555108"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidR="00CA3D35">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FC584F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> The conflict and precedence provisions of clause 3.4.4 do not apply if and to the extent </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0098739B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he conflict and precedence provisions of clause 3.4.4 do not apply if and to the extent </w:t>
       </w:r>
       <w:r w:rsidR="005848A4">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
+      <w:r w:rsidR="00F31FE9" w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider's</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A51276">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Terms and Conditions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are contrary to clauses</w:t>
       </w:r>
       <w:r w:rsidR="008C7065">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3.2,</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00176F32">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="000836AB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00973CEC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7796D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, 7.1, 7.2</w:t>
+      </w:r>
+      <w:r w:rsidR="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7796D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00981C24">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7796D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005D249F" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 8.8</w:t>
+      </w:r>
+      <w:r w:rsidR="00847BA6" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3.3, 3.4.1, 3.4.2</w:t>
-[...61 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="40656EDB" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRDefault="00ED7CA5" w:rsidP="004322F8">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="30"/>
     <w:p w14:paraId="72C0E83C" w14:textId="77777777" w:rsidR="00F2410B" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.5 Guardian’s responsibilities </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1E8182" w14:textId="77777777" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="1D1E8182" w14:textId="4F9ABC01" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="_Hlk216364935"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> agrees to: </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0031077C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="31"/>
     <w:p w14:paraId="429D3012" w14:textId="072710D2" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.5.1 </w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">do all things reasonable to </w:t>
+        <w:t xml:space="preserve">do all things </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reasonable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00866A6E">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">cooperate with the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in order for the </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order for</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to provide the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
@@ -10564,57 +12824,56 @@
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004108B8" w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>needs</w:t>
       </w:r>
       <w:r w:rsidR="00855CE9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5EFEF593" w14:textId="6A7B5DBF" w:rsidR="00013CCB" w:rsidRPr="00426353" w:rsidRDefault="00013CCB" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Hlk180949826"/>
+      <w:bookmarkStart w:id="32" w:name="_Hlk180949826"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">3.5.2 </w:t>
       </w:r>
       <w:r w:rsidR="00F00DF1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>take reasonable steps</w:t>
       </w:r>
       <w:r w:rsidR="00426353">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00F00DF1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> work with</w:t>
       </w:r>
       <w:r w:rsidR="00426353">
         <w:rPr>
@@ -10641,52 +12900,52 @@
       </w:r>
       <w:r w:rsidR="002A1D25">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">action administrative tasks in a timely </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002A1D25">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>manner</w:t>
       </w:r>
       <w:r w:rsidR="00855CE9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:p w14:paraId="742B2547" w14:textId="7C9FB3C4" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w14:paraId="742B2547" w14:textId="6497508A" w:rsidR="00934212" w:rsidRPr="006F6AC9" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.5.</w:t>
       </w:r>
       <w:r w:rsidR="00231613">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10719,68 +12978,70 @@
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s situation known to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> that may impact on the provision of the </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">; and </w:t>
-      </w:r>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="722536D3" w14:textId="662B11E5" w:rsidR="00841B8A" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
+    <w:p w14:paraId="722536D3" w14:textId="33525FBC" w:rsidR="00AD0237" w:rsidRDefault="00841B8A" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="00231613">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.4</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -10795,68 +13056,116 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from time to time.</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> from time to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="00510CAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="3B5E1E61" w14:textId="24A7A2E8" w:rsidR="003B1E17" w:rsidRPr="006F6AC9" w:rsidRDefault="003B1E17" w:rsidP="00A15A3F">
+    <w:p w14:paraId="7A2F6EFC" w14:textId="77777777" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B5E1E61" w14:textId="55E2881B" w:rsidR="003B1E17" w:rsidRDefault="003B1E17" w:rsidP="00A15A3F">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="34" w:name="_Hlk211188182"/>
+      <w:bookmarkStart w:id="33" w:name="_Hlk211188182"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">3.5.5 consent to the provision of NDIS services </w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.5.5 consent to the provision of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> services </w:t>
       </w:r>
       <w:r w:rsidR="00724EE9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>including those that</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are privately funded, </w:t>
       </w:r>
       <w:r w:rsidR="00724EE9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>for example</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -10997,79 +13306,417 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00724EE9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Details of </w:t>
       </w:r>
       <w:r w:rsidR="003161DB" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">any </w:t>
       </w:r>
       <w:r w:rsidR="00724EE9" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>private payment arrangements can be included in Appendix 1 for noting.</w:t>
-      </w:r>
+        <w:t xml:space="preserve">private payment arrangements can be included in Appendix 1 for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00724EE9" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>noting</w:t>
+      </w:r>
+      <w:r w:rsidR="00510CAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:p w14:paraId="4B248D77" w14:textId="0435D4C1" w:rsidR="00F2743E" w:rsidRDefault="00F2743E" w:rsidP="00A15A3F">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.6 </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>make decisions</w:t>
+      </w:r>
+      <w:r w:rsidR="00510CAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in conjunction with the delivery of </w:t>
+      </w:r>
+      <w:r w:rsidR="00510CAF" w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00510CAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>services</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, such </w:t>
+      </w:r>
+      <w:r w:rsidR="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3214">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">but </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3214">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE6314">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing consent to share information with a third party</w:t>
+      </w:r>
+      <w:r w:rsidR="00D335F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but only as and when, and to the extent deemed appropriate by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D335F5" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00D335F5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D335F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(in the </w:t>
+      </w:r>
+      <w:r w:rsidR="00D335F5" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian's</w:t>
+      </w:r>
+      <w:r w:rsidR="00D335F5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total discretion))</w:t>
+      </w:r>
+      <w:r w:rsidR="00510CAF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>; and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9898C7" w14:textId="70A9AEDC" w:rsidR="00A5799E" w:rsidRDefault="00A5799E" w:rsidP="00A5799E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.7 use reasonable endeavors to acknowledge receipt of service delivery information provided by the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in relation to the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0091" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0091">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> but not limited to</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE0091">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> support/care plans, to accord with a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian’s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">role and responsibilities under the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardianship and Administration Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E574B8">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shall have no obligations on account of or arising from any such receipt or acknowledgement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6869C80E" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRPr="00510CAF" w:rsidRDefault="00ED7CA5" w:rsidP="00A5799E">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
     <w:p w14:paraId="1047A818" w14:textId="77777777" w:rsidR="00A53806" w:rsidRDefault="00A53806" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3.6 Privacy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24E093D3" w14:textId="77777777" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00755548">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Service Provider must: </w:t>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA4F66D" w14:textId="11C427E2" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00755548">
+    <w:p w14:paraId="7FA4F66D" w14:textId="14C1B2FA" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00755548">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6.1 protect the </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
@@ -11086,51 +13733,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Personal Information</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidRPr="005D2E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Health Information</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> collected by or on behalf of the Service Provider in connection with the </w:t>
+        <w:t xml:space="preserve"> collected by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in connection with the </w:t>
       </w:r>
       <w:r w:rsidRPr="005D2E64">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Services</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
@@ -11164,82 +13827,112 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">all relevant </w:t>
       </w:r>
       <w:r w:rsidR="00C60AB0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Laws </w:t>
       </w:r>
       <w:r w:rsidR="00C60AB0" w:rsidRPr="00CE6975">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">including </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the Privacy Act 1988 (</w:t>
-[...15 lines deleted...]
-        <w:t>),</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Privacy Act 1988</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (C</w:t>
+      </w:r>
+      <w:r w:rsidR="00252B2C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ommonweal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>th),</w:t>
       </w:r>
       <w:r w:rsidR="0013020A">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and the NDIS Act 2013; </w:t>
+        <w:t xml:space="preserve">and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="160B14C1" w14:textId="6B0178BE" w:rsidR="00A53806" w:rsidRPr="006F6AC9" w:rsidRDefault="00A53806" w:rsidP="00755548">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6.2 </w:t>
       </w:r>
       <w:r w:rsidR="00A72F60">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">promptly </w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
@@ -11324,59 +14017,59 @@
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in writing of any actual or suspected breach of its obligations under clause </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.6.1;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C6EC9D8" w14:textId="4195091C" w:rsidR="00934212" w:rsidRDefault="00A53806" w:rsidP="00755548">
+    <w:p w14:paraId="7C6EC9D8" w14:textId="63D443B8" w:rsidR="00934212" w:rsidRDefault="00A53806" w:rsidP="00755548">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="35" w:name="_Hlk186744622"/>
+      <w:bookmarkStart w:id="34" w:name="_Hlk186744622"/>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.6.3</w:t>
       </w:r>
       <w:r w:rsidR="0017404B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> within 30 days of the signing of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00051994">
         <w:rPr>
@@ -11506,51 +14199,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="006F6AC9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017404B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the above can be achieved by providing </w:t>
       </w:r>
       <w:r w:rsidR="00C537E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a link to </w:t>
+        <w:t xml:space="preserve">a link to </w:t>
       </w:r>
       <w:r w:rsidR="0017404B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0017404B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:r w:rsidR="0017404B" w:rsidRPr="0017404B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provider</w:t>
@@ -11563,61 +14256,61 @@
         <w:t xml:space="preserve">’s </w:t>
       </w:r>
       <w:r w:rsidR="00C537E1">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">privacy, policies and procedures available on the </w:t>
       </w:r>
       <w:r w:rsidR="00C537E1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider’s website</w:t>
       </w:r>
       <w:r w:rsidR="00855CE9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; and</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="34"/>
     </w:p>
     <w:p w14:paraId="260860F6" w14:textId="30790D4B" w:rsidR="00B2435F" w:rsidRDefault="00B2435F" w:rsidP="00755548">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Hlk184023088"/>
+      <w:bookmarkStart w:id="35" w:name="_Hlk184023088"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.6.4 inform the </w:t>
       </w:r>
       <w:r w:rsidRPr="007E0C79">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11652,57 +14345,66 @@
       <w:r w:rsidR="00C933AD" w:rsidRPr="00C933AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00C933AD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>articipant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can access or correct their information and withdraw or amend their prior consent.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="3605954C" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRDefault="00ED7CA5" w:rsidP="00755548">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="436B0C40" w14:textId="358FA2D7" w:rsidR="00866A6E" w:rsidRDefault="00866A6E" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="_Hlk199090128"/>
-      <w:bookmarkEnd w:id="36"/>
+      <w:bookmarkStart w:id="36" w:name="_Hlk199090128"/>
+      <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:t>3.7 Indemnity</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B07CE75" w14:textId="2AF30253" w:rsidR="00934212" w:rsidRDefault="00A72F60" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -11850,1398 +14552,2225 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidR="0043647D" w:rsidRPr="00290497">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0043647D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CEC728" w14:textId="77777777" w:rsidR="005D1317" w:rsidRDefault="005D1317" w:rsidP="005D17D8">
+    <w:p w14:paraId="08A237EC" w14:textId="020A1ED6" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="478B46CD" w14:textId="19C0253C" w:rsidR="00E67009" w:rsidRDefault="00E67009" w:rsidP="00E67009">
+      <w:pPr>
+        <w:pStyle w:val="Heading4"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3.8 Confidential Information </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027D0E79" w14:textId="37607F46" w:rsidR="007424BB" w:rsidRPr="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:t xml:space="preserve">3.8.1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must keep all </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> provided to it by or on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(or received by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by or through this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) for the purposes of providing the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Services </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">confidential. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12A0DC9A" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> may only disclose the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403BAC9B" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(a) with the written consent of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">on behalf of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C598AAD" w14:textId="259FD205" w:rsidR="007424BB" w:rsidRPr="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(b) to its employees, contractors or advisors solely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> comply with obligations, or to exercise rights, under this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; or </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2229FCEB" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(c) as required by any Law; or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FD896B1" w14:textId="31E5A8D0" w:rsidR="007424BB" w:rsidRPr="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(d) where the information is in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the public</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> knowledge or enters the public domain through no fault of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7319DD8A" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="00D82951" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.3 Subject to any legal requirements, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">must destroy or return </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> referred to in clause 3.8.1 above within a reasonable time after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007424BB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has made a written request.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D78D2F" w14:textId="7096B92B" w:rsidR="00696D17" w:rsidRPr="00D82951" w:rsidRDefault="00433F56" w:rsidP="00D82951">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.8.3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00696D17" w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Subject to any legal requirements</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>must</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D17" w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> destroy or return </w:t>
+      </w:r>
+      <w:r w:rsidR="00696D17" w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Confidential Information</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D17" w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">referred to in clause 3.8.1 above </w:t>
+      </w:r>
+      <w:r w:rsidR="00696D17" w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>within a reasonable time after the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00696D17" w:rsidRPr="00D82951">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has made a written request. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EC26608" w14:textId="77777777" w:rsidR="00E67009" w:rsidRDefault="00E67009" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47563EA7" w14:textId="77777777" w:rsidR="005D1317" w:rsidRPr="006F6AC9" w:rsidRDefault="005D1317" w:rsidP="005D17D8">
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w14:paraId="10E32E7C" w14:textId="77777777" w:rsidR="00DC55FF" w:rsidRPr="00EE320B" w:rsidRDefault="00DC55FF" w:rsidP="009F3AB7">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+        <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Insurance </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1537F7FD" w14:textId="45DFBE6D" w:rsidR="00FD3688" w:rsidRDefault="00FD3688" w:rsidP="00430B40">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="_Hlk193557546"/>
+      <w:r w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="_Hlk180075775"/>
+      <w:bookmarkStart w:id="39" w:name="_Hlk180066962"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that, during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and for the period after the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Term</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007139BF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00496048">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>recommended</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, it will maintain adequate levels of insurance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidR="003A431B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and will seek professional advice as </w:t>
+      </w:r>
+      <w:r w:rsidR="00E67009">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to </w:t>
+      </w:r>
+      <w:r w:rsidR="003A431B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the type</w:t>
+      </w:r>
+      <w:r w:rsidR="00496048">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, duration</w:t>
+      </w:r>
+      <w:r w:rsidR="003A431B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and amount of insurance that is necessary.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w14:paraId="2EF9C55B" w14:textId="7CF855B2" w:rsidR="003A431B" w:rsidRDefault="003A431B" w:rsidP="00430B40">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7946" w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> To meet the requirements of 4.1 the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will obtain</w:t>
+      </w:r>
+      <w:r w:rsidR="005848A4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Public Liability Insurance and Professional Indemnity Insurance that meets the minimum level of cover that is commensurate to the scope of the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D2A800C" w14:textId="60D6B5B7" w:rsidR="003D257F" w:rsidRPr="003D257F" w:rsidRDefault="003D257F" w:rsidP="00755548">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7946" w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">warrants that it has sought and considered </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the appropriate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> professional advice in relation to its insurance requirements and needs, in the light of all relevant factors</w:t>
+      </w:r>
+      <w:r w:rsidR="005848A4">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including this </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and its rights and obligations hereunder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FCE6207" w14:textId="5FDD8CD8" w:rsidR="00FD3688" w:rsidRDefault="00FD3688" w:rsidP="00755548">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7946" w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.3</w:t>
+      </w:r>
+      <w:r w:rsidR="003D257F" w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">On request, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must provide the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">evidence of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">its compliance with </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>clause</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4.1</w:t>
+      </w:r>
+      <w:r w:rsidR="00797E03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r w:rsidR="003A431B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and 4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00797E03">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="003A431B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510EF780" w14:textId="7901895F" w:rsidR="003D38FF" w:rsidRDefault="003D38FF" w:rsidP="00755548">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7946" w:rsidRPr="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7946">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4301" w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervice</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D2E64">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must not commit any act or omission, or allow any act or omission to be committed, which would cancel or lessen the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD4301" w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ervice</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD4301">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rights under any of the above insurance policies.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3882C582" w14:textId="2569F697" w:rsidR="00AD0237" w:rsidRDefault="00AD0237">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:p w14:paraId="10E32E7C" w14:textId="77777777" w:rsidR="00DC55FF" w:rsidRDefault="00DC55FF" w:rsidP="009F3AB7">
+    <w:p w14:paraId="51500A37" w14:textId="7FDDD313" w:rsidR="009F3AB7" w:rsidRPr="00EE320B" w:rsidRDefault="009F3AB7" w:rsidP="00EE320B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">4. Insurance </w:t>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5. Complaints and </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0237" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ispute resolution </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1537F7FD" w14:textId="53453CFC" w:rsidR="00FD3688" w:rsidRDefault="00FD3688" w:rsidP="00755548">
+    <w:p w14:paraId="12D05123" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="38" w:name="_Hlk193557546"/>
-      <w:r w:rsidRPr="00BD6BA5">
+      <w:bookmarkStart w:id="40" w:name="_Hlk184023327"/>
+      <w:r w:rsidRPr="00260D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.1</w:t>
-[...101 lines deleted...]
-      <w:bookmarkEnd w:id="40"/>
+        <w:t>5.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The parties must attempt to resolve all complaints and disputes under this clause 5 before starting any court proceedings, other than court proceedings for interlocutory</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, injunctive or declaratory</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relief. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2EF9C55B" w14:textId="61B283DB" w:rsidR="003A431B" w:rsidRDefault="003A431B" w:rsidP="00755548">
+    <w:p w14:paraId="5CC560D6" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-          <w:bCs/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD6BA5">
+    </w:p>
+    <w:p w14:paraId="1B20E9A1" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>4.2</w:t>
+        <w:t>5.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must inform the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> To meet the requirements of 4.1 the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7023">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Service Provider </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7023">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of its complaints and dispute handling processes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>will obtain</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">, including avenues external to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A504D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Public Liability Insurance and Professional Indemnity Insurance that meets the minimum level of cover that is commensurate to the scope of the </w:t>
-[...8 lines deleted...]
-        <w:t>Service Provider.</w:t>
+        <w:t>, and their right to access advocates</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The parties agree to use these processes to try to resolve any complaint or dispute. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D2A800C" w14:textId="750D7A29" w:rsidR="003D257F" w:rsidRPr="003D257F" w:rsidRDefault="003D257F" w:rsidP="00755548">
+    <w:p w14:paraId="58AF90F1" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD6BA5">
+    </w:p>
+    <w:p w14:paraId="62584404" w14:textId="682C676C" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.3</w:t>
+        <w:t>5.3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If, following the processes in good faith, the parties have not resolved the complaint or dispute, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:sz w:val="22"/>
-[...43 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may refer the complaint or dispute to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS Quality </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12B97">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Safeguards Commission, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E12B97" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or the</w:t>
+      </w:r>
+      <w:r w:rsidR="00E12B97">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>and its rights and obligations hereunder.</w:t>
+      <w:r w:rsidR="00B43E1D" w:rsidRPr="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Department of Local Government, Industry Regulation and Safety</w:t>
+      </w:r>
+      <w:r w:rsidR="00B43E1D" w:rsidRPr="00D47912" w:rsidDel="00D47912">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43E1D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>(Consumer Protection)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for determination or resolution. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FCE6207" w14:textId="75E392F2" w:rsidR="00FD3688" w:rsidRDefault="00FD3688" w:rsidP="00755548">
+    <w:p w14:paraId="6F363ED1" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD6BA5">
+    </w:p>
+    <w:p w14:paraId="0F14D150" w14:textId="77777777" w:rsidR="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003D257F" w:rsidRPr="00BD6BA5">
+        <w:t>5.4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Despite the existence of a complaint or dispute, the parties must continue to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>perform</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their obligations under this </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F6AC9">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> There is a supportive environment for any person who provides feedback and/or makes a complaint.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CAEA76E" w14:textId="77777777" w:rsidR="007424BB" w:rsidRPr="006F6AC9" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4359F7BC" w14:textId="77777777" w:rsidR="007424BB" w:rsidRDefault="007424BB" w:rsidP="007424BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00260D9E">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> must provide the </w:t>
+        <w:t>5.5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...46 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nothing in the preceding provisions of this clause 5 shall reduce or otherwise affect a party's rights under clause 7.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08FB6697" w14:textId="77777777" w:rsidR="009335F7" w:rsidRDefault="009335F7" w:rsidP="007424BB">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C5D7F9A" w14:textId="3BC77E4C" w:rsidR="00ED7CA5" w:rsidRPr="00EE320B" w:rsidRDefault="00B2435F" w:rsidP="009335F7">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00443A25">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Community </w:t>
+      </w:r>
+      <w:r w:rsidR="00443A25" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>mergency</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0237" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> event or disaster</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="510EF780" w14:textId="36894F04" w:rsidR="003D38FF" w:rsidRDefault="003D38FF" w:rsidP="00755548">
+    <w:p w14:paraId="2E54E621" w14:textId="77777777" w:rsidR="009335F7" w:rsidRPr="00EE320B" w:rsidRDefault="009335F7" w:rsidP="009335F7">
       <w:pPr>
-        <w:spacing w:before="120" w:after="120"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BD6BA5">
-        <w:rPr>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>4.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>6.1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have business continuity processes to ensure they can continue to provide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the event of a community emergency event or disaster.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0D4C58" w14:textId="3D2E66D6" w:rsidR="009335F7" w:rsidRPr="00EE320B" w:rsidRDefault="009335F7" w:rsidP="009335F7">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="4F81BD"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...74 lines deleted...]
-        <w:t>rights under any of the above insurance policies.</w:t>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A022D">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may include details of their business continuity plan in their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as provided for in 3.3.5 and 3.3.6 of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:p w14:paraId="68D6FC5D" w14:textId="77777777" w:rsidR="003D257F" w:rsidRDefault="003D257F" w:rsidP="00755548">
+    <w:p w14:paraId="1630F86B" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRPr="004A529A" w:rsidRDefault="00ED7CA5" w:rsidP="00755548">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
+          <w:rStyle w:val="cf01"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="51500A37" w14:textId="77777777" w:rsidR="009F3AB7" w:rsidRPr="000A6549" w:rsidRDefault="009F3AB7" w:rsidP="000A6549">
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w14:paraId="43972E91" w14:textId="51D6FEEC" w:rsidR="000A6549" w:rsidRPr="00EE320B" w:rsidRDefault="00B2435F" w:rsidP="000A6549">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A6549">
-[...421 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
-      <w:r>
-[...220 lines deleted...]
-      <w:r w:rsidR="000A6549">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">. Termination </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39C59B98" w14:textId="667BF0F1" w:rsidR="000A6549" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve">.1 Termination for convenience </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18B8E4C8" w14:textId="4D8988EB" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="18B8E4C8" w14:textId="2AA9CF91" w:rsidR="000A6549" w:rsidRDefault="00FE5D28" w:rsidP="00EE320B">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.1 </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> at any time without cause and without needing to provide reasons by giving the Service Provider 30 days’ notice</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or sooner, if the </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> decides that circumstances warrant</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
+      <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E29B5CE" w14:textId="0E83E62F" w:rsidR="007F2C70" w:rsidRDefault="007F2C70" w:rsidP="00EE320B">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7.1.2 The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may propose </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA2F9E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Terms and Conditions </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consistent with this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that extend the notice period in clause </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>7.1.1</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> above to a maximum of 90 days.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40DB1904" w14:textId="1356FB5E" w:rsidR="00A22151" w:rsidRDefault="00A22151">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D0EF15" w14:textId="3BD73BC5" w:rsidR="000A6549" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve">.2 Termination by the Participant </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="282FE664" w14:textId="01FEAC93" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="282FE664" w14:textId="01FEAC93" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00EE320B">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may terminate this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> immediately by notice to the </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> immediately </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> notice to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> if: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1966626B" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="5F7CD700" w14:textId="794E1A79" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="00B2435F" w:rsidP="00EE320B">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.1 the </w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13272,109 +16801,104 @@
         <w:t xml:space="preserve"> which, in the opinion of the </w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, cannot be remedied</w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or amounts to a repudiation of this </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6BA5">
-        <w:rPr>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the </w:t>
       </w:r>
       <w:r w:rsidR="00866A6E" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00866A6E" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Provider</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66D5CADB" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="302AFD48" w14:textId="615781A0" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="00B2435F" w:rsidP="00EE320B">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.2 </w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(subject to clause </w:t>
@@ -13427,60 +16951,53 @@
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4559F1C2" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="67DB86F4" w14:textId="385131EE" w:rsidR="0065597A" w:rsidRDefault="006C709B" w:rsidP="00EE320B">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a) fails to commence action to remedy the breach within </w:t>
       </w:r>
       <w:r w:rsidR="00A24A99">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -13517,121 +17034,117 @@
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has served notice requiring it to do </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>so;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="11BB928D" w14:textId="18C1AD12" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00CC09F5">
+    <w:p w14:paraId="11BB928D" w14:textId="5026496C" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00EE320B">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) having commenced action to remedy the breach, fails to complete that action as soon as possible and in any event, within </w:t>
       </w:r>
       <w:r w:rsidR="00B2435F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Business Days of the </w:t>
       </w:r>
       <w:r w:rsidR="007734D2" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian's</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> notice; or </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>notice;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="501914C9" w14:textId="77777777" w:rsidR="000A6549" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="38302D9D" w14:textId="1437E572" w:rsidR="00CC09F5" w:rsidRDefault="00B2435F" w:rsidP="00EE320B">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.2.3 in the opinion of the </w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -13670,76 +17183,76 @@
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’s safety or personal</w:t>
       </w:r>
       <w:r w:rsidR="00866A6E">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, mental or</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> social wellbeing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4A1CB4" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
+    <w:p w14:paraId="5936B781" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRPr="00D424DB" w:rsidRDefault="00ED7CA5" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CD5D5D2" w14:textId="7710FBB6" w:rsidR="00CC09F5" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> Termination by Service Provider </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336F901E" w14:textId="35AAA758" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="336F901E" w14:textId="7BA09300" w:rsidR="00CC09F5" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -13808,432 +17321,453 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supported Accommodation Services</w:t>
       </w:r>
       <w:r w:rsidR="0099407F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> where 30 days</w:t>
       </w:r>
       <w:r w:rsidR="00FC76EB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0099407F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> notice is required</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="0099407F">
+      <w:r w:rsidR="00FB227D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00FC76EB">
-[...6 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0153A1EE" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRPr="00D424DB" w:rsidRDefault="00ED7CA5" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="55881FE6" w14:textId="223540A7" w:rsidR="00CC09F5" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> Termination </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="000A6549">
         <w:t>as a consequence of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> changes to the Participant's Plan </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64138ED5" w14:textId="37AF5205" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="64138ED5" w14:textId="79A48382" w:rsidR="00CC09F5" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant's </w:t>
+      </w:r>
+      <w:r w:rsidR="002E4AD0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Services</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agreed to under this </w:t>
+      </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> will terminate where funding within the </w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Participant's Plan</w:t>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ceases or has been exhausted</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="005731F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acting reasonably and in good faith</w:t>
+      </w:r>
+      <w:r w:rsidR="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and with the welfare and wellbeing of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00966059" w:rsidRPr="00B33D04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00966059">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> being the paramount consideration</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (but at no cost to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00054716" w:rsidRPr="00966059">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00054716">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>), cannot or do not agree a mutually satisfactory solution</w:t>
+      </w:r>
+      <w:r w:rsidR="005731F1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F96924">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>within a reasonable period of time</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> for the </w:t>
-[...152 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="614F2915" w14:textId="77777777" w:rsidR="00ED7CA5" w:rsidRPr="00D424DB" w:rsidRDefault="00ED7CA5" w:rsidP="005D17D8">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="643C932D" w14:textId="78BB39CF" w:rsidR="00CC09F5" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549">
         <w:t xml:space="preserve"> Effect of termination or expiry </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D1C991D" w14:textId="4AD2AC22" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="005D17D8">
+    <w:p w14:paraId="1D1C991D" w14:textId="4AD2AC22" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="000A6549" w:rsidP="00EE320B">
       <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will not affect: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="193E8CF1" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
+    <w:p w14:paraId="3247092D" w14:textId="6F6D4ACF" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00B2435F" w:rsidP="00EE320B">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1 any accrued rights or remedies of either party; or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB79CEB" w14:textId="77777777" w:rsidR="00CC09F5" w:rsidRPr="00D424DB" w:rsidRDefault="00CC09F5" w:rsidP="005D17D8">
+    <w:p w14:paraId="49015698" w14:textId="458FC3D2" w:rsidR="000A6549" w:rsidRDefault="00B2435F" w:rsidP="00EE320B">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="003E21DA">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>.2 the operation of clauses 3.6,</w:t>
+        <w:t>.2 the operation of clauses 3.6</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB227D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E35851">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and this clause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -14250,78 +17784,104 @@
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or any other provision which, by its nature, is intended to survive termination or expiry of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="000A6549" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08AC769F" w14:textId="329BC6CD" w:rsidR="00473F78" w:rsidRDefault="00B2435F" w:rsidP="00473F78">
+    <w:p w14:paraId="6A195702" w14:textId="32A5A477" w:rsidR="00A22151" w:rsidRDefault="00A22151">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08AC769F" w14:textId="329BC6CD" w:rsidR="00473F78" w:rsidRPr="00EE320B" w:rsidRDefault="00B2435F" w:rsidP="00473F78">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
-      <w:r w:rsidR="00473F78">
+      <w:r w:rsidR="00473F78" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
         <w:t xml:space="preserve">. General </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AD67CCF" w14:textId="2752447A" w:rsidR="00473F78" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.1 Amendment </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F8413DB" w14:textId="6D0AF82B" w:rsidR="00473F78" w:rsidRPr="003B7CBC" w:rsidRDefault="00B2435F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="7F0C75D8" w14:textId="77777777" w:rsidR="00FB7DA3" w:rsidRDefault="00B2435F" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="120"/>
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.1 During the </w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -14390,145 +17950,181 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may amend the information contained in </w:t>
       </w:r>
       <w:r w:rsidR="00BF7320">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of Schedule 1 by advising the other party in writing of the updated information. Such amendments should be communicated within 7 days of the change. </w:t>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="_Hlk193557642"/>
-[...7 lines deleted...]
-      <w:r w:rsidR="00BD6BA5">
+      <w:bookmarkStart w:id="41" w:name="_Hlk193557642"/>
+    </w:p>
+    <w:p w14:paraId="4E42EAF4" w14:textId="7DC7F546" w:rsidR="00CF4B79" w:rsidRPr="003B7CBC" w:rsidRDefault="00CF4B79" w:rsidP="00ED7CA5">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Hlk218771867"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with 3.2.5 of this </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A24A99">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A24A99" w:rsidRPr="003B7CBC">
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2893">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">is not required where </w:t>
       </w:r>
-      <w:r w:rsidR="003D257F">
-[...17 lines deleted...]
-      <w:r w:rsidR="00A24A99" w:rsidRPr="003B7CBC">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indexation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is applied to the</w:t>
       </w:r>
-      <w:r w:rsidR="00A24A99">
-[...8 lines deleted...]
-      <w:r w:rsidR="00A24A99" w:rsidRPr="003B7CBC">
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="007E178D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>by the</w:t>
       </w:r>
-      <w:r w:rsidR="00A24A99">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> NDIA.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:p w14:paraId="2C1A8F68" w14:textId="77777777" w:rsidR="00473F78" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+    <w:p w14:paraId="097EA550" w14:textId="7C20ADC6" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00B2435F" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2 If during the </w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14537,190 +18133,229 @@
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the parties agree to: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A12D87B" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="344F27E8" w14:textId="2BF3C4A2" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> continuing to provide services to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Participant</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> beyond the Participant’s Plan </w:t>
+        <w:t xml:space="preserve"> beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00780793" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00423CFE" w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00423CFE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ate</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> specified in item 2 of Schedule 1 or, if a </w:t>
       </w:r>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2C70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
+      </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:sz w:val="22"/>
-[...11 lines deleted...]
-        <w:t>Service Agreement</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; and/or </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239AEBC9" w14:textId="14D7B27D" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00E55F3F">
+    <w:p w14:paraId="239AEBC9" w14:textId="14D7B27D" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00ED7CA5">
       <w:pPr>
+        <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(b) alter the range and/or details of services specified in Schedule 2 or, if a </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
@@ -14759,60 +18394,53 @@
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02347630" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="63403752" w14:textId="4817E620" w:rsidR="00E55F3F" w:rsidRDefault="00473F78" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -14868,680 +18496,852 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (in the standard form provided by the </w:t>
       </w:r>
       <w:r w:rsidR="00332F5E" w:rsidRPr="00966059">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">) reflecting the agreed amendments (including the new Participant's Plan dates, if applicable) within 10 Business Days of the agreement. There is no limit on the number of times a new </w:t>
+        <w:t xml:space="preserve">) reflecting the agreed amendments (including the new </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant's </w:t>
+      </w:r>
+      <w:r w:rsidR="00185713" w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dates, if applicable) within 10 Business Days of the agreement. There is no limit on the number of times a new </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> can be made during the </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Term</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="119DC8B3" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="44B339BE" w14:textId="40999799" w:rsidR="00FB7DA3" w:rsidRPr="003B7CBC" w:rsidRDefault="00FB7DA3" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...245 lines deleted...]
-        <w:t xml:space="preserve"> is taken not to have been made and is of no effect. </w:t>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">is not required where </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Indexation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>is applied to the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00185713">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B7CBC">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>by the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DCC5697" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="63289728" w14:textId="1C92C471" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00B2435F" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.1.4 A </w:t>
+        <w:t xml:space="preserve">.1.3 A </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">which includes the addition or removal of services (when compared to those services specified in Schedule 2 or, if a </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> replaces Schedule 2 and any earlier </w:t>
+        <w:t xml:space="preserve"> has previously been made, in the most recent </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in respect of services to be provided to the </w:t>
+        <w:t xml:space="preserve">) is taken to be made only after it has been signed by the </w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant</w:t>
+        <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by the </w:t>
+        <w:t xml:space="preserve">. If a </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> does not include the addition or removal of services, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken to be made after the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Support Coordinator</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completes the appended Support Coordinator’s Notation unless the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Guardian</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> informs the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> within the Participant’s Plan start and end dates specified in that </w:t>
+        <w:t xml:space="preserve"> in writing within 5 Business Days of the Support Coordinator’s Notation that it does not agree to the </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and</w:t>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must specify all services to be provided within that period. </w:t>
+        <w:t xml:space="preserve">, in which case the </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is taken not to have been made and is of no effect. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724346AB" w14:textId="77777777" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00E55F3F" w:rsidP="00B45FA5">
+    <w:p w14:paraId="460E9698" w14:textId="603CC710" w:rsidR="00E55F3F" w:rsidRPr="00D424DB" w:rsidRDefault="00B2435F" w:rsidP="00ED7CA5">
       <w:pPr>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">.1.4 A </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> replaces Schedule 2 and any earlier </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedules</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in respect of services to be provided to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within the </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00F71FEC">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> start and end dates specified in that </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD6BA5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment </w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D04" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidR="00B33D04" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must specify all services to be provided within that period. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AF568A9" w14:textId="25E52338" w:rsidR="00A22151" w:rsidRDefault="00B2435F" w:rsidP="00EE320B">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">.1.5 Except as provided for in clause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.1 or clause </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.1.2, this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00473F78" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may only be varied or replaced by a document executed by the parties. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A22151">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="426F1D46" w14:textId="15FAC039" w:rsidR="0014762F" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.2 Entire understanding </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02E295FA" w14:textId="6D4BCBC8" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> contains the entire understanding between the parties as to the subject matter contained in it. All previous agreements, representations, warranties, explanations and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">explanations and commitments, expressed or implied, affecting this subject matter are superseded by this </w:t>
+        <w:t>commitments,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> expressed or implied, affecting this subject matter are superseded by this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and have no effect. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05BE49FD" w14:textId="3F5D7CEF" w:rsidR="0014762F" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.3 Consents and approvals </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E6CA067" w14:textId="13A25431" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the doing of any act, matter or thing under this </w:t>
+        <w:t xml:space="preserve">If </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the doing of any</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> act, matter or thing under this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is dependent on the consent or approval of the </w:t>
       </w:r>
       <w:r w:rsidR="007734D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
@@ -15715,51 +19515,67 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party waiving the right. A single or partial exercise or waiver of a right relating to this </w:t>
+        <w:t xml:space="preserve"> may only be waived by a written notice signed by the party </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>waiving</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the right. A single or partial exercise or waiver of a right relating to this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> does not prevent any other exercise of that right or the exercise of any other right. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="517F6C87" w14:textId="3A63D232" w:rsidR="0014762F" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
@@ -15815,162 +19631,254 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> must not assign, novate or otherwise transfer any of its rights or obligations under this </w:t>
+        <w:t xml:space="preserve"> must not assign, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>novate</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> transfer any of its rights or obligations under this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> without the prior written consent of the </w:t>
       </w:r>
       <w:r w:rsidR="007734D2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C05A9BF" w14:textId="0EAD41FB" w:rsidR="0014762F" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.9 No relationship </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="711C306E" w14:textId="20874CE0" w:rsidR="0014762F" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+    <w:p w14:paraId="711C306E" w14:textId="6459F5B2" w:rsidR="00A22151" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be construed or deemed to constitute a partnership, joint venture or employee, employer or representative relationship between any of the parties. Nothing in this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> will be deemed to </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>will be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deemed to </w:t>
       </w:r>
       <w:r w:rsidR="0087763E" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>authorize</w:t>
+        <w:t>authori</w:t>
+      </w:r>
+      <w:r w:rsidR="00F614BE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="0087763E" w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or empower any of the parties to act as agent for or with any other party. </w:t>
+        <w:t xml:space="preserve"> or empower any of the parties to act as </w:t>
+      </w:r>
+      <w:r w:rsidR="00806ECE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">agent for or with any other party. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71033AD7" w14:textId="77777777" w:rsidR="00A22151" w:rsidRDefault="00A22151">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5ACDB7D0" w14:textId="69C171F2" w:rsidR="0014762F" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.10 Rule of construction </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E6DDF78" w14:textId="34F39F1F" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In the interpretation of this </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
@@ -16028,106 +19936,137 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> may be executed in any number of counterparts all of which taken together constitute one instrument. </w:t>
+        <w:t xml:space="preserve"> may be executed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>counterparts</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all of which taken together constitute one instrument. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FC12571" w14:textId="6E66E5E7" w:rsidR="00EA7DED" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.12 Notices </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="308CF940" w14:textId="105B9090" w:rsidR="00EA7DED" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Any notices required to be served by any party to the other party must be in writing and may be via email (see </w:t>
       </w:r>
       <w:r w:rsidR="00BF7320">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Schedule 1). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47A1140F" w14:textId="04D86012" w:rsidR="00EA7DED" w:rsidRDefault="00B2435F" w:rsidP="00A15A3F">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
       </w:pPr>
       <w:r>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00473F78">
         <w:t xml:space="preserve">.13 Governing law and jurisdiction </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38E59F29" w14:textId="06AE7F9B" w:rsidR="00CC1355" w:rsidRPr="00D424DB" w:rsidRDefault="00473F78" w:rsidP="00B45FA5">
+    <w:p w14:paraId="5042BD3B" w14:textId="39592960" w:rsidR="005D3B2D" w:rsidRDefault="00473F78">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This </w:t>
       </w:r>
       <w:r w:rsidR="00BD6BA5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -16141,61 +20080,62 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The parties submit to the non-exclusive jurisdiction of the courts and tribunals of </w:t>
       </w:r>
       <w:r w:rsidR="00EA7DED" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Western Australia</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and courts entitled to hear appeals from those courts</w:t>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="005D3B2D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="005D3B2D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD5C5A9" w14:textId="7BEDC63B" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00623EFD">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11B9F7AC" w14:textId="1E5915A5" w:rsidR="00EA68EA" w:rsidRDefault="00BD6BA5" w:rsidP="00EA68EA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00EA68EA">
         <w:t xml:space="preserve"> details</w:t>
       </w:r>
     </w:p>
@@ -16244,51 +20184,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">tart </w:t>
       </w:r>
       <w:r w:rsidR="0090578D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EB2BFE2" w14:textId="59ED9EC9" w:rsidR="00EA68EA" w:rsidRPr="00D424DB" w:rsidRDefault="00B747FC" w:rsidP="00B747FC">
+    <w:p w14:paraId="1EB2BFE2" w14:textId="5540A871" w:rsidR="00EA68EA" w:rsidRPr="00D424DB" w:rsidRDefault="00B747FC" w:rsidP="00B747FC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="43" w:name="Text2"/>
@@ -16494,83 +20434,79 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidR="00E919A3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
       <w:r w:rsidR="00E919A3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>eg</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
       <w:r w:rsidR="00E919A3">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> date/month/</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CD9B124" w14:textId="191452CD" w:rsidR="00EA68EA" w:rsidRPr="005B14B7" w:rsidRDefault="00EA68EA" w:rsidP="00B747FC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 2 </w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
@@ -16596,51 +20532,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nd </w:t>
       </w:r>
       <w:r w:rsidR="0090578D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ate </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28E687AE" w14:textId="7B1934C4" w:rsidR="00EA68EA" w:rsidRDefault="00B747FC" w:rsidP="00B747FC">
+    <w:p w14:paraId="28E687AE" w14:textId="4E5F267F" w:rsidR="00EA68EA" w:rsidRDefault="00B747FC" w:rsidP="00B747FC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
@@ -16840,86 +20776,82 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>eg</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> date/month/</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5131C62F" w14:textId="3BB945E9" w:rsidR="00BF7320" w:rsidRPr="00086E8A" w:rsidRDefault="00BF7320" w:rsidP="00BF7320">
+    <w:p w14:paraId="5131C62F" w14:textId="7365DAC5" w:rsidR="00BF7320" w:rsidRPr="00086E8A" w:rsidRDefault="00BF7320" w:rsidP="00BF7320">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="46" w:name="_Hlk211186467"/>
       <w:bookmarkStart w:id="47" w:name="_Hlk211186559"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item 3 </w:t>
       </w:r>
       <w:bookmarkStart w:id="48" w:name="_Hlk211162516"/>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
@@ -16937,64 +20869,82 @@
         <w:t xml:space="preserve">must be specified when a new </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Service Provider </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">has commenced providing the service/s during the </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Participant’s Plan</w:t>
+        <w:t>Participant’s</w:t>
+      </w:r>
+      <w:r w:rsidR="00780793">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NDIS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Plan</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:bookmarkStart w:id="49" w:name="_Hlk211186511"/>
     <w:bookmarkEnd w:id="46"/>
-    <w:p w14:paraId="34E93D2B" w14:textId="7D8CE98A" w:rsidR="00BF7320" w:rsidRPr="00086E8A" w:rsidRDefault="00BF7320" w:rsidP="00BF7320">
+    <w:p w14:paraId="34E93D2B" w14:textId="3C1E430E" w:rsidR="00BF7320" w:rsidRPr="00086E8A" w:rsidRDefault="00BF7320" w:rsidP="00BF7320">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text2"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput>
               <w:maxLength w:val="2"/>
             </w:textInput>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
@@ -17194,146 +21144,153 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>eg</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> date/month/</w:t>
-[...15 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkEnd w:id="49"/>
     <w:p w14:paraId="65A5D0A2" w14:textId="4DBBC167" w:rsidR="00EA68EA" w:rsidRPr="00086E8A" w:rsidRDefault="00EA68EA" w:rsidP="00B747FC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Item </w:t>
       </w:r>
       <w:r w:rsidR="00BF7320" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005B14B7" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plan Management </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005B14B7" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>specify either</w:t>
+        <w:t>specify</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005B14B7" w:rsidRPr="00086E8A">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> either</w:t>
       </w:r>
       <w:r w:rsidR="007C5E48" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B14B7" w:rsidRPr="00086E8A">
-        <w:rPr>
+      <w:r w:rsidR="005B14B7" w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIA </w:t>
       </w:r>
       <w:r w:rsidR="005D1317" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>managed,</w:t>
       </w:r>
       <w:r w:rsidR="005B14B7" w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or Plan </w:t>
       </w:r>
       <w:r w:rsidRPr="00086E8A">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">managed: </w:t>
@@ -17508,76 +21465,68 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3425"/>
         <w:gridCol w:w="4876"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B747FC" w14:paraId="28986DCF" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7FF103E6" w14:textId="18A6D6D3" w:rsidR="00B747FC" w:rsidRDefault="00B747FC" w:rsidP="001D0CA2">
+          <w:p w14:paraId="7FF103E6" w14:textId="49B49A78" w:rsidR="00B747FC" w:rsidRDefault="00B747FC" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93487">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Participant Address</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05D08DC1" w14:textId="77777777" w:rsidR="00B747FC" w:rsidRDefault="00B747FC" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -17730,126 +21679,119 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="7DC8F6EA" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70D97C41" w14:textId="1B8D19C0" w:rsidR="00B747FC" w:rsidRPr="00371BBB" w:rsidRDefault="00B747FC" w:rsidP="001D0CA2">
+          <w:p w14:paraId="70D97C41" w14:textId="5F078EBA" w:rsidR="00B747FC" w:rsidRPr="00371BBB" w:rsidRDefault="00B747FC" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
-              <w:ind w:left="720"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00371BBB">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Guardian</w:t>
             </w:r>
             <w:r w:rsidRPr="00371BBB">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> details </w:t>
+              <w:t xml:space="preserve"> details</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6280AF10" w14:textId="037DCAD1" w:rsidR="00B747FC" w:rsidRDefault="00B747FC" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D955DE" w14:paraId="476ABCBC" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F9E32BE" w14:textId="538C22EF" w:rsidR="00D955DE" w:rsidRPr="00D424DB" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
+          <w:p w14:paraId="5F9E32BE" w14:textId="09DC2403" w:rsidR="00D955DE" w:rsidRPr="00D424DB" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="530D7C69" w14:textId="1441DC52" w:rsidR="00D955DE" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -17919,151 +21861,140 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="52"/>
             <w:r w:rsidR="001D1C34">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (delegated guardian)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D955DE" w14:paraId="55EC48E6" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75EF1DE8" w14:textId="42251333" w:rsidR="00D955DE" w:rsidRPr="00D424DB" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
+          <w:p w14:paraId="75EF1DE8" w14:textId="3E1FA6D7" w:rsidR="00D955DE" w:rsidRPr="00D424DB" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="715B4829" w14:textId="01A109BB" w:rsidR="00D955DE" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>28, Barrack Street, PERTH 6000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D955DE" w14:paraId="61FDE5C1" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6796E700" w14:textId="77777777" w:rsidR="00D955DE" w:rsidRDefault="001D0CA2" w:rsidP="001D0CA2">
+          <w:p w14:paraId="6796E700" w14:textId="4AA9E77E" w:rsidR="00D955DE" w:rsidRPr="00F614BE" w:rsidRDefault="001D0CA2" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00F614BE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00EE320B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>mail</w:t>
             </w:r>
-            <w:r w:rsidR="00D955DE">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="0D3623A1" w14:textId="0F81F328" w:rsidR="001D0CA2" w:rsidRPr="00D424DB" w:rsidRDefault="001D0CA2" w:rsidP="001D0CA2">
+          <w:p w14:paraId="0D3623A1" w14:textId="145127B8" w:rsidR="001D0CA2" w:rsidRPr="00F614BE" w:rsidRDefault="001D0CA2" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EE320B">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
-              </w:rPr>
-              <w:t>Phone:</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77C1F640" w14:textId="77777777" w:rsidR="00783389" w:rsidRDefault="00783389" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18116,140 +22047,127 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>@justice.wa.gov.au</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
           <w:p w14:paraId="710182A5" w14:textId="0991011A" w:rsidR="00D955DE" w:rsidRDefault="00D955DE" w:rsidP="001D0CA2">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B747FC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>08 9278 7300</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6DA28C81" w14:textId="77777777" w:rsidR="00B747FC" w:rsidRDefault="00B747FC">
+    <w:p w14:paraId="6DA28C81" w14:textId="7B7E61FC" w:rsidR="00B747FC" w:rsidRDefault="00B747FC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="715" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3425"/>
         <w:gridCol w:w="4876"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B747FC" w14:paraId="526C6531" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27052209" w14:textId="10E6A850" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00D955DE">
+          <w:p w14:paraId="27052209" w14:textId="1DC9668D" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E93487">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Service Provider</w:t>
-            </w:r>
-[...5 lines deleted...]
-              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0AF775BC" w14:textId="711981A0" w:rsidR="00B747FC" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18310,54 +22228,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="6BAE4B6E" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2372F5F9" w14:textId="0DE7C692" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00E93487">
+          <w:p w14:paraId="2372F5F9" w14:textId="0DE7C692" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Service Provider Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A8ECD0F" w14:textId="77777777" w:rsidR="00D955DE" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -18519,65 +22436,64 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B40518" w14:paraId="6F41A837" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B44E2A3" w14:textId="31088574" w:rsidR="00B40518" w:rsidRPr="00D955DE" w:rsidRDefault="00B40518" w:rsidP="00E93487">
+          <w:p w14:paraId="2B44E2A3" w14:textId="3A8207CB" w:rsidR="00B40518" w:rsidRPr="00D955DE" w:rsidRDefault="00B40518" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Service Provider Contact Name</w:t>
+              <w:t>Contact Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CB74E40" w14:textId="6BD79952" w:rsidR="00B40518" w:rsidRDefault="00B40518" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -18638,55 +22554,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="33B56470" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18909D1F" w14:textId="4B94D6AD" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00D955DE">
+          <w:p w14:paraId="18909D1F" w14:textId="4B94D6AD" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F36197">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Signed </w:t>
             </w:r>
             <w:r w:rsidR="00BD6BA5">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -18868,55 +22782,53 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="1D34C36E" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B85E683" w14:textId="4C72DF55" w:rsidR="00B747FC" w:rsidRPr="00F36197" w:rsidRDefault="00B747FC" w:rsidP="00D955DE">
+          <w:p w14:paraId="5B85E683" w14:textId="4C72DF55" w:rsidR="00B747FC" w:rsidRPr="00F36197" w:rsidRDefault="00B747FC" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Phone number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3AE924C7" w14:textId="698A0715" w:rsidR="00B747FC" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18989,69 +22901,78 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="08AC8AED" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="681DC8E9" w14:textId="6A0CF5D6" w:rsidR="00B747FC" w:rsidRPr="00F36197" w:rsidRDefault="00A82BA6" w:rsidP="00D955DE">
+          <w:p w14:paraId="681DC8E9" w14:textId="6A0CF5D6" w:rsidR="00B747FC" w:rsidRPr="00F36197" w:rsidRDefault="00A82BA6" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00B74488">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="008568E9">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Support Coordination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (SC) </w:t>
+            </w:r>
+            <w:r w:rsidR="008568E9" w:rsidRPr="00B020C0">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59B17A45" w14:textId="113286B1" w:rsidR="00B747FC" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -19117,55 +23038,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="31C0EBB5" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E0DFE53" w14:textId="49966701" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00A82BA6" w:rsidP="00D955DE">
+          <w:p w14:paraId="2E0DFE53" w14:textId="49966701" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00A82BA6" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SC </w:t>
             </w:r>
             <w:r w:rsidR="008568E9">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Provider</w:t>
             </w:r>
             <w:r w:rsidR="00B747FC" w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Address</w:t>
@@ -19251,55 +23171,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="30A35D04" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A66FE1E" w14:textId="41DF7C9F" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00D955DE">
+          <w:p w14:paraId="7A66FE1E" w14:textId="41DF7C9F" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00B747FC" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Support Coordinator Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C2FCB9E" w14:textId="3D7DEE8D" w:rsidR="00B747FC" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -19371,55 +23290,54 @@
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B747FC" w14:paraId="7FFE3B09" w14:textId="77777777" w:rsidTr="001D0CA2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3425" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03238070" w14:textId="5EDB563A" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00D33DF2" w:rsidP="00D955DE">
+          <w:p w14:paraId="03238070" w14:textId="5EDB563A" w:rsidR="00B747FC" w:rsidRPr="00D955DE" w:rsidRDefault="00D33DF2" w:rsidP="00B74488">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
-              <w:ind w:left="720"/>
-              <w:jc w:val="right"/>
+              <w:ind w:left="26"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SC </w:t>
             </w:r>
             <w:r w:rsidR="00B747FC" w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Contact (email and phone)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4876" w:type="dxa"/>
           </w:tcPr>
@@ -19813,116 +23731,160 @@
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>SCHEDULE 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="153B8614" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRDefault="00FC7E90" w:rsidP="00EF5BFA">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DAFA986" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Schedule of Miscellaneous Services </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="309A35CA" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRDefault="00FC7E90" w:rsidP="00EF5BFA">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B56A27A" w14:textId="2060C43F" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
+    <w:p w14:paraId="0B56A27A" w14:textId="0DE290E9" w:rsidR="00FC7E90" w:rsidRPr="00F614BE" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This Schedule may be replaced by a </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6BA5">
-        <w:rPr>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
-      <w:r w:rsidRPr="00D424DB">
-        <w:rPr>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Amendment Schedule made under clause </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0059506F">
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D424DB">
+        <w:t xml:space="preserve"> made under clause </w:t>
+      </w:r>
+      <w:r w:rsidR="0059506F">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">.1.2 during the </w:t>
+        <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
-          <w:b/>
-          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">.1.2 during the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Term</w:t>
       </w:r>
-      <w:r w:rsidR="00855CE9">
+      <w:r w:rsidR="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5596">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of this </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB5596" w:rsidRPr="00EE320B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4822D23B" w14:textId="77777777" w:rsidR="00FC7E90" w:rsidRPr="00D424DB" w:rsidRDefault="00FC7E90" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="434F4F0D" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D424DB">
@@ -19975,121 +23937,249 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>/No</w:t>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086190A" w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the NDIS Act, set out in the Participant's NDIS Plan currently in effect under section 37 of the NDIS Act. </w:t>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, set out in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant's NDIS Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> currently in effect under section 37 of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Act</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019E6E4C" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5EA07322" w14:textId="77777777" w:rsidR="0086190A" w:rsidRPr="00D424DB" w:rsidRDefault="0086190A" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C435316" w14:textId="7DCC141E" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
+    <w:p w14:paraId="3C435316" w14:textId="3B8E9CF8" w:rsidR="00836F8F" w:rsidRPr="00D424DB" w:rsidRDefault="00EA68EA" w:rsidP="00FC7E90">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Hlk201844238"/>
       <w:r w:rsidRPr="00D424DB">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Note: All services to be provided during this Participant’s Plan period must be </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Note: All services to be provided during this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>prescribed in detail</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00252B2C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> below and </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D424DB">
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>quote for the Plan period</w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> period must be </w:t>
+      </w:r>
+      <w:r w:rsidR="003E21DA">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>prescribed in detail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> below and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>quote for the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00870C92">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D424DB">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Plan </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>period</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB712A" w:rsidRPr="00EE320B">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B934AF">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>applicable to</w:t>
       </w:r>
       <w:r w:rsidR="00DB712A">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
@@ -23863,102 +27953,91 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F7EDB52" w14:textId="77777777" w:rsidR="00D955DE" w:rsidRDefault="00D955DE">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758F108A" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="001E01E8" w:rsidP="00D955DE">
-[...12 lines deleted...]
-    <w:p w14:paraId="77237802" w14:textId="237D88C6" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00C20F62">
+    <w:p w14:paraId="77237802" w14:textId="237D88C6" w:rsidR="00274133" w:rsidRDefault="00274133" w:rsidP="00B74488">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
+        <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>SIGNING PAGE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35695357" w14:textId="77777777" w:rsidR="003405AD" w:rsidRDefault="003405AD" w:rsidP="003405AD">
       <w:pPr>
         <w:ind w:left="5760"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E7DC4AC" w14:textId="55BE275A" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Executed</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
-          <w:b/>
-[...7 lines deleted...]
-        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> by the parties as a </w:t>
       </w:r>
-      <w:r w:rsidR="00BD6BA5">
-        <w:rPr>
+      <w:r w:rsidR="00BD6BA5" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48A2395A" w14:textId="77777777" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="301DEA9B" w14:textId="77777777" w:rsidR="00274133" w:rsidRPr="00B6458B" w:rsidRDefault="00274133" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
@@ -24027,83 +28106,84 @@
             <w:pPr>
               <w:rPr>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00152F31">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="-138731687"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="641A4BEB" w14:textId="5A7CC836" w:rsidR="009970C4" w:rsidRPr="00B6458B" w:rsidRDefault="009970C4" w:rsidP="00A943F7">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4266BEC1" wp14:editId="3EF687E7">
                       <wp:extent cx="2743200" cy="1057275"/>
                       <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                       <wp:docPr id="17" name="Picture 3"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 17"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId15">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1057275"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -24113,65 +28193,113 @@
                   </w:drawing>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E01E8" w:rsidRPr="00B6458B" w14:paraId="61085501" w14:textId="77777777" w:rsidTr="001E01E8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1750FF8E" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AEBBD0F" w14:textId="2A4FC51D" w:rsidR="001E01E8" w:rsidRPr="00784CC8" w:rsidRDefault="001E01E8" w:rsidP="00274133">
+          <w:p w14:paraId="5AEBBD0F" w14:textId="743DAA92" w:rsidR="001E01E8" w:rsidRPr="00784CC8" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00784CC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Name of Service Provider </w:t>
+              <w:t xml:space="preserve">Name </w:t>
+            </w:r>
+            <w:r w:rsidR="003733EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>and Position</w:t>
+            </w:r>
+            <w:r w:rsidR="00A22151">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of</w:t>
+            </w:r>
+            <w:r w:rsidR="003733EF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00784CC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Service Provider</w:t>
+            </w:r>
+            <w:r w:rsidR="00A22151">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>’s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00784CC8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00733D5C" w:rsidRPr="00784CC8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>authorised signee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1EFE5624" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00784CC8" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6956EA82" w14:textId="1349A646" w:rsidR="001E01E8" w:rsidRPr="00784CC8" w:rsidRDefault="00784CC8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -24309,293 +28437,158 @@
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64284480" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="564467A6" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31A30E0C" w14:textId="6896F05B" w:rsidR="00784CC8" w:rsidRPr="00784CC8" w:rsidRDefault="00784CC8" w:rsidP="00784CC8">
+          <w:p w14:paraId="2C1F231A" w14:textId="77777777" w:rsidR="001C6DC5" w:rsidRPr="00784CC8" w:rsidRDefault="001C6DC5" w:rsidP="001C6DC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
+          </w:p>
+          <w:p w14:paraId="31A30E0C" w14:textId="3227842E" w:rsidR="00784CC8" w:rsidRPr="00784CC8" w:rsidRDefault="00784CC8" w:rsidP="00784CC8">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> / </w:t>
-[...160 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="2032E161" w14:textId="575EAF89" w:rsidR="001E01E8" w:rsidRPr="00784CC8" w:rsidRDefault="001E01E8" w:rsidP="00784CC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D2DA408" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2CAAA8EA" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRPr="00B6458B" w:rsidRDefault="001E01E8" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
@@ -24693,83 +28686,84 @@
             <w:r w:rsidRPr="00A943F7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signatur</w:t>
             </w:r>
             <w:r w:rsidR="00A943F7" w:rsidRPr="00A943F7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="135766100"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="4118DA8F" w14:textId="4D111DA2" w:rsidR="009970C4" w:rsidRPr="00B6458B" w:rsidRDefault="009970C4" w:rsidP="00A943F7">
                 <w:pPr>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E4FBE25" wp14:editId="21D22113">
                       <wp:extent cx="2743200" cy="1002687"/>
                       <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                       <wp:docPr id="16" name="Picture 2"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                           <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:nvPicPr>
                               <pic:cNvPr id="0" name="Picture 16"/>
                               <pic:cNvPicPr>
                                 <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                               </pic:cNvPicPr>
                             </pic:nvPicPr>
                             <pic:blipFill>
-                              <a:blip r:embed="rId13">
+                              <a:blip r:embed="rId15">
                                 <a:extLst>
                                   <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                     <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                   </a:ext>
                                 </a:extLst>
                               </a:blip>
                               <a:srcRect/>
                               <a:stretch>
                                 <a:fillRect/>
                               </a:stretch>
                             </pic:blipFill>
                             <pic:spPr bwMode="auto">
                               <a:xfrm>
                                 <a:off x="0" y="0"/>
                                 <a:ext cx="2743200" cy="1002687"/>
                               </a:xfrm>
                               <a:prstGeom prst="rect">
                                 <a:avLst/>
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln>
                                 <a:noFill/>
                               </a:ln>
                             </pic:spPr>
                           </pic:pic>
@@ -24961,336 +28955,192 @@
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2AE29203" w14:textId="77777777" w:rsidR="001E01E8" w:rsidRDefault="00C77663" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date of execution</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7AEE91D1" w14:textId="77777777" w:rsidR="00784CC8" w:rsidRDefault="00784CC8" w:rsidP="0036154C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5C5F4292" w14:textId="77777777" w:rsidR="00784CC8" w:rsidRPr="00784CC8" w:rsidRDefault="00784CC8" w:rsidP="00784CC8">
+          <w:p w14:paraId="41B5AC9C" w14:textId="77777777" w:rsidR="001C6DC5" w:rsidRPr="00784CC8" w:rsidRDefault="001C6DC5" w:rsidP="001C6DC5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val=""/>
+                  <w:name w:val="Text12"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
-                  <w:textInput>
-[...2 lines deleted...]
-                  </w:textInput>
+                  <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r>
-[...166 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="52AB49E7" w14:textId="33B60B6F" w:rsidR="00784CC8" w:rsidRPr="00B6458B" w:rsidRDefault="00784CC8" w:rsidP="0036154C">
+          <w:p w14:paraId="52AB49E7" w14:textId="33B60B6F" w:rsidR="00784CC8" w:rsidRPr="00B6458B" w:rsidRDefault="00784CC8" w:rsidP="001C6DC5">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1993DEA0" w14:textId="77777777" w:rsidR="00C77663" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00C77663">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The following Support Coordinator’s Notation can only be completed by the Support Coordinator. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABC9146" w14:textId="77777777" w:rsidR="00C77663" w:rsidRPr="00B6458B" w:rsidRDefault="00C77663" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03E91BA0" w14:textId="3C65A601" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00E95F37">
+    <w:p w14:paraId="36D26BDF" w14:textId="4D9CB951" w:rsidR="008568E9" w:rsidRDefault="00EA68EA">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>If you are the Provider and have already completed and signed th</w:t>
       </w:r>
       <w:r w:rsidR="00855CE9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -25336,240 +29186,607 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to the </w:t>
       </w:r>
       <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator </w:t>
       </w:r>
       <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>for completion of the Support Coordinator’s notation</w:t>
+        <w:t xml:space="preserve">for completion of the Support Coordinator’s </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3CEA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidR="00D17794" w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>otation</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="008568E9">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4FB37A0D" w14:textId="5149BA88" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00D17794">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="_Hlk216026764"/>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Support Coordinator's Notation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BDB9697" w14:textId="77777777" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00D17794" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1BF42A71" w14:textId="77777777" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="_Hlk216033599"/>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This page is for the Support Coordinator only </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE94FB3" w14:textId="77777777" w:rsidR="00D17794" w:rsidRPr="00B6458B" w:rsidRDefault="00D17794" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F9AF72D" w14:textId="77777777" w:rsidR="009C7360" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
+    <w:p w14:paraId="59BFBBFE" w14:textId="77777777" w:rsidR="00DB5596" w:rsidRPr="00DB5596" w:rsidRDefault="00DB5596" w:rsidP="00DB5596">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="_Hlk216024188"/>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> funded in Schedule 2 and described in Appendix 1 of this </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Supports</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Replacement Support/s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to be used in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B9BF403" w14:textId="77777777" w:rsidR="00DB5596" w:rsidRPr="00DB5596" w:rsidRDefault="00DB5596" w:rsidP="00DB5596">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18ECF0C8" w14:textId="435F6FA7" w:rsidR="00DB5596" w:rsidRPr="00DB5596" w:rsidRDefault="00DB5596" w:rsidP="00DB5596">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding set </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3CEA">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">out </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">in Schedule 2 is available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">budget/s to be allocated to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>set out in Schedule 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DDEC64" w14:textId="77777777" w:rsidR="00DB5596" w:rsidRPr="00DB5596" w:rsidRDefault="00DB5596" w:rsidP="00DB5596">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C299F5" w14:textId="0A3F33FB" w:rsidR="00DB5596" w:rsidRPr="00EE320B" w:rsidRDefault="00DB5596" w:rsidP="00DB5596">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to perform a compliance and enforcement actions check through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NDIS </w:t>
+      </w:r>
+      <w:r w:rsidR="00682AE3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quality and Safeguards </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website to identify any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then immediately advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB5596">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE320B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24993FD8" w14:textId="77777777" w:rsidR="00DB5596" w:rsidRDefault="00DB5596" w:rsidP="00DB5596">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F9AF72D" w14:textId="2A5B4B18" w:rsidR="009C7360" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
-      </w:r>
+        <w:t xml:space="preserve">If you </w:t>
+      </w:r>
+      <w:r w:rsidR="000E76FF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">have </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">identified any errors or issues with the details in the Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>return to the provider to address</w:t>
+        <w:t>return</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00596EBE" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service P</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7360" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>rovider</w:t>
+      </w:r>
+      <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to address</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and </w:t>
       </w:r>
       <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">provide to the </w:t>
+        <w:t xml:space="preserve">provide </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E27">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00593E27">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement </w:t>
       </w:r>
       <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
         <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to the </w:t>
+      </w:r>
+      <w:r w:rsidR="009C7360" w:rsidRPr="00B6458B">
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="62"/>
     <w:p w14:paraId="7B676E81" w14:textId="77777777" w:rsidR="009C7360" w:rsidRPr="00B6458B" w:rsidRDefault="009C7360" w:rsidP="00274133">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:bookmarkEnd w:id="63"/>
     <w:p w14:paraId="3566BF84" w14:textId="77777777" w:rsidR="009C7360" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00056184">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6308ADA3" w14:textId="5B60FD64" w:rsidR="00056184" w:rsidRPr="00B6458B" w:rsidRDefault="00D955DE" w:rsidP="000C0337">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="61" w:name="Text9"/>
+      <w:bookmarkStart w:id="64" w:name="Text9"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -25593,51 +29810,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="64"/>
     </w:p>
     <w:p w14:paraId="488D8C56" w14:textId="77777777" w:rsidR="00056184" w:rsidRPr="00B6458B" w:rsidRDefault="00EA68EA" w:rsidP="00056184">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3FDFC5E6" w14:textId="2DCF59F4" w:rsidR="00056184" w:rsidRPr="00B6458B" w:rsidRDefault="00D955DE" w:rsidP="000C0337">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -25729,83 +29946,84 @@
       <w:r w:rsidRPr="00A943F7">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="-279265055"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="46E2892B" w14:textId="3438A061" w:rsidR="00056184" w:rsidRPr="00B6458B" w:rsidRDefault="009970C4" w:rsidP="00274133">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="347310A8" wp14:editId="659A629D">
                 <wp:extent cx="2743200" cy="1071649"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="13" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 13"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
-                        <a:blip r:embed="rId13">
+                        <a:blip r:embed="rId15">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2743200" cy="1071649"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
@@ -25917,124 +30135,58 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="499BC87F" w14:textId="2C4CF785" w:rsidR="00EA68EA" w:rsidRDefault="00EA68EA" w:rsidP="00056184">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00733D5C">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0CD7A3" w14:textId="77777777" w:rsidR="00D955DE" w:rsidRPr="00D424DB" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
+    <w:p w14:paraId="2E0CD7A3" w14:textId="35BC7F3A" w:rsidR="00D955DE" w:rsidRPr="00D424DB" w:rsidRDefault="00D955DE" w:rsidP="00D955DE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...64 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text3"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -26077,402 +30229,375 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / </w:t>
+        <w:t xml:space="preserve"> (eg d</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:fldChar w:fldCharType="begin">
-[...9 lines deleted...]
-        </w:fldChar>
+        <w:t>/m</w:t>
+      </w:r>
+      <w:r w:rsidR="0035729F">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
-[...90 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>/yyyy)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FCCE5AA" w14:textId="23E9DA8F" w:rsidR="00020042" w:rsidRPr="00020042" w:rsidRDefault="00020042" w:rsidP="00020042"/>
+    <w:bookmarkEnd w:id="61"/>
     <w:p w14:paraId="1FD46E7D" w14:textId="77777777" w:rsidR="00E64D26" w:rsidRDefault="00E64D26" w:rsidP="00CD0D07"/>
     <w:p w14:paraId="2B2BF1C6" w14:textId="77777777" w:rsidR="00E64D26" w:rsidRDefault="00E64D26" w:rsidP="00CD0D07">
       <w:pPr>
         <w:sectPr w:rsidR="00E64D26" w:rsidSect="007361C0">
-          <w:headerReference w:type="even" r:id="rId14"/>
-[...2 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:headerReference w:type="even" r:id="rId16"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
+          <w:footerReference w:type="default" r:id="rId18"/>
+          <w:headerReference w:type="first" r:id="rId19"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="180E34E8" w14:textId="77777777" w:rsidR="00E64D26" w:rsidRDefault="00E64D26" w:rsidP="00CD0D07"/>
-    <w:p w14:paraId="56D972B2" w14:textId="3E9E652C" w:rsidR="00E64D26" w:rsidRPr="00ED65DE" w:rsidRDefault="00E64D26" w:rsidP="00E64D26">
+    <w:p w14:paraId="56D972B2" w14:textId="3E9E652C" w:rsidR="00E64D26" w:rsidRPr="00ED65DE" w:rsidRDefault="00E64D26" w:rsidP="00B74488">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="_Hlk180067813"/>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Appendix 1: </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD09CF">
+        <w:t>Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:t xml:space="preserve"> of Supports</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="225D8755" w14:textId="2B34CC2C" w:rsidR="00E64D26" w:rsidRPr="00D70EB6" w:rsidRDefault="00E42808" w:rsidP="00FC773A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...34 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="63" w:name="_Hlk201844279"/>
-      <w:r w:rsidRPr="00D70EB6">
+      <w:bookmarkStart w:id="66" w:name="_Hlk201844279"/>
+      <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>This is a guide and subject to the other provisions of th</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D707A">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D70EB6" w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>is</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D70EB6">
+        <w:t>This is a guide and subject to the other provisions of th</w:t>
+      </w:r>
+      <w:r w:rsidR="008D707A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0034705F">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70EB6" w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>S</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0034705F" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ervice </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70EB6" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>A</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">ervice </w:t>
+      </w:r>
+      <w:r w:rsidR="0034705F" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>greement</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70EB6" w:rsidRPr="00B74488">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D70EB6">
+        <w:t>greement</w:t>
+      </w:r>
+      <w:r w:rsidR="0034705F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0081124A">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70EB6" w:rsidRPr="00D70EB6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">which </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006E193E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0081124A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">other </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D707A">
+        <w:t xml:space="preserve">which </w:t>
+      </w:r>
+      <w:r w:rsidR="006E193E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">provisions </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D70EB6">
+        <w:t xml:space="preserve">other </w:t>
+      </w:r>
+      <w:r w:rsidR="008D707A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t xml:space="preserve">provisions </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70EB6" w:rsidRPr="00D70EB6">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t>must be complied with.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkEnd w:id="66"/>
     <w:p w14:paraId="0F38174F" w14:textId="77777777" w:rsidR="00D70EB6" w:rsidRDefault="00D70EB6" w:rsidP="00D70EB6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3350"/>
         <w:gridCol w:w="3436"/>
         <w:gridCol w:w="3699"/>
         <w:gridCol w:w="2776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B94AB4" w14:paraId="36C7D83E" w14:textId="60E12280" w:rsidTr="00CC1A19">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="791D9953" w14:textId="01D1F1C6" w:rsidR="00B94AB4" w:rsidRDefault="00B94AB4" w:rsidP="00ED65DE">
+          <w:p w14:paraId="791D9953" w14:textId="44566625" w:rsidR="00B94AB4" w:rsidRDefault="00B94AB4" w:rsidP="00ED65DE">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Support as identified in NDIS plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="2"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(include Support Category</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">(include </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and Item name</w:t>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED65DE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">upport </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED65DE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ategory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>tem name</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8FEFFF" w14:textId="69B6143B" w:rsidR="00B94AB4" w:rsidRDefault="00B94AB4" w:rsidP="00350551">
+          <w:p w14:paraId="7F8FEFFF" w14:textId="5B7E98A9" w:rsidR="00B94AB4" w:rsidRDefault="00B94AB4" w:rsidP="00350551">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Support Description </w:t>
+              <w:t xml:space="preserve">Support </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
+              <w:t>d</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">escription </w:t>
             </w:r>
             <w:r w:rsidR="000703E3" w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(include details of</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000703E3" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>include</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="000703E3" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> details of</w:t>
             </w:r>
             <w:r w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> how the support will be delivered</w:t>
             </w:r>
             <w:r w:rsidR="000703E3" w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3699" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5363CD4D" w14:textId="76D1C72D" w:rsidR="00B94AB4" w:rsidRPr="00ED65DE" w:rsidRDefault="00B94AB4" w:rsidP="00ED65DE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -26503,92 +30628,157 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>separate line item,</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> must be deducted from maximum funding amount and service hours adjusted accordingly)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2776" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C93F016" w14:textId="06CE4F90" w:rsidR="00B94AB4" w:rsidRPr="000703E3" w:rsidRDefault="000703E3" w:rsidP="00B94AB4">
+          <w:p w14:paraId="0C93F016" w14:textId="4EB1E931" w:rsidR="00B94AB4" w:rsidRPr="000703E3" w:rsidRDefault="000703E3" w:rsidP="00B94AB4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000703E3">
               <w:t xml:space="preserve">Payments </w:t>
             </w:r>
             <w:r w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">include </w:t>
             </w:r>
-            <w:r w:rsidR="001601FD" w:rsidRPr="000703E3">
+            <w:r w:rsidR="00A56BE7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Funding Periods </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B94AB4" w:rsidRPr="000703E3">
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidR="001601FD" w:rsidRPr="000703E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>and Plan Management Method</w:t>
-            </w:r>
+              <w:t xml:space="preserve">unding </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="001601FD" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eriods </w:t>
+            </w:r>
+            <w:r w:rsidR="00B94AB4" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>p</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94AB4" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">lan </w:t>
+            </w:r>
+            <w:r w:rsidR="00A56BE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94AB4" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">anagement </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00A56BE7">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00B94AB4" w:rsidRPr="000703E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ethod</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="002F5129">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F5129" w:rsidRPr="00086E8A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">including </w:t>
             </w:r>
             <w:r w:rsidR="00EC493D" w:rsidRPr="00086E8A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">any </w:t>
             </w:r>
             <w:r w:rsidR="002F5129" w:rsidRPr="00086E8A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -26612,91 +30802,91 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA04E1" w14:paraId="42CF348F" w14:textId="60CF5B78" w:rsidTr="00CC1A19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27B643CB" w14:textId="2171FBB0" w:rsidR="00BA04E1" w:rsidRDefault="00BA04E1" w:rsidP="00BA04E1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="64" w:name="Text10"/>
+            <w:bookmarkStart w:id="67" w:name="Text10"/>
             <w:r>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="64"/>
+            <w:bookmarkEnd w:id="67"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16538AD4" w14:textId="09417289" w:rsidR="00BA04E1" w:rsidRDefault="00BA04E1" w:rsidP="00BA04E1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0072027C">
@@ -29560,81 +33750,177 @@
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="65"/>
     </w:tbl>
-    <w:p w14:paraId="770CF642" w14:textId="77777777" w:rsidR="00E64D26" w:rsidRPr="007C1297" w:rsidRDefault="00E64D26" w:rsidP="007C1297"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="706661F9" w14:textId="77777777" w:rsidR="005D268F" w:rsidRDefault="005D268F" w:rsidP="00593E27">
+      <w:pPr>
+        <w:sectPr w:rsidR="005D268F" w:rsidSect="007C1297">
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
+          <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+          <w:cols w:space="708"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D569106" w14:textId="6089F2A6" w:rsidR="005D268F" w:rsidRPr="00ED65DE" w:rsidRDefault="005D268F" w:rsidP="005D268F">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Appendix </w:t>
+      </w:r>
+      <w:r>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED65DE">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00F31FE9">
+        <w:t>'s</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Terms and Conditions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770CF642" w14:textId="77777777" w:rsidR="00E64D26" w:rsidRDefault="00E64D26" w:rsidP="00593E27"/>
+    <w:p w14:paraId="7D491A25" w14:textId="77777777" w:rsidR="00C80848" w:rsidRDefault="00C80848" w:rsidP="00593E27"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:id w:val="-509519116"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w14:paraId="4F3BB3DA" w14:textId="7321B206" w:rsidR="00C80848" w:rsidRPr="00EE320B" w:rsidRDefault="00C80848" w:rsidP="00593E27">
+          <w:pPr>
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00EE320B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Insert terms and conditions or </w:t>
+          </w:r>
+          <w:proofErr w:type="gramStart"/>
+          <w:r w:rsidRPr="00EE320B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>document/s</w:t>
+          </w:r>
+          <w:proofErr w:type="gramEnd"/>
+          <w:r w:rsidRPr="00EE320B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> containing terms and conditions </w:t>
+          </w:r>
+          <w:r w:rsidR="008056A6" w:rsidRPr="00EE320B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>below</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00EE320B">
+            <w:rPr>
+              <w:sz w:val="22"/>
+              <w:szCs w:val="22"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:sectPr w:rsidR="00C80848" w:rsidRPr="00EE320B" w:rsidSect="0059782D">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="2127" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="266D700F" w14:textId="77777777" w:rsidR="005133CD" w:rsidRDefault="005133CD" w:rsidP="003D7CC3">
+    <w:p w14:paraId="3F0C9409" w14:textId="77777777" w:rsidR="0009537C" w:rsidRDefault="0009537C" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33D2F9F9" w14:textId="77777777" w:rsidR="005133CD" w:rsidRDefault="005133CD" w:rsidP="003D7CC3">
+    <w:p w14:paraId="3E495D5D" w14:textId="77777777" w:rsidR="0009537C" w:rsidRDefault="0009537C" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2402E695" w14:textId="77777777" w:rsidR="005133CD" w:rsidRDefault="005133CD"/>
+    <w:p w14:paraId="63ECFF4B" w14:textId="77777777" w:rsidR="0009537C" w:rsidRDefault="0009537C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -29670,84 +33956,90 @@
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Daytona">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1876920105"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="128DD8E5" w14:textId="2C9258F8" w:rsidR="009A6FF2" w:rsidRPr="009A6FF2" w:rsidRDefault="009A6FF2" w:rsidP="009A6FF2">
+      <w:p w14:paraId="128DD8E5" w14:textId="6CCED67C" w:rsidR="009A6FF2" w:rsidRPr="009A6FF2" w:rsidRDefault="009A6FF2" w:rsidP="009A6FF2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Participant:</w:t>
         </w:r>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
@@ -29863,348 +34155,425 @@
           </w:rPr>
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-      <w:p w14:paraId="0528F393" w14:textId="386BA84C" w:rsidR="00DB7EAC" w:rsidRPr="009A6FF2" w:rsidRDefault="009A6FF2" w:rsidP="009A6FF2">
+      <w:p w14:paraId="0528F393" w14:textId="5DA71001" w:rsidR="00DB7EAC" w:rsidRPr="009A6FF2" w:rsidRDefault="009A6FF2" w:rsidP="009A6FF2">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Document Version</w:t>
         </w:r>
         <w:r w:rsidR="00EA397F">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t xml:space="preserve"> 5</w:t>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+        <w:r w:rsidR="00F002F2">
+          <w:rPr>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="009A6FF2">
           <w:rPr>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-410859837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="110FE29D" w14:textId="15F48330" w:rsidR="00605B67" w:rsidRPr="009A6FF2" w:rsidRDefault="00B4257E" w:rsidP="00B4257E">
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:id w:val="817150524"/>
+              <w:docPartObj>
+                <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
+                <w:docPartUnique/>
+              </w:docPartObj>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w14:paraId="54A112C3" w14:textId="6EECC71A" w:rsidR="00EE5984" w:rsidRPr="00B74488" w:rsidRDefault="00EE5984" w:rsidP="00B74488">
+                <w:pPr>
+                  <w:pStyle w:val="Footer"/>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Participant: </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">  ID: </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> STYLEREF  ParticipantID  \* MERGEFORMAT </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+              <w:p w14:paraId="4259A871" w14:textId="77777777" w:rsidR="00EE5984" w:rsidRPr="00B74488" w:rsidRDefault="00EE5984" w:rsidP="00B74488">
+                <w:pPr>
+                  <w:pStyle w:val="Footer"/>
+                  <w:jc w:val="right"/>
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">Page </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>2</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t xml:space="preserve"> of </w:t>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="begin"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="separate"/>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>19</w:t>
+                </w:r>
+                <w:r w:rsidRPr="00B74488">
+                  <w:rPr>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:fldChar w:fldCharType="end"/>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w14:paraId="049FDC95" w14:textId="72820F73" w:rsidR="00EE5984" w:rsidRPr="00B74488" w:rsidRDefault="00EE5984" w:rsidP="00B74488">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009A6FF2">
+            <w:r w:rsidRPr="00B74488">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Participant:</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009A6FF2">
+              <w:t xml:space="preserve">Document Version </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...41 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60299A65" w14:textId="77777777" w:rsidR="00640938" w:rsidRPr="009A6FF2" w:rsidRDefault="003544D5">
-[...95 lines deleted...]
-          <w:p w14:paraId="1E81903B" w14:textId="79B2EB75" w:rsidR="003544D5" w:rsidRDefault="00640938">
+          <w:p w14:paraId="1E81903B" w14:textId="09F56038" w:rsidR="003544D5" w:rsidRDefault="00EA6C67" w:rsidP="00EE5984">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
-            <w:r w:rsidRPr="009A6FF2">
-[...12 lines deleted...]
-            </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1057F779" w14:textId="77777777" w:rsidR="005133CD" w:rsidRDefault="005133CD" w:rsidP="003D7CC3">
+    <w:p w14:paraId="7C2441E8" w14:textId="77777777" w:rsidR="0009537C" w:rsidRDefault="0009537C" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="171E923A" w14:textId="77777777" w:rsidR="005133CD" w:rsidRDefault="005133CD" w:rsidP="003D7CC3">
+    <w:p w14:paraId="4B1D2537" w14:textId="77777777" w:rsidR="0009537C" w:rsidRDefault="0009537C" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="446A4F77" w14:textId="77777777" w:rsidR="005133CD" w:rsidRDefault="005133CD"/>
+    <w:p w14:paraId="2B5BDE82" w14:textId="77777777" w:rsidR="0009537C" w:rsidRDefault="0009537C"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="78B5875E" w14:textId="7B9BFBC8" w:rsidR="00B94AB4" w:rsidRPr="00ED65DE" w:rsidRDefault="00B94AB4" w:rsidP="00E64D26">
+    <w:p w14:paraId="78B5875E" w14:textId="1707AB5A" w:rsidR="00B94AB4" w:rsidRPr="00ED65DE" w:rsidRDefault="00B94AB4" w:rsidP="00E64D26">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following supports are not to be included in this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Service Agreement: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007C1297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Home and Living Supports with Occupancy Rights, Supported Disability </w:t>
+        <w:t xml:space="preserve">Home and Living </w:t>
+      </w:r>
+      <w:r w:rsidR="00A702AD" w:rsidRPr="00A702AD">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE320B" w:rsidRPr="00A702AD">
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>upports</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE320B" w:rsidRPr="007C1297">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C1297">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S</w:t>
+      </w:r>
+      <w:r w:rsidR="00A702AD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>pecialist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C1297">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Disability </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Accommodation</w:t>
       </w:r>
       <w:r w:rsidRPr="007C1297">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Support Coordination</w:t>
       </w:r>
@@ -30221,60 +34590,299 @@
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Plan Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00116F66">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="70FD447E" w14:textId="167B7C5F" w:rsidR="007C5284" w:rsidRDefault="007C5284" w:rsidP="007C5284">
+  <w:p w14:paraId="3E5082DB" w14:textId="4F301732" w:rsidR="00F11B05" w:rsidRDefault="00F11B05">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02F6C36B" wp14:editId="2B7FF300">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="926307091" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="08F33608" w14:textId="756C8F9E" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F11B05">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="02F6C36B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="08F33608" w14:textId="756C8F9E" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F11B05">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70FD447E" w14:textId="41E7C9E8" w:rsidR="007C5284" w:rsidRDefault="00F11B05" w:rsidP="007C5284">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7439A6CA" wp14:editId="217B918B">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="737396803" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2AE8DD03" w14:textId="427396FA" w:rsidR="00F11B05" w:rsidRPr="004C3F2B" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="004C3F2B">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="7439A6CA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="2AE8DD03" w14:textId="427396FA" w:rsidR="00F11B05" w:rsidRPr="004C3F2B" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="004C3F2B">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="007C5284">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD4483" wp14:editId="70FD4484">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="2" name="Picture 2" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -30284,57 +34892,57 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="007C5284">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD4485" wp14:editId="70FD4486">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="1" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -30348,126 +34956,585 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1952625" cy="495300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0FBD0DBF" w14:textId="49F2DF33" w:rsidR="00F75272" w:rsidRDefault="00F75272">
+  <w:p w14:paraId="493BB9EB" w14:textId="78AA4715" w:rsidR="00F11B05" w:rsidRDefault="00F11B05">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3775E837" wp14:editId="2B8CA37F">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1057444022" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0FE85072" w14:textId="5E62E028" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F11B05">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3775E837" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0FE85072" w14:textId="5E62E028" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F11B05">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="1DAFCCCE" w14:textId="056995E7" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="00DB7EAC" w:rsidP="00DB7EAC">
+  <w:p w14:paraId="0FBD0DBF" w14:textId="78C39A3D" w:rsidR="00F75272" w:rsidRDefault="00F11B05">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="030100CA" wp14:editId="79FD9E44">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1111691578" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="41BE99EA" w14:textId="482379DA" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F11B05">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="030100CA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251662336;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBd3zrmDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbkEVBYmJnXz9KjpOt22nYRaZJ6pF8fFre9q1hR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha2EAatKflKB367ev1t2rlAzqMFUyjMCsaHoXMlrRFdkWZC1akWYgFOWghp8K5B+/T6rvOgI&#10;vTXZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBITMlp94wnT6du3hmq6Uo9l64upHnNsQ/dNGKxlLR&#10;C9S9QMEOvvkDqm2khwAaJxLaDLRupEoz0DTT/M0021o4lWYhcoK70BT+H6x8PG7ds2fYf4GeFhgJ&#10;6VwoAjnjPL32bfxSp4ziROHpQpvqkUlyLmazm5wikkI3Hxfz+TyiZNfLzgf8qqBl0Si5p60kssTx&#10;IeCQOqbEWhY2jTFpM8b+5iDM6MmuHUYL+13PmoqKj93voDrRUB6GfQcnNw2VfhABn4WnBVO3JFp8&#10;okMb6EoOZ4uzGvyPv/ljPvFOUc46EkzJLSmaM/PN0j6itpIx/ZzPIxl+dO9Gwx7aOyAZTulFOJnM&#10;mIdmNLWH9pXkvI6FKCSspHIlx9G8w0G59BykWq9TEsnICXywWycjdKQrcvnSvwrvzoQjbeoRRjWJ&#10;4g3vQ268Gdz6gMR+WkqkdiDyzDhJMK31/Fyixn/9T1nXR736CQAA//8DAFBLAwQUAAYACAAAACEA&#10;insHsNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4&#10;UfpzXuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2Tg&#10;iwIsy8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUG&#10;e1o3VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSL&#10;ubiDgWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBd3zrmDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="41BE99EA" w14:textId="482379DA" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F11B05">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1DAFCCCE" w14:textId="49E80672" w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC" w:rsidRDefault="00F11B05" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00DB7EAC">
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="654C2AAA" wp14:editId="651D4FD5">
+              <wp:simplePos x="915035" y="450215"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2096483264" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3E73AA2A" w14:textId="7653EED0" w:rsidR="00F11B05" w:rsidRPr="004C3F2B" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="004C3F2B">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="654C2AAA" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 6" o:spid="_x0000_s1030" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251663360;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBe4ydWDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3bSJeuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3+svlw&#10;S4kPzFRMgRElPQtP71bv3y1bW4gZ1KAq4QiCGF+0tqR1CLbIMs9roZmfgBUGgxKcZgF/3SGrHGsR&#10;XatslueLrAVXWQdceI/ehz5IVwlfSsHDk5ReBKJKir2FdLp07uOZrZasODhm64YPbbB/6EKzxmDR&#10;C9QDC4wcXfMHlG64Aw8yTDjoDKRsuEgz4DTT/M00u5pZkWZBcry90OT/Hyx/PO3ssyOh+wIdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi3m83lEya6XrfPhqwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5zYGY0ZNdO4xW6PYdaaqSfhy730N1xqEc9Pv2lm8aLL1lPjwzhwvGblG0&#10;4QkPqaAtKQwWJTW4H3/zx3zkHaOUtCiYkhpUNCXqm8F9RG0lY/o5n0cy3Ojej4Y56ntAGU7xRVie&#10;zJgX1GhKB/oV5byOhTDEDMdyJQ2jeR965eJz4GK9TkkoI8vC1uwsj9CRrsjlS/fKnB0ID7ipRxjV&#10;xIo3vPe58aa362NA9tNSIrU9kQPjKMG01uG5RI3/+p+yro969RMAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXuMnVg0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3E73AA2A" w14:textId="7653EED0" w:rsidR="00F11B05" w:rsidRPr="004C3F2B" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="004C3F2B">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00DB7EAC" w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Office of the Public Advocate</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4B889A31" w14:textId="1475CA97" w:rsidR="001766B9" w:rsidRDefault="00DB7EAC" w:rsidP="00DB7EAC">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="00DB7EAC">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>Miscellaneous Service</w:t>
     </w:r>
     <w:r w:rsidR="00BD6BA5">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00C778C6">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
     <w:r w:rsidR="00BD6BA5">
       <w:rPr>
         <w:rFonts w:ascii="Daytona" w:hAnsi="Daytona"/>
       </w:rPr>
       <w:t xml:space="preserve"> Agreement</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2E829C69" w14:textId="1A5F0295" w:rsidR="00F75272" w:rsidRDefault="00F75272">
+  <w:p w14:paraId="2E829C69" w14:textId="246A9B66" w:rsidR="00F75272" w:rsidRDefault="00F11B05">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28D84E4E" wp14:editId="25237B01">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2003567302" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="38888CC2" w14:textId="698CD161" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00F11B05">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="28D84E4E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251661312;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzXJVrDAIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshwbkERBYmJnXz9KiZOt7WnYRaZJ6pF8fJrf9kazg/KhBVvy8SjnTFkJVWt3Jf/5vPr0&#10;hbOAwlZCg1UlP6rAbxcfP8w7V6gJNKAr5RmB2FB0ruQNoiuyLMhGGRFG4JSlYA3eCKRfv8sqLzpC&#10;Nzqb5Pks68BXzoNUIZD3/hTki4Rf10riY10HhUyXnHrDdPp0buOZLeai2Hnhmlae2xD/0IURraWi&#10;F6h7gYLtffsGyrTSQ4AaRxJMBnXdSpVmoGnG+atpNo1wKs1C5AR3oSn8P1j5cNi4J8+w/wY9LTAS&#10;0rlQBHLGefram/ilThnFicLjhTbVI5PknE0mNzlFJIVuPs+m02lEya6XnQ/4XYFh0Si5p60kssRh&#10;HfCUOqTEWhZWrdZpM9r+5SDM6MmuHUYL+23P2qrkqW70bKE60lAeTvsOTq5aKr0WAZ+EpwVTtyRa&#10;fKSj1tCVHM4WZw34X+/5Yz7xTlHOOhJMyS0pmjP9w9I+oraSMf6aTyMZfnBvB8PuzR2QDMf0IpxM&#10;ZsxDPZi1B/NCcl7GQhQSVlK5kuNg3uFJufQcpFouUxLJyAlc242TETrSFbl87l+Ed2fCkTb1AIOa&#10;RPGK91NuvBncco/EflrKlcgz4yTBtNbzc4ka//M/ZV0f9eI3AAAA//8DAFBLAwQUAAYACAAAACEA&#10;insHsNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4&#10;UfpzXuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2Tg&#10;iwIsy8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUG&#10;e1o3VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSL&#10;ubiDgWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAzXJVrDAIAABwEAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMB&#10;AAAPAAAAAAAAAAAAAAAAAGYEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbAUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="38888CC2" w14:textId="698CD161" w:rsidR="00F11B05" w:rsidRPr="00F11B05" w:rsidRDefault="00F11B05" w:rsidP="00F11B05">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00F11B05">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66D95352"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28EC6A38"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -30671,915 +35738,1338 @@
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="5up59AUkI1Z0C0qVBPjbYzI5bYrZdwGJTohMTOrgH9O0QNya1H8uQodFPHO84NFOThCkGuP2wTCt8YuWP6e8gA==" w:salt="3FizwHF1JsXgQhuhtonwXg=="/>
+  <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1YhMMy+UNbPjZ4DNLlHoOMm1o0oQRCOuG58n4hx2YcR2iuhwq6R0NpuJdhR06onci4sH++W63dRBiWu8+plBRA==" w:salt="fv3DSa4E90sAnzL1UpxUEQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
     <w:rsid w:val="00007867"/>
     <w:rsid w:val="00007C03"/>
+    <w:rsid w:val="000124A2"/>
     <w:rsid w:val="00013CCB"/>
+    <w:rsid w:val="00017561"/>
     <w:rsid w:val="00020042"/>
     <w:rsid w:val="00020529"/>
+    <w:rsid w:val="00021DBF"/>
+    <w:rsid w:val="00024BB1"/>
     <w:rsid w:val="00026AF1"/>
+    <w:rsid w:val="0002733E"/>
+    <w:rsid w:val="000311E7"/>
     <w:rsid w:val="0003215A"/>
+    <w:rsid w:val="00040B08"/>
     <w:rsid w:val="000413CE"/>
     <w:rsid w:val="000442B2"/>
     <w:rsid w:val="00045EAF"/>
     <w:rsid w:val="00050BE5"/>
     <w:rsid w:val="00051994"/>
+    <w:rsid w:val="000520AD"/>
+    <w:rsid w:val="0005387D"/>
     <w:rsid w:val="000543A6"/>
     <w:rsid w:val="00054716"/>
     <w:rsid w:val="00056184"/>
+    <w:rsid w:val="0006323B"/>
     <w:rsid w:val="000637EF"/>
     <w:rsid w:val="000660FF"/>
     <w:rsid w:val="000703E3"/>
+    <w:rsid w:val="00073968"/>
     <w:rsid w:val="00074C9D"/>
+    <w:rsid w:val="00075123"/>
     <w:rsid w:val="00076604"/>
     <w:rsid w:val="00077ACB"/>
     <w:rsid w:val="00080B99"/>
+    <w:rsid w:val="00080BFB"/>
+    <w:rsid w:val="000836AB"/>
     <w:rsid w:val="00086E8A"/>
     <w:rsid w:val="000875EB"/>
     <w:rsid w:val="000919EE"/>
     <w:rsid w:val="00092DBC"/>
+    <w:rsid w:val="0009537C"/>
     <w:rsid w:val="00097334"/>
+    <w:rsid w:val="000A0CEC"/>
     <w:rsid w:val="000A3FAF"/>
     <w:rsid w:val="000A44CC"/>
+    <w:rsid w:val="000A6114"/>
     <w:rsid w:val="000A6549"/>
     <w:rsid w:val="000A74CD"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000B4227"/>
     <w:rsid w:val="000B5DBB"/>
     <w:rsid w:val="000C0337"/>
     <w:rsid w:val="000C164D"/>
     <w:rsid w:val="000C218B"/>
+    <w:rsid w:val="000C4FCE"/>
     <w:rsid w:val="000C6244"/>
     <w:rsid w:val="000D1A62"/>
     <w:rsid w:val="000D3F5E"/>
+    <w:rsid w:val="000D512B"/>
     <w:rsid w:val="000D5C8E"/>
     <w:rsid w:val="000D6C8A"/>
     <w:rsid w:val="000D7163"/>
     <w:rsid w:val="000E0010"/>
+    <w:rsid w:val="000E010A"/>
+    <w:rsid w:val="000E34A2"/>
+    <w:rsid w:val="000E76FF"/>
     <w:rsid w:val="000F0E56"/>
     <w:rsid w:val="000F0FF5"/>
+    <w:rsid w:val="000F3C03"/>
     <w:rsid w:val="00103629"/>
     <w:rsid w:val="00103982"/>
+    <w:rsid w:val="0010610A"/>
+    <w:rsid w:val="001061AA"/>
     <w:rsid w:val="00106EE6"/>
     <w:rsid w:val="00113D43"/>
+    <w:rsid w:val="00115A80"/>
     <w:rsid w:val="00116F66"/>
     <w:rsid w:val="00122F92"/>
     <w:rsid w:val="00125C88"/>
     <w:rsid w:val="00126385"/>
     <w:rsid w:val="001277A2"/>
     <w:rsid w:val="0013020A"/>
     <w:rsid w:val="00131F35"/>
     <w:rsid w:val="00134943"/>
+    <w:rsid w:val="00136E44"/>
+    <w:rsid w:val="001419E8"/>
     <w:rsid w:val="00142FAC"/>
     <w:rsid w:val="00146F98"/>
     <w:rsid w:val="0014762F"/>
     <w:rsid w:val="00152F31"/>
     <w:rsid w:val="00154784"/>
+    <w:rsid w:val="00156B7D"/>
     <w:rsid w:val="001601FD"/>
+    <w:rsid w:val="00161D2F"/>
     <w:rsid w:val="00161D81"/>
     <w:rsid w:val="001656B6"/>
     <w:rsid w:val="00170576"/>
+    <w:rsid w:val="00170C43"/>
     <w:rsid w:val="00172995"/>
     <w:rsid w:val="0017404B"/>
     <w:rsid w:val="001766B9"/>
+    <w:rsid w:val="00176F32"/>
     <w:rsid w:val="00176F47"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
     <w:rsid w:val="00183DCF"/>
     <w:rsid w:val="001840FC"/>
+    <w:rsid w:val="0018510F"/>
+    <w:rsid w:val="00185713"/>
+    <w:rsid w:val="00185F1C"/>
     <w:rsid w:val="001912E4"/>
+    <w:rsid w:val="00195265"/>
     <w:rsid w:val="001A0318"/>
+    <w:rsid w:val="001A3144"/>
+    <w:rsid w:val="001A4606"/>
+    <w:rsid w:val="001A6108"/>
+    <w:rsid w:val="001A74FE"/>
     <w:rsid w:val="001B23C4"/>
     <w:rsid w:val="001B50FE"/>
     <w:rsid w:val="001B6ABD"/>
     <w:rsid w:val="001C0FCE"/>
     <w:rsid w:val="001C1989"/>
     <w:rsid w:val="001C1CDF"/>
     <w:rsid w:val="001C2AA9"/>
     <w:rsid w:val="001C4247"/>
+    <w:rsid w:val="001C4F47"/>
     <w:rsid w:val="001C6CAD"/>
+    <w:rsid w:val="001C6DC5"/>
+    <w:rsid w:val="001C7144"/>
     <w:rsid w:val="001C7722"/>
     <w:rsid w:val="001D0CA2"/>
     <w:rsid w:val="001D1C34"/>
     <w:rsid w:val="001D25FF"/>
     <w:rsid w:val="001D47C7"/>
+    <w:rsid w:val="001D48F7"/>
     <w:rsid w:val="001D52C7"/>
+    <w:rsid w:val="001D7F77"/>
     <w:rsid w:val="001E01E8"/>
     <w:rsid w:val="001E195D"/>
     <w:rsid w:val="001E3BA8"/>
+    <w:rsid w:val="001E3E4C"/>
     <w:rsid w:val="001E7214"/>
+    <w:rsid w:val="001F0027"/>
     <w:rsid w:val="001F1212"/>
+    <w:rsid w:val="001F18EC"/>
     <w:rsid w:val="001F358A"/>
     <w:rsid w:val="001F5939"/>
     <w:rsid w:val="001F7592"/>
     <w:rsid w:val="001F7654"/>
     <w:rsid w:val="00202F74"/>
     <w:rsid w:val="00214C6C"/>
     <w:rsid w:val="00231613"/>
+    <w:rsid w:val="00233E42"/>
     <w:rsid w:val="0023572A"/>
     <w:rsid w:val="002401A7"/>
     <w:rsid w:val="00242121"/>
     <w:rsid w:val="0024741B"/>
     <w:rsid w:val="00250BB6"/>
+    <w:rsid w:val="002519D8"/>
+    <w:rsid w:val="00252B2C"/>
     <w:rsid w:val="00261162"/>
     <w:rsid w:val="00262614"/>
     <w:rsid w:val="0026387B"/>
     <w:rsid w:val="0026436F"/>
     <w:rsid w:val="002659FF"/>
+    <w:rsid w:val="0026795B"/>
     <w:rsid w:val="002714EA"/>
+    <w:rsid w:val="00272166"/>
+    <w:rsid w:val="00273DEC"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
     <w:rsid w:val="00280CC7"/>
     <w:rsid w:val="00280E15"/>
     <w:rsid w:val="0028161A"/>
     <w:rsid w:val="00283740"/>
+    <w:rsid w:val="00285E77"/>
     <w:rsid w:val="00290497"/>
+    <w:rsid w:val="00290CDA"/>
     <w:rsid w:val="002922E3"/>
     <w:rsid w:val="00293E0E"/>
+    <w:rsid w:val="002A1868"/>
     <w:rsid w:val="002A1D25"/>
     <w:rsid w:val="002A2966"/>
     <w:rsid w:val="002A34D4"/>
+    <w:rsid w:val="002B6C29"/>
     <w:rsid w:val="002B6F34"/>
     <w:rsid w:val="002C0AC6"/>
     <w:rsid w:val="002C69CC"/>
+    <w:rsid w:val="002C6F9D"/>
+    <w:rsid w:val="002D2435"/>
+    <w:rsid w:val="002D48BD"/>
+    <w:rsid w:val="002D7031"/>
     <w:rsid w:val="002E0C26"/>
+    <w:rsid w:val="002E4AD0"/>
+    <w:rsid w:val="002E5641"/>
     <w:rsid w:val="002F125D"/>
+    <w:rsid w:val="002F221F"/>
     <w:rsid w:val="002F5129"/>
     <w:rsid w:val="002F5B0D"/>
+    <w:rsid w:val="003016B1"/>
+    <w:rsid w:val="0030308E"/>
     <w:rsid w:val="00303906"/>
+    <w:rsid w:val="0031077C"/>
+    <w:rsid w:val="00312CB0"/>
+    <w:rsid w:val="00313407"/>
     <w:rsid w:val="003161DB"/>
+    <w:rsid w:val="003279C6"/>
     <w:rsid w:val="00327C28"/>
     <w:rsid w:val="003308D5"/>
+    <w:rsid w:val="00332207"/>
     <w:rsid w:val="00332F5E"/>
+    <w:rsid w:val="00333C31"/>
     <w:rsid w:val="003340EA"/>
+    <w:rsid w:val="0033432D"/>
     <w:rsid w:val="003405AD"/>
+    <w:rsid w:val="00344DD9"/>
     <w:rsid w:val="003454E2"/>
+    <w:rsid w:val="0034570A"/>
     <w:rsid w:val="0034705F"/>
     <w:rsid w:val="003476B7"/>
+    <w:rsid w:val="00347FB9"/>
     <w:rsid w:val="00350551"/>
     <w:rsid w:val="003544D5"/>
+    <w:rsid w:val="0035729F"/>
     <w:rsid w:val="00362882"/>
     <w:rsid w:val="003664D9"/>
     <w:rsid w:val="0036771A"/>
     <w:rsid w:val="00371BBB"/>
+    <w:rsid w:val="003733EF"/>
     <w:rsid w:val="00376350"/>
+    <w:rsid w:val="00376AEE"/>
+    <w:rsid w:val="00383D96"/>
     <w:rsid w:val="00383DA6"/>
     <w:rsid w:val="003840C4"/>
+    <w:rsid w:val="00384C27"/>
     <w:rsid w:val="00385336"/>
     <w:rsid w:val="00387062"/>
     <w:rsid w:val="00391DA6"/>
     <w:rsid w:val="003937E3"/>
+    <w:rsid w:val="00395963"/>
     <w:rsid w:val="00395AA7"/>
     <w:rsid w:val="0039689E"/>
     <w:rsid w:val="003A431B"/>
     <w:rsid w:val="003A61FA"/>
     <w:rsid w:val="003A6F04"/>
     <w:rsid w:val="003B1E17"/>
+    <w:rsid w:val="003B4FD5"/>
     <w:rsid w:val="003B7CBC"/>
     <w:rsid w:val="003B7D3F"/>
+    <w:rsid w:val="003C2EAA"/>
     <w:rsid w:val="003C3E4A"/>
+    <w:rsid w:val="003C5136"/>
     <w:rsid w:val="003D257F"/>
     <w:rsid w:val="003D2F93"/>
     <w:rsid w:val="003D38FF"/>
+    <w:rsid w:val="003D41A6"/>
+    <w:rsid w:val="003D4D57"/>
+    <w:rsid w:val="003D50E3"/>
     <w:rsid w:val="003D573D"/>
     <w:rsid w:val="003D7CC3"/>
     <w:rsid w:val="003E1C19"/>
     <w:rsid w:val="003E21DA"/>
     <w:rsid w:val="003E2248"/>
     <w:rsid w:val="003E2596"/>
+    <w:rsid w:val="003E2D73"/>
     <w:rsid w:val="003E6C79"/>
     <w:rsid w:val="003F069A"/>
     <w:rsid w:val="003F0BA2"/>
     <w:rsid w:val="003F26EA"/>
+    <w:rsid w:val="003F7876"/>
     <w:rsid w:val="003F7DFE"/>
     <w:rsid w:val="00403A50"/>
     <w:rsid w:val="004108B8"/>
     <w:rsid w:val="00412AB5"/>
+    <w:rsid w:val="00414E6F"/>
     <w:rsid w:val="00414F2E"/>
     <w:rsid w:val="00415073"/>
+    <w:rsid w:val="00415C04"/>
     <w:rsid w:val="00417010"/>
     <w:rsid w:val="004170FF"/>
+    <w:rsid w:val="00420797"/>
     <w:rsid w:val="00423CFE"/>
     <w:rsid w:val="00424AEB"/>
     <w:rsid w:val="0042548D"/>
     <w:rsid w:val="00426353"/>
     <w:rsid w:val="0043003D"/>
+    <w:rsid w:val="00430B40"/>
     <w:rsid w:val="004322F8"/>
+    <w:rsid w:val="00433F56"/>
     <w:rsid w:val="00434849"/>
     <w:rsid w:val="004357D4"/>
     <w:rsid w:val="0043647D"/>
     <w:rsid w:val="0043744B"/>
     <w:rsid w:val="0044081F"/>
+    <w:rsid w:val="004418B0"/>
+    <w:rsid w:val="00441974"/>
+    <w:rsid w:val="00443A25"/>
+    <w:rsid w:val="00444E1D"/>
     <w:rsid w:val="0044712B"/>
     <w:rsid w:val="00453B11"/>
     <w:rsid w:val="00454555"/>
     <w:rsid w:val="004617B3"/>
     <w:rsid w:val="00461BE6"/>
     <w:rsid w:val="00463E4D"/>
+    <w:rsid w:val="00465472"/>
     <w:rsid w:val="00466825"/>
     <w:rsid w:val="00471B4F"/>
     <w:rsid w:val="00472699"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
     <w:rsid w:val="00475B95"/>
+    <w:rsid w:val="00475EF4"/>
+    <w:rsid w:val="00476834"/>
+    <w:rsid w:val="00477C17"/>
+    <w:rsid w:val="0049065E"/>
     <w:rsid w:val="00492507"/>
     <w:rsid w:val="00494DC5"/>
     <w:rsid w:val="00496048"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004A0970"/>
     <w:rsid w:val="004A4590"/>
     <w:rsid w:val="004A46CB"/>
     <w:rsid w:val="004A529A"/>
     <w:rsid w:val="004A5C58"/>
     <w:rsid w:val="004A5F40"/>
     <w:rsid w:val="004B6732"/>
+    <w:rsid w:val="004B6E43"/>
+    <w:rsid w:val="004C23A3"/>
+    <w:rsid w:val="004C3F2B"/>
     <w:rsid w:val="004C4E58"/>
     <w:rsid w:val="004C6B57"/>
     <w:rsid w:val="004C6BA8"/>
     <w:rsid w:val="004D0826"/>
+    <w:rsid w:val="004D191B"/>
+    <w:rsid w:val="004D1959"/>
+    <w:rsid w:val="004D3CEA"/>
+    <w:rsid w:val="004D4DA7"/>
     <w:rsid w:val="004D5569"/>
+    <w:rsid w:val="004D721B"/>
+    <w:rsid w:val="004D73BA"/>
     <w:rsid w:val="004E25D6"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
+    <w:rsid w:val="004E6934"/>
     <w:rsid w:val="004F2B37"/>
+    <w:rsid w:val="004F2C18"/>
     <w:rsid w:val="004F2D34"/>
     <w:rsid w:val="004F4CAF"/>
+    <w:rsid w:val="004F659D"/>
     <w:rsid w:val="00506702"/>
+    <w:rsid w:val="00510CAF"/>
     <w:rsid w:val="00511A0F"/>
+    <w:rsid w:val="00511A56"/>
+    <w:rsid w:val="00511E95"/>
     <w:rsid w:val="00512AF5"/>
-    <w:rsid w:val="005133CD"/>
     <w:rsid w:val="00514801"/>
     <w:rsid w:val="00514EE0"/>
     <w:rsid w:val="005166D8"/>
+    <w:rsid w:val="00517CFA"/>
     <w:rsid w:val="00521843"/>
     <w:rsid w:val="005223E0"/>
     <w:rsid w:val="0053056D"/>
     <w:rsid w:val="00530B6F"/>
+    <w:rsid w:val="00532116"/>
+    <w:rsid w:val="00533FBF"/>
     <w:rsid w:val="00535A79"/>
+    <w:rsid w:val="005441D9"/>
     <w:rsid w:val="00546DDF"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
     <w:rsid w:val="00552E1E"/>
+    <w:rsid w:val="005532C5"/>
+    <w:rsid w:val="00555ACE"/>
     <w:rsid w:val="0055683C"/>
+    <w:rsid w:val="005570DA"/>
+    <w:rsid w:val="0055786A"/>
+    <w:rsid w:val="005579B8"/>
     <w:rsid w:val="00560F73"/>
+    <w:rsid w:val="00563AB9"/>
+    <w:rsid w:val="005655FD"/>
     <w:rsid w:val="00566DAF"/>
     <w:rsid w:val="005672C5"/>
     <w:rsid w:val="005676FC"/>
     <w:rsid w:val="00572A36"/>
+    <w:rsid w:val="00572D3B"/>
     <w:rsid w:val="005731F1"/>
     <w:rsid w:val="00573E87"/>
+    <w:rsid w:val="005771CC"/>
     <w:rsid w:val="00580B21"/>
+    <w:rsid w:val="005828FB"/>
     <w:rsid w:val="005848A4"/>
     <w:rsid w:val="00584EDC"/>
     <w:rsid w:val="0058500A"/>
     <w:rsid w:val="0059241F"/>
+    <w:rsid w:val="00592C18"/>
+    <w:rsid w:val="00593E27"/>
     <w:rsid w:val="0059506F"/>
     <w:rsid w:val="00595925"/>
     <w:rsid w:val="00596B74"/>
+    <w:rsid w:val="00596EBE"/>
+    <w:rsid w:val="0059782D"/>
     <w:rsid w:val="005A26C0"/>
     <w:rsid w:val="005A3793"/>
     <w:rsid w:val="005A4A46"/>
     <w:rsid w:val="005A685F"/>
+    <w:rsid w:val="005A7D16"/>
     <w:rsid w:val="005B039A"/>
     <w:rsid w:val="005B14B7"/>
+    <w:rsid w:val="005B6E78"/>
     <w:rsid w:val="005C0F62"/>
+    <w:rsid w:val="005C1DC3"/>
+    <w:rsid w:val="005C3214"/>
     <w:rsid w:val="005C788F"/>
     <w:rsid w:val="005D0A14"/>
     <w:rsid w:val="005D1317"/>
     <w:rsid w:val="005D17D8"/>
     <w:rsid w:val="005D1804"/>
     <w:rsid w:val="005D21C0"/>
     <w:rsid w:val="005D249F"/>
+    <w:rsid w:val="005D268F"/>
     <w:rsid w:val="005D2BE9"/>
     <w:rsid w:val="005D2E64"/>
+    <w:rsid w:val="005D3B2D"/>
+    <w:rsid w:val="005D5F70"/>
+    <w:rsid w:val="005D7AE5"/>
     <w:rsid w:val="005E0B98"/>
     <w:rsid w:val="005E0D06"/>
     <w:rsid w:val="005E3FA5"/>
     <w:rsid w:val="005E6251"/>
     <w:rsid w:val="005E6AEA"/>
     <w:rsid w:val="005F1EE3"/>
     <w:rsid w:val="005F4836"/>
+    <w:rsid w:val="006011AE"/>
     <w:rsid w:val="00605B67"/>
+    <w:rsid w:val="0061510E"/>
+    <w:rsid w:val="006160F9"/>
     <w:rsid w:val="0061744B"/>
+    <w:rsid w:val="0061758F"/>
     <w:rsid w:val="00622FB7"/>
     <w:rsid w:val="00623EFD"/>
     <w:rsid w:val="00626896"/>
+    <w:rsid w:val="00633B0A"/>
+    <w:rsid w:val="00635378"/>
     <w:rsid w:val="00640938"/>
+    <w:rsid w:val="006429E9"/>
+    <w:rsid w:val="0064692A"/>
+    <w:rsid w:val="006470A1"/>
     <w:rsid w:val="0064730B"/>
     <w:rsid w:val="00653637"/>
+    <w:rsid w:val="0065382F"/>
+    <w:rsid w:val="0065597A"/>
     <w:rsid w:val="00660E42"/>
     <w:rsid w:val="006629A5"/>
     <w:rsid w:val="00662EBA"/>
+    <w:rsid w:val="00664101"/>
     <w:rsid w:val="0066477A"/>
     <w:rsid w:val="00665AC0"/>
+    <w:rsid w:val="006660C7"/>
     <w:rsid w:val="0066620B"/>
+    <w:rsid w:val="00672DFD"/>
     <w:rsid w:val="00677CCF"/>
+    <w:rsid w:val="00680977"/>
+    <w:rsid w:val="00682AE3"/>
+    <w:rsid w:val="00683A32"/>
     <w:rsid w:val="006872BE"/>
     <w:rsid w:val="00687BE3"/>
     <w:rsid w:val="00690D50"/>
     <w:rsid w:val="00690F6F"/>
     <w:rsid w:val="006910B6"/>
     <w:rsid w:val="00691394"/>
+    <w:rsid w:val="0069286D"/>
+    <w:rsid w:val="006934C1"/>
+    <w:rsid w:val="0069502F"/>
     <w:rsid w:val="0069538A"/>
     <w:rsid w:val="006956F8"/>
+    <w:rsid w:val="00696A9E"/>
+    <w:rsid w:val="00696D17"/>
     <w:rsid w:val="006A05E6"/>
     <w:rsid w:val="006A32F6"/>
     <w:rsid w:val="006A3F3A"/>
+    <w:rsid w:val="006A5EF7"/>
     <w:rsid w:val="006A7BFF"/>
+    <w:rsid w:val="006B20EE"/>
+    <w:rsid w:val="006B2790"/>
+    <w:rsid w:val="006B27F3"/>
     <w:rsid w:val="006B4070"/>
     <w:rsid w:val="006C03B7"/>
+    <w:rsid w:val="006C2D7E"/>
     <w:rsid w:val="006C4121"/>
     <w:rsid w:val="006C709B"/>
     <w:rsid w:val="006C7D92"/>
+    <w:rsid w:val="006D043C"/>
     <w:rsid w:val="006D1CED"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
     <w:rsid w:val="006D68D8"/>
     <w:rsid w:val="006E193E"/>
     <w:rsid w:val="006E1FCD"/>
+    <w:rsid w:val="006E54AB"/>
+    <w:rsid w:val="006F64A7"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="00702EC4"/>
     <w:rsid w:val="00710C00"/>
     <w:rsid w:val="007112C4"/>
     <w:rsid w:val="00712A23"/>
+    <w:rsid w:val="007139BF"/>
+    <w:rsid w:val="00713BDA"/>
+    <w:rsid w:val="00714F3D"/>
     <w:rsid w:val="007202E5"/>
     <w:rsid w:val="00723A51"/>
     <w:rsid w:val="0072425E"/>
     <w:rsid w:val="00724EE9"/>
+    <w:rsid w:val="00726C7E"/>
     <w:rsid w:val="00727151"/>
     <w:rsid w:val="00733D5C"/>
     <w:rsid w:val="00735AD3"/>
     <w:rsid w:val="007361C0"/>
+    <w:rsid w:val="007424BB"/>
     <w:rsid w:val="007476CA"/>
     <w:rsid w:val="00752221"/>
+    <w:rsid w:val="0075506C"/>
     <w:rsid w:val="00755548"/>
     <w:rsid w:val="0075658A"/>
     <w:rsid w:val="00760230"/>
     <w:rsid w:val="00761E69"/>
     <w:rsid w:val="00764A60"/>
     <w:rsid w:val="0076671A"/>
     <w:rsid w:val="007702AD"/>
     <w:rsid w:val="007704AA"/>
     <w:rsid w:val="00770AB4"/>
     <w:rsid w:val="0077217E"/>
     <w:rsid w:val="0077315E"/>
     <w:rsid w:val="007734D2"/>
     <w:rsid w:val="0077534F"/>
+    <w:rsid w:val="00775A6B"/>
+    <w:rsid w:val="00780793"/>
     <w:rsid w:val="00781357"/>
     <w:rsid w:val="00781C7A"/>
     <w:rsid w:val="00783389"/>
     <w:rsid w:val="00784CC8"/>
+    <w:rsid w:val="00785FCC"/>
     <w:rsid w:val="007866F6"/>
     <w:rsid w:val="007872D8"/>
     <w:rsid w:val="00787364"/>
     <w:rsid w:val="00787539"/>
     <w:rsid w:val="007924D6"/>
     <w:rsid w:val="0079310C"/>
+    <w:rsid w:val="00793642"/>
+    <w:rsid w:val="00793A35"/>
+    <w:rsid w:val="00797E03"/>
     <w:rsid w:val="007A4B6C"/>
     <w:rsid w:val="007A4FE2"/>
     <w:rsid w:val="007A5784"/>
     <w:rsid w:val="007A6711"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007B1462"/>
     <w:rsid w:val="007B1A0A"/>
     <w:rsid w:val="007B290B"/>
     <w:rsid w:val="007B2A75"/>
     <w:rsid w:val="007B51D2"/>
     <w:rsid w:val="007B6347"/>
     <w:rsid w:val="007C1297"/>
     <w:rsid w:val="007C5284"/>
+    <w:rsid w:val="007C5517"/>
     <w:rsid w:val="007C5E48"/>
+    <w:rsid w:val="007C77B9"/>
     <w:rsid w:val="007C7CB7"/>
     <w:rsid w:val="007D3C33"/>
+    <w:rsid w:val="007D5B22"/>
+    <w:rsid w:val="007D6329"/>
     <w:rsid w:val="007D6CB3"/>
+    <w:rsid w:val="007D6F63"/>
     <w:rsid w:val="007D7A46"/>
     <w:rsid w:val="007E0E86"/>
+    <w:rsid w:val="007E178D"/>
     <w:rsid w:val="007E24F2"/>
     <w:rsid w:val="007E336B"/>
     <w:rsid w:val="007E3BAC"/>
     <w:rsid w:val="007E40C5"/>
+    <w:rsid w:val="007E4D0A"/>
     <w:rsid w:val="007E6912"/>
+    <w:rsid w:val="007F1221"/>
+    <w:rsid w:val="007F2C70"/>
     <w:rsid w:val="007F2D2E"/>
+    <w:rsid w:val="007F2D7E"/>
     <w:rsid w:val="007F488E"/>
+    <w:rsid w:val="007F6825"/>
+    <w:rsid w:val="007F75D2"/>
+    <w:rsid w:val="008056A6"/>
+    <w:rsid w:val="00805AFB"/>
+    <w:rsid w:val="00806ECE"/>
     <w:rsid w:val="0081124A"/>
+    <w:rsid w:val="00816FB2"/>
     <w:rsid w:val="008205C2"/>
+    <w:rsid w:val="00823695"/>
+    <w:rsid w:val="00824F17"/>
     <w:rsid w:val="008324C4"/>
     <w:rsid w:val="00833A79"/>
     <w:rsid w:val="00836F8F"/>
+    <w:rsid w:val="00837D7B"/>
     <w:rsid w:val="00840800"/>
     <w:rsid w:val="00841B8A"/>
     <w:rsid w:val="0084638A"/>
+    <w:rsid w:val="00847410"/>
     <w:rsid w:val="00847BA6"/>
     <w:rsid w:val="008500BC"/>
     <w:rsid w:val="008522E2"/>
     <w:rsid w:val="00855CE9"/>
     <w:rsid w:val="00855D65"/>
     <w:rsid w:val="0085628F"/>
     <w:rsid w:val="008566A2"/>
     <w:rsid w:val="008568E9"/>
     <w:rsid w:val="00860BCC"/>
     <w:rsid w:val="0086190A"/>
     <w:rsid w:val="008625A5"/>
+    <w:rsid w:val="008627B3"/>
     <w:rsid w:val="008634CA"/>
+    <w:rsid w:val="00863D08"/>
+    <w:rsid w:val="00865871"/>
     <w:rsid w:val="00866A6E"/>
     <w:rsid w:val="00867604"/>
     <w:rsid w:val="008678D9"/>
+    <w:rsid w:val="00870C92"/>
+    <w:rsid w:val="00872957"/>
+    <w:rsid w:val="00874FE6"/>
     <w:rsid w:val="0087763E"/>
     <w:rsid w:val="00877E64"/>
+    <w:rsid w:val="00883FFD"/>
     <w:rsid w:val="0088624D"/>
     <w:rsid w:val="00893E6A"/>
+    <w:rsid w:val="00895571"/>
     <w:rsid w:val="008967FE"/>
+    <w:rsid w:val="008A1BF9"/>
+    <w:rsid w:val="008A204B"/>
+    <w:rsid w:val="008A387B"/>
     <w:rsid w:val="008A3985"/>
     <w:rsid w:val="008A5399"/>
+    <w:rsid w:val="008A68B8"/>
     <w:rsid w:val="008A6F84"/>
     <w:rsid w:val="008B04E7"/>
     <w:rsid w:val="008B1278"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B28D0"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008B3B76"/>
     <w:rsid w:val="008B5B99"/>
     <w:rsid w:val="008B6856"/>
     <w:rsid w:val="008B6EFC"/>
     <w:rsid w:val="008C0F66"/>
     <w:rsid w:val="008C2196"/>
+    <w:rsid w:val="008C4D36"/>
+    <w:rsid w:val="008C688F"/>
     <w:rsid w:val="008C7065"/>
+    <w:rsid w:val="008D16DE"/>
+    <w:rsid w:val="008D3898"/>
     <w:rsid w:val="008D49C6"/>
-    <w:rsid w:val="008D631C"/>
     <w:rsid w:val="008D707A"/>
     <w:rsid w:val="008D7D7F"/>
+    <w:rsid w:val="008E0344"/>
     <w:rsid w:val="008E1505"/>
+    <w:rsid w:val="008E585D"/>
+    <w:rsid w:val="008F09A6"/>
+    <w:rsid w:val="008F185E"/>
     <w:rsid w:val="008F2716"/>
+    <w:rsid w:val="008F3F67"/>
     <w:rsid w:val="008F6DEF"/>
+    <w:rsid w:val="009047D6"/>
     <w:rsid w:val="0090578D"/>
+    <w:rsid w:val="009062F3"/>
     <w:rsid w:val="009117E2"/>
+    <w:rsid w:val="00911F9B"/>
+    <w:rsid w:val="00912350"/>
+    <w:rsid w:val="00912B32"/>
+    <w:rsid w:val="00913813"/>
     <w:rsid w:val="00913827"/>
     <w:rsid w:val="00915D9B"/>
     <w:rsid w:val="00916EDF"/>
     <w:rsid w:val="0091742B"/>
+    <w:rsid w:val="00924ADC"/>
+    <w:rsid w:val="00926AE6"/>
+    <w:rsid w:val="00927E57"/>
     <w:rsid w:val="0093051B"/>
+    <w:rsid w:val="009335F7"/>
     <w:rsid w:val="00934212"/>
     <w:rsid w:val="00935277"/>
     <w:rsid w:val="0094022E"/>
     <w:rsid w:val="009466BE"/>
     <w:rsid w:val="00952EFB"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="00956FA2"/>
+    <w:rsid w:val="00964C38"/>
     <w:rsid w:val="00965F81"/>
     <w:rsid w:val="00966059"/>
     <w:rsid w:val="00971C71"/>
     <w:rsid w:val="00972060"/>
+    <w:rsid w:val="00973CEC"/>
     <w:rsid w:val="00974043"/>
+    <w:rsid w:val="00980108"/>
     <w:rsid w:val="009802D7"/>
+    <w:rsid w:val="00981C24"/>
+    <w:rsid w:val="00981E17"/>
+    <w:rsid w:val="00983D42"/>
     <w:rsid w:val="00984D5A"/>
+    <w:rsid w:val="0098739B"/>
+    <w:rsid w:val="009900C4"/>
     <w:rsid w:val="009919C7"/>
     <w:rsid w:val="0099407F"/>
     <w:rsid w:val="00995AD9"/>
     <w:rsid w:val="009970C4"/>
     <w:rsid w:val="009A10E3"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A3250"/>
     <w:rsid w:val="009A4518"/>
     <w:rsid w:val="009A51D1"/>
     <w:rsid w:val="009A6FF2"/>
     <w:rsid w:val="009A79F7"/>
     <w:rsid w:val="009B544C"/>
     <w:rsid w:val="009C7360"/>
+    <w:rsid w:val="009C7C24"/>
+    <w:rsid w:val="009C7FC0"/>
     <w:rsid w:val="009D6979"/>
+    <w:rsid w:val="009D71AC"/>
+    <w:rsid w:val="009E1CE2"/>
+    <w:rsid w:val="009E20E6"/>
     <w:rsid w:val="009E2B35"/>
     <w:rsid w:val="009E7268"/>
     <w:rsid w:val="009F074C"/>
+    <w:rsid w:val="009F18D9"/>
+    <w:rsid w:val="009F2471"/>
     <w:rsid w:val="009F2588"/>
+    <w:rsid w:val="009F2B19"/>
+    <w:rsid w:val="009F366F"/>
     <w:rsid w:val="009F3AB7"/>
+    <w:rsid w:val="009F49EC"/>
     <w:rsid w:val="009F4CB7"/>
     <w:rsid w:val="009F51E0"/>
+    <w:rsid w:val="009F62E2"/>
     <w:rsid w:val="00A016E8"/>
     <w:rsid w:val="00A05A3C"/>
     <w:rsid w:val="00A073A2"/>
     <w:rsid w:val="00A13A19"/>
     <w:rsid w:val="00A15A3F"/>
     <w:rsid w:val="00A178C4"/>
     <w:rsid w:val="00A17974"/>
-    <w:rsid w:val="00A21DFF"/>
+    <w:rsid w:val="00A22151"/>
     <w:rsid w:val="00A24A99"/>
     <w:rsid w:val="00A25A1C"/>
     <w:rsid w:val="00A308AC"/>
+    <w:rsid w:val="00A32D6B"/>
     <w:rsid w:val="00A36439"/>
     <w:rsid w:val="00A36BEE"/>
+    <w:rsid w:val="00A4111E"/>
     <w:rsid w:val="00A424AF"/>
     <w:rsid w:val="00A51276"/>
+    <w:rsid w:val="00A515AF"/>
     <w:rsid w:val="00A52AFE"/>
     <w:rsid w:val="00A52C7B"/>
+    <w:rsid w:val="00A532BA"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A547FE"/>
+    <w:rsid w:val="00A56BE7"/>
+    <w:rsid w:val="00A5799E"/>
     <w:rsid w:val="00A645AE"/>
+    <w:rsid w:val="00A67FDD"/>
+    <w:rsid w:val="00A702AD"/>
     <w:rsid w:val="00A7262B"/>
     <w:rsid w:val="00A72F60"/>
     <w:rsid w:val="00A758FE"/>
+    <w:rsid w:val="00A77AAE"/>
+    <w:rsid w:val="00A77D2A"/>
+    <w:rsid w:val="00A8071A"/>
+    <w:rsid w:val="00A823C6"/>
     <w:rsid w:val="00A82BA6"/>
+    <w:rsid w:val="00A83392"/>
+    <w:rsid w:val="00A85A08"/>
     <w:rsid w:val="00A86A98"/>
     <w:rsid w:val="00A90E16"/>
     <w:rsid w:val="00A93FA3"/>
     <w:rsid w:val="00A942E0"/>
     <w:rsid w:val="00A943F7"/>
     <w:rsid w:val="00A94E36"/>
     <w:rsid w:val="00A96C16"/>
+    <w:rsid w:val="00AA0294"/>
     <w:rsid w:val="00AA1075"/>
+    <w:rsid w:val="00AA2F9E"/>
     <w:rsid w:val="00AA305F"/>
     <w:rsid w:val="00AB1B11"/>
+    <w:rsid w:val="00AB2BD5"/>
+    <w:rsid w:val="00AB7B07"/>
     <w:rsid w:val="00AB7F10"/>
     <w:rsid w:val="00AC235D"/>
     <w:rsid w:val="00AC37E0"/>
     <w:rsid w:val="00AD01AD"/>
+    <w:rsid w:val="00AD0237"/>
     <w:rsid w:val="00AD12BC"/>
     <w:rsid w:val="00AD31F8"/>
     <w:rsid w:val="00AD5F09"/>
+    <w:rsid w:val="00AE09FF"/>
+    <w:rsid w:val="00AE20E0"/>
     <w:rsid w:val="00AE2D31"/>
+    <w:rsid w:val="00AE3CF9"/>
     <w:rsid w:val="00AF4156"/>
     <w:rsid w:val="00AF4620"/>
     <w:rsid w:val="00AF5AB2"/>
     <w:rsid w:val="00AF5DFD"/>
     <w:rsid w:val="00B0095F"/>
+    <w:rsid w:val="00B020C0"/>
     <w:rsid w:val="00B04ADF"/>
     <w:rsid w:val="00B11D21"/>
+    <w:rsid w:val="00B12DE1"/>
     <w:rsid w:val="00B13BF4"/>
     <w:rsid w:val="00B227E9"/>
     <w:rsid w:val="00B2435F"/>
+    <w:rsid w:val="00B27004"/>
     <w:rsid w:val="00B27AF8"/>
+    <w:rsid w:val="00B32AF9"/>
     <w:rsid w:val="00B33D04"/>
     <w:rsid w:val="00B3568D"/>
     <w:rsid w:val="00B356E6"/>
     <w:rsid w:val="00B36B26"/>
     <w:rsid w:val="00B40518"/>
     <w:rsid w:val="00B4257E"/>
+    <w:rsid w:val="00B439A0"/>
+    <w:rsid w:val="00B43E1D"/>
     <w:rsid w:val="00B45FA5"/>
+    <w:rsid w:val="00B46171"/>
     <w:rsid w:val="00B46EB0"/>
     <w:rsid w:val="00B4794F"/>
+    <w:rsid w:val="00B53E50"/>
+    <w:rsid w:val="00B55CD6"/>
     <w:rsid w:val="00B56C1F"/>
     <w:rsid w:val="00B57A04"/>
     <w:rsid w:val="00B60734"/>
     <w:rsid w:val="00B60D3F"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B61F92"/>
     <w:rsid w:val="00B620BB"/>
     <w:rsid w:val="00B62341"/>
     <w:rsid w:val="00B6458B"/>
     <w:rsid w:val="00B707A8"/>
+    <w:rsid w:val="00B713E0"/>
+    <w:rsid w:val="00B725D5"/>
     <w:rsid w:val="00B72814"/>
+    <w:rsid w:val="00B74488"/>
     <w:rsid w:val="00B747FC"/>
     <w:rsid w:val="00B76C66"/>
+    <w:rsid w:val="00B7796D"/>
     <w:rsid w:val="00B807AB"/>
     <w:rsid w:val="00B84D81"/>
     <w:rsid w:val="00B868A9"/>
+    <w:rsid w:val="00B91135"/>
+    <w:rsid w:val="00B9178D"/>
     <w:rsid w:val="00B932B3"/>
     <w:rsid w:val="00B934AF"/>
     <w:rsid w:val="00B94AB4"/>
     <w:rsid w:val="00B9574D"/>
     <w:rsid w:val="00B95F02"/>
+    <w:rsid w:val="00BA0214"/>
     <w:rsid w:val="00BA02AF"/>
     <w:rsid w:val="00BA04E1"/>
+    <w:rsid w:val="00BA25B1"/>
     <w:rsid w:val="00BA30D5"/>
+    <w:rsid w:val="00BB36C6"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00BB47E7"/>
     <w:rsid w:val="00BB71C8"/>
+    <w:rsid w:val="00BB7730"/>
+    <w:rsid w:val="00BC440D"/>
     <w:rsid w:val="00BC7629"/>
     <w:rsid w:val="00BC772C"/>
     <w:rsid w:val="00BD4579"/>
     <w:rsid w:val="00BD6BA5"/>
+    <w:rsid w:val="00BE0091"/>
     <w:rsid w:val="00BE119E"/>
     <w:rsid w:val="00BE1DFA"/>
+    <w:rsid w:val="00BE26CA"/>
     <w:rsid w:val="00BE3AF4"/>
     <w:rsid w:val="00BE3C44"/>
+    <w:rsid w:val="00BE72E9"/>
     <w:rsid w:val="00BF0658"/>
     <w:rsid w:val="00BF7320"/>
+    <w:rsid w:val="00C03C1F"/>
     <w:rsid w:val="00C070BE"/>
     <w:rsid w:val="00C1180F"/>
     <w:rsid w:val="00C14A7D"/>
     <w:rsid w:val="00C20691"/>
+    <w:rsid w:val="00C2085D"/>
     <w:rsid w:val="00C20F62"/>
+    <w:rsid w:val="00C22605"/>
     <w:rsid w:val="00C269E7"/>
     <w:rsid w:val="00C33212"/>
     <w:rsid w:val="00C34C10"/>
     <w:rsid w:val="00C3767F"/>
     <w:rsid w:val="00C379CD"/>
     <w:rsid w:val="00C37BFA"/>
+    <w:rsid w:val="00C44165"/>
+    <w:rsid w:val="00C44FB0"/>
     <w:rsid w:val="00C466C0"/>
+    <w:rsid w:val="00C47841"/>
+    <w:rsid w:val="00C47A3E"/>
     <w:rsid w:val="00C51157"/>
     <w:rsid w:val="00C537E1"/>
+    <w:rsid w:val="00C54E72"/>
     <w:rsid w:val="00C55C43"/>
+    <w:rsid w:val="00C565F6"/>
     <w:rsid w:val="00C56E9A"/>
     <w:rsid w:val="00C60AB0"/>
+    <w:rsid w:val="00C61DF6"/>
+    <w:rsid w:val="00C6290A"/>
     <w:rsid w:val="00C64DD1"/>
     <w:rsid w:val="00C73291"/>
     <w:rsid w:val="00C7523A"/>
     <w:rsid w:val="00C76D87"/>
     <w:rsid w:val="00C77663"/>
     <w:rsid w:val="00C778C6"/>
+    <w:rsid w:val="00C80848"/>
     <w:rsid w:val="00C92544"/>
     <w:rsid w:val="00C9290D"/>
     <w:rsid w:val="00C92DC3"/>
     <w:rsid w:val="00C933AD"/>
+    <w:rsid w:val="00C94EBD"/>
+    <w:rsid w:val="00C954C8"/>
     <w:rsid w:val="00C95BF1"/>
     <w:rsid w:val="00CA013E"/>
     <w:rsid w:val="00CA1F47"/>
     <w:rsid w:val="00CA3D35"/>
     <w:rsid w:val="00CA622B"/>
+    <w:rsid w:val="00CA7389"/>
+    <w:rsid w:val="00CA7946"/>
     <w:rsid w:val="00CB0672"/>
     <w:rsid w:val="00CB20B7"/>
+    <w:rsid w:val="00CB3CE8"/>
     <w:rsid w:val="00CB536B"/>
     <w:rsid w:val="00CB595C"/>
+    <w:rsid w:val="00CB6BAC"/>
     <w:rsid w:val="00CC09F5"/>
     <w:rsid w:val="00CC1355"/>
+    <w:rsid w:val="00CC187F"/>
     <w:rsid w:val="00CC1A19"/>
     <w:rsid w:val="00CC2506"/>
     <w:rsid w:val="00CC637B"/>
     <w:rsid w:val="00CD0D07"/>
     <w:rsid w:val="00CD19D6"/>
+    <w:rsid w:val="00CD2560"/>
     <w:rsid w:val="00CD42BB"/>
     <w:rsid w:val="00CD6BCA"/>
+    <w:rsid w:val="00CD736F"/>
+    <w:rsid w:val="00CD769D"/>
     <w:rsid w:val="00CE19F5"/>
     <w:rsid w:val="00CE2E27"/>
+    <w:rsid w:val="00CE45CC"/>
+    <w:rsid w:val="00CE54AD"/>
     <w:rsid w:val="00CE5924"/>
     <w:rsid w:val="00CE6975"/>
+    <w:rsid w:val="00CF0811"/>
     <w:rsid w:val="00CF0D5D"/>
+    <w:rsid w:val="00CF176E"/>
+    <w:rsid w:val="00CF3527"/>
+    <w:rsid w:val="00CF4B79"/>
     <w:rsid w:val="00CF6578"/>
     <w:rsid w:val="00D011B3"/>
+    <w:rsid w:val="00D01612"/>
     <w:rsid w:val="00D01DE0"/>
     <w:rsid w:val="00D029F8"/>
+    <w:rsid w:val="00D02CDA"/>
     <w:rsid w:val="00D03351"/>
     <w:rsid w:val="00D0341E"/>
     <w:rsid w:val="00D06A24"/>
+    <w:rsid w:val="00D06B44"/>
     <w:rsid w:val="00D10F0B"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D14350"/>
     <w:rsid w:val="00D147D5"/>
+    <w:rsid w:val="00D14C4F"/>
+    <w:rsid w:val="00D16545"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D207A1"/>
     <w:rsid w:val="00D225E5"/>
+    <w:rsid w:val="00D2488D"/>
+    <w:rsid w:val="00D25E48"/>
     <w:rsid w:val="00D269FF"/>
+    <w:rsid w:val="00D335F5"/>
     <w:rsid w:val="00D33DF2"/>
     <w:rsid w:val="00D3655D"/>
     <w:rsid w:val="00D36B4A"/>
     <w:rsid w:val="00D37874"/>
     <w:rsid w:val="00D37C50"/>
     <w:rsid w:val="00D40862"/>
     <w:rsid w:val="00D424DB"/>
     <w:rsid w:val="00D430D8"/>
     <w:rsid w:val="00D439DA"/>
+    <w:rsid w:val="00D47EF9"/>
+    <w:rsid w:val="00D51CA3"/>
     <w:rsid w:val="00D51E2E"/>
+    <w:rsid w:val="00D53786"/>
+    <w:rsid w:val="00D577AD"/>
+    <w:rsid w:val="00D57EE9"/>
+    <w:rsid w:val="00D61668"/>
     <w:rsid w:val="00D625B7"/>
     <w:rsid w:val="00D63D3D"/>
     <w:rsid w:val="00D70EB6"/>
+    <w:rsid w:val="00D73703"/>
     <w:rsid w:val="00D74067"/>
+    <w:rsid w:val="00D760FF"/>
+    <w:rsid w:val="00D7690B"/>
+    <w:rsid w:val="00D77646"/>
+    <w:rsid w:val="00D80D87"/>
+    <w:rsid w:val="00D82951"/>
+    <w:rsid w:val="00D83111"/>
+    <w:rsid w:val="00D838F2"/>
     <w:rsid w:val="00D872D4"/>
     <w:rsid w:val="00D91C70"/>
     <w:rsid w:val="00D955DE"/>
     <w:rsid w:val="00D9741A"/>
+    <w:rsid w:val="00D978E7"/>
+    <w:rsid w:val="00D97D55"/>
     <w:rsid w:val="00D97ECD"/>
     <w:rsid w:val="00DA5AA3"/>
     <w:rsid w:val="00DA7F5D"/>
+    <w:rsid w:val="00DB07E1"/>
     <w:rsid w:val="00DB530E"/>
+    <w:rsid w:val="00DB5596"/>
     <w:rsid w:val="00DB5810"/>
     <w:rsid w:val="00DB712A"/>
+    <w:rsid w:val="00DB7E9C"/>
     <w:rsid w:val="00DB7EAC"/>
+    <w:rsid w:val="00DC02BC"/>
     <w:rsid w:val="00DC5437"/>
     <w:rsid w:val="00DC55FF"/>
     <w:rsid w:val="00DC5713"/>
     <w:rsid w:val="00DC5F15"/>
+    <w:rsid w:val="00DC6599"/>
+    <w:rsid w:val="00DC7B18"/>
     <w:rsid w:val="00DD0208"/>
     <w:rsid w:val="00DD09CF"/>
+    <w:rsid w:val="00DD1C57"/>
+    <w:rsid w:val="00DD32C8"/>
     <w:rsid w:val="00DD4301"/>
     <w:rsid w:val="00DD58A5"/>
     <w:rsid w:val="00DD59B0"/>
     <w:rsid w:val="00DD5BAC"/>
     <w:rsid w:val="00DE0602"/>
     <w:rsid w:val="00DE1250"/>
     <w:rsid w:val="00DE13CD"/>
+    <w:rsid w:val="00DE4F0D"/>
+    <w:rsid w:val="00DE562F"/>
+    <w:rsid w:val="00DE6314"/>
     <w:rsid w:val="00DE70AA"/>
     <w:rsid w:val="00DF5852"/>
+    <w:rsid w:val="00E008EC"/>
     <w:rsid w:val="00E044F3"/>
     <w:rsid w:val="00E04794"/>
     <w:rsid w:val="00E05FB2"/>
     <w:rsid w:val="00E07119"/>
+    <w:rsid w:val="00E07AF2"/>
     <w:rsid w:val="00E07D78"/>
     <w:rsid w:val="00E112FE"/>
+    <w:rsid w:val="00E1152A"/>
+    <w:rsid w:val="00E12B97"/>
     <w:rsid w:val="00E17258"/>
     <w:rsid w:val="00E238A0"/>
     <w:rsid w:val="00E25BBF"/>
     <w:rsid w:val="00E269D6"/>
     <w:rsid w:val="00E331C0"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
+    <w:rsid w:val="00E34DD5"/>
     <w:rsid w:val="00E35851"/>
+    <w:rsid w:val="00E427CC"/>
+    <w:rsid w:val="00E42808"/>
     <w:rsid w:val="00E5018C"/>
     <w:rsid w:val="00E50927"/>
+    <w:rsid w:val="00E511AA"/>
     <w:rsid w:val="00E51528"/>
     <w:rsid w:val="00E55F3F"/>
+    <w:rsid w:val="00E56617"/>
+    <w:rsid w:val="00E61787"/>
     <w:rsid w:val="00E62D07"/>
     <w:rsid w:val="00E6347B"/>
     <w:rsid w:val="00E64D26"/>
     <w:rsid w:val="00E664EB"/>
     <w:rsid w:val="00E66CE7"/>
+    <w:rsid w:val="00E67009"/>
+    <w:rsid w:val="00E70F50"/>
+    <w:rsid w:val="00E716F6"/>
     <w:rsid w:val="00E72F7F"/>
+    <w:rsid w:val="00E7360C"/>
     <w:rsid w:val="00E737AF"/>
     <w:rsid w:val="00E825BE"/>
     <w:rsid w:val="00E8360E"/>
     <w:rsid w:val="00E83676"/>
+    <w:rsid w:val="00E87E8C"/>
     <w:rsid w:val="00E87FB3"/>
     <w:rsid w:val="00E919A3"/>
+    <w:rsid w:val="00E91DD5"/>
+    <w:rsid w:val="00E93114"/>
     <w:rsid w:val="00E93487"/>
     <w:rsid w:val="00E9455B"/>
     <w:rsid w:val="00E95F37"/>
     <w:rsid w:val="00EA0459"/>
     <w:rsid w:val="00EA397F"/>
     <w:rsid w:val="00EA49DF"/>
+    <w:rsid w:val="00EA5439"/>
+    <w:rsid w:val="00EA5A74"/>
     <w:rsid w:val="00EA68EA"/>
+    <w:rsid w:val="00EA6C67"/>
     <w:rsid w:val="00EA7DED"/>
     <w:rsid w:val="00EB0AE4"/>
+    <w:rsid w:val="00EB66B3"/>
+    <w:rsid w:val="00EC0C43"/>
+    <w:rsid w:val="00EC0DA3"/>
     <w:rsid w:val="00EC13E8"/>
+    <w:rsid w:val="00EC20C8"/>
     <w:rsid w:val="00EC3490"/>
+    <w:rsid w:val="00EC3D17"/>
     <w:rsid w:val="00EC493D"/>
     <w:rsid w:val="00ED3B2B"/>
     <w:rsid w:val="00ED5900"/>
     <w:rsid w:val="00ED7314"/>
+    <w:rsid w:val="00ED7CA5"/>
+    <w:rsid w:val="00EE012D"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE24B1"/>
     <w:rsid w:val="00EE25EC"/>
+    <w:rsid w:val="00EE320B"/>
+    <w:rsid w:val="00EE52F6"/>
+    <w:rsid w:val="00EE5984"/>
     <w:rsid w:val="00EE72CA"/>
     <w:rsid w:val="00EF0D83"/>
+    <w:rsid w:val="00EF2DCF"/>
     <w:rsid w:val="00EF5BFA"/>
     <w:rsid w:val="00EF7787"/>
+    <w:rsid w:val="00EF7840"/>
+    <w:rsid w:val="00F002F2"/>
     <w:rsid w:val="00F00DF1"/>
+    <w:rsid w:val="00F02DB3"/>
+    <w:rsid w:val="00F03D6F"/>
+    <w:rsid w:val="00F04467"/>
+    <w:rsid w:val="00F07ED5"/>
+    <w:rsid w:val="00F11B05"/>
     <w:rsid w:val="00F13D68"/>
     <w:rsid w:val="00F15D0D"/>
+    <w:rsid w:val="00F16F23"/>
+    <w:rsid w:val="00F20F1B"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F2410B"/>
+    <w:rsid w:val="00F242BF"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F2628F"/>
+    <w:rsid w:val="00F2743E"/>
     <w:rsid w:val="00F311D2"/>
+    <w:rsid w:val="00F31FE9"/>
     <w:rsid w:val="00F32454"/>
     <w:rsid w:val="00F36197"/>
     <w:rsid w:val="00F36854"/>
+    <w:rsid w:val="00F410E5"/>
+    <w:rsid w:val="00F422C8"/>
+    <w:rsid w:val="00F423CA"/>
     <w:rsid w:val="00F43F92"/>
     <w:rsid w:val="00F45796"/>
+    <w:rsid w:val="00F45D30"/>
     <w:rsid w:val="00F4772F"/>
+    <w:rsid w:val="00F47A5D"/>
+    <w:rsid w:val="00F53A9B"/>
     <w:rsid w:val="00F549E6"/>
     <w:rsid w:val="00F554DD"/>
     <w:rsid w:val="00F55750"/>
     <w:rsid w:val="00F60541"/>
+    <w:rsid w:val="00F614BE"/>
     <w:rsid w:val="00F6578C"/>
+    <w:rsid w:val="00F667A3"/>
+    <w:rsid w:val="00F71FEC"/>
     <w:rsid w:val="00F72C93"/>
     <w:rsid w:val="00F7353D"/>
     <w:rsid w:val="00F738F6"/>
     <w:rsid w:val="00F75272"/>
     <w:rsid w:val="00F77A39"/>
     <w:rsid w:val="00F833D3"/>
+    <w:rsid w:val="00F836D3"/>
     <w:rsid w:val="00F90C5E"/>
     <w:rsid w:val="00F92073"/>
     <w:rsid w:val="00F92E50"/>
     <w:rsid w:val="00F96924"/>
-    <w:rsid w:val="00FA328B"/>
     <w:rsid w:val="00FA5764"/>
     <w:rsid w:val="00FB1979"/>
+    <w:rsid w:val="00FB227D"/>
     <w:rsid w:val="00FB27A7"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FB5A0F"/>
+    <w:rsid w:val="00FB7DA3"/>
     <w:rsid w:val="00FC2623"/>
     <w:rsid w:val="00FC584F"/>
+    <w:rsid w:val="00FC757D"/>
     <w:rsid w:val="00FC76EB"/>
     <w:rsid w:val="00FC773A"/>
     <w:rsid w:val="00FC7E90"/>
     <w:rsid w:val="00FD0A91"/>
     <w:rsid w:val="00FD1500"/>
     <w:rsid w:val="00FD3688"/>
+    <w:rsid w:val="00FD4912"/>
     <w:rsid w:val="00FD6C95"/>
     <w:rsid w:val="00FD6D60"/>
     <w:rsid w:val="00FD7741"/>
     <w:rsid w:val="00FE0C83"/>
+    <w:rsid w:val="00FE5D28"/>
+    <w:rsid w:val="00FE788F"/>
     <w:rsid w:val="00FF0704"/>
+    <w:rsid w:val="00FF0838"/>
     <w:rsid w:val="00FF104A"/>
+    <w:rsid w:val="00FF2524"/>
     <w:rsid w:val="00FF4B40"/>
     <w:rsid w:val="00FF62F9"/>
     <w:rsid w:val="00FF6DC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
+  <w15:docId w15:val="{F85A94A6-1C20-4DA7-B908-86B6CC83EF30}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-[...4 lines deleted...]
-    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -31919,162 +37409,160 @@
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00784CC8"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
+    <w:aliases w:val="No numbers,h1,H1,Level 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
+    <w:aliases w:val="h2,Attribute Heading 2,body,test,l2,list 2,list 2,heading 2TOC,Head 2,List level 2,2,Header 2,H2,h2 main heading,B Sub/Bold,B Sub/Bold1,B Sub/Bold2,B Sub/Bold11,h2 main heading1,h2 main heading2,B Sub/Bold3,B Sub/Bold12,h2 main heading3,Para2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C20F62"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
+    <w:aliases w:val="H3,H31,h3,H32,H33,H311,Subhead B,Heading C,h3 sub heading,sub Italic,proj3,proj31,proj32,proj33,proj34,proj35,proj36,proj37,proj38,proj39,proj310,proj311,proj312,proj321,proj331,proj341,proj351,proj361,proj371,proj381,proj391,proj3101,Head 3,3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C33212"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
+    <w:aliases w:val="h4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00A15A3F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00596B74"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="243F60"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
-    <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00596B74"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00596B74"/>
     <w:pPr>
@@ -32140,92 +37628,96 @@
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
+    <w:aliases w:val="No numbers Char,h1 Char,H1 Char,Level 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="365F91"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
+    <w:aliases w:val="h2 Char,Attribute Heading 2 Char,body Char,test Char,l2 Char,list 2 Char,list 2 Char,heading 2TOC Char,Head 2 Char,List level 2 Char,2 Char,Header 2 Char,H2 Char,h2 main heading Char,B Sub/Bold Char,B Sub/Bold1 Char,B Sub/Bold2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C20F62"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
+    <w:aliases w:val="H3 Char,H31 Char,h3 Char,H32 Char,H33 Char,H311 Char,Subhead B Char,Heading C Char,h3 sub heading Char,sub Italic Char,proj3 Char,proj31 Char,proj32 Char,proj33 Char,proj34 Char,proj35 Char,proj36 Char,proj37 Char,proj38 Char,proj39 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00C33212"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
+    <w:aliases w:val="h4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00A15A3F"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00596B74"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
       <w:color w:val="243F60"/>
       <w:sz w:val="24"/>
     </w:rPr>
@@ -33181,61 +38673,689 @@
                                                 </w:div>
                                               </w:divsChild>
                                             </w:div>
                                           </w:divsChild>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+</file>
+
+<file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:docParts>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{83E7D5CA-232C-4E50-A4CA-F3F269E9A0F2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00A741DB" w:rsidRDefault="00A741DB">
+          <w:r w:rsidRPr="00B25B25">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+  </w:docParts>
+</w:glossaryDocument>
+</file>
+
+<file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="FSMe-Bold">
+    <w:altName w:val="Cambria"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="4D"/>
+    <w:family w:val="auto"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Daytona">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002EF" w:usb1="0000000A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="normal"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00A741DB"/>
+    <w:rsid w:val="00475EF4"/>
+    <w:rsid w:val="00714F3D"/>
+    <w:rsid w:val="00A741DB"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:chartTrackingRefBased/>
+</w:settings>
+</file>
+
+<file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="PlaceholderText">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A741DB"/>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -33505,51 +39625,56 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
@@ -33641,165 +39766,194 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>33754</Characters>
+  <Pages>24</Pages>
+  <Words>7257</Words>
+  <Characters>38974</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>865</Lines>
-  <Paragraphs>482</Paragraphs>
+  <Lines>950</Lines>
+  <Paragraphs>519</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Miscellaneous Services Deed Form</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39580</CharactersWithSpaces>
+  <CharactersWithSpaces>45712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Miscellaneous Services Deed Form</dc:title>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Hoskins, Frances</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID2">
+    <vt:lpwstr>1482125R4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID3">
+    <vt:lpwstr>1482125R3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
     <vt:lpwstr>1482125R1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID3">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
     <vt:lpwstr>1426496R6</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID7">
     <vt:lpwstr>1426496R2</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID8">
     <vt:lpwstr>1426496R1</vt:lpwstr>
-  </property>
-[...4 lines deleted...]
-    <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="WebdocsID">
-    <vt:lpwstr>1482125R3</vt:lpwstr>
+    <vt:lpwstr>1482125R5</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="sTmpGUID">
-    <vt:lpwstr>77a7c7c6-06d3-41a0-9ab2-26afa7fdbf1b</vt:lpwstr>
+    <vt:lpwstr>55232da2-dc7e-48a1-89cb-a5fd9b52f977</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>3f0750b6,37365313,2bf3c843,776c02c6,4243113a,7cf5cbc0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T01:24:18Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>63a6dc96-ad58-4a45-b210-d3e2618cd995</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>