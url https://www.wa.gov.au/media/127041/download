--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,60 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3DCE4C6F" w14:textId="77777777" w:rsidR="00F06EDA" w:rsidRDefault="00F06EDA" w:rsidP="001E2E6A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00E447FF" w:rsidRPr="001E2E6A">
         <w:t xml:space="preserve"> Amendment Schedule</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E669B6F" w14:textId="3B51A859" w:rsidR="00CC1355" w:rsidRPr="001E2E6A" w:rsidRDefault="00F06EDA" w:rsidP="001E2E6A">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00347999" w:rsidRPr="001E2E6A">
         <w:t xml:space="preserve">xisting </w:t>
       </w:r>
       <w:r>
         <w:t>S</w:t>
       </w:r>
@@ -2384,56 +2386,65 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001B267A" w14:paraId="735532AA" w14:textId="77777777" w:rsidTr="007D528E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3793" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="426D7769" w14:textId="77777777" w:rsidR="001B267A" w:rsidRDefault="001B267A" w:rsidP="007D528E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Support Coordination (SC) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D955DE">
               <w:rPr>
                 <w:rStyle w:val="Heading5Char"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>Organisation Name</w:t>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00D955DE">
+              <w:rPr>
+                <w:rStyle w:val="Heading5Char"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C8AC930" w14:textId="77777777" w:rsidR="001B267A" w:rsidRDefault="001B267A" w:rsidP="007D528E">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
@@ -4225,51 +4236,67 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2500BDE7" w14:textId="03AE57DE" w:rsidR="00A36E37" w:rsidRPr="00A16F45" w:rsidRDefault="00A36E37" w:rsidP="00A16F45">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A16F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GST Exempt</w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A16F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A16F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under section 33 (2) of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F45">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS Act </w:t>
       </w:r>
       <w:r w:rsidR="00A16F45" w:rsidRPr="00A16F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>set out in the Participant’s NDIS plan currently in effect under section 37 of the NDIS Act.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205B24BE" w14:textId="77777777" w:rsidR="00A36E37" w:rsidRPr="00A16F45" w:rsidRDefault="00A36E37" w:rsidP="0026436F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -8222,51 +8249,67 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
       <w:r w:rsidR="00B825C6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">this Schedule reflects an agreement reached between the parties to: </w:t>
+        <w:t xml:space="preserve">this Schedule reflects an agreement reached between the parties </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A87CD6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A87CD6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79AC13BC" w14:textId="7AFF1626" w:rsidR="00A87CD6" w:rsidRDefault="00A87CD6" w:rsidP="00A87CD6">
       <w:pPr>
         <w:ind w:left="993" w:hanging="273"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
@@ -8557,51 +8600,50 @@
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12734">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:id w:val="480890154"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="331ECF20" w14:textId="42312417" w:rsidR="00E12734" w:rsidRPr="00B6458B" w:rsidRDefault="00E12734" w:rsidP="00E12734">
                 <w:pPr>
                   <w:spacing w:after="120"/>
                   <w:rPr>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:noProof/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1002858B" wp14:editId="0E04F4CF">
                       <wp:extent cx="2743200" cy="818145"/>
                       <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                       <wp:docPr id="2" name="Picture 1"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -8662,51 +8704,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4508" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5C3D0E3C" w14:textId="180CA605" w:rsidR="001B267A" w:rsidRPr="00B6458B" w:rsidRDefault="001B267A" w:rsidP="00E12734">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Name of Service Provider authorised signee</w:t>
+              <w:t xml:space="preserve">Name of Service Provider </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>authorised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> signee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D57FFB2" w14:textId="77777777" w:rsidR="001B267A" w:rsidRPr="00B6458B" w:rsidRDefault="001B267A" w:rsidP="007D528E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="23F918B9" w14:textId="23638479" w:rsidR="001B267A" w:rsidRPr="001546DF" w:rsidRDefault="001546DF" w:rsidP="001546DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -9389,85 +9447,423 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="70CE3A9C" w14:textId="77777777" w:rsidR="000D4EC4" w:rsidRPr="00B6458B" w:rsidRDefault="000D4EC4" w:rsidP="000D4EC4">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This page is for the Support Coordinator only </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32AB5CFF" w14:textId="77777777" w:rsidR="000D4EC4" w:rsidRPr="00B6458B" w:rsidRDefault="000D4EC4" w:rsidP="000D4EC4">
+    <w:p w14:paraId="32AB5CFF" w14:textId="77777777" w:rsidR="000D4EC4" w:rsidRDefault="000D4EC4" w:rsidP="000D4EC4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="731B72E2" w14:textId="4D99C777" w:rsidR="000D4EC4" w:rsidRPr="00B6458B" w:rsidRDefault="000D4EC4" w:rsidP="000D4EC4">
+    <w:p w14:paraId="69407E46" w14:textId="7816682C" w:rsidR="004146EE" w:rsidRPr="002F4DE5" w:rsidRDefault="004146EE" w:rsidP="004146EE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF432C">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the supports funded in </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF432C" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Agreement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amendment Schedule</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Supports,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Replacement Support/s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to be used in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A392A87" w14:textId="77777777" w:rsidR="004146EE" w:rsidRPr="002F4DE5" w:rsidRDefault="004146EE" w:rsidP="004146EE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E217AD9" w14:textId="0E5E5A7E" w:rsidR="004146EE" w:rsidRPr="002F4DE5" w:rsidRDefault="004146EE" w:rsidP="004146EE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding is available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">budget/s to be allocated </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF432C" w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5572AFB2" w14:textId="77777777" w:rsidR="004146EE" w:rsidRPr="002F4DE5" w:rsidRDefault="004146EE" w:rsidP="004146EE">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BCB29D7" w14:textId="77777777" w:rsidR="004146EE" w:rsidRPr="00D05DE0" w:rsidRDefault="004146EE" w:rsidP="004146EE">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Hlk222651860"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to perform a compliance and enforcement actions check through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website to identify any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then immediately advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w14:paraId="6A7FFC46" w14:textId="77777777" w:rsidR="004146EE" w:rsidRPr="00B6458B" w:rsidRDefault="004146EE" w:rsidP="000D4EC4">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="731B72E2" w14:textId="5A5861AF" w:rsidR="000D4EC4" w:rsidRPr="00B6458B" w:rsidRDefault="000D4EC4" w:rsidP="000D4EC4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you identified any errors or issues with the details in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amended </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and return to the provider to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide to the </w:t>
+        <w:t xml:space="preserve">Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>return</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="0037406F" w:rsidRPr="006C2A7D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Service Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="0037406F" w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F13368B" w14:textId="77777777" w:rsidR="000D4EC4" w:rsidRPr="00B6458B" w:rsidRDefault="000D4EC4" w:rsidP="000D4EC4">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -9488,51 +9884,51 @@
         <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="661907FC" w14:textId="77777777" w:rsidR="001B267A" w:rsidRPr="00B6458B" w:rsidRDefault="001B267A" w:rsidP="001B267A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text9"/>
+      <w:bookmarkStart w:id="16" w:name="Text9"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -9556,51 +9952,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="695446CE" w14:textId="77777777" w:rsidR="001B267A" w:rsidRPr="00B6458B" w:rsidRDefault="001B267A" w:rsidP="001B267A">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="612D3B21" w14:textId="77777777" w:rsidR="001B267A" w:rsidRPr="00B6458B" w:rsidRDefault="001B267A" w:rsidP="001B267A">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -9698,51 +10094,50 @@
       <w:r w:rsidRPr="00E12734">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:id w:val="533934590"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
-      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="4CFF8FDB" w14:textId="2F3E0141" w:rsidR="001B267A" w:rsidRPr="00B6458B" w:rsidRDefault="00E12734" w:rsidP="001B267A">
           <w:pPr>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6E1CD0F4" wp14:editId="6B30C678">
                 <wp:extent cx="2743200" cy="1136468"/>
                 <wp:effectExtent l="0" t="0" r="0" b="6985"/>
                 <wp:docPr id="1" name="Picture 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -10170,71 +10565,73 @@
         </w:rPr>
         <w:t xml:space="preserve"> date/month/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>yyyy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C3D9CE6" w14:textId="77777777" w:rsidR="001B267A" w:rsidRPr="00020042" w:rsidRDefault="001B267A" w:rsidP="001B267A"/>
     <w:bookmarkEnd w:id="14"/>
     <w:p w14:paraId="6C5D9396" w14:textId="77777777" w:rsidR="00E94334" w:rsidRDefault="00E94334" w:rsidP="00E94334">
       <w:pPr>
         <w:sectPr w:rsidR="00E94334" w:rsidSect="009204B9">
-          <w:footerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2131" w:right="1440" w:bottom="1440" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB6D6E2" w14:textId="77777777" w:rsidR="00E94334" w:rsidRDefault="00E94334" w:rsidP="00E94334"/>
     <w:p w14:paraId="3071DE53" w14:textId="77777777" w:rsidR="00E94334" w:rsidRPr="00ED65DE" w:rsidRDefault="00E94334" w:rsidP="00E94334">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="_Hlk180067813"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk180067813"/>
       <w:r w:rsidRPr="00ED65DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix 1: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED65DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> of Supports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B6AE701" w14:textId="77777777" w:rsidR="00E94334" w:rsidRDefault="00E94334" w:rsidP="00E94334">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -10330,51 +10727,51 @@
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="GridTable1Light"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3350"/>
         <w:gridCol w:w="3436"/>
         <w:gridCol w:w="3699"/>
         <w:gridCol w:w="2776"/>
       </w:tblGrid>
       <w:tr w:rsidR="00961711" w14:paraId="5D3A7C71" w14:textId="77777777" w:rsidTr="00E81621">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="20"/>
+          <w:bookmarkEnd w:id="21"/>
           <w:p w14:paraId="00AE83D3" w14:textId="77777777" w:rsidR="00961711" w:rsidRDefault="00961711" w:rsidP="00E81621">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t>Support as identified in NDIS plan</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00ED65DE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(include Support Category</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -10501,91 +10898,91 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00961711" w14:paraId="2CFC2E17" w14:textId="77777777" w:rsidTr="00E81621">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27C4D351" w14:textId="77777777" w:rsidR="00961711" w:rsidRDefault="00961711" w:rsidP="00E81621">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> </w:instrText>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="Text10"/>
+            <w:bookmarkStart w:id="22" w:name="Text10"/>
             <w:r>
               <w:instrText xml:space="preserve">FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="21"/>
+            <w:bookmarkEnd w:id="22"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3436" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44EBA337" w14:textId="77777777" w:rsidR="00961711" w:rsidRDefault="00961711" w:rsidP="00E81621">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text10"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="0072027C">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="0072027C">
@@ -13468,70 +13865,70 @@
             <w:r w:rsidRPr="0072027C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18F42EA1" w14:textId="77777777" w:rsidR="00E94334" w:rsidRPr="00ED65DE" w:rsidRDefault="00E94334" w:rsidP="00E94334">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6AAD9B6C" w14:textId="77777777" w:rsidR="00E94334" w:rsidRPr="007C1297" w:rsidRDefault="00E94334" w:rsidP="00E94334"/>
     <w:p w14:paraId="50BAFC67" w14:textId="77777777" w:rsidR="00E94334" w:rsidRPr="00E94334" w:rsidRDefault="00E94334" w:rsidP="00E94334"/>
     <w:sectPr w:rsidR="00E94334" w:rsidRPr="00E94334" w:rsidSect="00E94334">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="2127" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="55AC5171" w14:textId="77777777" w:rsidR="001448BC" w:rsidRDefault="001448BC" w:rsidP="003D7CC3">
+    <w:p w14:paraId="6C17FDD2" w14:textId="77777777" w:rsidR="00A15BEB" w:rsidRDefault="00A15BEB" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E0543C3" w14:textId="77777777" w:rsidR="001448BC" w:rsidRDefault="001448BC" w:rsidP="003D7CC3">
+    <w:p w14:paraId="69EFC4F4" w14:textId="77777777" w:rsidR="00A15BEB" w:rsidRDefault="00A15BEB" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -13554,83 +13951,87 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-410859837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="75CDF67A" w14:textId="5963FB15" w:rsidR="001E2E6A" w:rsidRDefault="001E2E6A" w:rsidP="001E2E6A">
+          <w:p w14:paraId="75CDF67A" w14:textId="5004E62B" w:rsidR="001E2E6A" w:rsidRDefault="001E2E6A" w:rsidP="001E2E6A">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Participant: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">  ID: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> STYLEREF  ParticipantID  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
@@ -13660,77 +14061,76 @@
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="001E2E6A">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidRPr="001E2E6A">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="001E2E6A">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidRPr="001E2E6A">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="001E2E6A">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="001E2E6A">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="4F371875" w14:textId="2CF7D187" w:rsidR="003544D5" w:rsidRDefault="003A7EA4" w:rsidP="001E2E6A">
+  <w:p w14:paraId="4F371875" w14:textId="7D682CA8" w:rsidR="003544D5" w:rsidRDefault="003A7EA4" w:rsidP="001E2E6A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="001E2E6A">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="00DC3ED3">
-      <w:t>4</w:t>
+    <w:r w:rsidR="004146EE">
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1732151167"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w14:paraId="1B4C1CCD" w14:textId="098B094B" w:rsidR="009204B9" w:rsidRDefault="009204B9" w:rsidP="009204B9">
+      <w:p w14:paraId="1B4C1CCD" w14:textId="021B0FE6" w:rsidR="009204B9" w:rsidRDefault="009204B9" w:rsidP="009204B9">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Participant: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  ParticipantID  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
@@ -13758,75 +14158,75 @@
         </w:r>
         <w:r w:rsidRPr="001E2E6A">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="001E2E6A">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="001E2E6A">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="001E2E6A">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="001E2E6A">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>6</w:t>
         </w:r>
         <w:r w:rsidRPr="001E2E6A">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="5D6DEA00" w14:textId="19D4F899" w:rsidR="009204B9" w:rsidRDefault="009204B9" w:rsidP="009204B9">
+  <w:p w14:paraId="5D6DEA00" w14:textId="43C74BD6" w:rsidR="009204B9" w:rsidRDefault="009204B9" w:rsidP="009204B9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="001E2E6A">
       <w:t xml:space="preserve">Document Version </w:t>
     </w:r>
-    <w:r w:rsidR="00DC3ED3">
-      <w:t>4</w:t>
+    <w:r w:rsidR="004146EE">
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="19D6DF7E" w14:textId="77777777" w:rsidR="001448BC" w:rsidRDefault="001448BC" w:rsidP="003D7CC3">
+    <w:p w14:paraId="09CB51E9" w14:textId="77777777" w:rsidR="00A15BEB" w:rsidRDefault="00A15BEB" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7741502A" w14:textId="77777777" w:rsidR="001448BC" w:rsidRDefault="001448BC" w:rsidP="003D7CC3">
+    <w:p w14:paraId="4683BE78" w14:textId="77777777" w:rsidR="00A15BEB" w:rsidRDefault="00A15BEB" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="2E578E27" w14:textId="77777777" w:rsidR="00961711" w:rsidRPr="00ED65DE" w:rsidRDefault="00961711" w:rsidP="00961711">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">The following supports are not to be included in this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -13881,65 +14281,432 @@
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007112C4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Plan Management</w:t>
       </w:r>
       <w:r w:rsidRPr="00116F66">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1C14E2B0" w14:textId="41C9F8F7" w:rsidR="009204B9" w:rsidRDefault="009204B9" w:rsidP="009204B9">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B682580" w14:textId="4D7BA76B" w:rsidR="00444958" w:rsidRDefault="00444958">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1BD29F9F" wp14:editId="7B33FF2E">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="349067152" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4941109E" w14:textId="60274B79" w:rsidR="00444958" w:rsidRPr="00444958" w:rsidRDefault="00444958" w:rsidP="00444958">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00444958">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1BD29F9F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="4941109E" w14:textId="60274B79" w:rsidR="00444958" w:rsidRPr="00444958" w:rsidRDefault="00444958" w:rsidP="00444958">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00444958">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0E94BBCB" w14:textId="4227927C" w:rsidR="00444958" w:rsidRDefault="00444958">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="032B6C87" wp14:editId="4DD77010">
+              <wp:simplePos x="915035" y="448945"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="202839247" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="03615596" w14:textId="481CFD96" w:rsidR="00444958" w:rsidRPr="006D6098" w:rsidRDefault="00444958" w:rsidP="00444958">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006D6098">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="032B6C87" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="03615596" w14:textId="481CFD96" w:rsidR="00444958" w:rsidRPr="006D6098" w:rsidRDefault="00444958" w:rsidP="00444958">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006D6098">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C14E2B0" w14:textId="281B6763" w:rsidR="009204B9" w:rsidRDefault="00444958" w:rsidP="009204B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
     </w:pPr>
-    <w:bookmarkStart w:id="16" w:name="_Hlk193884353"/>
-[...2 lines deleted...]
-    <w:bookmarkStart w:id="19" w:name="_Hlk193884563"/>
+    <w:bookmarkStart w:id="17" w:name="_Hlk193884353"/>
+    <w:bookmarkStart w:id="18" w:name="_Hlk193884354"/>
+    <w:bookmarkStart w:id="19" w:name="_Hlk193884562"/>
+    <w:bookmarkStart w:id="20" w:name="_Hlk193884563"/>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E5A1C14" wp14:editId="62C967AB">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="707252283" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6ABC0511" w14:textId="4A1B6026" w:rsidR="00444958" w:rsidRPr="006D6098" w:rsidRDefault="00444958" w:rsidP="00444958">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="006D6098">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="3E5A1C14" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="6ABC0511" w14:textId="4A1B6026" w:rsidR="00444958" w:rsidRPr="006D6098" w:rsidRDefault="00444958" w:rsidP="00444958">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="006D6098">
+                      <w:rPr>
+                        <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="009204B9">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="376D8EB0" wp14:editId="0107D52D">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1545101741" name="Picture 1545101741" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -13949,57 +14716,57 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="009204B9">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="009204B9">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="009204B9">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2489CDA8" wp14:editId="55A3633F">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="817763927" name="Picture 817763927" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -14009,60 +14776,60 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1952625" cy="495300"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:bookmarkEnd w:id="16"/>
     <w:bookmarkEnd w:id="17"/>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="20"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C901FD7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BEC4F4A"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -14350,310 +15117,341 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="228074670">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="DxzMyAbFoEXHHCI3JoleLQnqB6mAA1zctf7X0HJD5N707538vWVLqnImArY3L2UV45ijrSlMu4ym98akHertnQ==" w:salt="TaGQpRPV7o8eccoYGeZdRA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="rR4WqObZ7pHgtHyFcZLpTz0jGQKa/BLr0xNZDXpcTszQjo6c6HNm/A484dcFJ7iR5YfkKZmo+7R09Oj5ebLpQA==" w:salt="+nsPsB0MjdWcH9zMsAHq8w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
+    <w:rsid w:val="00025721"/>
     <w:rsid w:val="00056184"/>
     <w:rsid w:val="000660FF"/>
     <w:rsid w:val="00074B57"/>
     <w:rsid w:val="000A6549"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000C218B"/>
     <w:rsid w:val="000C71E7"/>
     <w:rsid w:val="000D4EC4"/>
     <w:rsid w:val="00103982"/>
     <w:rsid w:val="00106EE6"/>
     <w:rsid w:val="001448BC"/>
     <w:rsid w:val="0014762F"/>
     <w:rsid w:val="001546DF"/>
     <w:rsid w:val="001656B6"/>
     <w:rsid w:val="001766B9"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
     <w:rsid w:val="001A454A"/>
     <w:rsid w:val="001B267A"/>
+    <w:rsid w:val="001C4C63"/>
     <w:rsid w:val="001E01E8"/>
     <w:rsid w:val="001E2E6A"/>
     <w:rsid w:val="001E3BA8"/>
     <w:rsid w:val="001F7654"/>
+    <w:rsid w:val="00201982"/>
     <w:rsid w:val="0022616C"/>
     <w:rsid w:val="00250EFA"/>
     <w:rsid w:val="0026436F"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
+    <w:rsid w:val="00280E20"/>
     <w:rsid w:val="002922E3"/>
     <w:rsid w:val="002B6F34"/>
     <w:rsid w:val="00311EBB"/>
     <w:rsid w:val="0031376D"/>
     <w:rsid w:val="00316DC5"/>
     <w:rsid w:val="00324D5C"/>
     <w:rsid w:val="003405AD"/>
     <w:rsid w:val="00345A08"/>
     <w:rsid w:val="00347999"/>
     <w:rsid w:val="003544D5"/>
     <w:rsid w:val="003664D9"/>
     <w:rsid w:val="0036785D"/>
+    <w:rsid w:val="0037406F"/>
     <w:rsid w:val="003A61FA"/>
     <w:rsid w:val="003A7EA4"/>
     <w:rsid w:val="003B1A58"/>
     <w:rsid w:val="003D7CC3"/>
     <w:rsid w:val="003F069A"/>
     <w:rsid w:val="00400F69"/>
+    <w:rsid w:val="004146EE"/>
     <w:rsid w:val="00432673"/>
+    <w:rsid w:val="00444958"/>
+    <w:rsid w:val="00445878"/>
     <w:rsid w:val="00453B11"/>
+    <w:rsid w:val="004668CA"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
     <w:rsid w:val="00490200"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004B2832"/>
     <w:rsid w:val="004C4E58"/>
-    <w:rsid w:val="004C6FEC"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D5569"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
     <w:rsid w:val="004F2D34"/>
     <w:rsid w:val="00511A0F"/>
     <w:rsid w:val="00530B0F"/>
+    <w:rsid w:val="005513E9"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
     <w:rsid w:val="00552E1E"/>
-    <w:rsid w:val="00575C7A"/>
+    <w:rsid w:val="005701A5"/>
     <w:rsid w:val="00591C94"/>
     <w:rsid w:val="00596B74"/>
     <w:rsid w:val="005C6611"/>
     <w:rsid w:val="005D17D8"/>
     <w:rsid w:val="005F6D4E"/>
     <w:rsid w:val="00615B13"/>
     <w:rsid w:val="0061698B"/>
+    <w:rsid w:val="00621CF4"/>
+    <w:rsid w:val="00635070"/>
     <w:rsid w:val="00637F81"/>
     <w:rsid w:val="00650A4E"/>
     <w:rsid w:val="006554C9"/>
     <w:rsid w:val="00665AC0"/>
     <w:rsid w:val="00675F66"/>
     <w:rsid w:val="00677CCF"/>
-    <w:rsid w:val="006859B9"/>
     <w:rsid w:val="006956F8"/>
+    <w:rsid w:val="006C0037"/>
+    <w:rsid w:val="006C2A7D"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
+    <w:rsid w:val="006D6098"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="00704EFB"/>
     <w:rsid w:val="00704F02"/>
     <w:rsid w:val="00706B31"/>
     <w:rsid w:val="007361C0"/>
+    <w:rsid w:val="00746E57"/>
     <w:rsid w:val="007539B5"/>
     <w:rsid w:val="0077315E"/>
     <w:rsid w:val="00781C7A"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007C5284"/>
     <w:rsid w:val="007E0E86"/>
     <w:rsid w:val="007E336B"/>
     <w:rsid w:val="00836F8F"/>
     <w:rsid w:val="00840800"/>
     <w:rsid w:val="00841B8A"/>
     <w:rsid w:val="008522E2"/>
+    <w:rsid w:val="0085293B"/>
     <w:rsid w:val="0086190A"/>
     <w:rsid w:val="008678D9"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008B637A"/>
     <w:rsid w:val="008D49C6"/>
     <w:rsid w:val="008E28C4"/>
     <w:rsid w:val="008F5ED8"/>
     <w:rsid w:val="00916EDF"/>
     <w:rsid w:val="009204B9"/>
     <w:rsid w:val="00934212"/>
     <w:rsid w:val="009517E1"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="00961711"/>
     <w:rsid w:val="009867EF"/>
+    <w:rsid w:val="00993475"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A51D1"/>
     <w:rsid w:val="009C7360"/>
     <w:rsid w:val="009F3AB7"/>
     <w:rsid w:val="009F51E0"/>
     <w:rsid w:val="00A104C9"/>
+    <w:rsid w:val="00A15BEB"/>
     <w:rsid w:val="00A16F45"/>
+    <w:rsid w:val="00A260C9"/>
+    <w:rsid w:val="00A3451C"/>
     <w:rsid w:val="00A36E37"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A72AD4"/>
     <w:rsid w:val="00A73365"/>
     <w:rsid w:val="00A87CD6"/>
     <w:rsid w:val="00AA305F"/>
+    <w:rsid w:val="00AC0E2D"/>
+    <w:rsid w:val="00AE5AE4"/>
     <w:rsid w:val="00B02CBB"/>
     <w:rsid w:val="00B04ADF"/>
+    <w:rsid w:val="00B163CA"/>
     <w:rsid w:val="00B24FD3"/>
     <w:rsid w:val="00B3443A"/>
+    <w:rsid w:val="00B353C5"/>
     <w:rsid w:val="00B3568D"/>
     <w:rsid w:val="00B36B26"/>
     <w:rsid w:val="00B45FA5"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B707A8"/>
     <w:rsid w:val="00B825C6"/>
     <w:rsid w:val="00B919F0"/>
     <w:rsid w:val="00B95F02"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00BF3732"/>
     <w:rsid w:val="00C33212"/>
     <w:rsid w:val="00C466C0"/>
     <w:rsid w:val="00C77663"/>
     <w:rsid w:val="00C872E6"/>
+    <w:rsid w:val="00C955CC"/>
     <w:rsid w:val="00CB5996"/>
+    <w:rsid w:val="00CB65E3"/>
     <w:rsid w:val="00CC09F5"/>
     <w:rsid w:val="00CC1355"/>
     <w:rsid w:val="00CC2506"/>
+    <w:rsid w:val="00CC5655"/>
     <w:rsid w:val="00CD19D6"/>
     <w:rsid w:val="00CD7C21"/>
     <w:rsid w:val="00CE2E27"/>
     <w:rsid w:val="00D02D38"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D36932"/>
     <w:rsid w:val="00D424DB"/>
+    <w:rsid w:val="00D52D25"/>
     <w:rsid w:val="00D63D3D"/>
     <w:rsid w:val="00D82184"/>
     <w:rsid w:val="00D97ECD"/>
     <w:rsid w:val="00DB4FA2"/>
     <w:rsid w:val="00DB7EAC"/>
     <w:rsid w:val="00DC3ED3"/>
     <w:rsid w:val="00DC55FF"/>
     <w:rsid w:val="00DE5FA9"/>
     <w:rsid w:val="00DE70AA"/>
+    <w:rsid w:val="00DF432C"/>
+    <w:rsid w:val="00E016A2"/>
     <w:rsid w:val="00E112FE"/>
     <w:rsid w:val="00E12734"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
+    <w:rsid w:val="00E445CA"/>
     <w:rsid w:val="00E447FF"/>
     <w:rsid w:val="00E55F3F"/>
     <w:rsid w:val="00E66CE7"/>
     <w:rsid w:val="00E7303F"/>
     <w:rsid w:val="00E873DC"/>
     <w:rsid w:val="00E94334"/>
     <w:rsid w:val="00EA68EA"/>
     <w:rsid w:val="00EA7DED"/>
+    <w:rsid w:val="00EB66B3"/>
     <w:rsid w:val="00EC6068"/>
     <w:rsid w:val="00EE0AAA"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE25EC"/>
     <w:rsid w:val="00EE72CA"/>
     <w:rsid w:val="00EF5BFA"/>
+    <w:rsid w:val="00F027CB"/>
     <w:rsid w:val="00F06EDA"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F2410B"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F311D2"/>
     <w:rsid w:val="00F47FAA"/>
     <w:rsid w:val="00F76164"/>
     <w:rsid w:val="00F92E50"/>
     <w:rsid w:val="00F93C7C"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FC7E90"/>
     <w:rsid w:val="00FD291B"/>
     <w:rsid w:val="00FE020E"/>
     <w:rsid w:val="00FE0C83"/>
     <w:rsid w:val="00FE7C9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
+  <w15:docId w15:val="{5BAF15E7-1300-4594-BBCF-C4A42631D565}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15917,51 +16715,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00961711"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00961711"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="13656880">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1706327104">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16226,59 +17024,60 @@
                                                 </w:div>
                                               </w:divsChild>
                                             </w:div>
                                           </w:divsChild>
                                         </w:div>
                                       </w:divsChild>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -16549,63 +17348,50 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
@@ -16693,163 +17479,203 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
-[...22 lines deleted...]
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>5945</Characters>
+  <Pages>1</Pages>
+  <Words>1211</Words>
+  <Characters>6577</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>371</Lines>
-  <Paragraphs>270</Paragraphs>
+  <Lines>386</Lines>
+  <Paragraphs>268</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Deed Amendment Schedule (existing services only)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6775</CharactersWithSpaces>
+  <CharactersWithSpaces>7520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Deed Amendment Schedule (existing services only)</dc:title>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Jordan, Elspeth</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID">
-    <vt:lpwstr>1454756R1</vt:lpwstr>
+    <vt:lpwstr>1454756R2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID2">
-    <vt:lpwstr/>
+    <vt:lpwstr>1454756R1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID3">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID4">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID5">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID6">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID7">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID8">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="sTmpGUID">
-    <vt:lpwstr>8073dac3-4234-4750-be45-46cc67336513</vt:lpwstr>
+    <vt:lpwstr>3777685c-3977-4200-88df-26dfe159a777</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>2a27d03b,14ce5790,c1714cf</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T02:09:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>b12257b7-8994-4794-b10e-a3e139644f90</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>