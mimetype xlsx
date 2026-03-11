--- v0 (2025-12-05)
+++ v1 (2026-03-11)
@@ -1,1865 +1,1665 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://waresources-my.sharepoint.com/personal/carly-jane_stewart_demirs_wa_gov_au/Documents/Website- Migration/Stream A/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MIGGODS\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{7684CA5E-F7AD-4A85-A4A4-10660F5984AD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EF44FFFC-B0E3-483B-9FAB-3D9526E7295F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="310 - Sunset Clause" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'310 - Sunset Clause'!$1:$5</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2027" uniqueCount="980">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1436" uniqueCount="763">
   <si>
     <t>310 - Sunset Clause Report</t>
   </si>
   <si>
-    <t>Range of Submitted Dates: 01/01/2014 to 31/12/2014</t>
+    <t>Range of Submitted Dates: 01/01/2015 to 31/12/2015</t>
   </si>
   <si>
     <t>Status: CONFIDENTIAL</t>
   </si>
   <si>
     <t>A-Number</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Submitted</t>
   </si>
   <si>
     <t>Period</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Tenement No</t>
   </si>
   <si>
     <t>Holder</t>
   </si>
   <si>
     <t>CONFIDENTIAL</t>
   </si>
   <si>
-    <t>13/01/2014</t>
-[...35 lines deleted...]
-    <t>E  5200170</t>
+    <t>05/01/2015</t>
+  </si>
+  <si>
+    <t>01/2014 - 12/2014</t>
+  </si>
+  <si>
+    <t>Citadel Project – Combined Annual Technical Report (C58/2007) EL45/2874, EL45/2876, EL45/2877, EL45/2901 for the period 1st January 2013 to 31st December 2014</t>
+  </si>
+  <si>
+    <t>E  4502874</t>
+  </si>
+  <si>
+    <t>RIO TINTO WINU PTY LIMITED</t>
+  </si>
+  <si>
+    <t>E  4502876</t>
+  </si>
+  <si>
+    <t>RIO TINTO WINU PTY LIMITED
+SMM PERTH PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4502877</t>
+  </si>
+  <si>
+    <t>E  4502901</t>
+  </si>
+  <si>
+    <t>E  4504212</t>
+  </si>
+  <si>
+    <t>E  4504213</t>
+  </si>
+  <si>
+    <t>E  4504214</t>
+  </si>
+  <si>
+    <t>14/01/2015</t>
+  </si>
+  <si>
+    <t>08/2013 - 08/2014</t>
+  </si>
+  <si>
+    <t>Annual Report – Prairie Downs E52/21 &amp; E52/23 Combined annual report 2014 C45/2013 Reporting Period 27 November 2013 – 26 November 2014</t>
+  </si>
+  <si>
+    <t>E  5200021</t>
   </si>
   <si>
     <t>BHP IRON ORE (JIMBLEBAR) PTY LTD</t>
   </si>
   <si>
-    <t>E  5202008</t>
-[...29 lines deleted...]
-  <si>
     <t>E  5200023</t>
   </si>
   <si>
-    <t>M  5200886</t>
-[...135 lines deleted...]
-    <t>E  4700030</t>
+    <t>16/01/2015</t>
+  </si>
+  <si>
+    <t>11/2013 - 10/2014</t>
+  </si>
+  <si>
+    <t>Annual Report for the Period 1 November 2013 to 31 October 2014, C132/2011 Turner Project for the period 1 November 2013 to 31 October 2014,E47/2507, P47/1609, E47/2234, E47/2958, E47/1772, E47/1370, E47/1843, E47/2137, E47/1855, E47/1136, E47/1355, E47/1420, E47/2506, E47/2235, E47/2538, E47/1920, E47/1921, E47/1703, P47/1315</t>
+  </si>
+  <si>
+    <t>E  4701136</t>
+  </si>
+  <si>
+    <t>FMG PILBARA PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4701355</t>
+  </si>
+  <si>
+    <t>E  4701370</t>
+  </si>
+  <si>
+    <t>E  4701420</t>
+  </si>
+  <si>
+    <t>E  4701772</t>
+  </si>
+  <si>
+    <t>E  4701921</t>
+  </si>
+  <si>
+    <t>12/2013 - 12/2014</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>E  7702011</t>
+  </si>
+  <si>
+    <t>MH GOLD PTY LTD</t>
+  </si>
+  <si>
+    <t>E  7702080</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  7701065 </t>
+  </si>
+  <si>
+    <t>MONTAGUE RESOURCES AUSTRALIA PTY LTD</t>
+  </si>
+  <si>
+    <t>M  7701066</t>
+  </si>
+  <si>
+    <t>MONTAGUE RESOURCES AUSTRALIA PTY LTD
+SQM AUSTRALIA PTY LTD</t>
+  </si>
+  <si>
+    <t>M  7701067</t>
+  </si>
+  <si>
+    <t>M  7701068</t>
+  </si>
+  <si>
+    <t>M  7701080</t>
+  </si>
+  <si>
+    <t>21/01/2015</t>
+  </si>
+  <si>
+    <t>Panhandle Project Annual Report Exploration Licence 47/30 for the period 18 December 2013 – 17 December 2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4700030 </t>
   </si>
   <si>
     <t>HAMERSLEY EXPLORATION PTY LIMITED</t>
   </si>
   <si>
-    <t>21/01/2014</t>
-[...2 lines deleted...]
-    <t>Brockman Syncline Project Area Combined Annual Technical Report for Exploration Licences 47/31 and 47/1038 (C118/1996) for the period 18 December 2012 to 17 December 2013</t>
+    <t>Brockman Syncline Project Combined Annual Technical Report Exploration Licences 47/31 and 47/1038 (C118/1996) for the period 18 December 2013 to 17 December 2014</t>
   </si>
   <si>
     <t>E  4700031</t>
   </si>
   <si>
     <t>E  4701038</t>
   </si>
   <si>
     <t>HAMERSLEY IRON PTY. LIMITED</t>
   </si>
   <si>
-    <t>24/01/2014</t>
-[...2 lines deleted...]
-    <t>Angelo River Project, Annual Report for the period 22nd December 2012 to 21/12/2013, E47/754, 1050, 1795 &amp;  2086; E52/1459. [C146/2002]</t>
+    <t>27/01/2015</t>
+  </si>
+  <si>
+    <t>Angelo River Project Area Combined Annual Report Exploration Licences 47/754, 47/1050, 47/1795, 47/2086 &amp; 52/1459 (C146/2002) for the period 22 December 2013 – 21 December 2014</t>
   </si>
   <si>
     <t>E  4700754</t>
   </si>
   <si>
     <t>MITSUI IRON ORE DEVELOPMENT PTY LTD
 NORTH MINING LIMITED
 ROBE RIVER MINING CO. PTY. LTD.
 CAPE LAMBERT IRON ASSOCIATES
 PANNAWONICA IRON ASSOCIATES</t>
   </si>
   <si>
     <t>E  4701050</t>
   </si>
   <si>
     <t>E  4701795</t>
   </si>
   <si>
     <t>E  4702086</t>
   </si>
   <si>
     <t>E  5201459</t>
   </si>
   <si>
-    <t>28/01/2014</t>
-[...5 lines deleted...]
-    <t>Combined Annual Exploration Report: C116/2011 Bellary 1 December 2012 to 30 November 2013 [E47/1681, 2020, 2229, 2237-2244; P47/1513, 1536, 1537 &amp; 1606-1608.]</t>
+    <t>04/02/2015</t>
+  </si>
+  <si>
+    <t>Mt Farquhar Project Area Combined Annual Report Exploration Licenses 47/1779 &amp; 47/1780 and Prospecting Licenses 47/1350, 47/1351 &amp; 47/1352 (C145/1999) for the period 1 January 2014 to 31 December 2014</t>
+  </si>
+  <si>
+    <t>E  4701779</t>
+  </si>
+  <si>
+    <t>E  4701780</t>
+  </si>
+  <si>
+    <t>06/02/2015</t>
+  </si>
+  <si>
+    <t>11/2013 - 11/2014</t>
+  </si>
+  <si>
+    <t>Combined Mineral Exploration Report: Fig Tree Project, C24/2010 for the period 30 November 2013 to 29 November 2014, E47/1453, E47/1612, E47/1613, E47/1614, E47/1702, E47/1927, M47/1492, P47/1555, P47/1612, P47/1613, P47/1615, P47/1616, P47/1617, P47/1618, P47/1636, P47/1719, P47/1722</t>
+  </si>
+  <si>
+    <t>E  4701453</t>
+  </si>
+  <si>
+    <t>E  4701702</t>
+  </si>
+  <si>
+    <t>E  4701927</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  4701492 </t>
+  </si>
+  <si>
+    <t>12/2013 - 11/2014</t>
+  </si>
+  <si>
+    <t>Combined Annual Exploration Report: C116/2011 Bellary Project for the period 1 December 2013 to 30 November 2014, E47/1681, E47/2020, E47/2229,
+E47/2237, E47/2238, E47/2239, E47/2240, E47/2241, E47/2242, E47/2243, E47/2244, E47/2939, E47/2941, E47/2960, P47/1513, P47/1705, P47/1706, P47/1606, P47/1607, P47/1608</t>
   </si>
   <si>
     <t>E  4702239</t>
   </si>
   <si>
-    <t>FMG PILBARA PTY LTD</t>
-[...1 lines deleted...]
-  <si>
     <t>E  4702240</t>
   </si>
   <si>
-    <t>29/01/2014</t>
-[...104 lines deleted...]
-    <t>Hubert Well Project, Annual Report for the period 18/01/2013 to 17/01/2014, E08/1148, 1467, 1772; P08/615. [C185/2008]</t>
+    <t>09/02/2015</t>
+  </si>
+  <si>
+    <t>East Angelas Project Combined Annual Report - Combined Reporting Group C113/2007 East Angelas for the Year Ending 10 November 2014, E47/1307; E47/1308; and E47/1313</t>
+  </si>
+  <si>
+    <t>E  4701307</t>
+  </si>
+  <si>
+    <t>HANCOCK PROSPECTING PTY LIMITED</t>
+  </si>
+  <si>
+    <t>E  4701308</t>
+  </si>
+  <si>
+    <t>E  4701313</t>
+  </si>
+  <si>
+    <t>20/02/2015</t>
+  </si>
+  <si>
+    <t>01/2014 - 01/2015</t>
+  </si>
+  <si>
+    <t>Congo Bore E08/1771 Annual Report Exploration Licence 08/1771 for the period 18 January 2014 – 17 January 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  0801771 </t>
+  </si>
+  <si>
+    <t>Hubert Well Project Combined Annual Report Exploration Licences 08/1148, 08/1467, 08/1772 &amp; Prospecting Licence 08/615 (C185/2008) for the period 18 January 2014 – 17 January 2015</t>
   </si>
   <si>
     <t>E  0801148</t>
   </si>
   <si>
     <t>E  0801772</t>
   </si>
   <si>
     <t>P  0800615</t>
   </si>
   <si>
-    <t>12/02/2014</t>
-[...5 lines deleted...]
-    <t>Bourne Highway Project, Annual Report for the 18/01/2013 to 17/01/2014, E47/1783-1786; P47/1328-1330, 1332-1334. [C88/2008]</t>
+    <t>Mount Wall West Project, Annual Report for the period 18/01/2014 to 17/01/2015, E47/1787; P47/1336. [C90/2008]</t>
+  </si>
+  <si>
+    <t>E  4701787</t>
+  </si>
+  <si>
+    <t>Vivash East Project, Annual Report for the period 18/01/2014 to 17/01/2015, E47/1788; P47/1338-1340, 1342 &amp;1474. [C92/2008]</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701788 </t>
+  </si>
+  <si>
+    <t>Bourne Highway Project, Annual Report for the period 18/01/2014 to 17/01/2015, E47/1783-1786; P47/1328-1330 &amp; 1332-1334. [C88/2008]</t>
   </si>
   <si>
     <t>E  4701783</t>
   </si>
   <si>
     <t>E  4701784</t>
   </si>
   <si>
     <t>E  4701785</t>
   </si>
   <si>
     <t>E  4701786</t>
   </si>
   <si>
     <t>P  4701332</t>
   </si>
   <si>
     <t>P  4701333</t>
   </si>
   <si>
-    <t>20/02/2014</t>
-[...44 lines deleted...]
-    <t>Mount Windell Project, Annual Report for the period 22/01/2013m to 21/01/2014, E47/641 &amp; 1243. [C34/2007]</t>
+    <t>BROCKMAN WEST ANNUAL TECHNICAL REPORT EXPLORATION LICENCE 47/1782 Annual Report for the Period
+18 January 2014 to 17 January 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701782 </t>
+  </si>
+  <si>
+    <t>Tandanya (Area C West) Project, Annual Report for the period 01/01/2014 to 31/12/2014, E47/1429, 1870, 1872, 1873 &amp; 1874; P47/1421. [C212/2014]</t>
+  </si>
+  <si>
+    <t>E  4701429</t>
+  </si>
+  <si>
+    <t>ITOCHU MINERALS &amp; ENERGY OF AUSTRALIA PTY LTD
+MITSUI IRON ORE CORPORATION PTY LTD
+BHP MINERALS PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4701870</t>
+  </si>
+  <si>
+    <t>E  4701872</t>
+  </si>
+  <si>
+    <t>ITOCHU MINERALS &amp; ENERGY OF AUSTRALIA PTY LTD
+MITSUI IRON ORE CORPORATION PTY LTD
+BHP BILLITON MINERALS PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4701873</t>
+  </si>
+  <si>
+    <t>E  4701874</t>
+  </si>
+  <si>
+    <t>23/02/2015</t>
+  </si>
+  <si>
+    <t>02/2013 - 02/2014</t>
+  </si>
+  <si>
+    <t>Test Project - Testing Production</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  5301559 </t>
+  </si>
+  <si>
+    <t>KIMBA RESOURCES PTY LTD</t>
+  </si>
+  <si>
+    <t>26/02/2015</t>
+  </si>
+  <si>
+    <t>02/2012 - 02/2013</t>
+  </si>
+  <si>
+    <t>Test</t>
+  </si>
+  <si>
+    <t>25/02/2015</t>
+  </si>
+  <si>
+    <t>Mount Windell Project Area Combined Annual Report Exploration Licences 47/641 &amp; 47/1243 (C34/2007) for the period 22 January 2014 – 21 January 2015</t>
   </si>
   <si>
     <t>E  4700641</t>
   </si>
   <si>
     <t>E  4701243</t>
   </si>
   <si>
-    <t>28/02/2014</t>
-[...11 lines deleted...]
-    <t>Warramboo Project Area Combined Annual Report, Exploration Licences 08/788 &amp; 08/1196 (C144/1999) for the period 01 January 2013 – 31 December 2013</t>
+    <t>Annual Mineral Exploration Report - DMP Combined Reporting Group C203/1998 (Honeymoon Well), Reporting Period: 1/01/2014 – 31/12/2014, E53/1243, E53/1317, M53/35, M53/36, M53/55, M53/100, M53/458, M53/908, M53/949, M53/1086 and P53/1366</t>
+  </si>
+  <si>
+    <t>E  5301243</t>
+  </si>
+  <si>
+    <t>BHP NICKEL WEST PTY LTD</t>
+  </si>
+  <si>
+    <t>E  5301317</t>
+  </si>
+  <si>
+    <t>M  5300035</t>
+  </si>
+  <si>
+    <t>M  5300036</t>
+  </si>
+  <si>
+    <t>M  5300055</t>
+  </si>
+  <si>
+    <t>M  5300100</t>
+  </si>
+  <si>
+    <t>M  5300243</t>
+  </si>
+  <si>
+    <t>M  5300371</t>
+  </si>
+  <si>
+    <t>M  5300458</t>
+  </si>
+  <si>
+    <t>M  5300483</t>
+  </si>
+  <si>
+    <t>M  5300484</t>
+  </si>
+  <si>
+    <t>M  5300485</t>
+  </si>
+  <si>
+    <t>M  5300908</t>
+  </si>
+  <si>
+    <t>M  5300949</t>
+  </si>
+  <si>
+    <t>M  5301086</t>
+  </si>
+  <si>
+    <t>06/03/2015</t>
+  </si>
+  <si>
+    <t>Spearhole Project, Annual Report for the period 01/01/2014 to 31/12/2014, E52/2043-2044; P52/1186, 1188 &amp; 1212. [C165/2005]</t>
+  </si>
+  <si>
+    <t>E  5202043</t>
+  </si>
+  <si>
+    <t>E  5202044</t>
+  </si>
+  <si>
+    <t>Warramboo Project, Annual Report for the period 01/01/2014 to 31/12/2014, E38/788 &amp; 1196. [C144/1999]</t>
   </si>
   <si>
     <t>E  0800788</t>
   </si>
   <si>
     <t>E  0801196</t>
   </si>
   <si>
-    <t>Koodaideri Project Area (C20/1992) Combined Annual Report for Exploration Licences 47/328, 47/421, 47/487, 47/525, 47/1490 and 47/1491 27 January 2013 – 26 January 2014</t>
+    <t>Koodaideri Project Area Combined Annual Report Exploration Licences 47/328, 47/421, 47/487, 47/525, 47/1490 &amp; 47/1491 (C20/1992) Annual Report for the Period 27 January 2014 to 26 January 2015</t>
   </si>
   <si>
     <t>E  4700328</t>
   </si>
   <si>
     <t>E  4700421</t>
   </si>
   <si>
     <t>E  4700487</t>
   </si>
   <si>
     <t>E  4701490</t>
   </si>
   <si>
     <t>E  4701491</t>
   </si>
   <si>
-    <t>11/03/2014</t>
-[...335 lines deleted...]
-    <t>Combined Report for the Period 1st December 2012 to 30th November 2013, C120/2008 Glacier Valley</t>
+    <t>Annual Operations Report Balagundi Mining Lease M25/194 for the period 1st January 2014 to 31st December 2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  2500194 </t>
+  </si>
+  <si>
+    <t>EASTERN GOLDFIELDS MINING COMPANY PTY LTD</t>
+  </si>
+  <si>
+    <t>20/03/2015</t>
+  </si>
+  <si>
+    <t>Combined Annual Report for the Period 1 December 2013 to 30 November 2014, C120/2008, Glacier Valley Project E45/2510, E45/2535, E45/2854, E45/2855, E45/2856, E45/2857, E45/3084, E45/4277, M45/1226 and M45/1244</t>
   </si>
   <si>
     <t>E  4502510</t>
   </si>
   <si>
     <t>FMG MAGNETITE PTY LTD
 FORMOSA STEEL IB PTY LTD</t>
   </si>
   <si>
     <t>E  4502535</t>
   </si>
   <si>
     <t>E  4503084</t>
   </si>
   <si>
-    <t>M  4501184</t>
-[...13 lines deleted...]
-  <si>
     <t>M  4501226</t>
   </si>
   <si>
-    <t>Annual Mineral Exploration Report: P47/1671 Pinarra 2; 12 February 2013 to 11 February 2014</t>
-[...146 lines deleted...]
-    <t>Deadman Hill Project Combined Annual Report Exploration Licences 52/1617 &amp; 52/1690 (C117/2004) for the period 24 March 2013 – 23 March 2014</t>
+    <t>M  4501244</t>
+  </si>
+  <si>
+    <t>Combined Annual Mineral Exploration Report: C125/2011 “Mount Brockman” for the period 01st January 2014 to 31st December 2014, E47/1533....P47/1696</t>
+  </si>
+  <si>
+    <t>E  4701533</t>
+  </si>
+  <si>
+    <t>E  4701762</t>
+  </si>
+  <si>
+    <t>E  4702331</t>
+  </si>
+  <si>
+    <t>P  4701672</t>
+  </si>
+  <si>
+    <t>P  4701673</t>
+  </si>
+  <si>
+    <t>P  4701674</t>
+  </si>
+  <si>
+    <t>P  4701675</t>
+  </si>
+  <si>
+    <t>24/03/2015</t>
+  </si>
+  <si>
+    <t>02/2014 - 02/2015</t>
+  </si>
+  <si>
+    <t>Enterprise Project Annual Report Exploration Licence 47/1790 for the period 18 February 2014 to 17 February 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701790 </t>
+  </si>
+  <si>
+    <t>27/03/2015</t>
+  </si>
+  <si>
+    <t>Combined Mineral Exploration Report: C128/2011 Opthalmia Project for the period 1st January 2014 to 31st of December 2014, E47/2172, E47/2173, E47/2459, E47/2619, P47/1626</t>
+  </si>
+  <si>
+    <t>E  4702173</t>
+  </si>
+  <si>
+    <t>Annual Report for the Period, 1st January 2014 to 31st December 2014, Flying Fish C164/2006, E47/1155, E47/1373, E47/1500, E47/1543, E47/1675 E47/2036, P47/1275, P47/1692, P47/1693, P47/1694</t>
+  </si>
+  <si>
+    <t>E  4701373</t>
+  </si>
+  <si>
+    <t>E  4701500</t>
+  </si>
+  <si>
+    <t>P  4701275</t>
+  </si>
+  <si>
+    <t>RYAN DAVID</t>
+  </si>
+  <si>
+    <t>02/2014 - 01/2015</t>
+  </si>
+  <si>
+    <t>C282/2011 Turee Creek Project Annual Report for the Period 1st February 2014 to 31 January 2015, E47/1446, E47/1623, E52/1788, E52/1789 , E52/1790, E52/2521 E52/1667, E47/1461, E47/1741, E52/2522, P47/1280, P47/1281 P47/1282, P47/1283, P47/1284, P47/1285</t>
+  </si>
+  <si>
+    <t>E  4701446</t>
+  </si>
+  <si>
+    <t>E  4701461</t>
+  </si>
+  <si>
+    <t>E  5201788</t>
+  </si>
+  <si>
+    <t>E  5201789</t>
+  </si>
+  <si>
+    <t>E  5201790</t>
+  </si>
+  <si>
+    <t>E  5202521</t>
+  </si>
+  <si>
+    <t>26/03/2015</t>
+  </si>
+  <si>
+    <t>Evanston Shear Project, Annual Report for the period 31/01/2014 to 30/01/2015, E77/1117, 1295, 1321, 1322, 1697, 1698, 2088; M77/1259, 3980 &amp; 3981. [C81/2005]</t>
+  </si>
+  <si>
+    <t>E  7701117</t>
+  </si>
+  <si>
+    <t>BLACK OAK MINERALS LIMITED</t>
+  </si>
+  <si>
+    <t>E  7701322</t>
+  </si>
+  <si>
+    <t>MARDA OPERATIONS PTY LTD</t>
+  </si>
+  <si>
+    <t>M  7701259</t>
+  </si>
+  <si>
+    <t>YILGARN IRON PTY LTD</t>
+  </si>
+  <si>
+    <t>30/03/2015</t>
+  </si>
+  <si>
+    <t>Reporting Group C16/2013, Combined Annual Report for E45/2995, E45/3390, E45/3391, E45/3392, P45/2655, E47/0891 - Great Northern Gold Project - Reporting Period 01 January 2014 – 31 December 2014</t>
+  </si>
+  <si>
+    <t>E  4502995</t>
+  </si>
+  <si>
+    <t>NORTHERN STAR (HEMI) PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4503390</t>
+  </si>
+  <si>
+    <t>E  4503391</t>
+  </si>
+  <si>
+    <t>E  4503392</t>
+  </si>
+  <si>
+    <t>E  4700891</t>
+  </si>
+  <si>
+    <t>02/04/2015</t>
+  </si>
+  <si>
+    <t>03/2014 - 03/2015</t>
+  </si>
+  <si>
+    <t>Mount Turner Project Area Combined Annual Report Exploration Licences 47/1411, 47/2948, 47/2951, 47/2952, 47/2953, 47/2954, Prospecting Licence 47/1709 &amp; Mining Lease 47/1135 (C95/2014) for the period 31 March 2014 – 30 March 2015</t>
+  </si>
+  <si>
+    <t>E  4702951</t>
+  </si>
+  <si>
+    <t>E  4702952</t>
+  </si>
+  <si>
+    <t>05/2014 - 05/2015</t>
+  </si>
+  <si>
+    <t>Annual Report Ministers North E47/682 Reporting Period 4 May 2014 – 3 May 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4700628 </t>
+  </si>
+  <si>
+    <t>31/03/2015</t>
+  </si>
+  <si>
+    <t>Combined Annual Report C139/2008 for the Ironstone Well Project, 1st February 2014—31st January 2015, E53/1223, E53/1224, M53/1093</t>
+  </si>
+  <si>
+    <t>E  5301223</t>
+  </si>
+  <si>
+    <t>NEMEX PTY LTD
+OREX MINING PTY LTD</t>
+  </si>
+  <si>
+    <t>E  5301224</t>
+  </si>
+  <si>
+    <t>M  5301093</t>
+  </si>
+  <si>
+    <t>YANDAL RESOURCES LIMITED</t>
+  </si>
+  <si>
+    <t>Forrestania Project C97/1994 Annual Report for the Period 1st January 2014 to 31st December 2014, E74/470.....M77/912</t>
+  </si>
+  <si>
+    <t>E  7400470</t>
+  </si>
+  <si>
+    <t>IGO FORRESTANIA LIMITED</t>
+  </si>
+  <si>
+    <t>E  7701865</t>
+  </si>
+  <si>
+    <t>M  7400057</t>
+  </si>
+  <si>
+    <t>M  7400058</t>
+  </si>
+  <si>
+    <t>M  7400064</t>
+  </si>
+  <si>
+    <t>M  7400065</t>
+  </si>
+  <si>
+    <t>M  7400081</t>
+  </si>
+  <si>
+    <t>M  7400090</t>
+  </si>
+  <si>
+    <t>M  7400091</t>
+  </si>
+  <si>
+    <t>M  7400092</t>
+  </si>
+  <si>
+    <t>M  7700098</t>
+  </si>
+  <si>
+    <t>M  7700215</t>
+  </si>
+  <si>
+    <t>M  7700216</t>
+  </si>
+  <si>
+    <t>M  7700219</t>
+  </si>
+  <si>
+    <t>M  7700284</t>
+  </si>
+  <si>
+    <t>M  7700285</t>
+  </si>
+  <si>
+    <t>M  7700286</t>
+  </si>
+  <si>
+    <t>M  7700329</t>
+  </si>
+  <si>
+    <t>M  7700335</t>
+  </si>
+  <si>
+    <t>M  7700336</t>
+  </si>
+  <si>
+    <t>M  7700389</t>
+  </si>
+  <si>
+    <t>M  7700399</t>
+  </si>
+  <si>
+    <t>M  7700458</t>
+  </si>
+  <si>
+    <t>M  7700542</t>
+  </si>
+  <si>
+    <t>M  7700543</t>
+  </si>
+  <si>
+    <t>M  7700545</t>
+  </si>
+  <si>
+    <t>M  7700550</t>
+  </si>
+  <si>
+    <t>M  7700568</t>
+  </si>
+  <si>
+    <t>M  7700574</t>
+  </si>
+  <si>
+    <t>M  7700582</t>
+  </si>
+  <si>
+    <t>M  7700583</t>
+  </si>
+  <si>
+    <t>M  7700584</t>
+  </si>
+  <si>
+    <t>M  7700585</t>
+  </si>
+  <si>
+    <t>M  7700586</t>
+  </si>
+  <si>
+    <t>M  7700587</t>
+  </si>
+  <si>
+    <t>M  7700588</t>
+  </si>
+  <si>
+    <t>M  7700589</t>
+  </si>
+  <si>
+    <t>M  7700911</t>
+  </si>
+  <si>
+    <t>M  7700912</t>
+  </si>
+  <si>
+    <t>01/04/2015</t>
+  </si>
+  <si>
+    <t>Annual Report for the Period 17 January 2014 to 16 January 2015, E47/1423 Wonmunna Project</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701423 </t>
+  </si>
+  <si>
+    <t>Annual Report for the Period 1 January 2014 to 31 December 2014, C121/2011 Dingo Bore, E46/517, E46/704, E46/706, E46/711, E46/859, E46/872, E46/965, E46/967. E46/986, E46/994, E46/1000</t>
+  </si>
+  <si>
+    <t>E  4600517</t>
+  </si>
+  <si>
+    <t>E  4600711</t>
+  </si>
+  <si>
+    <t>E  4600859</t>
+  </si>
+  <si>
+    <t>E  4600965</t>
+  </si>
+  <si>
+    <t>E  4601000</t>
+  </si>
+  <si>
+    <t>Combined Mineral Exploration Report: C186/2007 Horatio Project for the period 1 January 2014 to 31 December 2014, E46/621, E46/743, E47/1392, E47/1393, E47/2085, E47/2119, E47/2146, E47/2379, E47/2664, E47/2665, E47/2666. E47/2735, P47/1623</t>
+  </si>
+  <si>
+    <t>E  4600621</t>
+  </si>
+  <si>
+    <t>E  4701392</t>
+  </si>
+  <si>
+    <t>E  4701393</t>
+  </si>
+  <si>
+    <t>E  4702085</t>
+  </si>
+  <si>
+    <t>E  4702119</t>
+  </si>
+  <si>
+    <t>E  4702666</t>
+  </si>
+  <si>
+    <t>Combined Annual Report for the Period 01st January 2014 to 31st December 2014, C39/2013 Wyloo Project E08/1393....P47/1649</t>
+  </si>
+  <si>
+    <t>E  0801393</t>
+  </si>
+  <si>
+    <t>E  4701154</t>
+  </si>
+  <si>
+    <t>E  4701649</t>
+  </si>
+  <si>
+    <t>E  4701650</t>
+  </si>
+  <si>
+    <t>E  4701728</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  4701488 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  4701489 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  0800531 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  0800532 </t>
+  </si>
+  <si>
+    <t>P  4701278</t>
+  </si>
+  <si>
+    <t>P  4701404</t>
+  </si>
+  <si>
+    <t>16/04/2015</t>
+  </si>
+  <si>
+    <t>C40/2005 – Marillana - Yandicoogina Project Annual Report For the Period 17 February 2014 to 16 February 2015,  E47/1239 (Breakaway), E47/1385 (Weeli Wooli), E47/2001, E47/2004 (Sth Marillana), &amp; M47/1439 (Iron Valley)</t>
+  </si>
+  <si>
+    <t>E  4701239</t>
+  </si>
+  <si>
+    <t>BHP MINERALS PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4701385</t>
+  </si>
+  <si>
+    <t>M  4701439</t>
+  </si>
+  <si>
+    <t>IRON VALLEY PTY LTD</t>
+  </si>
+  <si>
+    <t>14/04/2015</t>
+  </si>
+  <si>
+    <t>Mt Pyrton 04 Project Annual Report Exploration Licence 47/2947 for the period 10 March 2014 – 09 March 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4702947 </t>
+  </si>
+  <si>
+    <t>22/04/2015</t>
+  </si>
+  <si>
+    <t>Angelo Project C115/2011 Annual Report for the period 1 December 2013 to 30 November 2014, E52/1984, E52/2034, E52/2035, E52/2470, E52/2594,
+E52/2621, E52/2699, E52/2737, E52/2738, E52/2739, E52/2748, P52/1421, P52/1422</t>
+  </si>
+  <si>
+    <t>E  5202034</t>
+  </si>
+  <si>
+    <t>E  5202035</t>
+  </si>
+  <si>
+    <t>E  5202594</t>
+  </si>
+  <si>
+    <t>Annual Report for the Period 1 January 2014 to 31 December 2014, C228/2008 Serpentine for 1 January 2014 to 31 December 2014, E47/1194......P47/1666</t>
+  </si>
+  <si>
+    <t>E  4701194</t>
+  </si>
+  <si>
+    <t>E  4701351</t>
+  </si>
+  <si>
+    <t>E  4701448</t>
+  </si>
+  <si>
+    <t>E  4701449</t>
+  </si>
+  <si>
+    <t>E  4701809</t>
+  </si>
+  <si>
+    <t>E  4701832</t>
+  </si>
+  <si>
+    <t>E  4701846</t>
+  </si>
+  <si>
+    <t>E  4701861</t>
+  </si>
+  <si>
+    <t>E  4701988</t>
+  </si>
+  <si>
+    <t>E  4702285</t>
+  </si>
+  <si>
+    <t>E  4702333</t>
+  </si>
+  <si>
+    <t>E  4702465</t>
+  </si>
+  <si>
+    <t>P  4701663</t>
+  </si>
+  <si>
+    <t>P  4701664</t>
+  </si>
+  <si>
+    <t>P  4701666</t>
+  </si>
+  <si>
+    <t>24/04/2015</t>
+  </si>
+  <si>
+    <t>Deadman Hill Project Combined Annual Report Exploration Licences 52/1617 &amp; 52/1690 (C117/2004) for the period 24 March 2014 – 23 March 2015</t>
   </si>
   <si>
     <t>E  5201617</t>
   </si>
   <si>
     <t>E  5201690</t>
   </si>
   <si>
-    <t>04/2013 - 03/2014</t>
-[...14 lines deleted...]
-    <t>E  4700623</t>
+    <t>29/04/2015</t>
+  </si>
+  <si>
+    <t>GILES SOUTH 2 ANNUAL REPORT EXPLORATION LICENCE 47/1924 Annual Report for the Period
+26 March 2014 to 25 March 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701924 </t>
+  </si>
+  <si>
+    <t>Howards Well 2 Project Annual Report Exploration Licence 47/2141 for the period 25 March 2014 – 24 March 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4702141 </t>
+  </si>
+  <si>
+    <t>30/04/2015</t>
+  </si>
+  <si>
+    <t>E47/1607 Bismark Gorge 2015 Annual Report For the Year Ending 01 March 2015 Wittenoom Project</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701607 </t>
+  </si>
+  <si>
+    <t>05/05/2015</t>
+  </si>
+  <si>
+    <t>04/2014 - 03/2015</t>
+  </si>
+  <si>
+    <t>WONMUNNA EAST ANNUAL REPORT EXPLORATION LICENCE E47/622 West Pilbara Mineral Field Western Australia Annual Report for the Period 01 April 2014 to 31 March 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4700622 </t>
   </si>
   <si>
     <t>HAMERSLEY RESOURCES LIMITED
 RHODES RIDGE MINING (NO 1) PTY LTD
 RHODES RIDGE MINING (NO 2) PTY LTD</t>
   </si>
   <si>
+    <t>Turee South Annual Report Exploration Licence 47/1478  Annual Report for the period 31 March 2014 – 30 March 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701478 </t>
+  </si>
+  <si>
+    <t>Pinarra Annual Report Exploration Licence 47/1277 Annual Report for the period 31 March 2014 – 30 March 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701277 </t>
+  </si>
+  <si>
+    <t>Ophthalmia Ranges Project Area Combined Anual Report Exploration Licences 47/280 and 47/319 (C156/1996) Annual Report for the period 01 April 2014 to 31 March 2015</t>
+  </si>
+  <si>
+    <t>E  4700280</t>
+  </si>
+  <si>
+    <t>E  4700319</t>
+  </si>
+  <si>
+    <t>Giles [Project] Combined Annual Report Exploration Licences 47/623 and 47/624 (C139/2013) Annual Report for the period 01 April 2014 – 31 March 2015</t>
+  </si>
+  <si>
+    <t>E  4700623</t>
+  </si>
+  <si>
     <t>E  4700624</t>
   </si>
   <si>
-    <t>01/05/2014</t>
-[...59 lines deleted...]
-    <t>Juna Downs Project Combined Annual Report Exploration Licences 47/584, 47/631 and 47/1943 (C602/1994) for the period 07 April 2013 – 06 April 2014</t>
+    <t>12/05/2015</t>
+  </si>
+  <si>
+    <t>04/2014 - 04/2015</t>
+  </si>
+  <si>
+    <t>Juna Downs Project Area Combined Annual Report Exploration Licences 47/584, 47/631 and 47/1943 (C602/1994) Annual Report for the period 07 April 2014 – 06 April 2015</t>
   </si>
   <si>
     <t>E  4700584</t>
   </si>
   <si>
     <t>E  4700631</t>
   </si>
   <si>
     <t>E  4701943</t>
   </si>
   <si>
-    <t>15/05/2014</t>
-[...362 lines deleted...]
-    <t>Cabbage Gum Bore C42/1998 E47/656, E47/733, P47/1301 Combined Annual Report 24 April 2013 – 23 April 2014</t>
+    <t>21/05/2015</t>
+  </si>
+  <si>
+    <t>Annual report for the period 27th May 2014 to 26th May 2015, Bonobo Project, E52/2009</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  5202009 </t>
+  </si>
+  <si>
+    <t>ITOCHU MINERALS &amp; ENERGY OF AUSTRALIA PTY LTD
+BHP MINERALS PTY LTD
+MITSUI-ITOCHU IRON PTY LTD</t>
+  </si>
+  <si>
+    <t>05/2014 - 04/2015</t>
+  </si>
+  <si>
+    <t>Fortescue Valley E47/1587 Annual Report for the period 1 May 2014 – 30 April 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701587 </t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
+    <t>Cabbage Gum Bore Project Combined Annual Report, Exploration Licences 47/656, 47/733 and Prospecting Licence 47/1301, C42/1998, Annual Report for the period 24 April 2014 to 23 April 2015</t>
   </si>
   <si>
     <t>E  4700656</t>
   </si>
   <si>
     <t>MITSUI IRON ORE DEVELOPMENT PTY LTD
 NORTH MINING LIMITED
 ROBE RIVER MINING CO. PTY LIMITED
 CAPE LAMBERT IRON ASSOCIATES (REGISTERED BUSINESS NAME)
 PANNAWONICA IRON ASSOCIATES (REGISTERED BUSINESS NAME)</t>
   </si>
   <si>
     <t>E  4700733</t>
   </si>
   <si>
     <t>P  4701301</t>
   </si>
   <si>
-    <t>05/06/2014</t>
-[...25 lines deleted...]
-    <t>Callawa Project Combined Annual Report E45/1072, M45/1015, M45/1016, M45/1017, M45/1018 &amp; M45/1019 Reporting Period 14th June 2013 – 13th June 2014</t>
+    <t>Kangeenarina Project Area Combined Annual Report Exploration Licence 47/1781 and Prospecting Licences 47/1337, 47/1353, 47/1354, 1355, 1356, 1357, 1358 &amp; 1359 (C21/2008) for the period 24 April 2014 – 23 April 2015</t>
+  </si>
+  <si>
+    <t>E  4701781</t>
+  </si>
+  <si>
+    <t>10/06/2015</t>
+  </si>
+  <si>
+    <t>Combined Annual Report (C86-2000) for the period 26 May 2014 to 25 May 2015, M70/94, M70/352, M70/643, M70/652, M70/675, M70/720,        M70/748, M70/812, M70/893, M 70/1006, M70/1033, R70/38, E70/2979, E70/3005, E70/3587, E70/4020, E70/4449</t>
+  </si>
+  <si>
+    <t>E  7003005</t>
+  </si>
+  <si>
+    <t>DORAL MINERAL SANDS PTY LTD</t>
+  </si>
+  <si>
+    <t>E  7003587</t>
+  </si>
+  <si>
+    <t>E  7004449</t>
+  </si>
+  <si>
+    <t>M  7000094</t>
+  </si>
+  <si>
+    <t>M  7000352</t>
+  </si>
+  <si>
+    <t>M  7000643</t>
+  </si>
+  <si>
+    <t>M  7000812</t>
+  </si>
+  <si>
+    <t>M  7000893</t>
+  </si>
+  <si>
+    <t>M  7001006</t>
+  </si>
+  <si>
+    <t>M  7001033</t>
+  </si>
+  <si>
+    <t>06/2014 - 05/2015</t>
+  </si>
+  <si>
+    <t>Combined Annual Report (C64-2011) for the period 1 June 2014 to 31 May 2015, Doral Mineral Sands - Busselton Project, E70/2573, E70/2650, E70/02976, M70/458, M70/459, M70/460, M70/461, M70/641</t>
+  </si>
+  <si>
+    <t>E  7002573</t>
+  </si>
+  <si>
+    <t>E  7002650</t>
+  </si>
+  <si>
+    <t>M  7000458</t>
+  </si>
+  <si>
+    <t>M  7000459</t>
+  </si>
+  <si>
+    <t>M  7000641</t>
+  </si>
+  <si>
+    <t>16/06/2015</t>
+  </si>
+  <si>
+    <t>06/2014 - 06/2015</t>
+  </si>
+  <si>
+    <t>Callawa Project Combined Annual Report E45/1072, M45/1015, M45/1016, M45/1017, M45/1018 &amp; M45/1019 Reporting Period 14th June 2014 – 13th June 2015</t>
   </si>
   <si>
     <t>E  4501072</t>
   </si>
   <si>
     <t>M  4501015</t>
   </si>
   <si>
     <t>M  4501016</t>
   </si>
   <si>
     <t>M  4501017</t>
   </si>
   <si>
     <t>M  4501018</t>
   </si>
   <si>
     <t>M  4501019</t>
   </si>
   <si>
-    <t>Annual Report Upper Marillana E47/1222 Reporting Period 11th June 2013 – 10th June 2014</t>
-[...68 lines deleted...]
-    <t>METAWANDY PROJECT AREA C18/2004 COMBINED ANNUAL REPORT EXPLORATION LICENCES 47/662 &amp; 47/781 Annual Report for the Period 9 June 2013 to 8 June 2014</t>
+    <t>Combined Annual Report Area C / South Project  E47/1432, E47/1767, E47/2500 for the period 24 June 2014 – 23 June 2015 (C223/2011)</t>
+  </si>
+  <si>
+    <t>E  4701432</t>
+  </si>
+  <si>
+    <t>E  4701767</t>
+  </si>
+  <si>
+    <t>E  4702500</t>
+  </si>
+  <si>
+    <t>17/06/2015</t>
+  </si>
+  <si>
+    <t>Duck Creek Project Annual Report Exploration Licence 47/1218 for the period 13 May 2014 – 12 May 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701218 </t>
+  </si>
+  <si>
+    <t>02/07/2015</t>
+  </si>
+  <si>
+    <t>Combined Annual Report Rocklea Project C120/2014 for the period 6 June 2014 – 5 June 2015, E47/16, M47/683, M47/684, M47/685, M47/686, M47/687, M47/688, M47/689, M47/690, M47/691</t>
+  </si>
+  <si>
+    <t>E  4700016</t>
+  </si>
+  <si>
+    <t>M  4700683</t>
+  </si>
+  <si>
+    <t>M  4700684</t>
+  </si>
+  <si>
+    <t>M  4700685</t>
+  </si>
+  <si>
+    <t>M  4700686</t>
+  </si>
+  <si>
+    <t>M  4700687</t>
+  </si>
+  <si>
+    <t>M  4700688</t>
+  </si>
+  <si>
+    <t>M  4700689</t>
+  </si>
+  <si>
+    <t>M  4700690</t>
+  </si>
+  <si>
+    <t>M  4700691</t>
+  </si>
+  <si>
+    <t>08/07/2015</t>
+  </si>
+  <si>
+    <t>Duck Creek North Annual Report E47/778 Annual Report for the Period 10 June 2014 to 9 June 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4700778 </t>
+  </si>
+  <si>
+    <t>09/07/2015</t>
+  </si>
+  <si>
+    <t>07/2014 - 07/2015</t>
+  </si>
+  <si>
+    <t>Annual Mineral Exploration Report For the Period 8 July 2014 to 7 July 2015, Albion Downs South C36/2005, E53/01167, M53/00238, M53/00239, M53/00240, M53/00241, M53/00242</t>
+  </si>
+  <si>
+    <t>E  5301167</t>
+  </si>
+  <si>
+    <t>M  5300238</t>
+  </si>
+  <si>
+    <t>M  5300239</t>
+  </si>
+  <si>
+    <t>M  5300240</t>
+  </si>
+  <si>
+    <t>M  5300241</t>
+  </si>
+  <si>
+    <t>M  5300242</t>
+  </si>
+  <si>
+    <t>15/07/2015</t>
+  </si>
+  <si>
+    <t>Metawandy Project Combined Annual Report, Exploration Licences 47/662 &amp; 47/781 (C18/2004) for the period 9 June 2014 to 8 June 2015</t>
   </si>
   <si>
     <t>E  4700662</t>
   </si>
   <si>
     <t>E  4700781</t>
   </si>
   <si>
-    <t>BROCKMAN WEST COMBINED ANNUAL REPORT EXPLORATION LICENCES 47/472, 47/780, 47/783 &amp; 47/942 (C42/1997) Annual Report for the Period 9 June 2013 to 8 June 2014</t>
+    <t>17/07/2015</t>
+  </si>
+  <si>
+    <t>Brockman West Project Area Combined Annual Report Exploration Licences 47/472, 47/780, 47/783 &amp; 47/942 (C42/1997) for the period 09 June 2014 – 08 June 2015</t>
   </si>
   <si>
     <t>E  4700472</t>
   </si>
   <si>
     <t>E  4700780</t>
   </si>
   <si>
     <t>E  4700783</t>
   </si>
   <si>
     <t>E  4700942</t>
   </si>
   <si>
-    <t>21/07/2014</t>
-[...3 lines deleted...]
-(C159/2007) Annual Report for the Period 16 June 2013 to 15 June 2014</t>
+    <t>16/07/2015</t>
+  </si>
+  <si>
+    <t>Annual Report Upper Marillana Project E47/1222 for the Reporting Period 11th June 2014 – 10th June 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701222 </t>
+  </si>
+  <si>
+    <t>21/07/2015</t>
+  </si>
+  <si>
+    <t>Annual Technical Report – Combined Technical Report No. C60/2015 Kathleen Valley Gold Project for the period 1 June 2014 to 31 May 2015, M36/162, M36/176, M36/264, M36/265, M36/266, M36/328, M36/342, M36/365, M36/375, M36/376, M36/441, M36/459, M36/460, M36/603, M36/660</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600162 </t>
+  </si>
+  <si>
+    <t>GIARD PTY LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600176 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600264 </t>
+  </si>
+  <si>
+    <t>LRL (AUST) PTY LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600265 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600266 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600328 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600342 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600365 </t>
+  </si>
+  <si>
+    <t>IGO COSMOS PTY LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600375 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600376 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600441 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600459 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600460 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600603 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  3600660 </t>
+  </si>
+  <si>
+    <t>Poonda Project Area Combined Annual Report Exploration Licences 46/580 &amp; 46/662 (C159/2007) for the period 16 June 2014 – 15 June 2015</t>
   </si>
   <si>
     <t>E  4600580</t>
   </si>
   <si>
     <t>E  4600662</t>
   </si>
   <si>
-    <t>31/07/2014</t>
-[...2 lines deleted...]
-    <t>SHOVELANNA PROJECT AREA COMBINED ANNUAL REPORT MINING LEASES 46/437, 46/438, 46/439 &amp; 46/440 (C140/2010) Annual Report for the Period 30 June 2013 to 29 June 2014</t>
+    <t>05/08/2015</t>
+  </si>
+  <si>
+    <t>Shovelanna Project Area Combined Annual Report Mining Leases 46/437, 46/438, 46/439 and 46/440 (C140/2010) for the period 30 June 2014 – 29 June 2015</t>
   </si>
   <si>
     <t>M  4600437</t>
   </si>
   <si>
     <t>M  4600438</t>
   </si>
   <si>
     <t>M  4600439</t>
   </si>
   <si>
     <t>M  4600440</t>
   </si>
   <si>
-    <t>05/08/2014</t>
-[...23 lines deleted...]
-    <t>Koodaideri Project, Annual Report for the period 09/07/2013 to 08/07/2014, E47/1539, 1620, 1644-1648, 2655 &amp; 2733. [C335/2011]</t>
+    <t>07/2014 - 06/2015</t>
+  </si>
+  <si>
+    <t>Annual Report Exploration Licence 47/1329 Leisker Project for the period 1 July 2014 – 30 June 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701329 </t>
+  </si>
+  <si>
+    <t>14/08/2015</t>
+  </si>
+  <si>
+    <t>Koodaideri South Project Area, Annual Report Exploration Licences 47/1539, 47/1620, 47/1644, 47/1645, 47/1646, 47/1647, 47/1648, 47/2655 and 47/2733 (C335/2011) for the period 09 July 2014 – 08 July 2015</t>
   </si>
   <si>
     <t>E  4701539</t>
   </si>
   <si>
     <t>E  4701620</t>
   </si>
   <si>
     <t>HAMERSLEY IRON PTY LIMITED</t>
   </si>
   <si>
     <t>E  4701644</t>
   </si>
   <si>
     <t>E  4701648</t>
   </si>
   <si>
     <t>E  4702655</t>
   </si>
   <si>
-    <t>01/09/2014</t>
-[...6 lines deleted...]
-2014</t>
+    <t>20/08/2015</t>
+  </si>
+  <si>
+    <t>08/2014 - 08/2015</t>
+  </si>
+  <si>
+    <t>ANNUAL REPORT KAMBALDA WEST PROJECT COOLGARDIE MINERAL FIELD, WESTERN AUSTRALIA FOR THE PERIOD 11 AUGUST 2014 to 10 AUGUST 2015 Combined Reporting Number C443/1996 Exploration Licences: E15/967, E15/968 Mining Licences: M15/395, M15/703 Prospecting Licences: P15/4884, P15/4885, P15/4963</t>
+  </si>
+  <si>
+    <t>M  1500395</t>
+  </si>
+  <si>
+    <t>MAXIMUS RESOURCES LTD
+MAXIMUS RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>M  1500703</t>
+  </si>
+  <si>
+    <t>MAXIMUS RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>Wedge Island Project E70/1542 Annual Report for the period 23/12/2013 to 22/12/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  7001542 </t>
+  </si>
+  <si>
+    <t>ENMIC PTY LTD</t>
+  </si>
+  <si>
+    <t>E70/1122 Annual MIneral Exploration Report for the period ended 14/02/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  7001122 </t>
+  </si>
+  <si>
+    <t>CONCEPT NOMINEES PTY LTD</t>
+  </si>
+  <si>
+    <t>26/08/2015</t>
+  </si>
+  <si>
+    <t>05/2007 - 05/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  2000618 </t>
+  </si>
+  <si>
+    <t>CROSSLANDS RESOURCES PTY LTD</t>
+  </si>
+  <si>
+    <t>02/09/2015</t>
+  </si>
+  <si>
+    <t>Mt Sampson East Project Annual Report for E47/1789 for the period ended 27/07/2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701789 </t>
+  </si>
+  <si>
+    <t>11/09/2015</t>
+  </si>
+  <si>
+    <t>Caramulla Creek E52/1905 Annual Report for the period 08 August 2014 – 07 August 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  5201905 </t>
+  </si>
+  <si>
+    <t>Annual Report on Texas East Project C157/2006 Exploration Licences 47/1522, 47/1228 and 47/1922 for the period 8 August 2014 – 7 August 2015</t>
+  </si>
+  <si>
+    <t>E  4701228</t>
+  </si>
+  <si>
+    <t>E  4701522</t>
+  </si>
+  <si>
+    <t>E  4701922</t>
+  </si>
+  <si>
+    <t>18/09/2015</t>
+  </si>
+  <si>
+    <t>09/2014 - 09/2015</t>
+  </si>
+  <si>
+    <t>Annual Report Roy Hill E45/1073 and E45/1074 Reporting Period 26 September 2014 – 25 September 2015</t>
   </si>
   <si>
     <t>E  4501073</t>
   </si>
   <si>
     <t>E  4501074</t>
   </si>
   <si>
-    <t>05/09/2014</t>
-[...2 lines deleted...]
-    <t>Leinster - Moutn Keith Project C172/2007 Annual Mineral Exploration Report for the period 01/07/2013 - 30/06/2014,</t>
+    <t>25/09/2015</t>
+  </si>
+  <si>
+    <t>Leinster / Mount Keith Project C172/2007 Annual Report for the period 1 July 2014 – 30 June 2015, M53/411.....M36/87</t>
   </si>
   <si>
     <t>AML7000255</t>
   </si>
   <si>
     <t>M  3600004</t>
   </si>
   <si>
     <t>M  3600009</t>
   </si>
   <si>
     <t>M  3600078</t>
   </si>
   <si>
     <t>BHP YAKABINDIE NICKEL PTY LTD</t>
   </si>
   <si>
     <t>M  3600087</t>
   </si>
   <si>
     <t>M  3600102</t>
   </si>
   <si>
     <t>M  3600103</t>
   </si>
@@ -1878,53 +1678,50 @@
   <si>
     <t>M  3600156</t>
   </si>
   <si>
     <t>M  3600158</t>
   </si>
   <si>
     <t>M  3600159</t>
   </si>
   <si>
     <t>M  3600160</t>
   </si>
   <si>
     <t>M  3600183</t>
   </si>
   <si>
     <t>M  3600184</t>
   </si>
   <si>
     <t>M  3600185</t>
   </si>
   <si>
     <t>M  3600212</t>
   </si>
   <si>
-    <t>IGO COSMOS PTY LTD</t>
-[...1 lines deleted...]
-  <si>
     <t>M  3600216</t>
   </si>
   <si>
     <t>M  3600217</t>
   </si>
   <si>
     <t>M  3600218</t>
   </si>
   <si>
     <t>M  3600219</t>
   </si>
   <si>
     <t>M  3600220</t>
   </si>
   <si>
     <t>M  3600230</t>
   </si>
   <si>
     <t>M  3600242</t>
   </si>
   <si>
     <t>M  3600243</t>
   </si>
   <si>
     <t>M  3600246</t>
@@ -1950,50 +1747,53 @@
   <si>
     <t>M  3600291</t>
   </si>
   <si>
     <t>M  3600294</t>
   </si>
   <si>
     <t>M  3600306</t>
   </si>
   <si>
     <t>M  3600307</t>
   </si>
   <si>
     <t>M  3600336</t>
   </si>
   <si>
     <t>M  3600389</t>
   </si>
   <si>
     <t>M  3600399</t>
   </si>
   <si>
     <t>M  3600409</t>
   </si>
   <si>
+    <t xml:space="preserve">M  3600422 </t>
+  </si>
+  <si>
     <t>M  3600439</t>
   </si>
   <si>
     <t>M  3600440</t>
   </si>
   <si>
     <t>M  3600452</t>
   </si>
   <si>
     <t>M  3600453</t>
   </si>
   <si>
     <t>M  3600454</t>
   </si>
   <si>
     <t>M  3600455</t>
   </si>
   <si>
     <t>M  3600456</t>
   </si>
   <si>
     <t>M  3600457</t>
   </si>
   <si>
     <t>M  3600509</t>
@@ -2073,1103 +1873,752 @@
   <si>
     <t>M  5300463</t>
   </si>
   <si>
     <t>M  5300466</t>
   </si>
   <si>
     <t>M  5300467</t>
   </si>
   <si>
     <t>M  5300475</t>
   </si>
   <si>
     <t>M  5300486</t>
   </si>
   <si>
     <t>M  5300487</t>
   </si>
   <si>
     <t>M  5300488</t>
   </si>
   <si>
     <t>M  5300489</t>
   </si>
   <si>
-    <t>12/09/2014</t>
-[...62 lines deleted...]
-    <t>Caliwingina Project Area Combined Annual Report Exploration Licences 47/54, 47/473, 47/474, 47/1322 and 47/2950 (C44/1997) for the period 21 August 2013 – 20 August 2014</t>
+    <t>24/09/2015</t>
+  </si>
+  <si>
+    <t>Mt Margaret Project Combined Annual Report Exploration Licences 47/475 &amp; 47/585 (C43/1997) for the period 21 August 2014 -20 August 2015</t>
+  </si>
+  <si>
+    <t>E  4700475</t>
+  </si>
+  <si>
+    <t>E  4700585</t>
+  </si>
+  <si>
+    <t>Caliwingina Project Area Combined Annual Report Exploration Licences 47/54, 47/473, 47/474, 47/1322 &amp; 47/2950 (C44/1997) for the period 21 August 2014 – 20 August 2015</t>
   </si>
   <si>
     <t>E  4700054</t>
   </si>
   <si>
     <t>E  4700473</t>
   </si>
   <si>
     <t>E  4700474</t>
   </si>
   <si>
     <t>E  4701322</t>
   </si>
   <si>
     <t>E  4702950</t>
   </si>
   <si>
-    <t>30/09/2014</t>
-[...2 lines deleted...]
-    <t>Mt Farquhar Project Combined Annual Report Exploration Licences 47/45, 47/468, 47/469, 47/470 &amp; 47/892 (C86/1999) for the period 22 August 2013 – 21 August 2014</t>
+    <t>Mt Farquhar Project Combined Annual Report Exploration Licences 47/45, 47/468, 47/469, 47/470 &amp; 47/892 (C86/1999) for the period 22 August 2014 – 21 August 2015</t>
   </si>
   <si>
     <t>E  4700045</t>
   </si>
   <si>
     <t>E  4700468</t>
   </si>
   <si>
     <t>E  4700469</t>
   </si>
   <si>
     <t>E  4700470</t>
   </si>
   <si>
     <t>E  4700892</t>
   </si>
   <si>
-    <t>Mt Margaret Project Combined Annual Report Exploration Licences 47/475 &amp; 47/585 (C43/1997) for the period 21 August 2013 to 20 August 2014</t>
-[...11 lines deleted...]
-    <t>Ophthalmia Dam Annual Report Exploration Licence 52/1894 for the period 10 September 2013 – 9 September 2014</t>
+    <t>Leviers Bore E47/1327 Annual Report for Year Ending 03 August 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  4701327 </t>
+  </si>
+  <si>
+    <t>30/09/2015</t>
+  </si>
+  <si>
+    <t>Combined Annual Mineral Exploration Report, Webb Tenement Group C199/2010, E80/4235, E80/4407, E80/4506, E80/4737, E80/4815 and E80/4863 for the period 1 July 2014 to 30 June 2015</t>
+  </si>
+  <si>
+    <t>E  8004815</t>
+  </si>
+  <si>
+    <t>METEORIC RESOURCES NL
+CGN RESOURCES LIMITED</t>
+  </si>
+  <si>
+    <t>02/10/2015</t>
+  </si>
+  <si>
+    <t>E  4502232</t>
+  </si>
+  <si>
+    <t>PILBARA MINERALS LIMITED</t>
+  </si>
+  <si>
+    <t>E  4502241</t>
+  </si>
+  <si>
+    <t>PILGANGOORA OPERATIONS PTY LTD</t>
+  </si>
+  <si>
+    <t>M  4500078</t>
+  </si>
+  <si>
+    <t>M  4500333</t>
+  </si>
+  <si>
+    <t>M  4500511</t>
+  </si>
+  <si>
+    <t>14/10/2015</t>
+  </si>
+  <si>
+    <t>01/1982 - 12/1982</t>
+  </si>
+  <si>
+    <t>Summary of 1979-1981 Biostratigraphic Studies WA - NT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  8000197 </t>
+  </si>
+  <si>
+    <t>YUGUANG (AUSTRALIA) PTY LTD
+SORBY HILLS PTY LTD</t>
+  </si>
+  <si>
+    <t>15/10/2015</t>
+  </si>
+  <si>
+    <t>Ophthalmia Dam Annual Report Exploration Licence 52/1894 for the period 10 September 2014 – 09 September 2015</t>
   </si>
   <si>
     <t xml:space="preserve">E  5201894 </t>
   </si>
   <si>
-    <t>24/10/2014</t>
-[...32 lines deleted...]
-    <t>Brockman Valley Project Area Combined Annual Report Exploration Licences 47/47, 47/661, and 47/1054 (C17/2004)</t>
+    <t>28/10/2015</t>
+  </si>
+  <si>
+    <t>Yandi / Marillana Station M47/71-I Annual Report for the period 22nd August 2014 to 21st August 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  4700071 </t>
+  </si>
+  <si>
+    <t>10/09/2015</t>
+  </si>
+  <si>
+    <t>01/2015 - 09/2015</t>
+  </si>
+  <si>
+    <t>Final report on collaborative CODES-GSWA research project, Western Australia Pyrite and Magnetite Fingerprint Database, Testing LA-ICPMS geochemistry of pyrite and magnetite as a fertility and vectoring tool in exploration for orogenic gold and VHMS deposits in Western</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  1501407 </t>
+  </si>
+  <si>
+    <t>EVOLUTION MINING (MUNGARI) PTY LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  1501547 </t>
+  </si>
+  <si>
+    <t>ST IVES GOLD MINING COMPANY PTY LIMITED</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  1501661 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  2600405 </t>
+  </si>
+  <si>
+    <t>NORTHERN STAR (KLV) PTY LTD
+NORTHERN STAR (SARACEN KALGOORLIE) PTY LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  2600518 </t>
+  </si>
+  <si>
+    <t>03/11/2015</t>
+  </si>
+  <si>
+    <t>Mulga Downs Project Combined Annual Report 2015 Combined Reporting Group C114/2007, Mulga Downs Group 2 for the period 04 August 2014 to 03 August 2015</t>
+  </si>
+  <si>
+    <t>E  4701314</t>
+  </si>
+  <si>
+    <t>MULGA DOWNS IRON ORE PTY LTD</t>
+  </si>
+  <si>
+    <t>E  4701315</t>
+  </si>
+  <si>
+    <t>E  4702044</t>
+  </si>
+  <si>
+    <t>E  4702221</t>
+  </si>
+  <si>
+    <t>02/11/2015</t>
+  </si>
+  <si>
+    <t>West Angelas Project Area Combined Annual Report Exploration Licences 47/709, 47/797, 47/798, 47/986 and 47/2963 (C151/1999)</t>
+  </si>
+  <si>
+    <t>E  4700709</t>
+  </si>
+  <si>
+    <t>E  4700797</t>
+  </si>
+  <si>
+    <t>E  4700798</t>
+  </si>
+  <si>
+    <t>E  4700986</t>
+  </si>
+  <si>
+    <t>E  4702963</t>
+  </si>
+  <si>
+    <t>06/11/2015</t>
+  </si>
+  <si>
+    <t>Annual report period 7th September 2014 to 6th September 2015 combined report C122/2002 Waroona E70/2407, E70/2610, E70/4725, E70/4628</t>
+  </si>
+  <si>
+    <t>E  7002407</t>
+  </si>
+  <si>
+    <t>KEYSBROOK LEUCOXENE PTY LTD</t>
+  </si>
+  <si>
+    <t>10/2014 - 10/2015</t>
+  </si>
+  <si>
+    <t>Brockman Valley Project Area Combined Annual Report Exploration Licences 47/47, 47/661, and 47/1054 (C17/2004).</t>
   </si>
   <si>
     <t>E  4700047</t>
   </si>
   <si>
     <t>E  4700661</t>
   </si>
   <si>
     <t>E  4701054</t>
   </si>
   <si>
-    <t>31/10/2014</t>
-[...23 lines deleted...]
-    <t>GILES ANNUAL REPORT EXPLORATION LICENCE E47/539 Annual Report for the Period 16 October 2013 to 15 October 2014</t>
+    <t>12/11/2015</t>
+  </si>
+  <si>
+    <t>ANNUAL REPORT COMBINED REPORTING C417/1995 Mudlark Well E47/13 E47/14 E47/15 E47/17 E47/1540 E47/1431 E47/1871 E47/1875 P47/1611 Reporting period 04 Oct 2014 – 03 Oct 2015</t>
+  </si>
+  <si>
+    <t>E  4700013</t>
+  </si>
+  <si>
+    <t>E  4700014</t>
+  </si>
+  <si>
+    <t>E  4700015</t>
+  </si>
+  <si>
+    <t>E  4701431</t>
+  </si>
+  <si>
+    <t>E  4701540</t>
+  </si>
+  <si>
+    <t>E  4701871</t>
+  </si>
+  <si>
+    <t>E  4701875</t>
+  </si>
+  <si>
+    <t>P  4701611</t>
+  </si>
+  <si>
+    <t>09/2014 - 08/2015</t>
+  </si>
+  <si>
+    <t>FORRESTANIA PROJECT Annual Exploration Report  For year ending 31st August 2015 Combined Reporting Group C35/2010</t>
+  </si>
+  <si>
+    <t>E  7701400</t>
+  </si>
+  <si>
+    <t>MH GOLD PTY LTD
+SQM AUSTRALIA PTY LTD</t>
+  </si>
+  <si>
+    <t>E  7701436</t>
+  </si>
+  <si>
+    <t>WESTERN AREAS NICKEL PTY LTD</t>
+  </si>
+  <si>
+    <t>M  7700324</t>
+  </si>
+  <si>
+    <t>13/11/2015</t>
+  </si>
+  <si>
+    <t>Giles Annual Report Exploration Licence 47/539</t>
   </si>
   <si>
     <t xml:space="preserve">E  4700539 </t>
   </si>
   <si>
-    <t>Wonmunna Project Area Combined Annual Technical Report, Exploration Licences 47/540, 47/541 and 47/542 (C58/1996) for the period 16 October 2013 – 15 October 2014</t>
+    <t>19/11/2015</t>
+  </si>
+  <si>
+    <t>Annual report for the period 28 August 2014 to 27 August 2015, Anthill Project, M16/531</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M  1600531 </t>
+  </si>
+  <si>
+    <t>NORTHERN STAR RESOURCES LTD</t>
+  </si>
+  <si>
+    <t>20/11/2015</t>
+  </si>
+  <si>
+    <t>Wonmunna Project Area Combined Annual Report, Exploration Licences 47/540, 47/541 and 47/542 (C58/1996).</t>
   </si>
   <si>
     <t>E  4700540</t>
   </si>
   <si>
     <t>E  4700541</t>
   </si>
   <si>
     <t>E  4700542</t>
   </si>
   <si>
-    <t>Marandoo West Project Area Combined Annual Report Exploration Licences E47/537 and E47/538 (C005/1997) for the period 16 October 2013 – 15 October 2014</t>
+    <t>Marandoo West Project Area Combined Annual Report Exploration Licences 47/537 and 47/538 (C005/1997)</t>
   </si>
   <si>
     <t>E  4700537</t>
   </si>
   <si>
     <t>HAMERSLEY IRON PTY LIMITED
 HAMERSLEY RESOURCES LIMITED</t>
   </si>
   <si>
     <t>E  4700538</t>
   </si>
   <si>
-    <t>Rocklea Project E47/16 Annual Reporting Period 4th October 2013 – 3rd October 2014</t>
-[...8 lines deleted...]
-    <t>Annual Technical Report for the period 7 October 2013 to 6 October 2014, Innawalley Pool, E52/1776</t>
+    <t>04/12/2015</t>
+  </si>
+  <si>
+    <t>Annual Technical Report for the period 7 October 2014 to 6 October 2015, Innawalley Pool, E52/1776</t>
   </si>
   <si>
     <t xml:space="preserve">E  5201776 </t>
   </si>
   <si>
-    <t>26/11/2014</t>
-[...101 lines deleted...]
-    <t>Mount MacLeod Project (C184/2007) Annual Report for the Period 01 September 2013 to 31 August 2014, E47/1390-1, E47/1419, E47/1455, E47/1479-80, E47/1685, E47/1761, E47/1763-4, E47/2062, E47/2475-6, E47/2546, E47/2632, P47/1257, P47/1306-8, P47/1407-9, P47/1469-70, P47/1581, P47/1633-4, P47/1697</t>
+    <t>07/12/2015</t>
+  </si>
+  <si>
+    <t>11/2014 - 10/2015</t>
+  </si>
+  <si>
+    <t>Weelamurra Project Area Combined Annual Report, Exploration Licence 47/1311 and Prospecting Licence 47/1702 (C132/2014) for the period 01 November 2014 – 31 October 2015</t>
+  </si>
+  <si>
+    <t>E  4701311</t>
+  </si>
+  <si>
+    <t>P  4701702</t>
+  </si>
+  <si>
+    <t>14/12/2015</t>
+  </si>
+  <si>
+    <t>11/2014 - 11/2015</t>
+  </si>
+  <si>
+    <t>Annual Report – Prairie Downs Combined Project Group (C45/2013) E52/21, E52/23 &amp; E52/2876 for the period 27 November 2014 – 26 November 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">E  5200021 </t>
+  </si>
+  <si>
+    <t>23/12/2015</t>
+  </si>
+  <si>
+    <t>C184/2007 Mount MacLeod Annual Report for the period 1 September 2014 to 31 August 2015, E47/01390, E47/01391, E47/01419, E47/01455, E47/01479, E47/01480, E47/01685, E47/01761, E47/01763, E47/01764, E47/02062, E47/02475, E47/02476, E47/02546, E47/02632, P47/01257, P47/01306, P47/01307, P47/01308, P47/01407, P47/01408, P47/01409, P47/01469, P47/01470, P47/01581, P47/01633, P47/01634, P47/01697, E47/03206</t>
   </si>
   <si>
     <t>E  4701390</t>
   </si>
   <si>
     <t>E  4701391</t>
   </si>
   <si>
     <t>E  4701455</t>
   </si>
   <si>
     <t>E  4701761</t>
   </si>
   <si>
     <t>E  4701763</t>
   </si>
   <si>
     <t>E  4701764</t>
   </si>
   <si>
     <t>P  4701257</t>
   </si>
   <si>
     <t>P  4701306</t>
   </si>
   <si>
     <t>P  4701407</t>
   </si>
   <si>
     <t>P  4701408</t>
   </si>
   <si>
     <t>P  4701409</t>
   </si>
   <si>
     <t>P  4701469</t>
   </si>
   <si>
     <t>P  4701470</t>
   </si>
   <si>
-    <t>30/12/2014</t>
-[...530 lines deleted...]
-    <t>A Numbers listed: 144</t>
+    <t>Annual Report for the period 1 November 2014 to 31 October 2015, C130/2011 Skeleton Creek Project, E52/1937, E52/1977, E52/2347, E52/2576, E52/2696, E52/2749, P52/1415, E52/3205, E52/3212</t>
+  </si>
+  <si>
+    <t>E  5201937</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> C99/2010 Bardoc Combined Annual Report P24/4373, P24/4374, P24/4375, P24/4445, P24/4446, P24/4447, P24/4449 for the period 1 February 2014 to 31 January 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404373      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404374      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404375      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404445      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404446      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404447      </t>
+  </si>
+  <si>
+    <t xml:space="preserve">P  2404449      </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> GPM RESOURCES PTY LTD</t>
+  </si>
+  <si>
+    <t>07-2014 - 07/2015</t>
+  </si>
+  <si>
+    <t>P25/2201 (Clinker Hill) Glandore Project Annual Report for the Year Ending 20th July 2015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P 2502201 </t>
+  </si>
+  <si>
+    <t>ARUMA EXPLORATION PTY LTD</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A Numbers listed: 113   </t>
+  </si>
+  <si>
+    <t>Annual Report Southern Cross P77/4106 For the Period 6th July 2014—5th July 2015</t>
+  </si>
+  <si>
+    <t>P 7704106</t>
+  </si>
+  <si>
+    <t>TALGA RESOURCES LTD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
-      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF414141"/>
+      <name val="Arial"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <color rgb="FF414141"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
-      <color rgb="FFFFFFFF"/>
+      <color rgb="FF000000"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF414141"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00344E"/>
         <bgColor rgb="FF00344E"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF22627D"/>
         <bgColor rgb="FF22627D"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFDCDCDC"/>
       </left>
       <right style="thin">
         <color rgb="FFDCDCDC"/>
       </right>
       <top style="thin">
         <color rgb="FFDCDCDC"/>
       </top>
       <bottom style="thin">
         <color rgb="FFDCDCDC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FFDCDCDC"/>
       </right>
       <top style="thin">
         <color rgb="FFDCDCDC"/>
       </top>
       <bottom style="thin">
         <color rgb="FFDCDCDC"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFDCDCDC"/>
       </top>
       <bottom style="thin">
         <color rgb="FFDCDCDC"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFC0C0C0"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFD3D3D3"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD3D3D3"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD3D3D3"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFD3D3D3"/>
+      </left>
+      <right style="thin">
+        <color rgb="FFD3D3D3"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD3D3D3"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD3D3D3"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FFD3D3D3"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD3D3D3"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FFC0C0C0"/>
+      </right>
+      <top style="thin">
+        <color rgb="FFD3D3D3"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFD3D3D3"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="13">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
@@ -3223,98 +2672,51 @@
       <rgbColor rgb="00FF6600"/>
       <rgbColor rgb="00666699"/>
       <rgbColor rgb="00969696"/>
       <rgbColor rgb="00003366"/>
       <rgbColor rgb="00339966"/>
       <rgbColor rgb="00003300"/>
       <rgbColor rgb="00333300"/>
       <rgbColor rgb="00993300"/>
       <rgbColor rgb="00993366"/>
       <rgbColor rgb="00333399"/>
       <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
-[...46 lines deleted...]
-</xdr:wsDr>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3558,14105 +2960,9623 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I727"/>
+  <dimension ref="A1:K495"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A6" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
+      <pane ySplit="5" topLeftCell="A425" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="L1" sqref="L1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.85546875" customWidth="1"/>
     <col min="2" max="2" width="8.140625" customWidth="1"/>
     <col min="3" max="3" width="5.42578125" customWidth="1"/>
     <col min="4" max="4" width="10.85546875" customWidth="1"/>
     <col min="5" max="5" width="16.140625" customWidth="1"/>
     <col min="6" max="6" width="18.85546875" customWidth="1"/>
     <col min="7" max="7" width="35.140625" customWidth="1"/>
     <col min="8" max="8" width="10.85546875" customWidth="1"/>
     <col min="9" max="9" width="40.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="28.35" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="9"/>
-[...1 lines deleted...]
-      <c r="C1" s="10" t="s">
+      <c r="A1" s="19"/>
+      <c r="B1" s="19"/>
+      <c r="C1" s="20" t="s">
         <v>0</v>
       </c>
-      <c r="D1" s="9"/>
-[...4 lines deleted...]
-      <c r="I1" s="9"/>
+      <c r="D1" s="19"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="19"/>
+      <c r="I1" s="19"/>
     </row>
     <row r="2" spans="1:9" ht="7.15" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:9" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="11" t="s">
+      <c r="A3" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="9"/>
-[...3 lines deleted...]
-      <c r="F3" s="9"/>
+      <c r="B3" s="19"/>
+      <c r="C3" s="19"/>
+      <c r="D3" s="19"/>
+      <c r="E3" s="19"/>
+      <c r="F3" s="19"/>
     </row>
     <row r="4" spans="1:9" ht="0" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:9" ht="14.1" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="11" t="s">
+      <c r="A5" s="21" t="s">
         <v>2</v>
       </c>
-      <c r="B5" s="9"/>
-[...3 lines deleted...]
-      <c r="F5" s="9"/>
+      <c r="B5" s="19"/>
+      <c r="C5" s="19"/>
+      <c r="D5" s="19"/>
+      <c r="E5" s="19"/>
+      <c r="F5" s="19"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="12" t="s">
+      <c r="B6" s="22" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="6"/>
+      <c r="C6" s="15"/>
       <c r="D6" s="1" t="s">
         <v>5</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="F6" s="12" t="s">
+      <c r="F6" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="G6" s="6"/>
+      <c r="G6" s="15"/>
       <c r="H6" s="1" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A7" s="2">
-[...2 lines deleted...]
-      <c r="B7" s="5" t="s">
+      <c r="A7" s="3">
+        <v>104366</v>
+      </c>
+      <c r="B7" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C7" s="6"/>
-      <c r="D7" s="3" t="s">
+      <c r="C7" s="15"/>
+      <c r="D7" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="E7" s="3" t="s">
+      <c r="E7" s="4" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="5" t="s">
+      <c r="F7" s="14" t="s">
         <v>13</v>
       </c>
-      <c r="G7" s="6"/>
-      <c r="H7" s="2" t="s">
+      <c r="G7" s="15"/>
+      <c r="H7" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="I7" s="4" t="s">
+      <c r="I7" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H8" s="2" t="s">
+    <row r="8" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="3"/>
+      <c r="B8" s="14"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="4"/>
+      <c r="E8" s="4"/>
+      <c r="F8" s="14"/>
+      <c r="G8" s="15"/>
+      <c r="H8" s="3" t="s">
         <v>16</v>
       </c>
-      <c r="I8" s="4" t="s">
+      <c r="I8" s="5" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" s="3"/>
+      <c r="B9" s="14"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="4"/>
+      <c r="E9" s="4"/>
+      <c r="F9" s="14"/>
+      <c r="G9" s="15"/>
+      <c r="H9" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="H9" s="2" t="s">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A10" s="3"/>
+      <c r="B10" s="14"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="4"/>
+      <c r="F10" s="14"/>
+      <c r="G10" s="15"/>
+      <c r="H10" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="3"/>
+      <c r="B11" s="14"/>
+      <c r="C11" s="15"/>
+      <c r="D11" s="4"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="14"/>
+      <c r="G11" s="15"/>
+      <c r="H11" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="I9" s="4" t="s">
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A12" s="3"/>
+      <c r="B12" s="14"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="4"/>
+      <c r="E12" s="4"/>
+      <c r="F12" s="14"/>
+      <c r="G12" s="15"/>
+      <c r="H12" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="I10" s="4" t="s">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A13" s="3"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="4"/>
+      <c r="F13" s="14"/>
+      <c r="G13" s="15"/>
+      <c r="H13" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
-[...18 lines deleted...]
-      <c r="B12" s="5" t="s">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A14" s="3">
+        <v>104446</v>
+      </c>
+      <c r="B14" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="6"/>
-[...10 lines deleted...]
-      <c r="H12" s="2" t="s">
+      <c r="C14" s="15"/>
+      <c r="D14" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="I12" s="4" t="s">
+      <c r="E14" s="4" t="s">
         <v>24</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="H13" s="2" t="s">
+      <c r="F14" s="14" t="s">
         <v>25</v>
       </c>
-      <c r="I13" s="4" t="s">
-[...11 lines deleted...]
-      <c r="H14" s="2" t="s">
+      <c r="G14" s="15"/>
+      <c r="H14" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="I14" s="4" t="s">
-        <v>24</v>
+      <c r="I14" s="5" t="s">
+        <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A15" s="2"/>
-[...6 lines deleted...]
-      <c r="H15" s="2" t="s">
+      <c r="A15" s="3"/>
+      <c r="B15" s="14"/>
+      <c r="C15" s="15"/>
+      <c r="D15" s="4"/>
+      <c r="E15" s="4"/>
+      <c r="F15" s="14"/>
+      <c r="G15" s="15"/>
+      <c r="H15" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="I15" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I15" s="4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A16" s="2"/>
-[...6 lines deleted...]
-      <c r="H16" s="2" t="s">
+      <c r="A16" s="3">
+        <v>104447</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C16" s="15"/>
+      <c r="D16" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E16" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F16" s="14" t="s">
+        <v>31</v>
+      </c>
+      <c r="G16" s="15"/>
+      <c r="H16" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A17" s="3"/>
+      <c r="B17" s="14"/>
+      <c r="C17" s="15"/>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="14"/>
+      <c r="G17" s="15"/>
+      <c r="H17" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A18" s="3"/>
+      <c r="B18" s="14"/>
+      <c r="C18" s="15"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4"/>
+      <c r="F18" s="14"/>
+      <c r="G18" s="15"/>
+      <c r="H18" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A19" s="3"/>
+      <c r="B19" s="14"/>
+      <c r="C19" s="15"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="14"/>
+      <c r="G19" s="15"/>
+      <c r="H19" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A20" s="3"/>
+      <c r="B20" s="14"/>
+      <c r="C20" s="15"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="14"/>
+      <c r="G20" s="15"/>
+      <c r="H20" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A21" s="3"/>
+      <c r="B21" s="14"/>
+      <c r="C21" s="15"/>
+      <c r="D21" s="4"/>
+      <c r="E21" s="4"/>
+      <c r="F21" s="14"/>
+      <c r="G21" s="15"/>
+      <c r="H21" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A22" s="3">
+        <v>104461</v>
+      </c>
+      <c r="B22" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C22" s="15"/>
+      <c r="D22" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E22" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F22" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G22" s="15"/>
+      <c r="H22" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="3"/>
+      <c r="B23" s="14"/>
+      <c r="C23" s="15"/>
+      <c r="D23" s="4"/>
+      <c r="E23" s="4"/>
+      <c r="F23" s="14"/>
+      <c r="G23" s="15"/>
+      <c r="H23" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A24" s="3"/>
+      <c r="B24" s="14"/>
+      <c r="C24" s="15"/>
+      <c r="D24" s="4"/>
+      <c r="E24" s="4"/>
+      <c r="F24" s="14"/>
+      <c r="G24" s="15"/>
+      <c r="H24" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="3"/>
+      <c r="B25" s="14"/>
+      <c r="C25" s="15"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="4"/>
+      <c r="F25" s="14"/>
+      <c r="G25" s="15"/>
+      <c r="H25" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A26" s="3"/>
+      <c r="B26" s="14"/>
+      <c r="C26" s="15"/>
+      <c r="D26" s="4"/>
+      <c r="E26" s="4"/>
+      <c r="F26" s="14"/>
+      <c r="G26" s="15"/>
+      <c r="H26" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A27" s="3"/>
+      <c r="B27" s="14"/>
+      <c r="C27" s="15"/>
+      <c r="D27" s="4"/>
+      <c r="E27" s="4"/>
+      <c r="F27" s="14"/>
+      <c r="G27" s="15"/>
+      <c r="H27" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="3"/>
+      <c r="B28" s="14"/>
+      <c r="C28" s="15"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="4"/>
+      <c r="F28" s="14"/>
+      <c r="G28" s="15"/>
+      <c r="H28" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A29" s="3">
+        <v>104496</v>
+      </c>
+      <c r="B29" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C29" s="15"/>
+      <c r="D29" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E29" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F29" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="G29" s="15"/>
+      <c r="H29" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A30" s="3">
+        <v>104497</v>
+      </c>
+      <c r="B30" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C30" s="15"/>
+      <c r="D30" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="E30" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F30" s="14" t="s">
+        <v>55</v>
+      </c>
+      <c r="G30" s="15"/>
+      <c r="H30" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A31" s="3"/>
+      <c r="B31" s="14"/>
+      <c r="C31" s="15"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="4"/>
+      <c r="F31" s="14"/>
+      <c r="G31" s="15"/>
+      <c r="H31" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A32" s="3">
+        <v>104557</v>
+      </c>
+      <c r="B32" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C32" s="15"/>
+      <c r="D32" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="E32" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F32" s="14" t="s">
+        <v>60</v>
+      </c>
+      <c r="G32" s="15"/>
+      <c r="H32" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A33" s="3"/>
+      <c r="B33" s="14"/>
+      <c r="C33" s="15"/>
+      <c r="D33" s="4"/>
+      <c r="E33" s="4"/>
+      <c r="F33" s="14"/>
+      <c r="G33" s="15"/>
+      <c r="H33" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A34" s="3"/>
+      <c r="B34" s="14"/>
+      <c r="C34" s="15"/>
+      <c r="D34" s="4"/>
+      <c r="E34" s="4"/>
+      <c r="F34" s="14"/>
+      <c r="G34" s="15"/>
+      <c r="H34" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A35" s="3"/>
+      <c r="B35" s="14"/>
+      <c r="C35" s="15"/>
+      <c r="D35" s="4"/>
+      <c r="E35" s="4"/>
+      <c r="F35" s="14"/>
+      <c r="G35" s="15"/>
+      <c r="H35" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="36" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A36" s="3"/>
+      <c r="B36" s="14"/>
+      <c r="C36" s="15"/>
+      <c r="D36" s="4"/>
+      <c r="E36" s="4"/>
+      <c r="F36" s="14"/>
+      <c r="G36" s="15"/>
+      <c r="H36" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="37" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A37" s="3">
+        <v>104651</v>
+      </c>
+      <c r="B37" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C37" s="15"/>
+      <c r="D37" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E37" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F37" s="14" t="s">
+        <v>68</v>
+      </c>
+      <c r="G37" s="15"/>
+      <c r="H37" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A38" s="3"/>
+      <c r="B38" s="14"/>
+      <c r="C38" s="15"/>
+      <c r="D38" s="4"/>
+      <c r="E38" s="4"/>
+      <c r="F38" s="14"/>
+      <c r="G38" s="15"/>
+      <c r="H38" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A39" s="3">
+        <v>104683</v>
+      </c>
+      <c r="B39" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C39" s="15"/>
+      <c r="D39" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="E39" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F39" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="G39" s="15"/>
+      <c r="H39" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A40" s="3"/>
+      <c r="B40" s="14"/>
+      <c r="C40" s="15"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="4"/>
+      <c r="F40" s="14"/>
+      <c r="G40" s="15"/>
+      <c r="H40" s="3" t="s">
+        <v>75</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A41" s="3"/>
+      <c r="B41" s="14"/>
+      <c r="C41" s="15"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="4"/>
+      <c r="F41" s="14"/>
+      <c r="G41" s="15"/>
+      <c r="H41" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A42" s="3"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="15"/>
+      <c r="D42" s="4"/>
+      <c r="E42" s="4"/>
+      <c r="F42" s="14"/>
+      <c r="G42" s="15"/>
+      <c r="H42" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A43" s="3">
+        <v>104684</v>
+      </c>
+      <c r="B43" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C43" s="15"/>
+      <c r="D43" s="4" t="s">
+        <v>71</v>
+      </c>
+      <c r="E43" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F43" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="G43" s="15"/>
+      <c r="H43" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A44" s="3"/>
+      <c r="B44" s="14"/>
+      <c r="C44" s="15"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="4"/>
+      <c r="F44" s="14"/>
+      <c r="G44" s="15"/>
+      <c r="H44" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A45" s="3">
+        <v>104700</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C45" s="15"/>
+      <c r="D45" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E45" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F45" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="G45" s="15"/>
+      <c r="H45" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A46" s="3"/>
+      <c r="B46" s="14"/>
+      <c r="C46" s="15"/>
+      <c r="D46" s="4"/>
+      <c r="E46" s="4"/>
+      <c r="F46" s="14"/>
+      <c r="G46" s="15"/>
+      <c r="H46" s="3" t="s">
+        <v>86</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A47" s="3"/>
+      <c r="B47" s="14"/>
+      <c r="C47" s="15"/>
+      <c r="D47" s="4"/>
+      <c r="E47" s="4"/>
+      <c r="F47" s="14"/>
+      <c r="G47" s="15"/>
+      <c r="H47" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A48" s="3">
+        <v>104771</v>
+      </c>
+      <c r="B48" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C48" s="15"/>
+      <c r="D48" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E48" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F48" s="14" t="s">
+        <v>90</v>
+      </c>
+      <c r="G48" s="15"/>
+      <c r="H48" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="49" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A49" s="3">
+        <v>104774</v>
+      </c>
+      <c r="B49" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C49" s="15"/>
+      <c r="D49" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E49" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F49" s="14" t="s">
+        <v>92</v>
+      </c>
+      <c r="G49" s="15"/>
+      <c r="H49" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A50" s="3"/>
+      <c r="B50" s="14"/>
+      <c r="C50" s="15"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="4"/>
+      <c r="F50" s="14"/>
+      <c r="G50" s="15"/>
+      <c r="H50" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="51" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A51" s="3"/>
+      <c r="B51" s="14"/>
+      <c r="C51" s="15"/>
+      <c r="D51" s="4"/>
+      <c r="E51" s="4"/>
+      <c r="F51" s="14"/>
+      <c r="G51" s="15"/>
+      <c r="H51" s="3" t="s">
+        <v>95</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="52" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A52" s="3">
+        <v>104775</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C52" s="15"/>
+      <c r="D52" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E52" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F52" s="14" t="s">
+        <v>96</v>
+      </c>
+      <c r="G52" s="15"/>
+      <c r="H52" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A53" s="3">
+        <v>104776</v>
+      </c>
+      <c r="B53" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C53" s="15"/>
+      <c r="D53" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E53" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F53" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="G53" s="15"/>
+      <c r="H53" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A54" s="3">
+        <v>104779</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C54" s="15"/>
+      <c r="D54" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E54" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F54" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="G54" s="15"/>
+      <c r="H54" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="55" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A55" s="3"/>
+      <c r="B55" s="14"/>
+      <c r="C55" s="15"/>
+      <c r="D55" s="4"/>
+      <c r="E55" s="4"/>
+      <c r="F55" s="14"/>
+      <c r="G55" s="15"/>
+      <c r="H55" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="56" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A56" s="3"/>
+      <c r="B56" s="14"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="4"/>
+      <c r="E56" s="4"/>
+      <c r="F56" s="14"/>
+      <c r="G56" s="15"/>
+      <c r="H56" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="3"/>
+      <c r="B57" s="14"/>
+      <c r="C57" s="15"/>
+      <c r="D57" s="4"/>
+      <c r="E57" s="4"/>
+      <c r="F57" s="14"/>
+      <c r="G57" s="15"/>
+      <c r="H57" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A58" s="3"/>
+      <c r="B58" s="14"/>
+      <c r="C58" s="15"/>
+      <c r="D58" s="4"/>
+      <c r="E58" s="4"/>
+      <c r="F58" s="14"/>
+      <c r="G58" s="15"/>
+      <c r="H58" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A59" s="3"/>
+      <c r="B59" s="14"/>
+      <c r="C59" s="15"/>
+      <c r="D59" s="4"/>
+      <c r="E59" s="4"/>
+      <c r="F59" s="14"/>
+      <c r="G59" s="15"/>
+      <c r="H59" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A60" s="3">
+        <v>104780</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C60" s="15"/>
+      <c r="D60" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E60" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F60" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="G60" s="15"/>
+      <c r="H60" s="3" t="s">
+        <v>108</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A61" s="3">
+        <v>104791</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C61" s="15"/>
+      <c r="D61" s="4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E61" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" s="14" t="s">
+        <v>109</v>
+      </c>
+      <c r="G61" s="15"/>
+      <c r="H61" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A62" s="3"/>
+      <c r="B62" s="14"/>
+      <c r="C62" s="15"/>
+      <c r="D62" s="4"/>
+      <c r="E62" s="4"/>
+      <c r="F62" s="14"/>
+      <c r="G62" s="15"/>
+      <c r="H62" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A63" s="3"/>
+      <c r="B63" s="14"/>
+      <c r="C63" s="15"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="14"/>
+      <c r="G63" s="15"/>
+      <c r="H63" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A64" s="3"/>
+      <c r="B64" s="14"/>
+      <c r="C64" s="15"/>
+      <c r="D64" s="4"/>
+      <c r="E64" s="4"/>
+      <c r="F64" s="14"/>
+      <c r="G64" s="15"/>
+      <c r="H64" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A65" s="3"/>
+      <c r="B65" s="14"/>
+      <c r="C65" s="15"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="4"/>
+      <c r="F65" s="14"/>
+      <c r="G65" s="15"/>
+      <c r="H65" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A66" s="3">
+        <v>104793</v>
+      </c>
+      <c r="B66" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C66" s="15"/>
+      <c r="D66" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="E66" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="F66" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="G66" s="15"/>
+      <c r="H66" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A67" s="3">
+        <v>104801</v>
+      </c>
+      <c r="B67" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C67" s="15"/>
+      <c r="D67" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E67" s="4" t="s">
+        <v>123</v>
+      </c>
+      <c r="F67" s="14" t="s">
+        <v>124</v>
+      </c>
+      <c r="G67" s="15"/>
+      <c r="H67" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A68" s="3">
+        <v>104803</v>
+      </c>
+      <c r="B68" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C68" s="15"/>
+      <c r="D68" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="E68" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F68" s="14" t="s">
+        <v>126</v>
+      </c>
+      <c r="G68" s="15"/>
+      <c r="H68" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A69" s="3"/>
+      <c r="B69" s="14"/>
+      <c r="C69" s="15"/>
+      <c r="D69" s="4"/>
+      <c r="E69" s="4"/>
+      <c r="F69" s="14"/>
+      <c r="G69" s="15"/>
+      <c r="H69" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A70" s="3">
+        <v>104869</v>
+      </c>
+      <c r="B70" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C70" s="15"/>
+      <c r="D70" s="4" t="s">
+        <v>122</v>
+      </c>
+      <c r="E70" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" s="14" t="s">
+        <v>129</v>
+      </c>
+      <c r="G70" s="15"/>
+      <c r="H70" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A71" s="3"/>
+      <c r="B71" s="14"/>
+      <c r="C71" s="15"/>
+      <c r="D71" s="4"/>
+      <c r="E71" s="4"/>
+      <c r="F71" s="14"/>
+      <c r="G71" s="15"/>
+      <c r="H71" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A72" s="3"/>
+      <c r="B72" s="14"/>
+      <c r="C72" s="15"/>
+      <c r="D72" s="4"/>
+      <c r="E72" s="4"/>
+      <c r="F72" s="14"/>
+      <c r="G72" s="15"/>
+      <c r="H72" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="3"/>
+      <c r="B73" s="14"/>
+      <c r="C73" s="15"/>
+      <c r="D73" s="4"/>
+      <c r="E73" s="4"/>
+      <c r="F73" s="14"/>
+      <c r="G73" s="15"/>
+      <c r="H73" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A74" s="3"/>
+      <c r="B74" s="14"/>
+      <c r="C74" s="15"/>
+      <c r="D74" s="4"/>
+      <c r="E74" s="4"/>
+      <c r="F74" s="14"/>
+      <c r="G74" s="15"/>
+      <c r="H74" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A75" s="3"/>
+      <c r="B75" s="14"/>
+      <c r="C75" s="15"/>
+      <c r="D75" s="4"/>
+      <c r="E75" s="4"/>
+      <c r="F75" s="14"/>
+      <c r="G75" s="15"/>
+      <c r="H75" s="3" t="s">
+        <v>136</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A76" s="3"/>
+      <c r="B76" s="14"/>
+      <c r="C76" s="15"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="4"/>
+      <c r="F76" s="14"/>
+      <c r="G76" s="15"/>
+      <c r="H76" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A77" s="3"/>
+      <c r="B77" s="14"/>
+      <c r="C77" s="15"/>
+      <c r="D77" s="4"/>
+      <c r="E77" s="4"/>
+      <c r="F77" s="14"/>
+      <c r="G77" s="15"/>
+      <c r="H77" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A78" s="3"/>
+      <c r="B78" s="14"/>
+      <c r="C78" s="15"/>
+      <c r="D78" s="4"/>
+      <c r="E78" s="4"/>
+      <c r="F78" s="14"/>
+      <c r="G78" s="15"/>
+      <c r="H78" s="3" t="s">
+        <v>139</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A79" s="3"/>
+      <c r="B79" s="14"/>
+      <c r="C79" s="15"/>
+      <c r="D79" s="4"/>
+      <c r="E79" s="4"/>
+      <c r="F79" s="14"/>
+      <c r="G79" s="15"/>
+      <c r="H79" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A80" s="3"/>
+      <c r="B80" s="14"/>
+      <c r="C80" s="15"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="4"/>
+      <c r="F80" s="14"/>
+      <c r="G80" s="15"/>
+      <c r="H80" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="81" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A81" s="3"/>
+      <c r="B81" s="14"/>
+      <c r="C81" s="15"/>
+      <c r="D81" s="4"/>
+      <c r="E81" s="4"/>
+      <c r="F81" s="14"/>
+      <c r="G81" s="15"/>
+      <c r="H81" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A82" s="3"/>
+      <c r="B82" s="14"/>
+      <c r="C82" s="15"/>
+      <c r="D82" s="4"/>
+      <c r="E82" s="4"/>
+      <c r="F82" s="14"/>
+      <c r="G82" s="15"/>
+      <c r="H82" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A83" s="3"/>
+      <c r="B83" s="14"/>
+      <c r="C83" s="15"/>
+      <c r="D83" s="4"/>
+      <c r="E83" s="4"/>
+      <c r="F83" s="14"/>
+      <c r="G83" s="15"/>
+      <c r="H83" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="84" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A84" s="3"/>
+      <c r="B84" s="14"/>
+      <c r="C84" s="15"/>
+      <c r="D84" s="4"/>
+      <c r="E84" s="4"/>
+      <c r="F84" s="14"/>
+      <c r="G84" s="15"/>
+      <c r="H84" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="85" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A85" s="3">
+        <v>104905</v>
+      </c>
+      <c r="B85" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C85" s="15"/>
+      <c r="D85" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="E85" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="G85" s="15"/>
+      <c r="H85" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="86" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A86" s="3"/>
+      <c r="B86" s="14"/>
+      <c r="C86" s="15"/>
+      <c r="D86" s="4"/>
+      <c r="E86" s="4"/>
+      <c r="F86" s="14"/>
+      <c r="G86" s="15"/>
+      <c r="H86" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="87" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A87" s="3">
+        <v>104907</v>
+      </c>
+      <c r="B87" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C87" s="15"/>
+      <c r="D87" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="E87" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" s="14" t="s">
+        <v>150</v>
+      </c>
+      <c r="G87" s="15"/>
+      <c r="H87" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="88" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A88" s="3"/>
+      <c r="B88" s="14"/>
+      <c r="C88" s="15"/>
+      <c r="D88" s="4"/>
+      <c r="E88" s="4"/>
+      <c r="F88" s="14"/>
+      <c r="G88" s="15"/>
+      <c r="H88" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A89" s="3">
+        <v>104908</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C89" s="15"/>
+      <c r="D89" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="E89" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F89" s="14" t="s">
+        <v>153</v>
+      </c>
+      <c r="G89" s="15"/>
+      <c r="H89" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A90" s="3"/>
+      <c r="B90" s="14"/>
+      <c r="C90" s="15"/>
+      <c r="D90" s="4"/>
+      <c r="E90" s="4"/>
+      <c r="F90" s="14"/>
+      <c r="G90" s="15"/>
+      <c r="H90" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="91" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A91" s="3"/>
+      <c r="B91" s="14"/>
+      <c r="C91" s="15"/>
+      <c r="D91" s="4"/>
+      <c r="E91" s="4"/>
+      <c r="F91" s="14"/>
+      <c r="G91" s="15"/>
+      <c r="H91" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A92" s="3"/>
+      <c r="B92" s="14"/>
+      <c r="C92" s="15"/>
+      <c r="D92" s="4"/>
+      <c r="E92" s="4"/>
+      <c r="F92" s="14"/>
+      <c r="G92" s="15"/>
+      <c r="H92" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="93" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A93" s="3"/>
+      <c r="B93" s="14"/>
+      <c r="C93" s="15"/>
+      <c r="D93" s="4"/>
+      <c r="E93" s="4"/>
+      <c r="F93" s="14"/>
+      <c r="G93" s="15"/>
+      <c r="H93" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A94" s="3">
+        <v>104909</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C94" s="15"/>
+      <c r="D94" s="4" t="s">
+        <v>146</v>
+      </c>
+      <c r="E94" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F94" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="G94" s="15"/>
+      <c r="H94" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A95" s="3">
+        <v>105066</v>
+      </c>
+      <c r="B95" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C95" s="15"/>
+      <c r="D95" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="E95" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F95" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="G95" s="15"/>
+      <c r="H95" s="3" t="s">
+        <v>164</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="96" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="3"/>
+      <c r="B96" s="14"/>
+      <c r="C96" s="15"/>
+      <c r="D96" s="4"/>
+      <c r="E96" s="4"/>
+      <c r="F96" s="14"/>
+      <c r="G96" s="15"/>
+      <c r="H96" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="97" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A97" s="3"/>
+      <c r="B97" s="14"/>
+      <c r="C97" s="15"/>
+      <c r="D97" s="4"/>
+      <c r="E97" s="4"/>
+      <c r="F97" s="14"/>
+      <c r="G97" s="15"/>
+      <c r="H97" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="98" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A98" s="3"/>
+      <c r="B98" s="14"/>
+      <c r="C98" s="15"/>
+      <c r="D98" s="4"/>
+      <c r="E98" s="4"/>
+      <c r="F98" s="14"/>
+      <c r="G98" s="15"/>
+      <c r="H98" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="99" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A99" s="3"/>
+      <c r="B99" s="14"/>
+      <c r="C99" s="15"/>
+      <c r="D99" s="4"/>
+      <c r="E99" s="4"/>
+      <c r="F99" s="14"/>
+      <c r="G99" s="15"/>
+      <c r="H99" s="3" t="s">
+        <v>169</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="100" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A100" s="3">
+        <v>105067</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C100" s="15"/>
+      <c r="D100" s="4" t="s">
+        <v>162</v>
+      </c>
+      <c r="E100" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F100" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="G100" s="15"/>
+      <c r="H100" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="101" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A101" s="3"/>
+      <c r="B101" s="14"/>
+      <c r="C101" s="15"/>
+      <c r="D101" s="4"/>
+      <c r="E101" s="4"/>
+      <c r="F101" s="14"/>
+      <c r="G101" s="15"/>
+      <c r="H101" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A102" s="3"/>
+      <c r="B102" s="14"/>
+      <c r="C102" s="15"/>
+      <c r="D102" s="4"/>
+      <c r="E102" s="4"/>
+      <c r="F102" s="14"/>
+      <c r="G102" s="15"/>
+      <c r="H102" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A103" s="3"/>
+      <c r="B103" s="14"/>
+      <c r="C103" s="15"/>
+      <c r="D103" s="4"/>
+      <c r="E103" s="4"/>
+      <c r="F103" s="14"/>
+      <c r="G103" s="15"/>
+      <c r="H103" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="104" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A104" s="3"/>
+      <c r="B104" s="14"/>
+      <c r="C104" s="15"/>
+      <c r="D104" s="4"/>
+      <c r="E104" s="4"/>
+      <c r="F104" s="14"/>
+      <c r="G104" s="15"/>
+      <c r="H104" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A105" s="3"/>
+      <c r="B105" s="14"/>
+      <c r="C105" s="15"/>
+      <c r="D105" s="4"/>
+      <c r="E105" s="4"/>
+      <c r="F105" s="14"/>
+      <c r="G105" s="15"/>
+      <c r="H105" s="3" t="s">
+        <v>176</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A106" s="3"/>
+      <c r="B106" s="14"/>
+      <c r="C106" s="15"/>
+      <c r="D106" s="4"/>
+      <c r="E106" s="4"/>
+      <c r="F106" s="14"/>
+      <c r="G106" s="15"/>
+      <c r="H106" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="107" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A107" s="3">
+        <v>105083</v>
+      </c>
+      <c r="B107" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C107" s="15"/>
+      <c r="D107" s="4" t="s">
+        <v>178</v>
+      </c>
+      <c r="E107" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="F107" s="14" t="s">
+        <v>180</v>
+      </c>
+      <c r="G107" s="15"/>
+      <c r="H107" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A108" s="3">
+        <v>105143</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C108" s="15"/>
+      <c r="D108" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E108" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F108" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="G108" s="15"/>
+      <c r="H108" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A109" s="3">
+        <v>105144</v>
+      </c>
+      <c r="B109" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C109" s="15"/>
+      <c r="D109" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E109" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F109" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="G109" s="15"/>
+      <c r="H109" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A110" s="3"/>
+      <c r="B110" s="14"/>
+      <c r="C110" s="15"/>
+      <c r="D110" s="4"/>
+      <c r="E110" s="4"/>
+      <c r="F110" s="14"/>
+      <c r="G110" s="15"/>
+      <c r="H110" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A111" s="3"/>
+      <c r="B111" s="14"/>
+      <c r="C111" s="15"/>
+      <c r="D111" s="4"/>
+      <c r="E111" s="4"/>
+      <c r="F111" s="14"/>
+      <c r="G111" s="15"/>
+      <c r="H111" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="I111" s="5" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A112" s="3">
+        <v>105145</v>
+      </c>
+      <c r="B112" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C112" s="15"/>
+      <c r="D112" s="4" t="s">
+        <v>182</v>
+      </c>
+      <c r="E112" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="F112" s="14" t="s">
+        <v>191</v>
+      </c>
+      <c r="G112" s="15"/>
+      <c r="H112" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A113" s="3"/>
+      <c r="B113" s="14"/>
+      <c r="C113" s="15"/>
+      <c r="D113" s="4"/>
+      <c r="E113" s="4"/>
+      <c r="F113" s="14"/>
+      <c r="G113" s="15"/>
+      <c r="H113" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A114" s="3"/>
+      <c r="B114" s="14"/>
+      <c r="C114" s="15"/>
+      <c r="D114" s="4"/>
+      <c r="E114" s="4"/>
+      <c r="F114" s="14"/>
+      <c r="G114" s="15"/>
+      <c r="H114" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A115" s="3"/>
+      <c r="B115" s="14"/>
+      <c r="C115" s="15"/>
+      <c r="D115" s="4"/>
+      <c r="E115" s="4"/>
+      <c r="F115" s="14"/>
+      <c r="G115" s="15"/>
+      <c r="H115" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A116" s="3"/>
+      <c r="B116" s="14"/>
+      <c r="C116" s="15"/>
+      <c r="D116" s="4"/>
+      <c r="E116" s="4"/>
+      <c r="F116" s="14"/>
+      <c r="G116" s="15"/>
+      <c r="H116" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A117" s="3"/>
+      <c r="B117" s="14"/>
+      <c r="C117" s="15"/>
+      <c r="D117" s="4"/>
+      <c r="E117" s="4"/>
+      <c r="F117" s="14"/>
+      <c r="G117" s="15"/>
+      <c r="H117" s="3" t="s">
+        <v>197</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A118" s="3">
+        <v>105166</v>
+      </c>
+      <c r="B118" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C118" s="15"/>
+      <c r="D118" s="4" t="s">
+        <v>198</v>
+      </c>
+      <c r="E118" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F118" s="14" t="s">
+        <v>199</v>
+      </c>
+      <c r="G118" s="15"/>
+      <c r="H118" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A119" s="3"/>
+      <c r="B119" s="14"/>
+      <c r="C119" s="15"/>
+      <c r="D119" s="4"/>
+      <c r="E119" s="4"/>
+      <c r="F119" s="14"/>
+      <c r="G119" s="15"/>
+      <c r="H119" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A120" s="3"/>
+      <c r="B120" s="14"/>
+      <c r="C120" s="15"/>
+      <c r="D120" s="4"/>
+      <c r="E120" s="4"/>
+      <c r="F120" s="14"/>
+      <c r="G120" s="15"/>
+      <c r="H120" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A121" s="3">
+        <v>105186</v>
+      </c>
+      <c r="B121" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C121" s="15"/>
+      <c r="D121" s="4" t="s">
+        <v>206</v>
+      </c>
+      <c r="E121" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F121" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="G121" s="15"/>
+      <c r="H121" s="3" t="s">
+        <v>208</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A122" s="3"/>
+      <c r="B122" s="14"/>
+      <c r="C122" s="15"/>
+      <c r="D122" s="4"/>
+      <c r="E122" s="4"/>
+      <c r="F122" s="14"/>
+      <c r="G122" s="15"/>
+      <c r="H122" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A123" s="3"/>
+      <c r="B123" s="14"/>
+      <c r="C123" s="15"/>
+      <c r="D123" s="4"/>
+      <c r="E123" s="4"/>
+      <c r="F123" s="14"/>
+      <c r="G123" s="15"/>
+      <c r="H123" s="3" t="s">
+        <v>211</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A124" s="3"/>
+      <c r="B124" s="14"/>
+      <c r="C124" s="15"/>
+      <c r="D124" s="4"/>
+      <c r="E124" s="4"/>
+      <c r="F124" s="14"/>
+      <c r="G124" s="15"/>
+      <c r="H124" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A125" s="3"/>
+      <c r="B125" s="14"/>
+      <c r="C125" s="15"/>
+      <c r="D125" s="4"/>
+      <c r="E125" s="4"/>
+      <c r="F125" s="14"/>
+      <c r="G125" s="15"/>
+      <c r="H125" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A126" s="3">
+        <v>105211</v>
+      </c>
+      <c r="B126" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C126" s="15"/>
+      <c r="D126" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="E126" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F126" s="14" t="s">
+        <v>216</v>
+      </c>
+      <c r="G126" s="15"/>
+      <c r="H126" s="3" t="s">
+        <v>217</v>
+      </c>
+      <c r="I126" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="127" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A127" s="3"/>
+      <c r="B127" s="14"/>
+      <c r="C127" s="15"/>
+      <c r="D127" s="4"/>
+      <c r="E127" s="4"/>
+      <c r="F127" s="14"/>
+      <c r="G127" s="15"/>
+      <c r="H127" s="3" t="s">
+        <v>218</v>
+      </c>
+      <c r="I127" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="128" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A128" s="3">
+        <v>105216</v>
+      </c>
+      <c r="B128" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C128" s="15"/>
+      <c r="D128" s="4" t="s">
+        <v>214</v>
+      </c>
+      <c r="E128" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="F128" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="G128" s="15"/>
+      <c r="H128" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="I128" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="129" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A129" s="3">
+        <v>105233</v>
+      </c>
+      <c r="B129" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C129" s="15"/>
+      <c r="D129" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="E129" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="F129" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="G129" s="15"/>
+      <c r="H129" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="I129" s="5" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A130" s="3"/>
+      <c r="B130" s="14"/>
+      <c r="C130" s="15"/>
+      <c r="D130" s="4"/>
+      <c r="E130" s="4"/>
+      <c r="F130" s="14"/>
+      <c r="G130" s="15"/>
+      <c r="H130" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="I130" s="5" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="3"/>
+      <c r="B131" s="14"/>
+      <c r="C131" s="15"/>
+      <c r="D131" s="4"/>
+      <c r="E131" s="4"/>
+      <c r="F131" s="14"/>
+      <c r="G131" s="15"/>
+      <c r="H131" s="3" t="s">
+        <v>227</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" s="3">
+        <v>105238</v>
+      </c>
+      <c r="B132" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C132" s="15"/>
+      <c r="D132" s="4" t="s">
+        <v>222</v>
+      </c>
+      <c r="E132" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F132" s="14" t="s">
+        <v>229</v>
+      </c>
+      <c r="G132" s="15"/>
+      <c r="H132" s="3" t="s">
+        <v>230</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="133" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A133" s="3"/>
+      <c r="B133" s="14"/>
+      <c r="C133" s="15"/>
+      <c r="D133" s="4"/>
+      <c r="E133" s="4"/>
+      <c r="F133" s="14"/>
+      <c r="G133" s="15"/>
+      <c r="H133" s="3" t="s">
+        <v>232</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="134" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A134" s="3"/>
+      <c r="B134" s="14"/>
+      <c r="C134" s="15"/>
+      <c r="D134" s="4"/>
+      <c r="E134" s="4"/>
+      <c r="F134" s="14"/>
+      <c r="G134" s="15"/>
+      <c r="H134" s="3" t="s">
+        <v>233</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="135" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A135" s="3"/>
+      <c r="B135" s="14"/>
+      <c r="C135" s="15"/>
+      <c r="D135" s="4"/>
+      <c r="E135" s="4"/>
+      <c r="F135" s="14"/>
+      <c r="G135" s="15"/>
+      <c r="H135" s="3" t="s">
+        <v>234</v>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="136" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A136" s="3"/>
+      <c r="B136" s="14"/>
+      <c r="C136" s="15"/>
+      <c r="D136" s="4"/>
+      <c r="E136" s="4"/>
+      <c r="F136" s="14"/>
+      <c r="G136" s="15"/>
+      <c r="H136" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A137" s="3"/>
+      <c r="B137" s="14"/>
+      <c r="C137" s="15"/>
+      <c r="D137" s="4"/>
+      <c r="E137" s="4"/>
+      <c r="F137" s="14"/>
+      <c r="G137" s="15"/>
+      <c r="H137" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="138" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A138" s="3"/>
+      <c r="B138" s="14"/>
+      <c r="C138" s="15"/>
+      <c r="D138" s="4"/>
+      <c r="E138" s="4"/>
+      <c r="F138" s="14"/>
+      <c r="G138" s="15"/>
+      <c r="H138" s="3" t="s">
+        <v>237</v>
+      </c>
+      <c r="I138" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A139" s="3"/>
+      <c r="B139" s="14"/>
+      <c r="C139" s="15"/>
+      <c r="D139" s="4"/>
+      <c r="E139" s="4"/>
+      <c r="F139" s="14"/>
+      <c r="G139" s="15"/>
+      <c r="H139" s="3" t="s">
+        <v>238</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="140" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A140" s="3"/>
+      <c r="B140" s="14"/>
+      <c r="C140" s="15"/>
+      <c r="D140" s="4"/>
+      <c r="E140" s="4"/>
+      <c r="F140" s="14"/>
+      <c r="G140" s="15"/>
+      <c r="H140" s="3" t="s">
+        <v>239</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="141" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A141" s="3"/>
+      <c r="B141" s="14"/>
+      <c r="C141" s="15"/>
+      <c r="D141" s="4"/>
+      <c r="E141" s="4"/>
+      <c r="F141" s="14"/>
+      <c r="G141" s="15"/>
+      <c r="H141" s="3" t="s">
+        <v>240</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="142" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A142" s="3"/>
+      <c r="B142" s="14"/>
+      <c r="C142" s="15"/>
+      <c r="D142" s="4"/>
+      <c r="E142" s="4"/>
+      <c r="F142" s="14"/>
+      <c r="G142" s="15"/>
+      <c r="H142" s="3" t="s">
+        <v>241</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="143" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A143" s="3"/>
+      <c r="B143" s="14"/>
+      <c r="C143" s="15"/>
+      <c r="D143" s="4"/>
+      <c r="E143" s="4"/>
+      <c r="F143" s="14"/>
+      <c r="G143" s="15"/>
+      <c r="H143" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="I143" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="144" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A144" s="3"/>
+      <c r="B144" s="14"/>
+      <c r="C144" s="15"/>
+      <c r="D144" s="4"/>
+      <c r="E144" s="4"/>
+      <c r="F144" s="14"/>
+      <c r="G144" s="15"/>
+      <c r="H144" s="3" t="s">
+        <v>243</v>
+      </c>
+      <c r="I144" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="145" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A145" s="3"/>
+      <c r="B145" s="14"/>
+      <c r="C145" s="15"/>
+      <c r="D145" s="4"/>
+      <c r="E145" s="4"/>
+      <c r="F145" s="14"/>
+      <c r="G145" s="15"/>
+      <c r="H145" s="3" t="s">
+        <v>244</v>
+      </c>
+      <c r="I145" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="146" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A146" s="3"/>
+      <c r="B146" s="14"/>
+      <c r="C146" s="15"/>
+      <c r="D146" s="4"/>
+      <c r="E146" s="4"/>
+      <c r="F146" s="14"/>
+      <c r="G146" s="15"/>
+      <c r="H146" s="3" t="s">
+        <v>245</v>
+      </c>
+      <c r="I146" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="147" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A147" s="3"/>
+      <c r="B147" s="14"/>
+      <c r="C147" s="15"/>
+      <c r="D147" s="4"/>
+      <c r="E147" s="4"/>
+      <c r="F147" s="14"/>
+      <c r="G147" s="15"/>
+      <c r="H147" s="3" t="s">
+        <v>246</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="148" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A148" s="3"/>
+      <c r="B148" s="14"/>
+      <c r="C148" s="15"/>
+      <c r="D148" s="4"/>
+      <c r="E148" s="4"/>
+      <c r="F148" s="14"/>
+      <c r="G148" s="15"/>
+      <c r="H148" s="3" t="s">
+        <v>247</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="149" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A149" s="3"/>
+      <c r="B149" s="14"/>
+      <c r="C149" s="15"/>
+      <c r="D149" s="4"/>
+      <c r="E149" s="4"/>
+      <c r="F149" s="14"/>
+      <c r="G149" s="15"/>
+      <c r="H149" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="150" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A150" s="3"/>
+      <c r="B150" s="14"/>
+      <c r="C150" s="15"/>
+      <c r="D150" s="4"/>
+      <c r="E150" s="4"/>
+      <c r="F150" s="14"/>
+      <c r="G150" s="15"/>
+      <c r="H150" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="I150" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="151" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A151" s="3"/>
+      <c r="B151" s="14"/>
+      <c r="C151" s="15"/>
+      <c r="D151" s="4"/>
+      <c r="E151" s="4"/>
+      <c r="F151" s="14"/>
+      <c r="G151" s="15"/>
+      <c r="H151" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="I151" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="152" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A152" s="3"/>
+      <c r="B152" s="14"/>
+      <c r="C152" s="15"/>
+      <c r="D152" s="4"/>
+      <c r="E152" s="4"/>
+      <c r="F152" s="14"/>
+      <c r="G152" s="15"/>
+      <c r="H152" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="153" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A153" s="3"/>
+      <c r="B153" s="14"/>
+      <c r="C153" s="15"/>
+      <c r="D153" s="4"/>
+      <c r="E153" s="4"/>
+      <c r="F153" s="14"/>
+      <c r="G153" s="15"/>
+      <c r="H153" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="I153" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="154" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A154" s="3"/>
+      <c r="B154" s="14"/>
+      <c r="C154" s="15"/>
+      <c r="D154" s="4"/>
+      <c r="E154" s="4"/>
+      <c r="F154" s="14"/>
+      <c r="G154" s="15"/>
+      <c r="H154" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="I154" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="155" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A155" s="3"/>
+      <c r="B155" s="14"/>
+      <c r="C155" s="15"/>
+      <c r="D155" s="4"/>
+      <c r="E155" s="4"/>
+      <c r="F155" s="14"/>
+      <c r="G155" s="15"/>
+      <c r="H155" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="I155" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="156" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A156" s="3"/>
+      <c r="B156" s="14"/>
+      <c r="C156" s="15"/>
+      <c r="D156" s="4"/>
+      <c r="E156" s="4"/>
+      <c r="F156" s="14"/>
+      <c r="G156" s="15"/>
+      <c r="H156" s="3" t="s">
+        <v>255</v>
+      </c>
+      <c r="I156" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="157" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A157" s="3"/>
+      <c r="B157" s="14"/>
+      <c r="C157" s="15"/>
+      <c r="D157" s="4"/>
+      <c r="E157" s="4"/>
+      <c r="F157" s="14"/>
+      <c r="G157" s="15"/>
+      <c r="H157" s="3" t="s">
+        <v>256</v>
+      </c>
+      <c r="I157" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="158" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A158" s="3"/>
+      <c r="B158" s="14"/>
+      <c r="C158" s="15"/>
+      <c r="D158" s="4"/>
+      <c r="E158" s="4"/>
+      <c r="F158" s="14"/>
+      <c r="G158" s="15"/>
+      <c r="H158" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="I158" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="159" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A159" s="3"/>
+      <c r="B159" s="14"/>
+      <c r="C159" s="15"/>
+      <c r="D159" s="4"/>
+      <c r="E159" s="4"/>
+      <c r="F159" s="14"/>
+      <c r="G159" s="15"/>
+      <c r="H159" s="3" t="s">
+        <v>258</v>
+      </c>
+      <c r="I159" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="160" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A160" s="3"/>
+      <c r="B160" s="14"/>
+      <c r="C160" s="15"/>
+      <c r="D160" s="4"/>
+      <c r="E160" s="4"/>
+      <c r="F160" s="14"/>
+      <c r="G160" s="15"/>
+      <c r="H160" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="I160" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="161" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A161" s="3"/>
+      <c r="B161" s="14"/>
+      <c r="C161" s="15"/>
+      <c r="D161" s="4"/>
+      <c r="E161" s="4"/>
+      <c r="F161" s="14"/>
+      <c r="G161" s="15"/>
+      <c r="H161" s="3" t="s">
+        <v>260</v>
+      </c>
+      <c r="I161" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="162" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A162" s="3"/>
+      <c r="B162" s="14"/>
+      <c r="C162" s="15"/>
+      <c r="D162" s="4"/>
+      <c r="E162" s="4"/>
+      <c r="F162" s="14"/>
+      <c r="G162" s="15"/>
+      <c r="H162" s="3" t="s">
+        <v>261</v>
+      </c>
+      <c r="I162" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="163" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A163" s="3"/>
+      <c r="B163" s="14"/>
+      <c r="C163" s="15"/>
+      <c r="D163" s="4"/>
+      <c r="E163" s="4"/>
+      <c r="F163" s="14"/>
+      <c r="G163" s="15"/>
+      <c r="H163" s="3" t="s">
+        <v>262</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="164" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A164" s="3"/>
+      <c r="B164" s="14"/>
+      <c r="C164" s="15"/>
+      <c r="D164" s="4"/>
+      <c r="E164" s="4"/>
+      <c r="F164" s="14"/>
+      <c r="G164" s="15"/>
+      <c r="H164" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A165" s="3"/>
+      <c r="B165" s="14"/>
+      <c r="C165" s="15"/>
+      <c r="D165" s="4"/>
+      <c r="E165" s="4"/>
+      <c r="F165" s="14"/>
+      <c r="G165" s="15"/>
+      <c r="H165" s="3" t="s">
+        <v>264</v>
+      </c>
+      <c r="I165" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A166" s="3"/>
+      <c r="B166" s="14"/>
+      <c r="C166" s="15"/>
+      <c r="D166" s="4"/>
+      <c r="E166" s="4"/>
+      <c r="F166" s="14"/>
+      <c r="G166" s="15"/>
+      <c r="H166" s="3" t="s">
+        <v>265</v>
+      </c>
+      <c r="I166" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="167" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A167" s="3"/>
+      <c r="B167" s="14"/>
+      <c r="C167" s="15"/>
+      <c r="D167" s="4"/>
+      <c r="E167" s="4"/>
+      <c r="F167" s="14"/>
+      <c r="G167" s="15"/>
+      <c r="H167" s="3" t="s">
+        <v>266</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="168" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A168" s="3"/>
+      <c r="B168" s="14"/>
+      <c r="C168" s="15"/>
+      <c r="D168" s="4"/>
+      <c r="E168" s="4"/>
+      <c r="F168" s="14"/>
+      <c r="G168" s="15"/>
+      <c r="H168" s="3" t="s">
+        <v>267</v>
+      </c>
+      <c r="I168" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="169" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A169" s="3"/>
+      <c r="B169" s="14"/>
+      <c r="C169" s="15"/>
+      <c r="D169" s="4"/>
+      <c r="E169" s="4"/>
+      <c r="F169" s="14"/>
+      <c r="G169" s="15"/>
+      <c r="H169" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="170" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A170" s="3"/>
+      <c r="B170" s="14"/>
+      <c r="C170" s="15"/>
+      <c r="D170" s="4"/>
+      <c r="E170" s="4"/>
+      <c r="F170" s="14"/>
+      <c r="G170" s="15"/>
+      <c r="H170" s="3" t="s">
+        <v>269</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="171" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A171" s="3">
+        <v>105318</v>
+      </c>
+      <c r="B171" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C171" s="15"/>
+      <c r="D171" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E171" s="4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F171" s="14" t="s">
+        <v>271</v>
+      </c>
+      <c r="G171" s="15"/>
+      <c r="H171" s="3" t="s">
+        <v>272</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="172" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A172" s="3">
+        <v>105328</v>
+      </c>
+      <c r="B172" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C172" s="15"/>
+      <c r="D172" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E172" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F172" s="14" t="s">
+        <v>273</v>
+      </c>
+      <c r="G172" s="15"/>
+      <c r="H172" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="173" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A173" s="3"/>
+      <c r="B173" s="14"/>
+      <c r="C173" s="15"/>
+      <c r="D173" s="4"/>
+      <c r="E173" s="4"/>
+      <c r="F173" s="14"/>
+      <c r="G173" s="15"/>
+      <c r="H173" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="I173" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A174" s="3"/>
+      <c r="B174" s="14"/>
+      <c r="C174" s="15"/>
+      <c r="D174" s="4"/>
+      <c r="E174" s="4"/>
+      <c r="F174" s="14"/>
+      <c r="G174" s="15"/>
+      <c r="H174" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="I174" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="175" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A175" s="3"/>
+      <c r="B175" s="14"/>
+      <c r="C175" s="15"/>
+      <c r="D175" s="4"/>
+      <c r="E175" s="4"/>
+      <c r="F175" s="14"/>
+      <c r="G175" s="15"/>
+      <c r="H175" s="3" t="s">
+        <v>277</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="176" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A176" s="3"/>
+      <c r="B176" s="14"/>
+      <c r="C176" s="15"/>
+      <c r="D176" s="4"/>
+      <c r="E176" s="4"/>
+      <c r="F176" s="14"/>
+      <c r="G176" s="15"/>
+      <c r="H176" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="177" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A177" s="3">
+        <v>105331</v>
+      </c>
+      <c r="B177" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C177" s="15"/>
+      <c r="D177" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E177" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F177" s="14" t="s">
+        <v>279</v>
+      </c>
+      <c r="G177" s="15"/>
+      <c r="H177" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="I177" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="178" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A178" s="3"/>
+      <c r="B178" s="14"/>
+      <c r="C178" s="15"/>
+      <c r="D178" s="4"/>
+      <c r="E178" s="4"/>
+      <c r="F178" s="14"/>
+      <c r="G178" s="15"/>
+      <c r="H178" s="3" t="s">
+        <v>281</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="179" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A179" s="3"/>
+      <c r="B179" s="14"/>
+      <c r="C179" s="15"/>
+      <c r="D179" s="4"/>
+      <c r="E179" s="4"/>
+      <c r="F179" s="14"/>
+      <c r="G179" s="15"/>
+      <c r="H179" s="3" t="s">
+        <v>282</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="180" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A180" s="3"/>
+      <c r="B180" s="14"/>
+      <c r="C180" s="15"/>
+      <c r="D180" s="4"/>
+      <c r="E180" s="4"/>
+      <c r="F180" s="14"/>
+      <c r="G180" s="15"/>
+      <c r="H180" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="181" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A181" s="3"/>
+      <c r="B181" s="14"/>
+      <c r="C181" s="15"/>
+      <c r="D181" s="4"/>
+      <c r="E181" s="4"/>
+      <c r="F181" s="14"/>
+      <c r="G181" s="15"/>
+      <c r="H181" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="182" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A182" s="3"/>
+      <c r="B182" s="14"/>
+      <c r="C182" s="15"/>
+      <c r="D182" s="4"/>
+      <c r="E182" s="4"/>
+      <c r="F182" s="14"/>
+      <c r="G182" s="15"/>
+      <c r="H182" s="3" t="s">
+        <v>285</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="183" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A183" s="3">
+        <v>105341</v>
+      </c>
+      <c r="B183" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C183" s="15"/>
+      <c r="D183" s="4" t="s">
+        <v>270</v>
+      </c>
+      <c r="E183" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F183" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="G183" s="15"/>
+      <c r="H183" s="3" t="s">
+        <v>287</v>
+      </c>
+      <c r="I183" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="184" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A184" s="3"/>
+      <c r="B184" s="14"/>
+      <c r="C184" s="15"/>
+      <c r="D184" s="4"/>
+      <c r="E184" s="4"/>
+      <c r="F184" s="14"/>
+      <c r="G184" s="15"/>
+      <c r="H184" s="3" t="s">
+        <v>288</v>
+      </c>
+      <c r="I184" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="185" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A185" s="3"/>
+      <c r="B185" s="14"/>
+      <c r="C185" s="15"/>
+      <c r="D185" s="4"/>
+      <c r="E185" s="4"/>
+      <c r="F185" s="14"/>
+      <c r="G185" s="15"/>
+      <c r="H185" s="3" t="s">
+        <v>289</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="186" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A186" s="3"/>
+      <c r="B186" s="14"/>
+      <c r="C186" s="15"/>
+      <c r="D186" s="4"/>
+      <c r="E186" s="4"/>
+      <c r="F186" s="14"/>
+      <c r="G186" s="15"/>
+      <c r="H186" s="3" t="s">
+        <v>290</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="187" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A187" s="3"/>
+      <c r="B187" s="14"/>
+      <c r="C187" s="15"/>
+      <c r="D187" s="4"/>
+      <c r="E187" s="4"/>
+      <c r="F187" s="14"/>
+      <c r="G187" s="15"/>
+      <c r="H187" s="3" t="s">
+        <v>291</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="188" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A188" s="3"/>
+      <c r="B188" s="14"/>
+      <c r="C188" s="15"/>
+      <c r="D188" s="4"/>
+      <c r="E188" s="4"/>
+      <c r="F188" s="14"/>
+      <c r="G188" s="15"/>
+      <c r="H188" s="3" t="s">
+        <v>292</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="189" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A189" s="3"/>
+      <c r="B189" s="14"/>
+      <c r="C189" s="15"/>
+      <c r="D189" s="4"/>
+      <c r="E189" s="4"/>
+      <c r="F189" s="14"/>
+      <c r="G189" s="15"/>
+      <c r="H189" s="3" t="s">
+        <v>293</v>
+      </c>
+      <c r="I189" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="190" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A190" s="3"/>
+      <c r="B190" s="14"/>
+      <c r="C190" s="15"/>
+      <c r="D190" s="4"/>
+      <c r="E190" s="4"/>
+      <c r="F190" s="14"/>
+      <c r="G190" s="15"/>
+      <c r="H190" s="3" t="s">
+        <v>294</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="191" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A191" s="3"/>
+      <c r="B191" s="14"/>
+      <c r="C191" s="15"/>
+      <c r="D191" s="4"/>
+      <c r="E191" s="4"/>
+      <c r="F191" s="14"/>
+      <c r="G191" s="15"/>
+      <c r="H191" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="I191" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="192" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A192" s="3"/>
+      <c r="B192" s="14"/>
+      <c r="C192" s="15"/>
+      <c r="D192" s="4"/>
+      <c r="E192" s="4"/>
+      <c r="F192" s="14"/>
+      <c r="G192" s="15"/>
+      <c r="H192" s="3" t="s">
+        <v>296</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="193" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A193" s="3"/>
+      <c r="B193" s="14"/>
+      <c r="C193" s="15"/>
+      <c r="D193" s="4"/>
+      <c r="E193" s="4"/>
+      <c r="F193" s="14"/>
+      <c r="G193" s="15"/>
+      <c r="H193" s="3" t="s">
+        <v>297</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="194" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A194" s="3">
+        <v>105357</v>
+      </c>
+      <c r="B194" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C194" s="15"/>
+      <c r="D194" s="4" t="s">
+        <v>298</v>
+      </c>
+      <c r="E194" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="F194" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="G194" s="15"/>
+      <c r="H194" s="3" t="s">
+        <v>300</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="195" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A195" s="3"/>
+      <c r="B195" s="14"/>
+      <c r="C195" s="15"/>
+      <c r="D195" s="4"/>
+      <c r="E195" s="4"/>
+      <c r="F195" s="14"/>
+      <c r="G195" s="15"/>
+      <c r="H195" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="196" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A196" s="3"/>
+      <c r="B196" s="14"/>
+      <c r="C196" s="15"/>
+      <c r="D196" s="4"/>
+      <c r="E196" s="4"/>
+      <c r="F196" s="14"/>
+      <c r="G196" s="15"/>
+      <c r="H196" s="3" t="s">
+        <v>303</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="197" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A197" s="3">
+        <v>105378</v>
+      </c>
+      <c r="B197" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C197" s="15"/>
+      <c r="D197" s="4" t="s">
+        <v>305</v>
+      </c>
+      <c r="E197" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F197" s="14" t="s">
+        <v>306</v>
+      </c>
+      <c r="G197" s="15"/>
+      <c r="H197" s="3" t="s">
+        <v>307</v>
+      </c>
+      <c r="I197" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="198" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A198" s="3">
+        <v>105445</v>
+      </c>
+      <c r="B198" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C198" s="15"/>
+      <c r="D198" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E198" s="4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F198" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="G198" s="15"/>
+      <c r="H198" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="199" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A199" s="3"/>
+      <c r="B199" s="14"/>
+      <c r="C199" s="15"/>
+      <c r="D199" s="4"/>
+      <c r="E199" s="4"/>
+      <c r="F199" s="14"/>
+      <c r="G199" s="15"/>
+      <c r="H199" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="200" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A200" s="3"/>
+      <c r="B200" s="14"/>
+      <c r="C200" s="15"/>
+      <c r="D200" s="4"/>
+      <c r="E200" s="4"/>
+      <c r="F200" s="14"/>
+      <c r="G200" s="15"/>
+      <c r="H200" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="201" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A201" s="3">
+        <v>105453</v>
+      </c>
+      <c r="B201" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C201" s="15"/>
+      <c r="D201" s="4" t="s">
+        <v>308</v>
+      </c>
+      <c r="E201" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F201" s="14" t="s">
+        <v>313</v>
+      </c>
+      <c r="G201" s="15"/>
+      <c r="H201" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="I201" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="202" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A202" s="3"/>
+      <c r="B202" s="14"/>
+      <c r="C202" s="15"/>
+      <c r="D202" s="4"/>
+      <c r="E202" s="4"/>
+      <c r="F202" s="14"/>
+      <c r="G202" s="15"/>
+      <c r="H202" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="203" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A203" s="3"/>
+      <c r="B203" s="14"/>
+      <c r="C203" s="15"/>
+      <c r="D203" s="4"/>
+      <c r="E203" s="4"/>
+      <c r="F203" s="14"/>
+      <c r="G203" s="15"/>
+      <c r="H203" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="204" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A204" s="3"/>
+      <c r="B204" s="14"/>
+      <c r="C204" s="15"/>
+      <c r="D204" s="4"/>
+      <c r="E204" s="4"/>
+      <c r="F204" s="14"/>
+      <c r="G204" s="15"/>
+      <c r="H204" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="205" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A205" s="3"/>
+      <c r="B205" s="14"/>
+      <c r="C205" s="15"/>
+      <c r="D205" s="4"/>
+      <c r="E205" s="4"/>
+      <c r="F205" s="14"/>
+      <c r="G205" s="15"/>
+      <c r="H205" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="206" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A206" s="3"/>
+      <c r="B206" s="14"/>
+      <c r="C206" s="15"/>
+      <c r="D206" s="4"/>
+      <c r="E206" s="4"/>
+      <c r="F206" s="14"/>
+      <c r="G206" s="15"/>
+      <c r="H206" s="3" t="s">
+        <v>319</v>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="207" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A207" s="3"/>
+      <c r="B207" s="14"/>
+      <c r="C207" s="15"/>
+      <c r="D207" s="4"/>
+      <c r="E207" s="4"/>
+      <c r="F207" s="14"/>
+      <c r="G207" s="15"/>
+      <c r="H207" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="I207" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="208" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A208" s="3"/>
+      <c r="B208" s="14"/>
+      <c r="C208" s="15"/>
+      <c r="D208" s="4"/>
+      <c r="E208" s="4"/>
+      <c r="F208" s="14"/>
+      <c r="G208" s="15"/>
+      <c r="H208" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="I208" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="209" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A209" s="3"/>
+      <c r="B209" s="14"/>
+      <c r="C209" s="15"/>
+      <c r="D209" s="4"/>
+      <c r="E209" s="4"/>
+      <c r="F209" s="14"/>
+      <c r="G209" s="15"/>
+      <c r="H209" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="I209" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="210" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A210" s="3"/>
+      <c r="B210" s="14"/>
+      <c r="C210" s="15"/>
+      <c r="D210" s="4"/>
+      <c r="E210" s="4"/>
+      <c r="F210" s="14"/>
+      <c r="G210" s="15"/>
+      <c r="H210" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="211" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A211" s="3"/>
+      <c r="B211" s="14"/>
+      <c r="C211" s="15"/>
+      <c r="D211" s="4"/>
+      <c r="E211" s="4"/>
+      <c r="F211" s="14"/>
+      <c r="G211" s="15"/>
+      <c r="H211" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="I211" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="212" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A212" s="3"/>
+      <c r="B212" s="14"/>
+      <c r="C212" s="15"/>
+      <c r="D212" s="4"/>
+      <c r="E212" s="4"/>
+      <c r="F212" s="14"/>
+      <c r="G212" s="15"/>
+      <c r="H212" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="I212" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="213" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A213" s="3"/>
+      <c r="B213" s="14"/>
+      <c r="C213" s="15"/>
+      <c r="D213" s="4"/>
+      <c r="E213" s="4"/>
+      <c r="F213" s="14"/>
+      <c r="G213" s="15"/>
+      <c r="H213" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="I213" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="214" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A214" s="3"/>
+      <c r="B214" s="14"/>
+      <c r="C214" s="15"/>
+      <c r="D214" s="4"/>
+      <c r="E214" s="4"/>
+      <c r="F214" s="14"/>
+      <c r="G214" s="15"/>
+      <c r="H214" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="I214" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="215" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A215" s="3"/>
+      <c r="B215" s="14"/>
+      <c r="C215" s="15"/>
+      <c r="D215" s="4"/>
+      <c r="E215" s="4"/>
+      <c r="F215" s="14"/>
+      <c r="G215" s="15"/>
+      <c r="H215" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="216" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A216" s="3">
+        <v>105470</v>
+      </c>
+      <c r="B216" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C216" s="15"/>
+      <c r="D216" s="4" t="s">
+        <v>329</v>
+      </c>
+      <c r="E216" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F216" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="G216" s="15"/>
+      <c r="H216" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="I216" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="217" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A217" s="3"/>
+      <c r="B217" s="14"/>
+      <c r="C217" s="15"/>
+      <c r="D217" s="4"/>
+      <c r="E217" s="4"/>
+      <c r="F217" s="14"/>
+      <c r="G217" s="15"/>
+      <c r="H217" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="I217" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="218" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A218" s="3">
+        <v>105523</v>
+      </c>
+      <c r="B218" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C218" s="15"/>
+      <c r="D218" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="E218" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F218" s="14" t="s">
+        <v>334</v>
+      </c>
+      <c r="G218" s="15"/>
+      <c r="H218" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="I218" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="219" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A219" s="3">
+        <v>105524</v>
+      </c>
+      <c r="B219" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C219" s="15"/>
+      <c r="D219" s="4" t="s">
+        <v>333</v>
+      </c>
+      <c r="E219" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F219" s="14" t="s">
+        <v>336</v>
+      </c>
+      <c r="G219" s="15"/>
+      <c r="H219" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="I219" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="220" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A220" s="3">
+        <v>105559</v>
+      </c>
+      <c r="B220" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C220" s="15"/>
+      <c r="D220" s="4" t="s">
+        <v>338</v>
+      </c>
+      <c r="E220" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F220" s="14" t="s">
+        <v>339</v>
+      </c>
+      <c r="G220" s="15"/>
+      <c r="H220" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="221" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A221" s="3">
+        <v>105583</v>
+      </c>
+      <c r="B221" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C221" s="15"/>
+      <c r="D221" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E221" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="F221" s="14" t="s">
+        <v>343</v>
+      </c>
+      <c r="G221" s="15"/>
+      <c r="H221" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="I221" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="222" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A222" s="3">
+        <v>105584</v>
+      </c>
+      <c r="B222" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C222" s="15"/>
+      <c r="D222" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E222" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F222" s="14" t="s">
+        <v>346</v>
+      </c>
+      <c r="G222" s="15"/>
+      <c r="H222" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="223" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A223" s="3">
+        <v>105585</v>
+      </c>
+      <c r="B223" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C223" s="15"/>
+      <c r="D223" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E223" s="4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F223" s="14" t="s">
+        <v>348</v>
+      </c>
+      <c r="G223" s="15"/>
+      <c r="H223" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="224" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A224" s="3">
+        <v>105586</v>
+      </c>
+      <c r="B224" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C224" s="15"/>
+      <c r="D224" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E224" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="F224" s="14" t="s">
+        <v>350</v>
+      </c>
+      <c r="G224" s="15"/>
+      <c r="H224" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="225" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A225" s="3"/>
+      <c r="B225" s="14"/>
+      <c r="C225" s="15"/>
+      <c r="D225" s="4"/>
+      <c r="E225" s="4"/>
+      <c r="F225" s="14"/>
+      <c r="G225" s="15"/>
+      <c r="H225" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="226" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A226" s="3">
+        <v>105587</v>
+      </c>
+      <c r="B226" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C226" s="15"/>
+      <c r="D226" s="4" t="s">
+        <v>341</v>
+      </c>
+      <c r="E226" s="4" t="s">
+        <v>342</v>
+      </c>
+      <c r="F226" s="14" t="s">
+        <v>353</v>
+      </c>
+      <c r="G226" s="15"/>
+      <c r="H226" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="I226" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="227" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A227" s="3"/>
+      <c r="B227" s="14"/>
+      <c r="C227" s="15"/>
+      <c r="D227" s="4"/>
+      <c r="E227" s="4"/>
+      <c r="F227" s="14"/>
+      <c r="G227" s="15"/>
+      <c r="H227" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="I227" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="228" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A228" s="3">
+        <v>105612</v>
+      </c>
+      <c r="B228" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C228" s="15"/>
+      <c r="D228" s="4" t="s">
+        <v>356</v>
+      </c>
+      <c r="E228" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F228" s="14" t="s">
+        <v>358</v>
+      </c>
+      <c r="G228" s="15"/>
+      <c r="H228" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="I228" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="229" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A229" s="3"/>
+      <c r="B229" s="14"/>
+      <c r="C229" s="15"/>
+      <c r="D229" s="4"/>
+      <c r="E229" s="4"/>
+      <c r="F229" s="14"/>
+      <c r="G229" s="15"/>
+      <c r="H229" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A230" s="3"/>
+      <c r="B230" s="14"/>
+      <c r="C230" s="15"/>
+      <c r="D230" s="4"/>
+      <c r="E230" s="4"/>
+      <c r="F230" s="14"/>
+      <c r="G230" s="15"/>
+      <c r="H230" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="231" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A231" s="3">
+        <v>105685</v>
+      </c>
+      <c r="B231" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C231" s="15"/>
+      <c r="D231" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="E231" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="F231" s="14" t="s">
+        <v>363</v>
+      </c>
+      <c r="G231" s="15"/>
+      <c r="H231" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A232" s="3">
+        <v>105686</v>
+      </c>
+      <c r="B232" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C232" s="15"/>
+      <c r="D232" s="4" t="s">
+        <v>362</v>
+      </c>
+      <c r="E232" s="4" t="s">
+        <v>366</v>
+      </c>
+      <c r="F232" s="14" t="s">
+        <v>367</v>
+      </c>
+      <c r="G232" s="15"/>
+      <c r="H232" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="233" spans="1:9" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A233" s="3">
+        <v>105734</v>
+      </c>
+      <c r="B233" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C233" s="15"/>
+      <c r="D233" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="E233" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F233" s="14" t="s">
+        <v>370</v>
+      </c>
+      <c r="G233" s="15"/>
+      <c r="H233" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="I233" s="5" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="234" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A234" s="3"/>
+      <c r="B234" s="14"/>
+      <c r="C234" s="15"/>
+      <c r="D234" s="4"/>
+      <c r="E234" s="4"/>
+      <c r="F234" s="14"/>
+      <c r="G234" s="15"/>
+      <c r="H234" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="235" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A235" s="3"/>
+      <c r="B235" s="14"/>
+      <c r="C235" s="15"/>
+      <c r="D235" s="4"/>
+      <c r="E235" s="4"/>
+      <c r="F235" s="14"/>
+      <c r="G235" s="15"/>
+      <c r="H235" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="236" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A236" s="3">
+        <v>105735</v>
+      </c>
+      <c r="B236" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C236" s="15"/>
+      <c r="D236" s="4" t="s">
+        <v>369</v>
+      </c>
+      <c r="E236" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F236" s="14" t="s">
+        <v>375</v>
+      </c>
+      <c r="G236" s="15"/>
+      <c r="H236" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="I236" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="237" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A237" s="3">
+        <v>105811</v>
+      </c>
+      <c r="B237" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C237" s="15"/>
+      <c r="D237" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="E237" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="F237" s="14" t="s">
+        <v>378</v>
+      </c>
+      <c r="G237" s="15"/>
+      <c r="H237" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="I237" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="238" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A238" s="3"/>
+      <c r="B238" s="14"/>
+      <c r="C238" s="15"/>
+      <c r="D238" s="4"/>
+      <c r="E238" s="4"/>
+      <c r="F238" s="14"/>
+      <c r="G238" s="15"/>
+      <c r="H238" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="I238" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="239" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A239" s="3"/>
+      <c r="B239" s="14"/>
+      <c r="C239" s="15"/>
+      <c r="D239" s="4"/>
+      <c r="E239" s="4"/>
+      <c r="F239" s="14"/>
+      <c r="G239" s="15"/>
+      <c r="H239" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="240" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A240" s="3"/>
+      <c r="B240" s="14"/>
+      <c r="C240" s="15"/>
+      <c r="D240" s="4"/>
+      <c r="E240" s="4"/>
+      <c r="F240" s="14"/>
+      <c r="G240" s="15"/>
+      <c r="H240" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="241" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A241" s="3"/>
+      <c r="B241" s="14"/>
+      <c r="C241" s="15"/>
+      <c r="D241" s="4"/>
+      <c r="E241" s="4"/>
+      <c r="F241" s="14"/>
+      <c r="G241" s="15"/>
+      <c r="H241" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="242" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A242" s="3"/>
+      <c r="B242" s="14"/>
+      <c r="C242" s="15"/>
+      <c r="D242" s="4"/>
+      <c r="E242" s="4"/>
+      <c r="F242" s="14"/>
+      <c r="G242" s="15"/>
+      <c r="H242" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="243" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A243" s="3"/>
+      <c r="B243" s="14"/>
+      <c r="C243" s="15"/>
+      <c r="D243" s="4"/>
+      <c r="E243" s="4"/>
+      <c r="F243" s="14"/>
+      <c r="G243" s="15"/>
+      <c r="H243" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="I243" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="244" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A244" s="3"/>
+      <c r="B244" s="14"/>
+      <c r="C244" s="15"/>
+      <c r="D244" s="4"/>
+      <c r="E244" s="4"/>
+      <c r="F244" s="14"/>
+      <c r="G244" s="15"/>
+      <c r="H244" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="I244" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="245" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A245" s="3"/>
+      <c r="B245" s="14"/>
+      <c r="C245" s="15"/>
+      <c r="D245" s="4"/>
+      <c r="E245" s="4"/>
+      <c r="F245" s="14"/>
+      <c r="G245" s="15"/>
+      <c r="H245" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="I245" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="246" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A246" s="3"/>
+      <c r="B246" s="14"/>
+      <c r="C246" s="15"/>
+      <c r="D246" s="4"/>
+      <c r="E246" s="4"/>
+      <c r="F246" s="14"/>
+      <c r="G246" s="15"/>
+      <c r="H246" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="247" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A247" s="3">
+        <v>105812</v>
+      </c>
+      <c r="B247" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C247" s="15"/>
+      <c r="D247" s="4" t="s">
+        <v>377</v>
+      </c>
+      <c r="E247" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="F247" s="14" t="s">
+        <v>391</v>
+      </c>
+      <c r="G247" s="15"/>
+      <c r="H247" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="I247" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="248" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A248" s="3"/>
+      <c r="B248" s="14"/>
+      <c r="C248" s="15"/>
+      <c r="D248" s="4"/>
+      <c r="E248" s="4"/>
+      <c r="F248" s="14"/>
+      <c r="G248" s="15"/>
+      <c r="H248" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="I248" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="249" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A249" s="3"/>
+      <c r="B249" s="14"/>
+      <c r="C249" s="15"/>
+      <c r="D249" s="4"/>
+      <c r="E249" s="4"/>
+      <c r="F249" s="14"/>
+      <c r="G249" s="15"/>
+      <c r="H249" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="I249" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="250" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A250" s="3"/>
+      <c r="B250" s="14"/>
+      <c r="C250" s="15"/>
+      <c r="D250" s="4"/>
+      <c r="E250" s="4"/>
+      <c r="F250" s="14"/>
+      <c r="G250" s="15"/>
+      <c r="H250" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="I250" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="251" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A251" s="3"/>
+      <c r="B251" s="14"/>
+      <c r="C251" s="15"/>
+      <c r="D251" s="4"/>
+      <c r="E251" s="4"/>
+      <c r="F251" s="14"/>
+      <c r="G251" s="15"/>
+      <c r="H251" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="I251" s="5" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="252" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A252" s="3">
+        <v>105848</v>
+      </c>
+      <c r="B252" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C252" s="15"/>
+      <c r="D252" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="E252" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F252" s="14" t="s">
+        <v>399</v>
+      </c>
+      <c r="G252" s="15"/>
+      <c r="H252" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="I252" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="253" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A253" s="3"/>
+      <c r="B253" s="14"/>
+      <c r="C253" s="15"/>
+      <c r="D253" s="4"/>
+      <c r="E253" s="4"/>
+      <c r="F253" s="14"/>
+      <c r="G253" s="15"/>
+      <c r="H253" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="I253" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="254" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A254" s="3"/>
+      <c r="B254" s="14"/>
+      <c r="C254" s="15"/>
+      <c r="D254" s="4"/>
+      <c r="E254" s="4"/>
+      <c r="F254" s="14"/>
+      <c r="G254" s="15"/>
+      <c r="H254" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="I254" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="255" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A255" s="3"/>
+      <c r="B255" s="14"/>
+      <c r="C255" s="15"/>
+      <c r="D255" s="4"/>
+      <c r="E255" s="4"/>
+      <c r="F255" s="14"/>
+      <c r="G255" s="15"/>
+      <c r="H255" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="I255" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="256" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A256" s="3"/>
+      <c r="B256" s="14"/>
+      <c r="C256" s="15"/>
+      <c r="D256" s="4"/>
+      <c r="E256" s="4"/>
+      <c r="F256" s="14"/>
+      <c r="G256" s="15"/>
+      <c r="H256" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="I256" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="257" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A257" s="3"/>
+      <c r="B257" s="14"/>
+      <c r="C257" s="15"/>
+      <c r="D257" s="4"/>
+      <c r="E257" s="4"/>
+      <c r="F257" s="14"/>
+      <c r="G257" s="15"/>
+      <c r="H257" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="I257" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="258" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A258" s="3">
+        <v>105851</v>
+      </c>
+      <c r="B258" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C258" s="15"/>
+      <c r="D258" s="4" t="s">
+        <v>397</v>
+      </c>
+      <c r="E258" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F258" s="14" t="s">
+        <v>406</v>
+      </c>
+      <c r="G258" s="15"/>
+      <c r="H258" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="259" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A259" s="3"/>
+      <c r="B259" s="14"/>
+      <c r="C259" s="15"/>
+      <c r="D259" s="4"/>
+      <c r="E259" s="4"/>
+      <c r="F259" s="14"/>
+      <c r="G259" s="15"/>
+      <c r="H259" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="I259" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="260" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A260" s="3"/>
+      <c r="B260" s="14"/>
+      <c r="C260" s="15"/>
+      <c r="D260" s="4"/>
+      <c r="E260" s="4"/>
+      <c r="F260" s="14"/>
+      <c r="G260" s="15"/>
+      <c r="H260" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="261" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A261" s="3">
+        <v>105854</v>
+      </c>
+      <c r="B261" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C261" s="15"/>
+      <c r="D261" s="4" t="s">
+        <v>410</v>
+      </c>
+      <c r="E261" s="4" t="s">
+        <v>219</v>
+      </c>
+      <c r="F261" s="14" t="s">
+        <v>411</v>
+      </c>
+      <c r="G261" s="15"/>
+      <c r="H261" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="262" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A262" s="3">
+        <v>105956</v>
+      </c>
+      <c r="B262" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C262" s="15"/>
+      <c r="D262" s="4" t="s">
+        <v>413</v>
+      </c>
+      <c r="E262" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F262" s="14" t="s">
+        <v>414</v>
+      </c>
+      <c r="G262" s="15"/>
+      <c r="H262" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="263" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A263" s="3"/>
+      <c r="B263" s="14"/>
+      <c r="C263" s="15"/>
+      <c r="D263" s="4"/>
+      <c r="E263" s="4"/>
+      <c r="F263" s="14"/>
+      <c r="G263" s="15"/>
+      <c r="H263" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="264" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A264" s="3"/>
+      <c r="B264" s="14"/>
+      <c r="C264" s="15"/>
+      <c r="D264" s="4"/>
+      <c r="E264" s="4"/>
+      <c r="F264" s="14"/>
+      <c r="G264" s="15"/>
+      <c r="H264" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="265" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A265" s="3"/>
+      <c r="B265" s="14"/>
+      <c r="C265" s="15"/>
+      <c r="D265" s="4"/>
+      <c r="E265" s="4"/>
+      <c r="F265" s="14"/>
+      <c r="G265" s="15"/>
+      <c r="H265" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="266" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A266" s="3"/>
+      <c r="B266" s="14"/>
+      <c r="C266" s="15"/>
+      <c r="D266" s="4"/>
+      <c r="E266" s="4"/>
+      <c r="F266" s="14"/>
+      <c r="G266" s="15"/>
+      <c r="H266" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="I266" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="267" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A267" s="3"/>
+      <c r="B267" s="14"/>
+      <c r="C267" s="15"/>
+      <c r="D267" s="4"/>
+      <c r="E267" s="4"/>
+      <c r="F267" s="14"/>
+      <c r="G267" s="15"/>
+      <c r="H267" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="I267" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="268" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A268" s="3"/>
+      <c r="B268" s="14"/>
+      <c r="C268" s="15"/>
+      <c r="D268" s="4"/>
+      <c r="E268" s="4"/>
+      <c r="F268" s="14"/>
+      <c r="G268" s="15"/>
+      <c r="H268" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="I268" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="269" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A269" s="3"/>
+      <c r="B269" s="14"/>
+      <c r="C269" s="15"/>
+      <c r="D269" s="4"/>
+      <c r="E269" s="4"/>
+      <c r="F269" s="14"/>
+      <c r="G269" s="15"/>
+      <c r="H269" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I269" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="270" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A270" s="3"/>
+      <c r="B270" s="14"/>
+      <c r="C270" s="15"/>
+      <c r="D270" s="4"/>
+      <c r="E270" s="4"/>
+      <c r="F270" s="14"/>
+      <c r="G270" s="15"/>
+      <c r="H270" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="I270" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="271" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A271" s="3"/>
+      <c r="B271" s="14"/>
+      <c r="C271" s="15"/>
+      <c r="D271" s="4"/>
+      <c r="E271" s="4"/>
+      <c r="F271" s="14"/>
+      <c r="G271" s="15"/>
+      <c r="H271" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="I271" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="272" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A272" s="3">
+        <v>105980</v>
+      </c>
+      <c r="B272" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C272" s="15"/>
+      <c r="D272" s="4" t="s">
+        <v>425</v>
+      </c>
+      <c r="E272" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F272" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="G272" s="15"/>
+      <c r="H272" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="I272" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="273" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A273" s="3">
+        <v>105983</v>
+      </c>
+      <c r="B273" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C273" s="15"/>
+      <c r="D273" s="4" t="s">
+        <v>428</v>
+      </c>
+      <c r="E273" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F273" s="14" t="s">
+        <v>430</v>
+      </c>
+      <c r="G273" s="15"/>
+      <c r="H273" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="I273" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="274" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A274" s="3"/>
+      <c r="B274" s="14"/>
+      <c r="C274" s="15"/>
+      <c r="D274" s="4"/>
+      <c r="E274" s="4"/>
+      <c r="F274" s="14"/>
+      <c r="G274" s="15"/>
+      <c r="H274" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="I274" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="275" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A275" s="3"/>
+      <c r="B275" s="14"/>
+      <c r="C275" s="15"/>
+      <c r="D275" s="4"/>
+      <c r="E275" s="4"/>
+      <c r="F275" s="14"/>
+      <c r="G275" s="15"/>
+      <c r="H275" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="I275" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="276" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A276" s="3"/>
+      <c r="B276" s="14"/>
+      <c r="C276" s="15"/>
+      <c r="D276" s="4"/>
+      <c r="E276" s="4"/>
+      <c r="F276" s="14"/>
+      <c r="G276" s="15"/>
+      <c r="H276" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="277" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A277" s="3"/>
+      <c r="B277" s="14"/>
+      <c r="C277" s="15"/>
+      <c r="D277" s="4"/>
+      <c r="E277" s="4"/>
+      <c r="F277" s="14"/>
+      <c r="G277" s="15"/>
+      <c r="H277" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="I277" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="278" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A278" s="3"/>
+      <c r="B278" s="14"/>
+      <c r="C278" s="15"/>
+      <c r="D278" s="4"/>
+      <c r="E278" s="4"/>
+      <c r="F278" s="14"/>
+      <c r="G278" s="15"/>
+      <c r="H278" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="I278" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="279" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A279" s="3">
+        <v>106009</v>
+      </c>
+      <c r="B279" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C279" s="15"/>
+      <c r="D279" s="4" t="s">
+        <v>437</v>
+      </c>
+      <c r="E279" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F279" s="14" t="s">
+        <v>438</v>
+      </c>
+      <c r="G279" s="15"/>
+      <c r="H279" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="I279" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="280" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A280" s="3"/>
+      <c r="B280" s="14"/>
+      <c r="C280" s="15"/>
+      <c r="D280" s="4"/>
+      <c r="E280" s="4"/>
+      <c r="F280" s="14"/>
+      <c r="G280" s="15"/>
+      <c r="H280" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="I280" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="281" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A281" s="3">
+        <v>106022</v>
+      </c>
+      <c r="B281" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C281" s="15"/>
+      <c r="D281" s="4" t="s">
+        <v>441</v>
+      </c>
+      <c r="E281" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F281" s="14" t="s">
+        <v>442</v>
+      </c>
+      <c r="G281" s="15"/>
+      <c r="H281" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="I281" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="282" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A282" s="3"/>
+      <c r="B282" s="14"/>
+      <c r="C282" s="15"/>
+      <c r="D282" s="4"/>
+      <c r="E282" s="4"/>
+      <c r="F282" s="14"/>
+      <c r="G282" s="15"/>
+      <c r="H282" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="I282" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="283" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A283" s="3"/>
+      <c r="B283" s="14"/>
+      <c r="C283" s="15"/>
+      <c r="D283" s="4"/>
+      <c r="E283" s="4"/>
+      <c r="F283" s="14"/>
+      <c r="G283" s="15"/>
+      <c r="H283" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="I283" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="284" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A284" s="3"/>
+      <c r="B284" s="14"/>
+      <c r="C284" s="15"/>
+      <c r="D284" s="4"/>
+      <c r="E284" s="4"/>
+      <c r="F284" s="14"/>
+      <c r="G284" s="15"/>
+      <c r="H284" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="285" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A285" s="3">
+        <v>106042</v>
+      </c>
+      <c r="B285" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C285" s="15"/>
+      <c r="D285" s="4" t="s">
+        <v>447</v>
+      </c>
+      <c r="E285" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F285" s="14" t="s">
+        <v>448</v>
+      </c>
+      <c r="G285" s="15"/>
+      <c r="H285" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="286" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A286" s="3">
+        <v>106083</v>
+      </c>
+      <c r="B286" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C286" s="15"/>
+      <c r="D286" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="E286" s="4" t="s">
+        <v>390</v>
+      </c>
+      <c r="F286" s="14" t="s">
+        <v>451</v>
+      </c>
+      <c r="G286" s="15"/>
+      <c r="H286" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="287" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A287" s="3"/>
+      <c r="B287" s="14"/>
+      <c r="C287" s="15"/>
+      <c r="D287" s="4"/>
+      <c r="E287" s="4"/>
+      <c r="F287" s="14"/>
+      <c r="G287" s="15"/>
+      <c r="H287" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="288" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A288" s="3"/>
+      <c r="B288" s="14"/>
+      <c r="C288" s="15"/>
+      <c r="D288" s="4"/>
+      <c r="E288" s="4"/>
+      <c r="F288" s="14"/>
+      <c r="G288" s="15"/>
+      <c r="H288" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="289" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A289" s="3"/>
+      <c r="B289" s="14"/>
+      <c r="C289" s="15"/>
+      <c r="D289" s="4"/>
+      <c r="E289" s="4"/>
+      <c r="F289" s="14"/>
+      <c r="G289" s="15"/>
+      <c r="H289" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="I289" s="5" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="290" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A290" s="3"/>
+      <c r="B290" s="14"/>
+      <c r="C290" s="15"/>
+      <c r="D290" s="4"/>
+      <c r="E290" s="4"/>
+      <c r="F290" s="14"/>
+      <c r="G290" s="15"/>
+      <c r="H290" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="I290" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="291" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A291" s="3"/>
+      <c r="B291" s="14"/>
+      <c r="C291" s="15"/>
+      <c r="D291" s="4"/>
+      <c r="E291" s="4"/>
+      <c r="F291" s="14"/>
+      <c r="G291" s="15"/>
+      <c r="H291" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="292" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A292" s="3"/>
+      <c r="B292" s="14"/>
+      <c r="C292" s="15"/>
+      <c r="D292" s="4"/>
+      <c r="E292" s="4"/>
+      <c r="F292" s="14"/>
+      <c r="G292" s="15"/>
+      <c r="H292" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="I292" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="293" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A293" s="3"/>
+      <c r="B293" s="14"/>
+      <c r="C293" s="15"/>
+      <c r="D293" s="4"/>
+      <c r="E293" s="4"/>
+      <c r="F293" s="14"/>
+      <c r="G293" s="15"/>
+      <c r="H293" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="I293" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="294" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A294" s="3"/>
+      <c r="B294" s="14"/>
+      <c r="C294" s="15"/>
+      <c r="D294" s="4"/>
+      <c r="E294" s="4"/>
+      <c r="F294" s="14"/>
+      <c r="G294" s="15"/>
+      <c r="H294" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="I294" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="295" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A295" s="3"/>
+      <c r="B295" s="14"/>
+      <c r="C295" s="15"/>
+      <c r="D295" s="4"/>
+      <c r="E295" s="4"/>
+      <c r="F295" s="14"/>
+      <c r="G295" s="15"/>
+      <c r="H295" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="I295" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="296" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A296" s="3"/>
+      <c r="B296" s="14"/>
+      <c r="C296" s="15"/>
+      <c r="D296" s="4"/>
+      <c r="E296" s="4"/>
+      <c r="F296" s="14"/>
+      <c r="G296" s="15"/>
+      <c r="H296" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="297" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A297" s="3"/>
+      <c r="B297" s="14"/>
+      <c r="C297" s="15"/>
+      <c r="D297" s="4"/>
+      <c r="E297" s="4"/>
+      <c r="F297" s="14"/>
+      <c r="G297" s="15"/>
+      <c r="H297" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="I297" s="5" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="298" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A298" s="3"/>
+      <c r="B298" s="14"/>
+      <c r="C298" s="15"/>
+      <c r="D298" s="4"/>
+      <c r="E298" s="4"/>
+      <c r="F298" s="14"/>
+      <c r="G298" s="15"/>
+      <c r="H298" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="I298" s="5" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="299" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A299" s="3"/>
+      <c r="B299" s="14"/>
+      <c r="C299" s="15"/>
+      <c r="D299" s="4"/>
+      <c r="E299" s="4"/>
+      <c r="F299" s="14"/>
+      <c r="G299" s="15"/>
+      <c r="H299" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="I299" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="300" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A300" s="3"/>
+      <c r="B300" s="14"/>
+      <c r="C300" s="15"/>
+      <c r="D300" s="4"/>
+      <c r="E300" s="4"/>
+      <c r="F300" s="14"/>
+      <c r="G300" s="15"/>
+      <c r="H300" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="301" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A301" s="3">
+        <v>106087</v>
+      </c>
+      <c r="B301" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C301" s="15"/>
+      <c r="D301" s="4" t="s">
+        <v>450</v>
+      </c>
+      <c r="E301" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F301" s="14" t="s">
+        <v>470</v>
+      </c>
+      <c r="G301" s="15"/>
+      <c r="H301" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="302" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A302" s="3"/>
+      <c r="B302" s="14"/>
+      <c r="C302" s="15"/>
+      <c r="D302" s="4"/>
+      <c r="E302" s="4"/>
+      <c r="F302" s="14"/>
+      <c r="G302" s="15"/>
+      <c r="H302" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="303" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A303" s="3">
+        <v>106198</v>
+      </c>
+      <c r="B303" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C303" s="15"/>
+      <c r="D303" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="E303" s="4" t="s">
+        <v>398</v>
+      </c>
+      <c r="F303" s="14" t="s">
+        <v>474</v>
+      </c>
+      <c r="G303" s="15"/>
+      <c r="H303" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="I303" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="304" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A304" s="3"/>
+      <c r="B304" s="14"/>
+      <c r="C304" s="15"/>
+      <c r="D304" s="4"/>
+      <c r="E304" s="4"/>
+      <c r="F304" s="14"/>
+      <c r="G304" s="15"/>
+      <c r="H304" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="I304" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="305" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A305" s="3"/>
+      <c r="B305" s="14"/>
+      <c r="C305" s="15"/>
+      <c r="D305" s="4"/>
+      <c r="E305" s="4"/>
+      <c r="F305" s="14"/>
+      <c r="G305" s="15"/>
+      <c r="H305" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="306" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A306" s="3"/>
+      <c r="B306" s="14"/>
+      <c r="C306" s="15"/>
+      <c r="D306" s="4"/>
+      <c r="E306" s="4"/>
+      <c r="F306" s="14"/>
+      <c r="G306" s="15"/>
+      <c r="H306" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="I306" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="307" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A307" s="3">
+        <v>106199</v>
+      </c>
+      <c r="B307" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C307" s="15"/>
+      <c r="D307" s="4" t="s">
+        <v>473</v>
+      </c>
+      <c r="E307" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="F307" s="14" t="s">
+        <v>480</v>
+      </c>
+      <c r="G307" s="15"/>
+      <c r="H307" s="3" t="s">
+        <v>481</v>
+      </c>
+      <c r="I307" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="308" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A308" s="3">
+        <v>106316</v>
+      </c>
+      <c r="B308" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C308" s="15"/>
+      <c r="D308" s="4" t="s">
+        <v>482</v>
+      </c>
+      <c r="E308" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F308" s="14" t="s">
+        <v>483</v>
+      </c>
+      <c r="G308" s="15"/>
+      <c r="H308" s="3" t="s">
+        <v>484</v>
+      </c>
+      <c r="I308" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="309" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A309" s="3"/>
+      <c r="B309" s="14"/>
+      <c r="C309" s="15"/>
+      <c r="D309" s="4"/>
+      <c r="E309" s="4"/>
+      <c r="F309" s="14"/>
+      <c r="G309" s="15"/>
+      <c r="H309" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="I309" s="5" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="310" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A310" s="3"/>
+      <c r="B310" s="14"/>
+      <c r="C310" s="15"/>
+      <c r="D310" s="4"/>
+      <c r="E310" s="4"/>
+      <c r="F310" s="14"/>
+      <c r="G310" s="15"/>
+      <c r="H310" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="311" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A311" s="3"/>
+      <c r="B311" s="14"/>
+      <c r="C311" s="15"/>
+      <c r="D311" s="4"/>
+      <c r="E311" s="4"/>
+      <c r="F311" s="14"/>
+      <c r="G311" s="15"/>
+      <c r="H311" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="I311" s="5" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="312" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A312" s="3"/>
+      <c r="B312" s="14"/>
+      <c r="C312" s="15"/>
+      <c r="D312" s="4"/>
+      <c r="E312" s="4"/>
+      <c r="F312" s="14"/>
+      <c r="G312" s="15"/>
+      <c r="H312" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="I312" s="5" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A313" s="3">
+        <v>106377</v>
+      </c>
+      <c r="B313" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C313" s="15"/>
+      <c r="D313" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E313" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F313" s="14" t="s">
+        <v>492</v>
+      </c>
+      <c r="G313" s="15"/>
+      <c r="H313" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="314" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A314" s="3"/>
+      <c r="B314" s="14"/>
+      <c r="C314" s="15"/>
+      <c r="D314" s="4"/>
+      <c r="E314" s="4"/>
+      <c r="F314" s="14"/>
+      <c r="G314" s="15"/>
+      <c r="H314" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="315" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A315" s="3">
+        <v>106404</v>
+      </c>
+      <c r="B315" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C315" s="15"/>
+      <c r="D315" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E315" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F315" s="14" t="s">
+        <v>497</v>
+      </c>
+      <c r="G315" s="15"/>
+      <c r="H315" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="I315" s="5" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="316" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A316" s="3">
+        <v>106409</v>
+      </c>
+      <c r="B316" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C316" s="15"/>
+      <c r="D316" s="4" t="s">
+        <v>490</v>
+      </c>
+      <c r="E316" s="4" t="s">
+        <v>179</v>
+      </c>
+      <c r="F316" s="14" t="s">
+        <v>500</v>
+      </c>
+      <c r="G316" s="15"/>
+      <c r="H316" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="317" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A317" s="3">
+        <v>106523</v>
+      </c>
+      <c r="B317" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C317" s="15"/>
+      <c r="D317" s="4" t="s">
+        <v>503</v>
+      </c>
+      <c r="E317" s="4" t="s">
+        <v>504</v>
+      </c>
+      <c r="F317" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G317" s="15"/>
+      <c r="H317" s="3" t="s">
+        <v>505</v>
+      </c>
+      <c r="I317" s="5" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="318" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A318" s="3">
+        <v>106539</v>
+      </c>
+      <c r="B318" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C318" s="15"/>
+      <c r="D318" s="4" t="s">
+        <v>507</v>
+      </c>
+      <c r="E318" s="4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F318" s="14" t="s">
+        <v>508</v>
+      </c>
+      <c r="G318" s="15"/>
+      <c r="H318" s="3" t="s">
+        <v>509</v>
+      </c>
+      <c r="I318" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="319" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A319" s="3">
+        <v>106677</v>
+      </c>
+      <c r="B319" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C319" s="15"/>
+      <c r="D319" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="E319" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F319" s="14" t="s">
+        <v>511</v>
+      </c>
+      <c r="G319" s="15"/>
+      <c r="H319" s="3" t="s">
+        <v>512</v>
+      </c>
+      <c r="I319" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="320" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A320" s="3">
+        <v>106678</v>
+      </c>
+      <c r="B320" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C320" s="15"/>
+      <c r="D320" s="4" t="s">
+        <v>510</v>
+      </c>
+      <c r="E320" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F320" s="14" t="s">
+        <v>513</v>
+      </c>
+      <c r="G320" s="15"/>
+      <c r="H320" s="3" t="s">
+        <v>514</v>
+      </c>
+      <c r="I320" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="321" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A321" s="3"/>
+      <c r="B321" s="14"/>
+      <c r="C321" s="15"/>
+      <c r="D321" s="4"/>
+      <c r="E321" s="4"/>
+      <c r="F321" s="14"/>
+      <c r="G321" s="15"/>
+      <c r="H321" s="3" t="s">
+        <v>515</v>
+      </c>
+      <c r="I321" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="322" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A322" s="3"/>
+      <c r="B322" s="14"/>
+      <c r="C322" s="15"/>
+      <c r="D322" s="4"/>
+      <c r="E322" s="4"/>
+      <c r="F322" s="14"/>
+      <c r="G322" s="15"/>
+      <c r="H322" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="I322" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="323" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A323" s="3">
+        <v>106739</v>
+      </c>
+      <c r="B323" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C323" s="15"/>
+      <c r="D323" s="4" t="s">
+        <v>517</v>
+      </c>
+      <c r="E323" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F323" s="14" t="s">
+        <v>519</v>
+      </c>
+      <c r="G323" s="15"/>
+      <c r="H323" s="3" t="s">
+        <v>520</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="324" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A324" s="3"/>
+      <c r="B324" s="14"/>
+      <c r="C324" s="15"/>
+      <c r="D324" s="4"/>
+      <c r="E324" s="4"/>
+      <c r="F324" s="14"/>
+      <c r="G324" s="15"/>
+      <c r="H324" s="3" t="s">
+        <v>521</v>
+      </c>
+      <c r="I324" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="325" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A325" s="3">
+        <v>106794</v>
+      </c>
+      <c r="B325" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C325" s="15"/>
+      <c r="D325" s="4" t="s">
+        <v>522</v>
+      </c>
+      <c r="E325" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="F325" s="14" t="s">
+        <v>523</v>
+      </c>
+      <c r="G325" s="15"/>
+      <c r="H325" s="3" t="s">
+        <v>524</v>
+      </c>
+      <c r="I325" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="326" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A326" s="3"/>
+      <c r="B326" s="14"/>
+      <c r="C326" s="15"/>
+      <c r="D326" s="4"/>
+      <c r="E326" s="4"/>
+      <c r="F326" s="14"/>
+      <c r="G326" s="15"/>
+      <c r="H326" s="3" t="s">
+        <v>525</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="327" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A327" s="3"/>
+      <c r="B327" s="14"/>
+      <c r="C327" s="15"/>
+      <c r="D327" s="4"/>
+      <c r="E327" s="4"/>
+      <c r="F327" s="14"/>
+      <c r="G327" s="15"/>
+      <c r="H327" s="3" t="s">
+        <v>526</v>
+      </c>
+      <c r="I327" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="328" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A328" s="3"/>
+      <c r="B328" s="14"/>
+      <c r="C328" s="15"/>
+      <c r="D328" s="4"/>
+      <c r="E328" s="4"/>
+      <c r="F328" s="14"/>
+      <c r="G328" s="15"/>
+      <c r="H328" s="3" t="s">
+        <v>527</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="329" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A329" s="3"/>
+      <c r="B329" s="14"/>
+      <c r="C329" s="15"/>
+      <c r="D329" s="4"/>
+      <c r="E329" s="4"/>
+      <c r="F329" s="14"/>
+      <c r="G329" s="15"/>
+      <c r="H329" s="3" t="s">
+        <v>529</v>
+      </c>
+      <c r="I329" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="330" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A330" s="3"/>
+      <c r="B330" s="14"/>
+      <c r="C330" s="15"/>
+      <c r="D330" s="4"/>
+      <c r="E330" s="4"/>
+      <c r="F330" s="14"/>
+      <c r="G330" s="15"/>
+      <c r="H330" s="3" t="s">
+        <v>530</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="331" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A331" s="3"/>
+      <c r="B331" s="14"/>
+      <c r="C331" s="15"/>
+      <c r="D331" s="4"/>
+      <c r="E331" s="4"/>
+      <c r="F331" s="14"/>
+      <c r="G331" s="15"/>
+      <c r="H331" s="3" t="s">
+        <v>531</v>
+      </c>
+      <c r="I331" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="332" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A332" s="3"/>
+      <c r="B332" s="14"/>
+      <c r="C332" s="15"/>
+      <c r="D332" s="4"/>
+      <c r="E332" s="4"/>
+      <c r="F332" s="14"/>
+      <c r="G332" s="15"/>
+      <c r="H332" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="333" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A333" s="3"/>
+      <c r="B333" s="14"/>
+      <c r="C333" s="15"/>
+      <c r="D333" s="4"/>
+      <c r="E333" s="4"/>
+      <c r="F333" s="14"/>
+      <c r="G333" s="15"/>
+      <c r="H333" s="3" t="s">
+        <v>533</v>
+      </c>
+      <c r="I333" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="334" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A334" s="3"/>
+      <c r="B334" s="14"/>
+      <c r="C334" s="15"/>
+      <c r="D334" s="4"/>
+      <c r="E334" s="4"/>
+      <c r="F334" s="14"/>
+      <c r="G334" s="15"/>
+      <c r="H334" s="3" t="s">
+        <v>534</v>
+      </c>
+      <c r="I334" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="335" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A335" s="3"/>
+      <c r="B335" s="14"/>
+      <c r="C335" s="15"/>
+      <c r="D335" s="4"/>
+      <c r="E335" s="4"/>
+      <c r="F335" s="14"/>
+      <c r="G335" s="15"/>
+      <c r="H335" s="3" t="s">
+        <v>535</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="336" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A336" s="3"/>
+      <c r="B336" s="14"/>
+      <c r="C336" s="15"/>
+      <c r="D336" s="4"/>
+      <c r="E336" s="4"/>
+      <c r="F336" s="14"/>
+      <c r="G336" s="15"/>
+      <c r="H336" s="3" t="s">
+        <v>536</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="337" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A337" s="3"/>
+      <c r="B337" s="14"/>
+      <c r="C337" s="15"/>
+      <c r="D337" s="4"/>
+      <c r="E337" s="4"/>
+      <c r="F337" s="14"/>
+      <c r="G337" s="15"/>
+      <c r="H337" s="3" t="s">
+        <v>537</v>
+      </c>
+      <c r="I337" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="338" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A338" s="3"/>
+      <c r="B338" s="14"/>
+      <c r="C338" s="15"/>
+      <c r="D338" s="4"/>
+      <c r="E338" s="4"/>
+      <c r="F338" s="14"/>
+      <c r="G338" s="15"/>
+      <c r="H338" s="3" t="s">
+        <v>538</v>
+      </c>
+      <c r="I338" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="339" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A339" s="3"/>
+      <c r="B339" s="14"/>
+      <c r="C339" s="15"/>
+      <c r="D339" s="4"/>
+      <c r="E339" s="4"/>
+      <c r="F339" s="14"/>
+      <c r="G339" s="15"/>
+      <c r="H339" s="3" t="s">
+        <v>539</v>
+      </c>
+      <c r="I339" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="340" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A340" s="3"/>
+      <c r="B340" s="14"/>
+      <c r="C340" s="15"/>
+      <c r="D340" s="4"/>
+      <c r="E340" s="4"/>
+      <c r="F340" s="14"/>
+      <c r="G340" s="15"/>
+      <c r="H340" s="3" t="s">
+        <v>540</v>
+      </c>
+      <c r="I340" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="341" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A341" s="3"/>
+      <c r="B341" s="14"/>
+      <c r="C341" s="15"/>
+      <c r="D341" s="4"/>
+      <c r="E341" s="4"/>
+      <c r="F341" s="14"/>
+      <c r="G341" s="15"/>
+      <c r="H341" s="3" t="s">
+        <v>541</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="342" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A342" s="3"/>
+      <c r="B342" s="14"/>
+      <c r="C342" s="15"/>
+      <c r="D342" s="4"/>
+      <c r="E342" s="4"/>
+      <c r="F342" s="14"/>
+      <c r="G342" s="15"/>
+      <c r="H342" s="3" t="s">
+        <v>542</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="343" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A343" s="3"/>
+      <c r="B343" s="14"/>
+      <c r="C343" s="15"/>
+      <c r="D343" s="4"/>
+      <c r="E343" s="4"/>
+      <c r="F343" s="14"/>
+      <c r="G343" s="15"/>
+      <c r="H343" s="3" t="s">
+        <v>543</v>
+      </c>
+      <c r="I343" s="5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="344" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A344" s="3"/>
+      <c r="B344" s="14"/>
+      <c r="C344" s="15"/>
+      <c r="D344" s="4"/>
+      <c r="E344" s="4"/>
+      <c r="F344" s="14"/>
+      <c r="G344" s="15"/>
+      <c r="H344" s="3" t="s">
+        <v>544</v>
+      </c>
+      <c r="I344" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="345" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A345" s="3"/>
+      <c r="B345" s="14"/>
+      <c r="C345" s="15"/>
+      <c r="D345" s="4"/>
+      <c r="E345" s="4"/>
+      <c r="F345" s="14"/>
+      <c r="G345" s="15"/>
+      <c r="H345" s="3" t="s">
+        <v>545</v>
+      </c>
+      <c r="I345" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="346" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A346" s="3"/>
+      <c r="B346" s="14"/>
+      <c r="C346" s="15"/>
+      <c r="D346" s="4"/>
+      <c r="E346" s="4"/>
+      <c r="F346" s="14"/>
+      <c r="G346" s="15"/>
+      <c r="H346" s="3" t="s">
+        <v>546</v>
+      </c>
+      <c r="I346" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="347" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A347" s="3"/>
+      <c r="B347" s="14"/>
+      <c r="C347" s="15"/>
+      <c r="D347" s="4"/>
+      <c r="E347" s="4"/>
+      <c r="F347" s="14"/>
+      <c r="G347" s="15"/>
+      <c r="H347" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="I347" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="348" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A348" s="3"/>
+      <c r="B348" s="14"/>
+      <c r="C348" s="15"/>
+      <c r="D348" s="4"/>
+      <c r="E348" s="4"/>
+      <c r="F348" s="14"/>
+      <c r="G348" s="15"/>
+      <c r="H348" s="3" t="s">
+        <v>548</v>
+      </c>
+      <c r="I348" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="349" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A349" s="3"/>
+      <c r="B349" s="14"/>
+      <c r="C349" s="15"/>
+      <c r="D349" s="4"/>
+      <c r="E349" s="4"/>
+      <c r="F349" s="14"/>
+      <c r="G349" s="15"/>
+      <c r="H349" s="3" t="s">
+        <v>549</v>
+      </c>
+      <c r="I349" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="350" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A350" s="3"/>
+      <c r="B350" s="14"/>
+      <c r="C350" s="15"/>
+      <c r="D350" s="4"/>
+      <c r="E350" s="4"/>
+      <c r="F350" s="14"/>
+      <c r="G350" s="15"/>
+      <c r="H350" s="3" t="s">
+        <v>550</v>
+      </c>
+      <c r="I350" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="351" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A351" s="3"/>
+      <c r="B351" s="14"/>
+      <c r="C351" s="15"/>
+      <c r="D351" s="4"/>
+      <c r="E351" s="4"/>
+      <c r="F351" s="14"/>
+      <c r="G351" s="15"/>
+      <c r="H351" s="3" t="s">
+        <v>551</v>
+      </c>
+      <c r="I351" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="352" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A352" s="3"/>
+      <c r="B352" s="14"/>
+      <c r="C352" s="15"/>
+      <c r="D352" s="4"/>
+      <c r="E352" s="4"/>
+      <c r="F352" s="14"/>
+      <c r="G352" s="15"/>
+      <c r="H352" s="3" t="s">
+        <v>552</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="353" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A353" s="3"/>
+      <c r="B353" s="14"/>
+      <c r="C353" s="15"/>
+      <c r="D353" s="4"/>
+      <c r="E353" s="4"/>
+      <c r="F353" s="14"/>
+      <c r="G353" s="15"/>
+      <c r="H353" s="3" t="s">
+        <v>553</v>
+      </c>
+      <c r="I353" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="354" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A354" s="3"/>
+      <c r="B354" s="14"/>
+      <c r="C354" s="15"/>
+      <c r="D354" s="4"/>
+      <c r="E354" s="4"/>
+      <c r="F354" s="14"/>
+      <c r="G354" s="15"/>
+      <c r="H354" s="3" t="s">
+        <v>554</v>
+      </c>
+      <c r="I354" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="355" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A355" s="3"/>
+      <c r="B355" s="14"/>
+      <c r="C355" s="15"/>
+      <c r="D355" s="4"/>
+      <c r="E355" s="4"/>
+      <c r="F355" s="14"/>
+      <c r="G355" s="15"/>
+      <c r="H355" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="356" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A356" s="3"/>
+      <c r="B356" s="14"/>
+      <c r="C356" s="15"/>
+      <c r="D356" s="4"/>
+      <c r="E356" s="4"/>
+      <c r="F356" s="14"/>
+      <c r="G356" s="15"/>
+      <c r="H356" s="3" t="s">
+        <v>556</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="357" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A357" s="3"/>
+      <c r="B357" s="14"/>
+      <c r="C357" s="15"/>
+      <c r="D357" s="4"/>
+      <c r="E357" s="4"/>
+      <c r="F357" s="14"/>
+      <c r="G357" s="15"/>
+      <c r="H357" s="3" t="s">
+        <v>557</v>
+      </c>
+      <c r="I357" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="358" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A358" s="3"/>
+      <c r="B358" s="14"/>
+      <c r="C358" s="15"/>
+      <c r="D358" s="4"/>
+      <c r="E358" s="4"/>
+      <c r="F358" s="14"/>
+      <c r="G358" s="15"/>
+      <c r="H358" s="3" t="s">
+        <v>558</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="359" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A359" s="3"/>
+      <c r="B359" s="14"/>
+      <c r="C359" s="15"/>
+      <c r="D359" s="4"/>
+      <c r="E359" s="4"/>
+      <c r="F359" s="14"/>
+      <c r="G359" s="15"/>
+      <c r="H359" s="3" t="s">
+        <v>559</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="360" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A360" s="3"/>
+      <c r="B360" s="14"/>
+      <c r="C360" s="15"/>
+      <c r="D360" s="4"/>
+      <c r="E360" s="4"/>
+      <c r="F360" s="14"/>
+      <c r="G360" s="15"/>
+      <c r="H360" s="3" t="s">
+        <v>560</v>
+      </c>
+      <c r="I360" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="361" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A361" s="3"/>
+      <c r="B361" s="14"/>
+      <c r="C361" s="15"/>
+      <c r="D361" s="4"/>
+      <c r="E361" s="4"/>
+      <c r="F361" s="14"/>
+      <c r="G361" s="15"/>
+      <c r="H361" s="3" t="s">
+        <v>561</v>
+      </c>
+      <c r="I361" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="362" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A362" s="3"/>
+      <c r="B362" s="14"/>
+      <c r="C362" s="15"/>
+      <c r="D362" s="4"/>
+      <c r="E362" s="4"/>
+      <c r="F362" s="14"/>
+      <c r="G362" s="15"/>
+      <c r="H362" s="3" t="s">
+        <v>562</v>
+      </c>
+      <c r="I362" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="363" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A363" s="3"/>
+      <c r="B363" s="14"/>
+      <c r="C363" s="15"/>
+      <c r="D363" s="4"/>
+      <c r="E363" s="4"/>
+      <c r="F363" s="14"/>
+      <c r="G363" s="15"/>
+      <c r="H363" s="3" t="s">
+        <v>563</v>
+      </c>
+      <c r="I363" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="364" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A364" s="3"/>
+      <c r="B364" s="14"/>
+      <c r="C364" s="15"/>
+      <c r="D364" s="4"/>
+      <c r="E364" s="4"/>
+      <c r="F364" s="14"/>
+      <c r="G364" s="15"/>
+      <c r="H364" s="3" t="s">
+        <v>564</v>
+      </c>
+      <c r="I364" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="365" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A365" s="3"/>
+      <c r="B365" s="14"/>
+      <c r="C365" s="15"/>
+      <c r="D365" s="4"/>
+      <c r="E365" s="4"/>
+      <c r="F365" s="14"/>
+      <c r="G365" s="15"/>
+      <c r="H365" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="I365" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="366" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A366" s="3"/>
+      <c r="B366" s="14"/>
+      <c r="C366" s="15"/>
+      <c r="D366" s="4"/>
+      <c r="E366" s="4"/>
+      <c r="F366" s="14"/>
+      <c r="G366" s="15"/>
+      <c r="H366" s="3" t="s">
+        <v>566</v>
+      </c>
+      <c r="I366" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="367" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A367" s="3"/>
+      <c r="B367" s="14"/>
+      <c r="C367" s="15"/>
+      <c r="D367" s="4"/>
+      <c r="E367" s="4"/>
+      <c r="F367" s="14"/>
+      <c r="G367" s="15"/>
+      <c r="H367" s="3" t="s">
+        <v>567</v>
+      </c>
+      <c r="I367" s="5" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="368" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A368" s="3"/>
+      <c r="B368" s="14"/>
+      <c r="C368" s="15"/>
+      <c r="D368" s="4"/>
+      <c r="E368" s="4"/>
+      <c r="F368" s="14"/>
+      <c r="G368" s="15"/>
+      <c r="H368" s="3" t="s">
+        <v>568</v>
+      </c>
+      <c r="I368" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="369" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A369" s="3"/>
+      <c r="B369" s="14"/>
+      <c r="C369" s="15"/>
+      <c r="D369" s="4"/>
+      <c r="E369" s="4"/>
+      <c r="F369" s="14"/>
+      <c r="G369" s="15"/>
+      <c r="H369" s="3" t="s">
+        <v>569</v>
+      </c>
+      <c r="I369" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="370" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A370" s="3"/>
+      <c r="B370" s="14"/>
+      <c r="C370" s="15"/>
+      <c r="D370" s="4"/>
+      <c r="E370" s="4"/>
+      <c r="F370" s="14"/>
+      <c r="G370" s="15"/>
+      <c r="H370" s="3" t="s">
+        <v>570</v>
+      </c>
+      <c r="I370" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="371" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A371" s="3"/>
+      <c r="B371" s="14"/>
+      <c r="C371" s="15"/>
+      <c r="D371" s="4"/>
+      <c r="E371" s="4"/>
+      <c r="F371" s="14"/>
+      <c r="G371" s="15"/>
+      <c r="H371" s="3" t="s">
+        <v>571</v>
+      </c>
+      <c r="I371" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="372" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A372" s="3"/>
+      <c r="B372" s="14"/>
+      <c r="C372" s="15"/>
+      <c r="D372" s="4"/>
+      <c r="E372" s="4"/>
+      <c r="F372" s="14"/>
+      <c r="G372" s="15"/>
+      <c r="H372" s="3" t="s">
+        <v>572</v>
+      </c>
+      <c r="I372" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="373" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A373" s="3"/>
+      <c r="B373" s="14"/>
+      <c r="C373" s="15"/>
+      <c r="D373" s="4"/>
+      <c r="E373" s="4"/>
+      <c r="F373" s="14"/>
+      <c r="G373" s="15"/>
+      <c r="H373" s="3" t="s">
+        <v>573</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="374" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A374" s="3"/>
+      <c r="B374" s="14"/>
+      <c r="C374" s="15"/>
+      <c r="D374" s="4"/>
+      <c r="E374" s="4"/>
+      <c r="F374" s="14"/>
+      <c r="G374" s="15"/>
+      <c r="H374" s="3" t="s">
+        <v>574</v>
+      </c>
+      <c r="I374" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="375" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A375" s="3"/>
+      <c r="B375" s="14"/>
+      <c r="C375" s="15"/>
+      <c r="D375" s="4"/>
+      <c r="E375" s="4"/>
+      <c r="F375" s="14"/>
+      <c r="G375" s="15"/>
+      <c r="H375" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="I375" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="376" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A376" s="3"/>
+      <c r="B376" s="14"/>
+      <c r="C376" s="15"/>
+      <c r="D376" s="4"/>
+      <c r="E376" s="4"/>
+      <c r="F376" s="14"/>
+      <c r="G376" s="15"/>
+      <c r="H376" s="3" t="s">
+        <v>576</v>
+      </c>
+      <c r="I376" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="377" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A377" s="3"/>
+      <c r="B377" s="14"/>
+      <c r="C377" s="15"/>
+      <c r="D377" s="4"/>
+      <c r="E377" s="4"/>
+      <c r="F377" s="14"/>
+      <c r="G377" s="15"/>
+      <c r="H377" s="3" t="s">
+        <v>577</v>
+      </c>
+      <c r="I377" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="378" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A378" s="3"/>
+      <c r="B378" s="14"/>
+      <c r="C378" s="15"/>
+      <c r="D378" s="4"/>
+      <c r="E378" s="4"/>
+      <c r="F378" s="14"/>
+      <c r="G378" s="15"/>
+      <c r="H378" s="3" t="s">
+        <v>578</v>
+      </c>
+      <c r="I378" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="379" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A379" s="3"/>
+      <c r="B379" s="14"/>
+      <c r="C379" s="15"/>
+      <c r="D379" s="4"/>
+      <c r="E379" s="4"/>
+      <c r="F379" s="14"/>
+      <c r="G379" s="15"/>
+      <c r="H379" s="3" t="s">
+        <v>579</v>
+      </c>
+      <c r="I379" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="380" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A380" s="3"/>
+      <c r="B380" s="14"/>
+      <c r="C380" s="15"/>
+      <c r="D380" s="4"/>
+      <c r="E380" s="4"/>
+      <c r="F380" s="14"/>
+      <c r="G380" s="15"/>
+      <c r="H380" s="3" t="s">
+        <v>580</v>
+      </c>
+      <c r="I380" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="381" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A381" s="3"/>
+      <c r="B381" s="14"/>
+      <c r="C381" s="15"/>
+      <c r="D381" s="4"/>
+      <c r="E381" s="4"/>
+      <c r="F381" s="14"/>
+      <c r="G381" s="15"/>
+      <c r="H381" s="3" t="s">
+        <v>581</v>
+      </c>
+      <c r="I381" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="382" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A382" s="3"/>
+      <c r="B382" s="14"/>
+      <c r="C382" s="15"/>
+      <c r="D382" s="4"/>
+      <c r="E382" s="4"/>
+      <c r="F382" s="14"/>
+      <c r="G382" s="15"/>
+      <c r="H382" s="3" t="s">
+        <v>582</v>
+      </c>
+      <c r="I382" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="383" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A383" s="3"/>
+      <c r="B383" s="14"/>
+      <c r="C383" s="15"/>
+      <c r="D383" s="4"/>
+      <c r="E383" s="4"/>
+      <c r="F383" s="14"/>
+      <c r="G383" s="15"/>
+      <c r="H383" s="3" t="s">
+        <v>583</v>
+      </c>
+      <c r="I383" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="384" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A384" s="3"/>
+      <c r="B384" s="14"/>
+      <c r="C384" s="15"/>
+      <c r="D384" s="4"/>
+      <c r="E384" s="4"/>
+      <c r="F384" s="14"/>
+      <c r="G384" s="15"/>
+      <c r="H384" s="3" t="s">
+        <v>584</v>
+      </c>
+      <c r="I384" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="385" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A385" s="3"/>
+      <c r="B385" s="14"/>
+      <c r="C385" s="15"/>
+      <c r="D385" s="4"/>
+      <c r="E385" s="4"/>
+      <c r="F385" s="14"/>
+      <c r="G385" s="15"/>
+      <c r="H385" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="I385" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="386" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A386" s="3"/>
+      <c r="B386" s="14"/>
+      <c r="C386" s="15"/>
+      <c r="D386" s="4"/>
+      <c r="E386" s="4"/>
+      <c r="F386" s="14"/>
+      <c r="G386" s="15"/>
+      <c r="H386" s="3" t="s">
+        <v>586</v>
+      </c>
+      <c r="I386" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="387" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A387" s="3"/>
+      <c r="B387" s="14"/>
+      <c r="C387" s="15"/>
+      <c r="D387" s="4"/>
+      <c r="E387" s="4"/>
+      <c r="F387" s="14"/>
+      <c r="G387" s="15"/>
+      <c r="H387" s="3" t="s">
+        <v>587</v>
+      </c>
+      <c r="I387" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="388" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A388" s="3"/>
+      <c r="B388" s="14"/>
+      <c r="C388" s="15"/>
+      <c r="D388" s="4"/>
+      <c r="E388" s="4"/>
+      <c r="F388" s="14"/>
+      <c r="G388" s="15"/>
+      <c r="H388" s="3" t="s">
+        <v>588</v>
+      </c>
+      <c r="I388" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="389" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A389" s="3"/>
+      <c r="B389" s="14"/>
+      <c r="C389" s="15"/>
+      <c r="D389" s="4"/>
+      <c r="E389" s="4"/>
+      <c r="F389" s="14"/>
+      <c r="G389" s="15"/>
+      <c r="H389" s="3" t="s">
+        <v>589</v>
+      </c>
+      <c r="I389" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="390" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A390" s="3"/>
+      <c r="B390" s="14"/>
+      <c r="C390" s="15"/>
+      <c r="D390" s="4"/>
+      <c r="E390" s="4"/>
+      <c r="F390" s="14"/>
+      <c r="G390" s="15"/>
+      <c r="H390" s="3" t="s">
+        <v>590</v>
+      </c>
+      <c r="I390" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="391" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A391" s="3"/>
+      <c r="B391" s="14"/>
+      <c r="C391" s="15"/>
+      <c r="D391" s="4"/>
+      <c r="E391" s="4"/>
+      <c r="F391" s="14"/>
+      <c r="G391" s="15"/>
+      <c r="H391" s="3" t="s">
+        <v>591</v>
+      </c>
+      <c r="I391" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="392" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A392" s="3"/>
+      <c r="B392" s="14"/>
+      <c r="C392" s="15"/>
+      <c r="D392" s="4"/>
+      <c r="E392" s="4"/>
+      <c r="F392" s="14"/>
+      <c r="G392" s="15"/>
+      <c r="H392" s="3" t="s">
+        <v>592</v>
+      </c>
+      <c r="I392" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="393" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A393" s="3"/>
+      <c r="B393" s="14"/>
+      <c r="C393" s="15"/>
+      <c r="D393" s="4"/>
+      <c r="E393" s="4"/>
+      <c r="F393" s="14"/>
+      <c r="G393" s="15"/>
+      <c r="H393" s="3" t="s">
+        <v>593</v>
+      </c>
+      <c r="I393" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="394" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A394" s="3"/>
+      <c r="B394" s="14"/>
+      <c r="C394" s="15"/>
+      <c r="D394" s="4"/>
+      <c r="E394" s="4"/>
+      <c r="F394" s="14"/>
+      <c r="G394" s="15"/>
+      <c r="H394" s="3" t="s">
+        <v>594</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="395" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A395" s="3"/>
+      <c r="B395" s="14"/>
+      <c r="C395" s="15"/>
+      <c r="D395" s="4"/>
+      <c r="E395" s="4"/>
+      <c r="F395" s="14"/>
+      <c r="G395" s="15"/>
+      <c r="H395" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="I395" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="396" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A396" s="3"/>
+      <c r="B396" s="14"/>
+      <c r="C396" s="15"/>
+      <c r="D396" s="4"/>
+      <c r="E396" s="4"/>
+      <c r="F396" s="14"/>
+      <c r="G396" s="15"/>
+      <c r="H396" s="3" t="s">
+        <v>596</v>
+      </c>
+      <c r="I396" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="397" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A397" s="3"/>
+      <c r="B397" s="14"/>
+      <c r="C397" s="15"/>
+      <c r="D397" s="4"/>
+      <c r="E397" s="4"/>
+      <c r="F397" s="14"/>
+      <c r="G397" s="15"/>
+      <c r="H397" s="3" t="s">
+        <v>597</v>
+      </c>
+      <c r="I397" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="398" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A398" s="3"/>
+      <c r="B398" s="14"/>
+      <c r="C398" s="15"/>
+      <c r="D398" s="4"/>
+      <c r="E398" s="4"/>
+      <c r="F398" s="14"/>
+      <c r="G398" s="15"/>
+      <c r="H398" s="3" t="s">
+        <v>598</v>
+      </c>
+      <c r="I398" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="399" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A399" s="3"/>
+      <c r="B399" s="14"/>
+      <c r="C399" s="15"/>
+      <c r="D399" s="4"/>
+      <c r="E399" s="4"/>
+      <c r="F399" s="14"/>
+      <c r="G399" s="15"/>
+      <c r="H399" s="3" t="s">
+        <v>599</v>
+      </c>
+      <c r="I399" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="400" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A400" s="3"/>
+      <c r="B400" s="14"/>
+      <c r="C400" s="15"/>
+      <c r="D400" s="4"/>
+      <c r="E400" s="4"/>
+      <c r="F400" s="14"/>
+      <c r="G400" s="15"/>
+      <c r="H400" s="3" t="s">
+        <v>600</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="401" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A401" s="3"/>
+      <c r="B401" s="14"/>
+      <c r="C401" s="15"/>
+      <c r="D401" s="4"/>
+      <c r="E401" s="4"/>
+      <c r="F401" s="14"/>
+      <c r="G401" s="15"/>
+      <c r="H401" s="3" t="s">
+        <v>601</v>
+      </c>
+      <c r="I401" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="402" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A402" s="3"/>
+      <c r="B402" s="14"/>
+      <c r="C402" s="15"/>
+      <c r="D402" s="4"/>
+      <c r="E402" s="4"/>
+      <c r="F402" s="14"/>
+      <c r="G402" s="15"/>
+      <c r="H402" s="3" t="s">
+        <v>602</v>
+      </c>
+      <c r="I402" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="403" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A403" s="3"/>
+      <c r="B403" s="14"/>
+      <c r="C403" s="15"/>
+      <c r="D403" s="4"/>
+      <c r="E403" s="4"/>
+      <c r="F403" s="14"/>
+      <c r="G403" s="15"/>
+      <c r="H403" s="3" t="s">
+        <v>603</v>
+      </c>
+      <c r="I403" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="404" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A404" s="3"/>
+      <c r="B404" s="14"/>
+      <c r="C404" s="15"/>
+      <c r="D404" s="4"/>
+      <c r="E404" s="4"/>
+      <c r="F404" s="14"/>
+      <c r="G404" s="15"/>
+      <c r="H404" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="I404" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="405" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A405" s="3"/>
+      <c r="B405" s="14"/>
+      <c r="C405" s="15"/>
+      <c r="D405" s="4"/>
+      <c r="E405" s="4"/>
+      <c r="F405" s="14"/>
+      <c r="G405" s="15"/>
+      <c r="H405" s="3" t="s">
+        <v>605</v>
+      </c>
+      <c r="I405" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="406" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A406" s="3"/>
+      <c r="B406" s="14"/>
+      <c r="C406" s="15"/>
+      <c r="D406" s="4"/>
+      <c r="E406" s="4"/>
+      <c r="F406" s="14"/>
+      <c r="G406" s="15"/>
+      <c r="H406" s="3" t="s">
+        <v>606</v>
+      </c>
+      <c r="I406" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="407" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A407" s="3"/>
+      <c r="B407" s="14"/>
+      <c r="C407" s="15"/>
+      <c r="D407" s="4"/>
+      <c r="E407" s="4"/>
+      <c r="F407" s="14"/>
+      <c r="G407" s="15"/>
+      <c r="H407" s="3" t="s">
+        <v>607</v>
+      </c>
+      <c r="I407" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="408" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A408" s="3"/>
+      <c r="B408" s="14"/>
+      <c r="C408" s="15"/>
+      <c r="D408" s="4"/>
+      <c r="E408" s="4"/>
+      <c r="F408" s="14"/>
+      <c r="G408" s="15"/>
+      <c r="H408" s="3" t="s">
+        <v>608</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="409" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A409" s="3">
+        <v>106795</v>
+      </c>
+      <c r="B409" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C409" s="15"/>
+      <c r="D409" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="E409" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F409" s="14" t="s">
+        <v>610</v>
+      </c>
+      <c r="G409" s="15"/>
+      <c r="H409" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="I409" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="410" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A410" s="3"/>
+      <c r="B410" s="14"/>
+      <c r="C410" s="15"/>
+      <c r="D410" s="4"/>
+      <c r="E410" s="4"/>
+      <c r="F410" s="14"/>
+      <c r="G410" s="15"/>
+      <c r="H410" s="3" t="s">
+        <v>612</v>
+      </c>
+      <c r="I410" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="411" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A411" s="3">
+        <v>106797</v>
+      </c>
+      <c r="B411" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C411" s="15"/>
+      <c r="D411" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="E411" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F411" s="14" t="s">
+        <v>613</v>
+      </c>
+      <c r="G411" s="15"/>
+      <c r="H411" s="3" t="s">
+        <v>614</v>
+      </c>
+      <c r="I411" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="412" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A412" s="3"/>
+      <c r="B412" s="14"/>
+      <c r="C412" s="15"/>
+      <c r="D412" s="4"/>
+      <c r="E412" s="4"/>
+      <c r="F412" s="14"/>
+      <c r="G412" s="15"/>
+      <c r="H412" s="3" t="s">
+        <v>615</v>
+      </c>
+      <c r="I412" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="413" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A413" s="3"/>
+      <c r="B413" s="14"/>
+      <c r="C413" s="15"/>
+      <c r="D413" s="4"/>
+      <c r="E413" s="4"/>
+      <c r="F413" s="14"/>
+      <c r="G413" s="15"/>
+      <c r="H413" s="3" t="s">
+        <v>616</v>
+      </c>
+      <c r="I413" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="414" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A414" s="3"/>
+      <c r="B414" s="14"/>
+      <c r="C414" s="15"/>
+      <c r="D414" s="4"/>
+      <c r="E414" s="4"/>
+      <c r="F414" s="14"/>
+      <c r="G414" s="15"/>
+      <c r="H414" s="3" t="s">
+        <v>617</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="415" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A415" s="3"/>
+      <c r="B415" s="14"/>
+      <c r="C415" s="15"/>
+      <c r="D415" s="4"/>
+      <c r="E415" s="4"/>
+      <c r="F415" s="14"/>
+      <c r="G415" s="15"/>
+      <c r="H415" s="3" t="s">
+        <v>618</v>
+      </c>
+      <c r="I415" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="416" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A416" s="3">
+        <v>106798</v>
+      </c>
+      <c r="B416" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C416" s="15"/>
+      <c r="D416" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="E416" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F416" s="14" t="s">
+        <v>619</v>
+      </c>
+      <c r="G416" s="15"/>
+      <c r="H416" s="3" t="s">
+        <v>620</v>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="417" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A417" s="3"/>
+      <c r="B417" s="14"/>
+      <c r="C417" s="15"/>
+      <c r="D417" s="4"/>
+      <c r="E417" s="4"/>
+      <c r="F417" s="14"/>
+      <c r="G417" s="15"/>
+      <c r="H417" s="3" t="s">
+        <v>621</v>
+      </c>
+      <c r="I417" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="418" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A418" s="3"/>
+      <c r="B418" s="14"/>
+      <c r="C418" s="15"/>
+      <c r="D418" s="4"/>
+      <c r="E418" s="4"/>
+      <c r="F418" s="14"/>
+      <c r="G418" s="15"/>
+      <c r="H418" s="3" t="s">
+        <v>622</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="419" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A419" s="3"/>
+      <c r="B419" s="14"/>
+      <c r="C419" s="15"/>
+      <c r="D419" s="4"/>
+      <c r="E419" s="4"/>
+      <c r="F419" s="14"/>
+      <c r="G419" s="15"/>
+      <c r="H419" s="3" t="s">
+        <v>623</v>
+      </c>
+      <c r="I419" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="420" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A420" s="3"/>
+      <c r="B420" s="14"/>
+      <c r="C420" s="15"/>
+      <c r="D420" s="4"/>
+      <c r="E420" s="4"/>
+      <c r="F420" s="14"/>
+      <c r="G420" s="15"/>
+      <c r="H420" s="3" t="s">
+        <v>624</v>
+      </c>
+      <c r="I420" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="421" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A421" s="3">
+        <v>106800</v>
+      </c>
+      <c r="B421" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C421" s="15"/>
+      <c r="D421" s="4" t="s">
+        <v>609</v>
+      </c>
+      <c r="E421" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F421" s="14" t="s">
+        <v>625</v>
+      </c>
+      <c r="G421" s="15"/>
+      <c r="H421" s="3" t="s">
+        <v>626</v>
+      </c>
+      <c r="I421" s="5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="422" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A422" s="3">
+        <v>106826</v>
+      </c>
+      <c r="B422" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C422" s="15"/>
+      <c r="D422" s="4" t="s">
+        <v>627</v>
+      </c>
+      <c r="E422" s="4" t="s">
+        <v>479</v>
+      </c>
+      <c r="F422" s="14" t="s">
+        <v>628</v>
+      </c>
+      <c r="G422" s="15"/>
+      <c r="H422" s="3" t="s">
+        <v>629</v>
+      </c>
+      <c r="I422" s="5" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="423" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A423" s="3">
+        <v>106849</v>
+      </c>
+      <c r="B423" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C423" s="15"/>
+      <c r="D423" s="4" t="s">
+        <v>631</v>
+      </c>
+      <c r="E423" s="4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F423" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="G423" s="15"/>
+      <c r="H423" s="3" t="s">
+        <v>632</v>
+      </c>
+      <c r="I423" s="5" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="424" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A424" s="3"/>
+      <c r="B424" s="14"/>
+      <c r="C424" s="15"/>
+      <c r="D424" s="4"/>
+      <c r="E424" s="4"/>
+      <c r="F424" s="14"/>
+      <c r="G424" s="15"/>
+      <c r="H424" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="I424" s="5" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="425" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A425" s="3"/>
+      <c r="B425" s="14"/>
+      <c r="C425" s="15"/>
+      <c r="D425" s="4"/>
+      <c r="E425" s="4"/>
+      <c r="F425" s="14"/>
+      <c r="G425" s="15"/>
+      <c r="H425" s="3" t="s">
+        <v>636</v>
+      </c>
+      <c r="I425" s="5" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="426" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A426" s="3"/>
+      <c r="B426" s="14"/>
+      <c r="C426" s="15"/>
+      <c r="D426" s="4"/>
+      <c r="E426" s="4"/>
+      <c r="F426" s="14"/>
+      <c r="G426" s="15"/>
+      <c r="H426" s="3" t="s">
+        <v>637</v>
+      </c>
+      <c r="I426" s="5" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="427" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A427" s="3"/>
+      <c r="B427" s="14"/>
+      <c r="C427" s="15"/>
+      <c r="D427" s="4"/>
+      <c r="E427" s="4"/>
+      <c r="F427" s="14"/>
+      <c r="G427" s="15"/>
+      <c r="H427" s="3" t="s">
+        <v>638</v>
+      </c>
+      <c r="I427" s="5" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="428" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A428" s="3">
+        <v>106950</v>
+      </c>
+      <c r="B428" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C428" s="15"/>
+      <c r="D428" s="4" t="s">
+        <v>639</v>
+      </c>
+      <c r="E428" s="4" t="s">
+        <v>640</v>
+      </c>
+      <c r="F428" s="14" t="s">
+        <v>641</v>
+      </c>
+      <c r="G428" s="15"/>
+      <c r="H428" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="I428" s="5" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="429" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A429" s="3">
+        <v>107003</v>
+      </c>
+      <c r="B429" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C429" s="15"/>
+      <c r="D429" s="4" t="s">
+        <v>644</v>
+      </c>
+      <c r="E429" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F429" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="G429" s="15"/>
+      <c r="H429" s="3" t="s">
+        <v>646</v>
+      </c>
+      <c r="I429" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="430" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A430" s="3">
+        <v>107111</v>
+      </c>
+      <c r="B430" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C430" s="15"/>
+      <c r="D430" s="4" t="s">
+        <v>647</v>
+      </c>
+      <c r="E430" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F430" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="G430" s="15"/>
+      <c r="H430" s="3" t="s">
+        <v>649</v>
+      </c>
+      <c r="I430" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="431" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A431" s="3">
+        <v>107115</v>
+      </c>
+      <c r="B431" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C431" s="15"/>
+      <c r="D431" s="4" t="s">
+        <v>650</v>
+      </c>
+      <c r="E431" s="4" t="s">
+        <v>651</v>
+      </c>
+      <c r="F431" s="14" t="s">
+        <v>652</v>
+      </c>
+      <c r="G431" s="15"/>
+      <c r="H431" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="I431" s="5" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="432" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A432" s="3"/>
+      <c r="B432" s="14"/>
+      <c r="C432" s="15"/>
+      <c r="D432" s="4"/>
+      <c r="E432" s="4"/>
+      <c r="F432" s="14"/>
+      <c r="G432" s="15"/>
+      <c r="H432" s="3" t="s">
+        <v>655</v>
+      </c>
+      <c r="I432" s="5" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="433" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A433" s="3"/>
+      <c r="B433" s="14"/>
+      <c r="C433" s="15"/>
+      <c r="D433" s="4"/>
+      <c r="E433" s="4"/>
+      <c r="F433" s="14"/>
+      <c r="G433" s="15"/>
+      <c r="H433" s="3" t="s">
+        <v>657</v>
+      </c>
+      <c r="I433" s="5" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="434" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A434" s="3"/>
+      <c r="B434" s="14"/>
+      <c r="C434" s="15"/>
+      <c r="D434" s="4"/>
+      <c r="E434" s="4"/>
+      <c r="F434" s="14"/>
+      <c r="G434" s="15"/>
+      <c r="H434" s="3" t="s">
+        <v>658</v>
+      </c>
+      <c r="I434" s="5" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="435" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A435" s="3"/>
+      <c r="B435" s="14"/>
+      <c r="C435" s="15"/>
+      <c r="D435" s="4"/>
+      <c r="E435" s="4"/>
+      <c r="F435" s="14"/>
+      <c r="G435" s="15"/>
+      <c r="H435" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="I435" s="5" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="436" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A436" s="3">
+        <v>107147</v>
+      </c>
+      <c r="B436" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C436" s="15"/>
+      <c r="D436" s="4" t="s">
+        <v>661</v>
+      </c>
+      <c r="E436" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F436" s="14" t="s">
+        <v>662</v>
+      </c>
+      <c r="G436" s="15"/>
+      <c r="H436" s="3" t="s">
+        <v>663</v>
+      </c>
+      <c r="I436" s="5" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="437" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A437" s="3"/>
+      <c r="B437" s="14"/>
+      <c r="C437" s="15"/>
+      <c r="D437" s="4"/>
+      <c r="E437" s="4"/>
+      <c r="F437" s="14"/>
+      <c r="G437" s="15"/>
+      <c r="H437" s="3" t="s">
+        <v>665</v>
+      </c>
+      <c r="I437" s="5" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="438" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A438" s="3"/>
+      <c r="B438" s="14"/>
+      <c r="C438" s="15"/>
+      <c r="D438" s="4"/>
+      <c r="E438" s="4"/>
+      <c r="F438" s="14"/>
+      <c r="G438" s="15"/>
+      <c r="H438" s="3" t="s">
+        <v>666</v>
+      </c>
+      <c r="I438" s="5" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="439" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A439" s="3"/>
+      <c r="B439" s="14"/>
+      <c r="C439" s="15"/>
+      <c r="D439" s="4"/>
+      <c r="E439" s="4"/>
+      <c r="F439" s="14"/>
+      <c r="G439" s="15"/>
+      <c r="H439" s="3" t="s">
+        <v>667</v>
+      </c>
+      <c r="I439" s="5" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A440" s="3">
+        <v>107150</v>
+      </c>
+      <c r="B440" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C440" s="15"/>
+      <c r="D440" s="4" t="s">
+        <v>668</v>
+      </c>
+      <c r="E440" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F440" s="14" t="s">
+        <v>669</v>
+      </c>
+      <c r="G440" s="15"/>
+      <c r="H440" s="3" t="s">
+        <v>670</v>
+      </c>
+      <c r="I440" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="441" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A441" s="3"/>
+      <c r="B441" s="14"/>
+      <c r="C441" s="15"/>
+      <c r="D441" s="4"/>
+      <c r="E441" s="4"/>
+      <c r="F441" s="14"/>
+      <c r="G441" s="15"/>
+      <c r="H441" s="3" t="s">
+        <v>671</v>
+      </c>
+      <c r="I441" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="442" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A442" s="3"/>
+      <c r="B442" s="14"/>
+      <c r="C442" s="15"/>
+      <c r="D442" s="4"/>
+      <c r="E442" s="4"/>
+      <c r="F442" s="14"/>
+      <c r="G442" s="15"/>
+      <c r="H442" s="3" t="s">
+        <v>672</v>
+      </c>
+      <c r="I442" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="443" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A443" s="3"/>
+      <c r="B443" s="14"/>
+      <c r="C443" s="15"/>
+      <c r="D443" s="4"/>
+      <c r="E443" s="4"/>
+      <c r="F443" s="14"/>
+      <c r="G443" s="15"/>
+      <c r="H443" s="3" t="s">
+        <v>673</v>
+      </c>
+      <c r="I443" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="444" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A444" s="3"/>
+      <c r="B444" s="14"/>
+      <c r="C444" s="15"/>
+      <c r="D444" s="4"/>
+      <c r="E444" s="4"/>
+      <c r="F444" s="14"/>
+      <c r="G444" s="15"/>
+      <c r="H444" s="3" t="s">
+        <v>674</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="445" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A445" s="3">
+        <v>107191</v>
+      </c>
+      <c r="B445" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C445" s="15"/>
+      <c r="D445" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="E445" s="4" t="s">
+        <v>518</v>
+      </c>
+      <c r="F445" s="14" t="s">
+        <v>676</v>
+      </c>
+      <c r="G445" s="15"/>
+      <c r="H445" s="3" t="s">
+        <v>677</v>
+      </c>
+      <c r="I445" s="5" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="446" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A446" s="3">
+        <v>107203</v>
+      </c>
+      <c r="B446" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C446" s="15"/>
+      <c r="D446" s="4" t="s">
+        <v>675</v>
+      </c>
+      <c r="E446" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F446" s="14" t="s">
+        <v>680</v>
+      </c>
+      <c r="G446" s="15"/>
+      <c r="H446" s="3" t="s">
+        <v>681</v>
+      </c>
+      <c r="I446" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="447" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A447" s="3"/>
+      <c r="B447" s="14"/>
+      <c r="C447" s="15"/>
+      <c r="D447" s="4"/>
+      <c r="E447" s="4"/>
+      <c r="F447" s="14"/>
+      <c r="G447" s="15"/>
+      <c r="H447" s="3" t="s">
+        <v>682</v>
+      </c>
+      <c r="I447" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="448" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A448" s="3"/>
+      <c r="B448" s="14"/>
+      <c r="C448" s="15"/>
+      <c r="D448" s="4"/>
+      <c r="E448" s="4"/>
+      <c r="F448" s="14"/>
+      <c r="G448" s="15"/>
+      <c r="H448" s="3" t="s">
+        <v>683</v>
+      </c>
+      <c r="I448" s="5" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="449" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A449" s="3">
+        <v>107245</v>
+      </c>
+      <c r="B449" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C449" s="15"/>
+      <c r="D449" s="4" t="s">
+        <v>684</v>
+      </c>
+      <c r="E449" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F449" s="14" t="s">
+        <v>685</v>
+      </c>
+      <c r="G449" s="15"/>
+      <c r="H449" s="3" t="s">
+        <v>686</v>
+      </c>
+      <c r="I449" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="450" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A450" s="3"/>
+      <c r="B450" s="14"/>
+      <c r="C450" s="15"/>
+      <c r="D450" s="4"/>
+      <c r="E450" s="4"/>
+      <c r="F450" s="14"/>
+      <c r="G450" s="15"/>
+      <c r="H450" s="3" t="s">
+        <v>687</v>
+      </c>
+      <c r="I450" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="451" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A451" s="3"/>
+      <c r="B451" s="14"/>
+      <c r="C451" s="15"/>
+      <c r="D451" s="4"/>
+      <c r="E451" s="4"/>
+      <c r="F451" s="14"/>
+      <c r="G451" s="15"/>
+      <c r="H451" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="I451" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="452" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A452" s="3"/>
+      <c r="B452" s="14"/>
+      <c r="C452" s="15"/>
+      <c r="D452" s="4"/>
+      <c r="E452" s="4"/>
+      <c r="F452" s="14"/>
+      <c r="G452" s="15"/>
+      <c r="H452" s="3" t="s">
+        <v>689</v>
+      </c>
+      <c r="I452" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="453" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A453" s="3"/>
+      <c r="B453" s="14"/>
+      <c r="C453" s="15"/>
+      <c r="D453" s="4"/>
+      <c r="E453" s="4"/>
+      <c r="F453" s="14"/>
+      <c r="G453" s="15"/>
+      <c r="H453" s="3" t="s">
+        <v>690</v>
+      </c>
+      <c r="I453" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="454" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A454" s="3"/>
+      <c r="B454" s="14"/>
+      <c r="C454" s="15"/>
+      <c r="D454" s="4"/>
+      <c r="E454" s="4"/>
+      <c r="F454" s="14"/>
+      <c r="G454" s="15"/>
+      <c r="H454" s="3" t="s">
+        <v>691</v>
+      </c>
+      <c r="I454" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="455" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A455" s="3"/>
+      <c r="B455" s="14"/>
+      <c r="C455" s="15"/>
+      <c r="D455" s="4"/>
+      <c r="E455" s="4"/>
+      <c r="F455" s="14"/>
+      <c r="G455" s="15"/>
+      <c r="H455" s="3" t="s">
+        <v>692</v>
+      </c>
+      <c r="I455" s="5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="456" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A456" s="3"/>
+      <c r="B456" s="14"/>
+      <c r="C456" s="15"/>
+      <c r="D456" s="4"/>
+      <c r="E456" s="4"/>
+      <c r="F456" s="14"/>
+      <c r="G456" s="15"/>
+      <c r="H456" s="3" t="s">
+        <v>693</v>
+      </c>
+      <c r="I456" s="5" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="457" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A457" s="3">
+        <v>107259</v>
+      </c>
+      <c r="B457" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C457" s="15"/>
+      <c r="D457" s="4" t="s">
+        <v>684</v>
+      </c>
+      <c r="E457" s="4" t="s">
+        <v>694</v>
+      </c>
+      <c r="F457" s="14" t="s">
+        <v>695</v>
+      </c>
+      <c r="G457" s="15"/>
+      <c r="H457" s="3" t="s">
+        <v>696</v>
+      </c>
+      <c r="I457" s="5" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="458" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A458" s="3"/>
+      <c r="B458" s="14"/>
+      <c r="C458" s="15"/>
+      <c r="D458" s="4"/>
+      <c r="E458" s="4"/>
+      <c r="F458" s="14"/>
+      <c r="G458" s="15"/>
+      <c r="H458" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="I458" s="5" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="459" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A459" s="3"/>
+      <c r="B459" s="14"/>
+      <c r="C459" s="15"/>
+      <c r="D459" s="4"/>
+      <c r="E459" s="4"/>
+      <c r="F459" s="14"/>
+      <c r="G459" s="15"/>
+      <c r="H459" s="3" t="s">
+        <v>700</v>
+      </c>
+      <c r="I459" s="5" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="460" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A460" s="3">
+        <v>107268</v>
+      </c>
+      <c r="B460" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C460" s="15"/>
+      <c r="D460" s="4" t="s">
+        <v>701</v>
+      </c>
+      <c r="E460" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F460" s="14" t="s">
+        <v>702</v>
+      </c>
+      <c r="G460" s="15"/>
+      <c r="H460" s="3" t="s">
+        <v>703</v>
+      </c>
+      <c r="I460" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="461" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A461" s="3">
+        <v>107308</v>
+      </c>
+      <c r="B461" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C461" s="15"/>
+      <c r="D461" s="4" t="s">
+        <v>704</v>
+      </c>
+      <c r="E461" s="4" t="s">
+        <v>491</v>
+      </c>
+      <c r="F461" s="14" t="s">
+        <v>705</v>
+      </c>
+      <c r="G461" s="15"/>
+      <c r="H461" s="3" t="s">
+        <v>706</v>
+      </c>
+      <c r="I461" s="5" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="462" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A462" s="3">
+        <v>107331</v>
+      </c>
+      <c r="B462" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C462" s="15"/>
+      <c r="D462" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="E462" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F462" s="14" t="s">
+        <v>709</v>
+      </c>
+      <c r="G462" s="15"/>
+      <c r="H462" s="3" t="s">
+        <v>710</v>
+      </c>
+      <c r="I462" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="463" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A463" s="3"/>
+      <c r="B463" s="14"/>
+      <c r="C463" s="15"/>
+      <c r="D463" s="4"/>
+      <c r="E463" s="4"/>
+      <c r="F463" s="14"/>
+      <c r="G463" s="15"/>
+      <c r="H463" s="3" t="s">
+        <v>711</v>
+      </c>
+      <c r="I463" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="464" spans="1:9" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="A464" s="3"/>
+      <c r="B464" s="14"/>
+      <c r="C464" s="15"/>
+      <c r="D464" s="4"/>
+      <c r="E464" s="4"/>
+      <c r="F464" s="14"/>
+      <c r="G464" s="15"/>
+      <c r="H464" s="3" t="s">
+        <v>712</v>
+      </c>
+      <c r="I464" s="5" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="465" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A465" s="3">
+        <v>107332</v>
+      </c>
+      <c r="B465" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C465" s="15"/>
+      <c r="D465" s="4" t="s">
+        <v>708</v>
+      </c>
+      <c r="E465" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F465" s="14" t="s">
+        <v>713</v>
+      </c>
+      <c r="G465" s="15"/>
+      <c r="H465" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="I465" s="5" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="466" spans="1:9" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="A466" s="3"/>
+      <c r="B466" s="14"/>
+      <c r="C466" s="15"/>
+      <c r="D466" s="4"/>
+      <c r="E466" s="4"/>
+      <c r="F466" s="14"/>
+      <c r="G466" s="15"/>
+      <c r="H466" s="3" t="s">
+        <v>716</v>
+      </c>
+      <c r="I466" s="5" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="467" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A467" s="3">
+        <v>107458</v>
+      </c>
+      <c r="B467" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C467" s="15"/>
+      <c r="D467" s="4" t="s">
+        <v>717</v>
+      </c>
+      <c r="E467" s="4" t="s">
+        <v>679</v>
+      </c>
+      <c r="F467" s="14" t="s">
+        <v>718</v>
+      </c>
+      <c r="G467" s="15"/>
+      <c r="H467" s="3" t="s">
+        <v>719</v>
+      </c>
+      <c r="I467" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="468" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A468" s="3">
+        <v>107481</v>
+      </c>
+      <c r="B468" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C468" s="15"/>
+      <c r="D468" s="4" t="s">
+        <v>720</v>
+      </c>
+      <c r="E468" s="4" t="s">
+        <v>721</v>
+      </c>
+      <c r="F468" s="14" t="s">
+        <v>722</v>
+      </c>
+      <c r="G468" s="15"/>
+      <c r="H468" s="3" t="s">
+        <v>723</v>
+      </c>
+      <c r="I468" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="469" spans="1:9" ht="56.25" x14ac:dyDescent="0.25">
+      <c r="A469" s="3"/>
+      <c r="B469" s="14"/>
+      <c r="C469" s="15"/>
+      <c r="D469" s="4"/>
+      <c r="E469" s="4"/>
+      <c r="F469" s="14"/>
+      <c r="G469" s="15"/>
+      <c r="H469" s="3" t="s">
+        <v>724</v>
+      </c>
+      <c r="I469" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="470" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A470" s="3">
+        <v>107527</v>
+      </c>
+      <c r="B470" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="C470" s="15"/>
+      <c r="D470" s="4" t="s">
+        <v>725</v>
+      </c>
+      <c r="E470" s="4" t="s">
+        <v>726</v>
+      </c>
+      <c r="F470" s="14" t="s">
+        <v>727</v>
+      </c>
+      <c r="G470" s="15"/>
+      <c r="H470" s="3" t="s">
+        <v>728</v>
+      </c>
+      <c r="I470" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="471" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A471" s="3"/>
+      <c r="B471" s="14"/>
+      <c r="C471" s="15"/>
+      <c r="D471" s="4"/>
+      <c r="E471" s="4"/>
+      <c r="F471" s="14"/>
+      <c r="G471" s="15"/>
+      <c r="H471" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="I16" s="4" t="s">
-[...52 lines deleted...]
-      <c r="B20" s="5" t="s">
+      <c r="I471" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="472" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A472" s="3">
+        <v>107581</v>
+      </c>
+      <c r="B472" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C20" s="6"/>
-[...6 lines deleted...]
-      <c r="F20" s="5" t="s">
+      <c r="C472" s="15"/>
+      <c r="D472" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="E472" s="4" t="s">
+        <v>694</v>
+      </c>
+      <c r="F472" s="14" t="s">
+        <v>730</v>
+      </c>
+      <c r="G472" s="15"/>
+      <c r="H472" s="3" t="s">
+        <v>731</v>
+      </c>
+      <c r="I472" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="G20" s="6"/>
-[...191 lines deleted...]
-      <c r="B33" s="5" t="s">
+    </row>
+    <row r="473" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A473" s="3"/>
+      <c r="B473" s="14"/>
+      <c r="C473" s="15"/>
+      <c r="D473" s="4"/>
+      <c r="E473" s="4"/>
+      <c r="F473" s="14"/>
+      <c r="G473" s="15"/>
+      <c r="H473" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="I473" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="474" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A474" s="3"/>
+      <c r="B474" s="14"/>
+      <c r="C474" s="15"/>
+      <c r="D474" s="4"/>
+      <c r="E474" s="4"/>
+      <c r="F474" s="14"/>
+      <c r="G474" s="15"/>
+      <c r="H474" s="3" t="s">
+        <v>733</v>
+      </c>
+      <c r="I474" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="475" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A475" s="3"/>
+      <c r="B475" s="14"/>
+      <c r="C475" s="15"/>
+      <c r="D475" s="4"/>
+      <c r="E475" s="4"/>
+      <c r="F475" s="14"/>
+      <c r="G475" s="15"/>
+      <c r="H475" s="3" t="s">
+        <v>734</v>
+      </c>
+      <c r="I475" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="476" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A476" s="3"/>
+      <c r="B476" s="14"/>
+      <c r="C476" s="15"/>
+      <c r="D476" s="4"/>
+      <c r="E476" s="4"/>
+      <c r="F476" s="14"/>
+      <c r="G476" s="15"/>
+      <c r="H476" s="3" t="s">
+        <v>735</v>
+      </c>
+      <c r="I476" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="477" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A477" s="3"/>
+      <c r="B477" s="14"/>
+      <c r="C477" s="15"/>
+      <c r="D477" s="4"/>
+      <c r="E477" s="4"/>
+      <c r="F477" s="14"/>
+      <c r="G477" s="15"/>
+      <c r="H477" s="3" t="s">
+        <v>736</v>
+      </c>
+      <c r="I477" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A478" s="3"/>
+      <c r="B478" s="14"/>
+      <c r="C478" s="15"/>
+      <c r="D478" s="4"/>
+      <c r="E478" s="4"/>
+      <c r="F478" s="14"/>
+      <c r="G478" s="15"/>
+      <c r="H478" s="3" t="s">
+        <v>737</v>
+      </c>
+      <c r="I478" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="479" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A479" s="3"/>
+      <c r="B479" s="14"/>
+      <c r="C479" s="15"/>
+      <c r="D479" s="4"/>
+      <c r="E479" s="4"/>
+      <c r="F479" s="14"/>
+      <c r="G479" s="15"/>
+      <c r="H479" s="3" t="s">
+        <v>738</v>
+      </c>
+      <c r="I479" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="480" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A480" s="3"/>
+      <c r="B480" s="14"/>
+      <c r="C480" s="15"/>
+      <c r="D480" s="4"/>
+      <c r="E480" s="4"/>
+      <c r="F480" s="14"/>
+      <c r="G480" s="15"/>
+      <c r="H480" s="3" t="s">
+        <v>739</v>
+      </c>
+      <c r="I480" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="481" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A481" s="3"/>
+      <c r="B481" s="14"/>
+      <c r="C481" s="15"/>
+      <c r="D481" s="4"/>
+      <c r="E481" s="4"/>
+      <c r="F481" s="14"/>
+      <c r="G481" s="15"/>
+      <c r="H481" s="3" t="s">
+        <v>740</v>
+      </c>
+      <c r="I481" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="482" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A482" s="3"/>
+      <c r="B482" s="14"/>
+      <c r="C482" s="15"/>
+      <c r="D482" s="4"/>
+      <c r="E482" s="4"/>
+      <c r="F482" s="14"/>
+      <c r="G482" s="15"/>
+      <c r="H482" s="3" t="s">
+        <v>741</v>
+      </c>
+      <c r="I482" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="483" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A483" s="3"/>
+      <c r="B483" s="14"/>
+      <c r="C483" s="15"/>
+      <c r="D483" s="4"/>
+      <c r="E483" s="4"/>
+      <c r="F483" s="14"/>
+      <c r="G483" s="15"/>
+      <c r="H483" s="3" t="s">
+        <v>742</v>
+      </c>
+      <c r="I483" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="484" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A484" s="3"/>
+      <c r="B484" s="14"/>
+      <c r="C484" s="15"/>
+      <c r="D484" s="4"/>
+      <c r="E484" s="4"/>
+      <c r="F484" s="14"/>
+      <c r="G484" s="15"/>
+      <c r="H484" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="I484" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="485" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A485" s="3">
+        <v>107589</v>
+      </c>
+      <c r="B485" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C33" s="6"/>
-[...336 lines deleted...]
-      <c r="B55" s="5" t="s">
+      <c r="C485" s="15"/>
+      <c r="D485" s="4" t="s">
+        <v>729</v>
+      </c>
+      <c r="E485" s="4" t="s">
+        <v>721</v>
+      </c>
+      <c r="F485" s="14" t="s">
+        <v>744</v>
+      </c>
+      <c r="G485" s="15"/>
+      <c r="H485" s="3" t="s">
+        <v>745</v>
+      </c>
+      <c r="I485" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="486" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A486" s="3">
+        <v>105558</v>
+      </c>
+      <c r="B486" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C55" s="6"/>
-[...81 lines deleted...]
-      <c r="B60" s="5" t="s">
+      <c r="C486" s="15"/>
+      <c r="D486" s="8">
+        <v>42124</v>
+      </c>
+      <c r="E486" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="F486" s="18" t="s">
+        <v>746</v>
+      </c>
+      <c r="G486" s="15"/>
+      <c r="H486" s="7" t="s">
+        <v>747</v>
+      </c>
+      <c r="I486" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="J486" s="12"/>
+      <c r="K486" s="13"/>
+    </row>
+    <row r="487" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A487" s="3"/>
+      <c r="B487" s="3"/>
+      <c r="C487" s="2"/>
+      <c r="D487" s="4"/>
+      <c r="E487" s="4"/>
+      <c r="F487" s="6"/>
+      <c r="G487" s="2"/>
+      <c r="H487" s="7" t="s">
+        <v>748</v>
+      </c>
+      <c r="I487" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="J487" s="12"/>
+      <c r="K487" s="13"/>
+    </row>
+    <row r="488" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A488" s="3"/>
+      <c r="B488" s="3"/>
+      <c r="C488" s="2"/>
+      <c r="D488" s="4"/>
+      <c r="E488" s="4"/>
+      <c r="F488" s="6"/>
+      <c r="G488" s="2"/>
+      <c r="H488" s="7" t="s">
+        <v>749</v>
+      </c>
+      <c r="I488" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="J488" s="12"/>
+      <c r="K488" s="13"/>
+    </row>
+    <row r="489" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A489" s="3"/>
+      <c r="B489" s="3"/>
+      <c r="C489" s="2"/>
+      <c r="D489" s="4"/>
+      <c r="E489" s="4"/>
+      <c r="F489" s="6"/>
+      <c r="G489" s="2"/>
+      <c r="H489" s="7" t="s">
+        <v>750</v>
+      </c>
+      <c r="I489" s="5" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="490" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A490" s="3"/>
+      <c r="B490" s="3"/>
+      <c r="C490" s="2"/>
+      <c r="D490" s="4"/>
+      <c r="E490" s="4"/>
+      <c r="F490" s="6"/>
+      <c r="G490" s="2"/>
+      <c r="H490" s="7" t="s">
+        <v>751</v>
+      </c>
+      <c r="I490" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="J490" s="12"/>
+      <c r="K490" s="13"/>
+    </row>
+    <row r="491" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A491" s="3"/>
+      <c r="B491" s="3"/>
+      <c r="C491" s="2"/>
+      <c r="D491" s="4"/>
+      <c r="E491" s="4"/>
+      <c r="F491" s="6"/>
+      <c r="G491" s="2"/>
+      <c r="H491" s="7" t="s">
+        <v>752</v>
+      </c>
+      <c r="I491" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="J491" s="12"/>
+      <c r="K491" s="13"/>
+    </row>
+    <row r="492" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A492" s="3"/>
+      <c r="B492" s="3"/>
+      <c r="C492" s="2"/>
+      <c r="D492" s="4"/>
+      <c r="E492" s="4"/>
+      <c r="F492" s="6"/>
+      <c r="G492" s="2"/>
+      <c r="H492" s="7" t="s">
+        <v>753</v>
+      </c>
+      <c r="I492" s="11" t="s">
+        <v>754</v>
+      </c>
+      <c r="J492" s="12"/>
+      <c r="K492" s="13"/>
+    </row>
+    <row r="493" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A493" s="3">
+        <v>106808</v>
+      </c>
+      <c r="B493" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C60" s="6"/>
-[...21 lines deleted...]
-      <c r="B61" s="5" t="s">
+      <c r="C493" s="15"/>
+      <c r="D493" s="8">
+        <v>42276</v>
+      </c>
+      <c r="E493" s="9" t="s">
+        <v>755</v>
+      </c>
+      <c r="F493" s="18" t="s">
+        <v>756</v>
+      </c>
+      <c r="G493" s="15"/>
+      <c r="H493" s="10" t="s">
+        <v>757</v>
+      </c>
+      <c r="I493" s="10" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="494" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="A494" s="3">
+        <v>106638</v>
+      </c>
+      <c r="B494" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="C61" s="6"/>
-[...4135 lines deleted...]
-      <c r="H302" s="2" t="s">
+      <c r="C494" s="15"/>
+      <c r="D494" s="8">
+        <v>42254</v>
+      </c>
+      <c r="E494" s="9" t="s">
         <v>429</v>
       </c>
-      <c r="I302" s="4" t="s">
-[...4166 lines deleted...]
-      <c r="H558" s="2" t="s">
+      <c r="F494" s="18" t="s">
+        <v>760</v>
+      </c>
+      <c r="G494" s="15"/>
+      <c r="H494" s="10" t="s">
+        <v>761</v>
+      </c>
+      <c r="I494" s="10" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="495" spans="1:11" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A495" s="16" t="s">
         <v>759</v>
       </c>
-      <c r="I558" s="4" t="s">
-[...3064 lines deleted...]
-      <c r="I727" s="6"/>
+      <c r="B495" s="17"/>
+      <c r="C495" s="17"/>
+      <c r="D495" s="17"/>
+      <c r="E495" s="17"/>
+      <c r="F495" s="17"/>
+      <c r="G495" s="17"/>
+      <c r="H495" s="17"/>
+      <c r="I495" s="15"/>
     </row>
   </sheetData>
-  <mergeCells count="1447">
-[...5 lines deleted...]
-    <mergeCell ref="F12:G12"/>
+  <mergeCells count="977">
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="F8:G8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:I1"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A5:F5"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="F6:G6"/>
+    <mergeCell ref="B13:C13"/>
+    <mergeCell ref="F13:G13"/>
+    <mergeCell ref="B14:C14"/>
+    <mergeCell ref="F14:G14"/>
+    <mergeCell ref="B15:C15"/>
+    <mergeCell ref="F15:G15"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="F10:G10"/>
+    <mergeCell ref="B11:C11"/>
+    <mergeCell ref="F11:G11"/>
+    <mergeCell ref="B12:C12"/>
+    <mergeCell ref="F12:G12"/>
     <mergeCell ref="B19:C19"/>
     <mergeCell ref="F19:G19"/>
     <mergeCell ref="B20:C20"/>
     <mergeCell ref="F20:G20"/>
     <mergeCell ref="B21:C21"/>
     <mergeCell ref="F21:G21"/>
     <mergeCell ref="B16:C16"/>
     <mergeCell ref="F16:G16"/>
     <mergeCell ref="B17:C17"/>
     <mergeCell ref="F17:G17"/>
     <mergeCell ref="B18:C18"/>
     <mergeCell ref="F18:G18"/>
-    <mergeCell ref="B13:C13"/>
-[...10 lines deleted...]
-    <mergeCell ref="F30:G30"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="F25:G25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="F26:G26"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="F27:G27"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="F22:G22"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="F23:G23"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="F24:G24"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="F31:G31"/>
+    <mergeCell ref="B32:C32"/>
+    <mergeCell ref="F32:G32"/>
+    <mergeCell ref="B33:C33"/>
+    <mergeCell ref="F33:G33"/>
+    <mergeCell ref="B28:C28"/>
+    <mergeCell ref="F28:G28"/>
+    <mergeCell ref="B29:C29"/>
+    <mergeCell ref="F29:G29"/>
+    <mergeCell ref="B30:C30"/>
+    <mergeCell ref="F30:G30"/>
     <mergeCell ref="B37:C37"/>
     <mergeCell ref="F37:G37"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="F38:G38"/>
     <mergeCell ref="B39:C39"/>
     <mergeCell ref="F39:G39"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="F34:G34"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="F35:G35"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="F36:G36"/>
-    <mergeCell ref="B31:C31"/>
-[...10 lines deleted...]
-    <mergeCell ref="F48:G48"/>
     <mergeCell ref="B43:C43"/>
     <mergeCell ref="F43:G43"/>
     <mergeCell ref="B44:C44"/>
     <mergeCell ref="F44:G44"/>
     <mergeCell ref="B45:C45"/>
     <mergeCell ref="F45:G45"/>
     <mergeCell ref="B40:C40"/>
     <mergeCell ref="F40:G40"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="F41:G41"/>
     <mergeCell ref="B42:C42"/>
     <mergeCell ref="F42:G42"/>
+    <mergeCell ref="B49:C49"/>
+    <mergeCell ref="F49:G49"/>
+    <mergeCell ref="B50:C50"/>
+    <mergeCell ref="F50:G50"/>
+    <mergeCell ref="B51:C51"/>
+    <mergeCell ref="F51:G51"/>
+    <mergeCell ref="B46:C46"/>
+    <mergeCell ref="F46:G46"/>
+    <mergeCell ref="B47:C47"/>
+    <mergeCell ref="F47:G47"/>
+    <mergeCell ref="B48:C48"/>
+    <mergeCell ref="F48:G48"/>
     <mergeCell ref="B55:C55"/>
     <mergeCell ref="F55:G55"/>
     <mergeCell ref="B56:C56"/>
     <mergeCell ref="F56:G56"/>
     <mergeCell ref="B57:C57"/>
     <mergeCell ref="F57:G57"/>
     <mergeCell ref="B52:C52"/>
     <mergeCell ref="F52:G52"/>
     <mergeCell ref="B53:C53"/>
     <mergeCell ref="F53:G53"/>
     <mergeCell ref="B54:C54"/>
     <mergeCell ref="F54:G54"/>
-    <mergeCell ref="B49:C49"/>
-[...10 lines deleted...]
-    <mergeCell ref="F66:G66"/>
     <mergeCell ref="B61:C61"/>
     <mergeCell ref="F61:G61"/>
     <mergeCell ref="B62:C62"/>
     <mergeCell ref="F62:G62"/>
     <mergeCell ref="B63:C63"/>
     <mergeCell ref="F63:G63"/>
     <mergeCell ref="B58:C58"/>
     <mergeCell ref="F58:G58"/>
     <mergeCell ref="B59:C59"/>
     <mergeCell ref="F59:G59"/>
     <mergeCell ref="B60:C60"/>
     <mergeCell ref="F60:G60"/>
+    <mergeCell ref="B67:C67"/>
+    <mergeCell ref="F67:G67"/>
+    <mergeCell ref="B68:C68"/>
+    <mergeCell ref="F68:G68"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="F69:G69"/>
+    <mergeCell ref="B64:C64"/>
+    <mergeCell ref="F64:G64"/>
+    <mergeCell ref="B65:C65"/>
+    <mergeCell ref="F65:G65"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="F66:G66"/>
     <mergeCell ref="B73:C73"/>
     <mergeCell ref="F73:G73"/>
     <mergeCell ref="B74:C74"/>
     <mergeCell ref="F74:G74"/>
     <mergeCell ref="B75:C75"/>
     <mergeCell ref="F75:G75"/>
     <mergeCell ref="B70:C70"/>
     <mergeCell ref="F70:G70"/>
     <mergeCell ref="B71:C71"/>
     <mergeCell ref="F71:G71"/>
     <mergeCell ref="B72:C72"/>
     <mergeCell ref="F72:G72"/>
-    <mergeCell ref="B67:C67"/>
-[...10 lines deleted...]
-    <mergeCell ref="F84:G84"/>
     <mergeCell ref="B79:C79"/>
     <mergeCell ref="F79:G79"/>
     <mergeCell ref="B80:C80"/>
     <mergeCell ref="F80:G80"/>
     <mergeCell ref="B81:C81"/>
     <mergeCell ref="F81:G81"/>
     <mergeCell ref="B76:C76"/>
     <mergeCell ref="F76:G76"/>
     <mergeCell ref="B77:C77"/>
     <mergeCell ref="F77:G77"/>
     <mergeCell ref="B78:C78"/>
     <mergeCell ref="F78:G78"/>
+    <mergeCell ref="B85:C85"/>
+    <mergeCell ref="F85:G85"/>
+    <mergeCell ref="B86:C86"/>
+    <mergeCell ref="F86:G86"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="F87:G87"/>
+    <mergeCell ref="B82:C82"/>
+    <mergeCell ref="F82:G82"/>
+    <mergeCell ref="B83:C83"/>
+    <mergeCell ref="F83:G83"/>
+    <mergeCell ref="B84:C84"/>
+    <mergeCell ref="F84:G84"/>
     <mergeCell ref="B91:C91"/>
     <mergeCell ref="F91:G91"/>
     <mergeCell ref="B92:C92"/>
     <mergeCell ref="F92:G92"/>
     <mergeCell ref="B93:C93"/>
     <mergeCell ref="F93:G93"/>
     <mergeCell ref="B88:C88"/>
     <mergeCell ref="F88:G88"/>
     <mergeCell ref="B89:C89"/>
     <mergeCell ref="F89:G89"/>
     <mergeCell ref="B90:C90"/>
     <mergeCell ref="F90:G90"/>
-    <mergeCell ref="B85:C85"/>
-[...10 lines deleted...]
-    <mergeCell ref="F102:G102"/>
     <mergeCell ref="B97:C97"/>
     <mergeCell ref="F97:G97"/>
     <mergeCell ref="B98:C98"/>
     <mergeCell ref="F98:G98"/>
     <mergeCell ref="B99:C99"/>
     <mergeCell ref="F99:G99"/>
     <mergeCell ref="B94:C94"/>
     <mergeCell ref="F94:G94"/>
     <mergeCell ref="B95:C95"/>
     <mergeCell ref="F95:G95"/>
     <mergeCell ref="B96:C96"/>
     <mergeCell ref="F96:G96"/>
+    <mergeCell ref="B103:C103"/>
+    <mergeCell ref="F103:G103"/>
+    <mergeCell ref="B104:C104"/>
+    <mergeCell ref="F104:G104"/>
+    <mergeCell ref="B105:C105"/>
+    <mergeCell ref="F105:G105"/>
+    <mergeCell ref="B100:C100"/>
+    <mergeCell ref="F100:G100"/>
+    <mergeCell ref="B101:C101"/>
+    <mergeCell ref="F101:G101"/>
+    <mergeCell ref="B102:C102"/>
+    <mergeCell ref="F102:G102"/>
     <mergeCell ref="B109:C109"/>
     <mergeCell ref="F109:G109"/>
     <mergeCell ref="B110:C110"/>
     <mergeCell ref="F110:G110"/>
     <mergeCell ref="B111:C111"/>
     <mergeCell ref="F111:G111"/>
     <mergeCell ref="B106:C106"/>
     <mergeCell ref="F106:G106"/>
     <mergeCell ref="B107:C107"/>
     <mergeCell ref="F107:G107"/>
     <mergeCell ref="B108:C108"/>
     <mergeCell ref="F108:G108"/>
-    <mergeCell ref="B103:C103"/>
-[...10 lines deleted...]
-    <mergeCell ref="F120:G120"/>
     <mergeCell ref="B115:C115"/>
     <mergeCell ref="F115:G115"/>
     <mergeCell ref="B116:C116"/>
     <mergeCell ref="F116:G116"/>
     <mergeCell ref="B117:C117"/>
     <mergeCell ref="F117:G117"/>
     <mergeCell ref="B112:C112"/>
     <mergeCell ref="F112:G112"/>
     <mergeCell ref="B113:C113"/>
     <mergeCell ref="F113:G113"/>
     <mergeCell ref="B114:C114"/>
     <mergeCell ref="F114:G114"/>
+    <mergeCell ref="B121:C121"/>
+    <mergeCell ref="F121:G121"/>
+    <mergeCell ref="B122:C122"/>
+    <mergeCell ref="F122:G122"/>
+    <mergeCell ref="B123:C123"/>
+    <mergeCell ref="F123:G123"/>
+    <mergeCell ref="B118:C118"/>
+    <mergeCell ref="F118:G118"/>
+    <mergeCell ref="B119:C119"/>
+    <mergeCell ref="F119:G119"/>
+    <mergeCell ref="B120:C120"/>
+    <mergeCell ref="F120:G120"/>
     <mergeCell ref="B127:C127"/>
     <mergeCell ref="F127:G127"/>
     <mergeCell ref="B128:C128"/>
     <mergeCell ref="F128:G128"/>
     <mergeCell ref="B129:C129"/>
     <mergeCell ref="F129:G129"/>
     <mergeCell ref="B124:C124"/>
     <mergeCell ref="F124:G124"/>
     <mergeCell ref="B125:C125"/>
     <mergeCell ref="F125:G125"/>
     <mergeCell ref="B126:C126"/>
     <mergeCell ref="F126:G126"/>
-    <mergeCell ref="B121:C121"/>
-[...10 lines deleted...]
-    <mergeCell ref="F138:G138"/>
     <mergeCell ref="B133:C133"/>
     <mergeCell ref="F133:G133"/>
     <mergeCell ref="B134:C134"/>
     <mergeCell ref="F134:G134"/>
     <mergeCell ref="B135:C135"/>
     <mergeCell ref="F135:G135"/>
     <mergeCell ref="B130:C130"/>
     <mergeCell ref="F130:G130"/>
     <mergeCell ref="B131:C131"/>
     <mergeCell ref="F131:G131"/>
     <mergeCell ref="B132:C132"/>
     <mergeCell ref="F132:G132"/>
+    <mergeCell ref="B139:C139"/>
+    <mergeCell ref="F139:G139"/>
+    <mergeCell ref="B140:C140"/>
+    <mergeCell ref="F140:G140"/>
+    <mergeCell ref="B141:C141"/>
+    <mergeCell ref="F141:G141"/>
+    <mergeCell ref="B136:C136"/>
+    <mergeCell ref="F136:G136"/>
+    <mergeCell ref="B137:C137"/>
+    <mergeCell ref="F137:G137"/>
+    <mergeCell ref="B138:C138"/>
+    <mergeCell ref="F138:G138"/>
     <mergeCell ref="B145:C145"/>
     <mergeCell ref="F145:G145"/>
     <mergeCell ref="B146:C146"/>
     <mergeCell ref="F146:G146"/>
     <mergeCell ref="B147:C147"/>
     <mergeCell ref="F147:G147"/>
     <mergeCell ref="B142:C142"/>
     <mergeCell ref="F142:G142"/>
     <mergeCell ref="B143:C143"/>
     <mergeCell ref="F143:G143"/>
     <mergeCell ref="B144:C144"/>
     <mergeCell ref="F144:G144"/>
-    <mergeCell ref="B139:C139"/>
-[...10 lines deleted...]
-    <mergeCell ref="F156:G156"/>
     <mergeCell ref="B151:C151"/>
     <mergeCell ref="F151:G151"/>
     <mergeCell ref="B152:C152"/>
     <mergeCell ref="F152:G152"/>
     <mergeCell ref="B153:C153"/>
     <mergeCell ref="F153:G153"/>
     <mergeCell ref="B148:C148"/>
     <mergeCell ref="F148:G148"/>
     <mergeCell ref="B149:C149"/>
     <mergeCell ref="F149:G149"/>
     <mergeCell ref="B150:C150"/>
     <mergeCell ref="F150:G150"/>
+    <mergeCell ref="B157:C157"/>
+    <mergeCell ref="F157:G157"/>
+    <mergeCell ref="B158:C158"/>
+    <mergeCell ref="F158:G158"/>
+    <mergeCell ref="B159:C159"/>
+    <mergeCell ref="F159:G159"/>
+    <mergeCell ref="B154:C154"/>
+    <mergeCell ref="F154:G154"/>
+    <mergeCell ref="B155:C155"/>
+    <mergeCell ref="F155:G155"/>
+    <mergeCell ref="B156:C156"/>
+    <mergeCell ref="F156:G156"/>
     <mergeCell ref="B163:C163"/>
     <mergeCell ref="F163:G163"/>
     <mergeCell ref="B164:C164"/>
     <mergeCell ref="F164:G164"/>
     <mergeCell ref="B165:C165"/>
     <mergeCell ref="F165:G165"/>
     <mergeCell ref="B160:C160"/>
     <mergeCell ref="F160:G160"/>
     <mergeCell ref="B161:C161"/>
     <mergeCell ref="F161:G161"/>
     <mergeCell ref="B162:C162"/>
     <mergeCell ref="F162:G162"/>
-    <mergeCell ref="B157:C157"/>
-[...10 lines deleted...]
-    <mergeCell ref="F174:G174"/>
     <mergeCell ref="B169:C169"/>
     <mergeCell ref="F169:G169"/>
     <mergeCell ref="B170:C170"/>
     <mergeCell ref="F170:G170"/>
     <mergeCell ref="B171:C171"/>
     <mergeCell ref="F171:G171"/>
     <mergeCell ref="B166:C166"/>
     <mergeCell ref="F166:G166"/>
     <mergeCell ref="B167:C167"/>
     <mergeCell ref="F167:G167"/>
     <mergeCell ref="B168:C168"/>
     <mergeCell ref="F168:G168"/>
+    <mergeCell ref="B175:C175"/>
+    <mergeCell ref="F175:G175"/>
+    <mergeCell ref="B176:C176"/>
+    <mergeCell ref="F176:G176"/>
+    <mergeCell ref="B177:C177"/>
+    <mergeCell ref="F177:G177"/>
+    <mergeCell ref="B172:C172"/>
+    <mergeCell ref="F172:G172"/>
+    <mergeCell ref="B173:C173"/>
+    <mergeCell ref="F173:G173"/>
+    <mergeCell ref="B174:C174"/>
+    <mergeCell ref="F174:G174"/>
     <mergeCell ref="B181:C181"/>
     <mergeCell ref="F181:G181"/>
     <mergeCell ref="B182:C182"/>
     <mergeCell ref="F182:G182"/>
     <mergeCell ref="B183:C183"/>
     <mergeCell ref="F183:G183"/>
     <mergeCell ref="B178:C178"/>
     <mergeCell ref="F178:G178"/>
     <mergeCell ref="B179:C179"/>
     <mergeCell ref="F179:G179"/>
     <mergeCell ref="B180:C180"/>
     <mergeCell ref="F180:G180"/>
-    <mergeCell ref="B175:C175"/>
-[...10 lines deleted...]
-    <mergeCell ref="F192:G192"/>
     <mergeCell ref="B187:C187"/>
     <mergeCell ref="F187:G187"/>
     <mergeCell ref="B188:C188"/>
     <mergeCell ref="F188:G188"/>
     <mergeCell ref="B189:C189"/>
     <mergeCell ref="F189:G189"/>
     <mergeCell ref="B184:C184"/>
     <mergeCell ref="F184:G184"/>
     <mergeCell ref="B185:C185"/>
     <mergeCell ref="F185:G185"/>
     <mergeCell ref="B186:C186"/>
     <mergeCell ref="F186:G186"/>
+    <mergeCell ref="B193:C193"/>
+    <mergeCell ref="F193:G193"/>
+    <mergeCell ref="B194:C194"/>
+    <mergeCell ref="F194:G194"/>
+    <mergeCell ref="B195:C195"/>
+    <mergeCell ref="F195:G195"/>
+    <mergeCell ref="B190:C190"/>
+    <mergeCell ref="F190:G190"/>
+    <mergeCell ref="B191:C191"/>
+    <mergeCell ref="F191:G191"/>
+    <mergeCell ref="B192:C192"/>
+    <mergeCell ref="F192:G192"/>
     <mergeCell ref="B199:C199"/>
     <mergeCell ref="F199:G199"/>
     <mergeCell ref="B200:C200"/>
     <mergeCell ref="F200:G200"/>
     <mergeCell ref="B201:C201"/>
     <mergeCell ref="F201:G201"/>
     <mergeCell ref="B196:C196"/>
     <mergeCell ref="F196:G196"/>
     <mergeCell ref="B197:C197"/>
     <mergeCell ref="F197:G197"/>
     <mergeCell ref="B198:C198"/>
     <mergeCell ref="F198:G198"/>
-    <mergeCell ref="B193:C193"/>
-[...10 lines deleted...]
-    <mergeCell ref="F210:G210"/>
     <mergeCell ref="B205:C205"/>
     <mergeCell ref="F205:G205"/>
     <mergeCell ref="B206:C206"/>
     <mergeCell ref="F206:G206"/>
     <mergeCell ref="B207:C207"/>
     <mergeCell ref="F207:G207"/>
     <mergeCell ref="B202:C202"/>
     <mergeCell ref="F202:G202"/>
     <mergeCell ref="B203:C203"/>
     <mergeCell ref="F203:G203"/>
     <mergeCell ref="B204:C204"/>
     <mergeCell ref="F204:G204"/>
+    <mergeCell ref="B211:C211"/>
+    <mergeCell ref="F211:G211"/>
+    <mergeCell ref="B212:C212"/>
+    <mergeCell ref="F212:G212"/>
+    <mergeCell ref="B213:C213"/>
+    <mergeCell ref="F213:G213"/>
+    <mergeCell ref="B208:C208"/>
+    <mergeCell ref="F208:G208"/>
+    <mergeCell ref="B209:C209"/>
+    <mergeCell ref="F209:G209"/>
+    <mergeCell ref="B210:C210"/>
+    <mergeCell ref="F210:G210"/>
     <mergeCell ref="B217:C217"/>
     <mergeCell ref="F217:G217"/>
     <mergeCell ref="B218:C218"/>
     <mergeCell ref="F218:G218"/>
     <mergeCell ref="B219:C219"/>
     <mergeCell ref="F219:G219"/>
     <mergeCell ref="B214:C214"/>
     <mergeCell ref="F214:G214"/>
     <mergeCell ref="B215:C215"/>
     <mergeCell ref="F215:G215"/>
     <mergeCell ref="B216:C216"/>
     <mergeCell ref="F216:G216"/>
-    <mergeCell ref="B211:C211"/>
-[...10 lines deleted...]
-    <mergeCell ref="F228:G228"/>
     <mergeCell ref="B223:C223"/>
     <mergeCell ref="F223:G223"/>
     <mergeCell ref="B224:C224"/>
     <mergeCell ref="F224:G224"/>
     <mergeCell ref="B225:C225"/>
     <mergeCell ref="F225:G225"/>
     <mergeCell ref="B220:C220"/>
     <mergeCell ref="F220:G220"/>
     <mergeCell ref="B221:C221"/>
     <mergeCell ref="F221:G221"/>
     <mergeCell ref="B222:C222"/>
     <mergeCell ref="F222:G222"/>
+    <mergeCell ref="B229:C229"/>
+    <mergeCell ref="F229:G229"/>
+    <mergeCell ref="B230:C230"/>
+    <mergeCell ref="F230:G230"/>
+    <mergeCell ref="B231:C231"/>
+    <mergeCell ref="F231:G231"/>
+    <mergeCell ref="B226:C226"/>
+    <mergeCell ref="F226:G226"/>
+    <mergeCell ref="B227:C227"/>
+    <mergeCell ref="F227:G227"/>
+    <mergeCell ref="B228:C228"/>
+    <mergeCell ref="F228:G228"/>
     <mergeCell ref="B235:C235"/>
     <mergeCell ref="F235:G235"/>
     <mergeCell ref="B236:C236"/>
     <mergeCell ref="F236:G236"/>
     <mergeCell ref="B237:C237"/>
     <mergeCell ref="F237:G237"/>
     <mergeCell ref="B232:C232"/>
     <mergeCell ref="F232:G232"/>
     <mergeCell ref="B233:C233"/>
     <mergeCell ref="F233:G233"/>
     <mergeCell ref="B234:C234"/>
     <mergeCell ref="F234:G234"/>
-    <mergeCell ref="B229:C229"/>
-[...10 lines deleted...]
-    <mergeCell ref="F246:G246"/>
     <mergeCell ref="B241:C241"/>
     <mergeCell ref="F241:G241"/>
     <mergeCell ref="B242:C242"/>
     <mergeCell ref="F242:G242"/>
     <mergeCell ref="B243:C243"/>
     <mergeCell ref="F243:G243"/>
     <mergeCell ref="B238:C238"/>
     <mergeCell ref="F238:G238"/>
     <mergeCell ref="B239:C239"/>
     <mergeCell ref="F239:G239"/>
     <mergeCell ref="B240:C240"/>
     <mergeCell ref="F240:G240"/>
+    <mergeCell ref="B247:C247"/>
+    <mergeCell ref="F247:G247"/>
+    <mergeCell ref="B248:C248"/>
+    <mergeCell ref="F248:G248"/>
+    <mergeCell ref="B249:C249"/>
+    <mergeCell ref="F249:G249"/>
+    <mergeCell ref="B244:C244"/>
+    <mergeCell ref="F244:G244"/>
+    <mergeCell ref="B245:C245"/>
+    <mergeCell ref="F245:G245"/>
+    <mergeCell ref="B246:C246"/>
+    <mergeCell ref="F246:G246"/>
     <mergeCell ref="B253:C253"/>
     <mergeCell ref="F253:G253"/>
     <mergeCell ref="B254:C254"/>
     <mergeCell ref="F254:G254"/>
     <mergeCell ref="B255:C255"/>
     <mergeCell ref="F255:G255"/>
     <mergeCell ref="B250:C250"/>
     <mergeCell ref="F250:G250"/>
     <mergeCell ref="B251:C251"/>
     <mergeCell ref="F251:G251"/>
     <mergeCell ref="B252:C252"/>
     <mergeCell ref="F252:G252"/>
-    <mergeCell ref="B247:C247"/>
-[...10 lines deleted...]
-    <mergeCell ref="F264:G264"/>
     <mergeCell ref="B259:C259"/>
     <mergeCell ref="F259:G259"/>
     <mergeCell ref="B260:C260"/>
     <mergeCell ref="F260:G260"/>
     <mergeCell ref="B261:C261"/>
     <mergeCell ref="F261:G261"/>
     <mergeCell ref="B256:C256"/>
     <mergeCell ref="F256:G256"/>
     <mergeCell ref="B257:C257"/>
     <mergeCell ref="F257:G257"/>
     <mergeCell ref="B258:C258"/>
     <mergeCell ref="F258:G258"/>
+    <mergeCell ref="B265:C265"/>
+    <mergeCell ref="F265:G265"/>
+    <mergeCell ref="B266:C266"/>
+    <mergeCell ref="F266:G266"/>
+    <mergeCell ref="B267:C267"/>
+    <mergeCell ref="F267:G267"/>
+    <mergeCell ref="B262:C262"/>
+    <mergeCell ref="F262:G262"/>
+    <mergeCell ref="B263:C263"/>
+    <mergeCell ref="F263:G263"/>
+    <mergeCell ref="B264:C264"/>
+    <mergeCell ref="F264:G264"/>
     <mergeCell ref="B271:C271"/>
     <mergeCell ref="F271:G271"/>
     <mergeCell ref="B272:C272"/>
     <mergeCell ref="F272:G272"/>
     <mergeCell ref="B273:C273"/>
     <mergeCell ref="F273:G273"/>
     <mergeCell ref="B268:C268"/>
     <mergeCell ref="F268:G268"/>
     <mergeCell ref="B269:C269"/>
     <mergeCell ref="F269:G269"/>
     <mergeCell ref="B270:C270"/>
     <mergeCell ref="F270:G270"/>
-    <mergeCell ref="B265:C265"/>
-[...10 lines deleted...]
-    <mergeCell ref="F282:G282"/>
     <mergeCell ref="B277:C277"/>
     <mergeCell ref="F277:G277"/>
     <mergeCell ref="B278:C278"/>
     <mergeCell ref="F278:G278"/>
     <mergeCell ref="B279:C279"/>
     <mergeCell ref="F279:G279"/>
     <mergeCell ref="B274:C274"/>
     <mergeCell ref="F274:G274"/>
     <mergeCell ref="B275:C275"/>
     <mergeCell ref="F275:G275"/>
     <mergeCell ref="B276:C276"/>
     <mergeCell ref="F276:G276"/>
+    <mergeCell ref="B283:C283"/>
+    <mergeCell ref="F283:G283"/>
+    <mergeCell ref="B284:C284"/>
+    <mergeCell ref="F284:G284"/>
+    <mergeCell ref="B285:C285"/>
+    <mergeCell ref="F285:G285"/>
+    <mergeCell ref="B280:C280"/>
+    <mergeCell ref="F280:G280"/>
+    <mergeCell ref="B281:C281"/>
+    <mergeCell ref="F281:G281"/>
+    <mergeCell ref="B282:C282"/>
+    <mergeCell ref="F282:G282"/>
     <mergeCell ref="B289:C289"/>
     <mergeCell ref="F289:G289"/>
     <mergeCell ref="B290:C290"/>
     <mergeCell ref="F290:G290"/>
     <mergeCell ref="B291:C291"/>
     <mergeCell ref="F291:G291"/>
     <mergeCell ref="B286:C286"/>
     <mergeCell ref="F286:G286"/>
     <mergeCell ref="B287:C287"/>
     <mergeCell ref="F287:G287"/>
     <mergeCell ref="B288:C288"/>
     <mergeCell ref="F288:G288"/>
-    <mergeCell ref="B283:C283"/>
-[...10 lines deleted...]
-    <mergeCell ref="F300:G300"/>
     <mergeCell ref="B295:C295"/>
     <mergeCell ref="F295:G295"/>
     <mergeCell ref="B296:C296"/>
     <mergeCell ref="F296:G296"/>
     <mergeCell ref="B297:C297"/>
     <mergeCell ref="F297:G297"/>
     <mergeCell ref="B292:C292"/>
     <mergeCell ref="F292:G292"/>
     <mergeCell ref="B293:C293"/>
     <mergeCell ref="F293:G293"/>
     <mergeCell ref="B294:C294"/>
     <mergeCell ref="F294:G294"/>
+    <mergeCell ref="B301:C301"/>
+    <mergeCell ref="F301:G301"/>
+    <mergeCell ref="B302:C302"/>
+    <mergeCell ref="F302:G302"/>
+    <mergeCell ref="B303:C303"/>
+    <mergeCell ref="F303:G303"/>
+    <mergeCell ref="B298:C298"/>
+    <mergeCell ref="F298:G298"/>
+    <mergeCell ref="B299:C299"/>
+    <mergeCell ref="F299:G299"/>
+    <mergeCell ref="B300:C300"/>
+    <mergeCell ref="F300:G300"/>
     <mergeCell ref="B307:C307"/>
     <mergeCell ref="F307:G307"/>
     <mergeCell ref="B308:C308"/>
     <mergeCell ref="F308:G308"/>
     <mergeCell ref="B309:C309"/>
     <mergeCell ref="F309:G309"/>
     <mergeCell ref="B304:C304"/>
     <mergeCell ref="F304:G304"/>
     <mergeCell ref="B305:C305"/>
     <mergeCell ref="F305:G305"/>
     <mergeCell ref="B306:C306"/>
     <mergeCell ref="F306:G306"/>
-    <mergeCell ref="B301:C301"/>
-[...10 lines deleted...]
-    <mergeCell ref="F318:G318"/>
     <mergeCell ref="B313:C313"/>
     <mergeCell ref="F313:G313"/>
     <mergeCell ref="B314:C314"/>
     <mergeCell ref="F314:G314"/>
     <mergeCell ref="B315:C315"/>
     <mergeCell ref="F315:G315"/>
     <mergeCell ref="B310:C310"/>
     <mergeCell ref="F310:G310"/>
     <mergeCell ref="B311:C311"/>
     <mergeCell ref="F311:G311"/>
     <mergeCell ref="B312:C312"/>
     <mergeCell ref="F312:G312"/>
+    <mergeCell ref="B319:C319"/>
+    <mergeCell ref="F319:G319"/>
+    <mergeCell ref="B320:C320"/>
+    <mergeCell ref="F320:G320"/>
+    <mergeCell ref="B321:C321"/>
+    <mergeCell ref="F321:G321"/>
+    <mergeCell ref="B316:C316"/>
+    <mergeCell ref="F316:G316"/>
+    <mergeCell ref="B317:C317"/>
+    <mergeCell ref="F317:G317"/>
+    <mergeCell ref="B318:C318"/>
+    <mergeCell ref="F318:G318"/>
     <mergeCell ref="B325:C325"/>
     <mergeCell ref="F325:G325"/>
     <mergeCell ref="B326:C326"/>
     <mergeCell ref="F326:G326"/>
     <mergeCell ref="B327:C327"/>
     <mergeCell ref="F327:G327"/>
     <mergeCell ref="B322:C322"/>
     <mergeCell ref="F322:G322"/>
     <mergeCell ref="B323:C323"/>
     <mergeCell ref="F323:G323"/>
     <mergeCell ref="B324:C324"/>
     <mergeCell ref="F324:G324"/>
-    <mergeCell ref="B319:C319"/>
-[...10 lines deleted...]
-    <mergeCell ref="F336:G336"/>
     <mergeCell ref="B331:C331"/>
     <mergeCell ref="F331:G331"/>
     <mergeCell ref="B332:C332"/>
     <mergeCell ref="F332:G332"/>
     <mergeCell ref="B333:C333"/>
     <mergeCell ref="F333:G333"/>
     <mergeCell ref="B328:C328"/>
     <mergeCell ref="F328:G328"/>
     <mergeCell ref="B329:C329"/>
     <mergeCell ref="F329:G329"/>
     <mergeCell ref="B330:C330"/>
     <mergeCell ref="F330:G330"/>
+    <mergeCell ref="B337:C337"/>
+    <mergeCell ref="F337:G337"/>
+    <mergeCell ref="B338:C338"/>
+    <mergeCell ref="F338:G338"/>
+    <mergeCell ref="B339:C339"/>
+    <mergeCell ref="F339:G339"/>
+    <mergeCell ref="B334:C334"/>
+    <mergeCell ref="F334:G334"/>
+    <mergeCell ref="B335:C335"/>
+    <mergeCell ref="F335:G335"/>
+    <mergeCell ref="B336:C336"/>
+    <mergeCell ref="F336:G336"/>
     <mergeCell ref="B343:C343"/>
     <mergeCell ref="F343:G343"/>
     <mergeCell ref="B344:C344"/>
     <mergeCell ref="F344:G344"/>
     <mergeCell ref="B345:C345"/>
     <mergeCell ref="F345:G345"/>
     <mergeCell ref="B340:C340"/>
     <mergeCell ref="F340:G340"/>
     <mergeCell ref="B341:C341"/>
     <mergeCell ref="F341:G341"/>
     <mergeCell ref="B342:C342"/>
     <mergeCell ref="F342:G342"/>
-    <mergeCell ref="B337:C337"/>
-[...10 lines deleted...]
-    <mergeCell ref="F354:G354"/>
     <mergeCell ref="B349:C349"/>
     <mergeCell ref="F349:G349"/>
     <mergeCell ref="B350:C350"/>
     <mergeCell ref="F350:G350"/>
     <mergeCell ref="B351:C351"/>
     <mergeCell ref="F351:G351"/>
     <mergeCell ref="B346:C346"/>
     <mergeCell ref="F346:G346"/>
     <mergeCell ref="B347:C347"/>
     <mergeCell ref="F347:G347"/>
     <mergeCell ref="B348:C348"/>
     <mergeCell ref="F348:G348"/>
+    <mergeCell ref="B355:C355"/>
+    <mergeCell ref="F355:G355"/>
+    <mergeCell ref="B356:C356"/>
+    <mergeCell ref="F356:G356"/>
+    <mergeCell ref="B357:C357"/>
+    <mergeCell ref="F357:G357"/>
+    <mergeCell ref="B352:C352"/>
+    <mergeCell ref="F352:G352"/>
+    <mergeCell ref="B353:C353"/>
+    <mergeCell ref="F353:G353"/>
+    <mergeCell ref="B354:C354"/>
+    <mergeCell ref="F354:G354"/>
     <mergeCell ref="B361:C361"/>
     <mergeCell ref="F361:G361"/>
     <mergeCell ref="B362:C362"/>
     <mergeCell ref="F362:G362"/>
     <mergeCell ref="B363:C363"/>
     <mergeCell ref="F363:G363"/>
     <mergeCell ref="B358:C358"/>
     <mergeCell ref="F358:G358"/>
     <mergeCell ref="B359:C359"/>
     <mergeCell ref="F359:G359"/>
     <mergeCell ref="B360:C360"/>
     <mergeCell ref="F360:G360"/>
-    <mergeCell ref="B355:C355"/>
-[...10 lines deleted...]
-    <mergeCell ref="F372:G372"/>
     <mergeCell ref="B367:C367"/>
     <mergeCell ref="F367:G367"/>
     <mergeCell ref="B368:C368"/>
     <mergeCell ref="F368:G368"/>
     <mergeCell ref="B369:C369"/>
     <mergeCell ref="F369:G369"/>
     <mergeCell ref="B364:C364"/>
     <mergeCell ref="F364:G364"/>
     <mergeCell ref="B365:C365"/>
     <mergeCell ref="F365:G365"/>
     <mergeCell ref="B366:C366"/>
     <mergeCell ref="F366:G366"/>
+    <mergeCell ref="B373:C373"/>
+    <mergeCell ref="F373:G373"/>
+    <mergeCell ref="B374:C374"/>
+    <mergeCell ref="F374:G374"/>
+    <mergeCell ref="B375:C375"/>
+    <mergeCell ref="F375:G375"/>
+    <mergeCell ref="B370:C370"/>
+    <mergeCell ref="F370:G370"/>
+    <mergeCell ref="B371:C371"/>
+    <mergeCell ref="F371:G371"/>
+    <mergeCell ref="B372:C372"/>
+    <mergeCell ref="F372:G372"/>
     <mergeCell ref="B379:C379"/>
     <mergeCell ref="F379:G379"/>
     <mergeCell ref="B380:C380"/>
     <mergeCell ref="F380:G380"/>
     <mergeCell ref="B381:C381"/>
     <mergeCell ref="F381:G381"/>
     <mergeCell ref="B376:C376"/>
     <mergeCell ref="F376:G376"/>
     <mergeCell ref="B377:C377"/>
     <mergeCell ref="F377:G377"/>
     <mergeCell ref="B378:C378"/>
     <mergeCell ref="F378:G378"/>
-    <mergeCell ref="B373:C373"/>
-[...10 lines deleted...]
-    <mergeCell ref="F390:G390"/>
     <mergeCell ref="B385:C385"/>
     <mergeCell ref="F385:G385"/>
     <mergeCell ref="B386:C386"/>
     <mergeCell ref="F386:G386"/>
     <mergeCell ref="B387:C387"/>
     <mergeCell ref="F387:G387"/>
     <mergeCell ref="B382:C382"/>
     <mergeCell ref="F382:G382"/>
     <mergeCell ref="B383:C383"/>
     <mergeCell ref="F383:G383"/>
     <mergeCell ref="B384:C384"/>
     <mergeCell ref="F384:G384"/>
+    <mergeCell ref="B391:C391"/>
+    <mergeCell ref="F391:G391"/>
+    <mergeCell ref="B392:C392"/>
+    <mergeCell ref="F392:G392"/>
+    <mergeCell ref="B393:C393"/>
+    <mergeCell ref="F393:G393"/>
+    <mergeCell ref="B388:C388"/>
+    <mergeCell ref="F388:G388"/>
+    <mergeCell ref="B389:C389"/>
+    <mergeCell ref="F389:G389"/>
+    <mergeCell ref="B390:C390"/>
+    <mergeCell ref="F390:G390"/>
     <mergeCell ref="B397:C397"/>
     <mergeCell ref="F397:G397"/>
     <mergeCell ref="B398:C398"/>
     <mergeCell ref="F398:G398"/>
     <mergeCell ref="B399:C399"/>
     <mergeCell ref="F399:G399"/>
     <mergeCell ref="B394:C394"/>
     <mergeCell ref="F394:G394"/>
     <mergeCell ref="B395:C395"/>
     <mergeCell ref="F395:G395"/>
     <mergeCell ref="B396:C396"/>
     <mergeCell ref="F396:G396"/>
-    <mergeCell ref="B391:C391"/>
-[...10 lines deleted...]
-    <mergeCell ref="F408:G408"/>
     <mergeCell ref="B403:C403"/>
     <mergeCell ref="F403:G403"/>
     <mergeCell ref="B404:C404"/>
     <mergeCell ref="F404:G404"/>
     <mergeCell ref="B405:C405"/>
     <mergeCell ref="F405:G405"/>
     <mergeCell ref="B400:C400"/>
     <mergeCell ref="F400:G400"/>
     <mergeCell ref="B401:C401"/>
     <mergeCell ref="F401:G401"/>
     <mergeCell ref="B402:C402"/>
     <mergeCell ref="F402:G402"/>
+    <mergeCell ref="B409:C409"/>
+    <mergeCell ref="F409:G409"/>
+    <mergeCell ref="B410:C410"/>
+    <mergeCell ref="F410:G410"/>
+    <mergeCell ref="B411:C411"/>
+    <mergeCell ref="F411:G411"/>
+    <mergeCell ref="B406:C406"/>
+    <mergeCell ref="F406:G406"/>
+    <mergeCell ref="B407:C407"/>
+    <mergeCell ref="F407:G407"/>
+    <mergeCell ref="B408:C408"/>
+    <mergeCell ref="F408:G408"/>
     <mergeCell ref="B415:C415"/>
     <mergeCell ref="F415:G415"/>
     <mergeCell ref="B416:C416"/>
     <mergeCell ref="F416:G416"/>
     <mergeCell ref="B417:C417"/>
     <mergeCell ref="F417:G417"/>
     <mergeCell ref="B412:C412"/>
     <mergeCell ref="F412:G412"/>
     <mergeCell ref="B413:C413"/>
     <mergeCell ref="F413:G413"/>
     <mergeCell ref="B414:C414"/>
     <mergeCell ref="F414:G414"/>
-    <mergeCell ref="B409:C409"/>
-[...10 lines deleted...]
-    <mergeCell ref="F426:G426"/>
     <mergeCell ref="B421:C421"/>
     <mergeCell ref="F421:G421"/>
     <mergeCell ref="B422:C422"/>
     <mergeCell ref="F422:G422"/>
     <mergeCell ref="B423:C423"/>
     <mergeCell ref="F423:G423"/>
     <mergeCell ref="B418:C418"/>
     <mergeCell ref="F418:G418"/>
     <mergeCell ref="B419:C419"/>
     <mergeCell ref="F419:G419"/>
     <mergeCell ref="B420:C420"/>
     <mergeCell ref="F420:G420"/>
+    <mergeCell ref="B427:C427"/>
+    <mergeCell ref="F427:G427"/>
+    <mergeCell ref="B428:C428"/>
+    <mergeCell ref="F428:G428"/>
+    <mergeCell ref="B429:C429"/>
+    <mergeCell ref="F429:G429"/>
+    <mergeCell ref="B424:C424"/>
+    <mergeCell ref="F424:G424"/>
+    <mergeCell ref="B425:C425"/>
+    <mergeCell ref="F425:G425"/>
+    <mergeCell ref="B426:C426"/>
+    <mergeCell ref="F426:G426"/>
     <mergeCell ref="B433:C433"/>
     <mergeCell ref="F433:G433"/>
     <mergeCell ref="B434:C434"/>
     <mergeCell ref="F434:G434"/>
     <mergeCell ref="B435:C435"/>
     <mergeCell ref="F435:G435"/>
     <mergeCell ref="B430:C430"/>
     <mergeCell ref="F430:G430"/>
     <mergeCell ref="B431:C431"/>
     <mergeCell ref="F431:G431"/>
     <mergeCell ref="B432:C432"/>
     <mergeCell ref="F432:G432"/>
-    <mergeCell ref="B427:C427"/>
-[...10 lines deleted...]
-    <mergeCell ref="F444:G444"/>
     <mergeCell ref="B439:C439"/>
     <mergeCell ref="F439:G439"/>
     <mergeCell ref="B440:C440"/>
     <mergeCell ref="F440:G440"/>
     <mergeCell ref="B441:C441"/>
     <mergeCell ref="F441:G441"/>
     <mergeCell ref="B436:C436"/>
     <mergeCell ref="F436:G436"/>
     <mergeCell ref="B437:C437"/>
     <mergeCell ref="F437:G437"/>
     <mergeCell ref="B438:C438"/>
     <mergeCell ref="F438:G438"/>
+    <mergeCell ref="B445:C445"/>
+    <mergeCell ref="F445:G445"/>
+    <mergeCell ref="B446:C446"/>
+    <mergeCell ref="F446:G446"/>
+    <mergeCell ref="B447:C447"/>
+    <mergeCell ref="F447:G447"/>
+    <mergeCell ref="B442:C442"/>
+    <mergeCell ref="F442:G442"/>
+    <mergeCell ref="B443:C443"/>
+    <mergeCell ref="F443:G443"/>
+    <mergeCell ref="B444:C444"/>
+    <mergeCell ref="F444:G444"/>
     <mergeCell ref="B451:C451"/>
     <mergeCell ref="F451:G451"/>
     <mergeCell ref="B452:C452"/>
     <mergeCell ref="F452:G452"/>
     <mergeCell ref="B453:C453"/>
     <mergeCell ref="F453:G453"/>
     <mergeCell ref="B448:C448"/>
     <mergeCell ref="F448:G448"/>
     <mergeCell ref="B449:C449"/>
     <mergeCell ref="F449:G449"/>
     <mergeCell ref="B450:C450"/>
     <mergeCell ref="F450:G450"/>
-    <mergeCell ref="B445:C445"/>
-[...10 lines deleted...]
-    <mergeCell ref="F462:G462"/>
     <mergeCell ref="B457:C457"/>
     <mergeCell ref="F457:G457"/>
     <mergeCell ref="B458:C458"/>
     <mergeCell ref="F458:G458"/>
     <mergeCell ref="B459:C459"/>
     <mergeCell ref="F459:G459"/>
     <mergeCell ref="B454:C454"/>
     <mergeCell ref="F454:G454"/>
     <mergeCell ref="B455:C455"/>
     <mergeCell ref="F455:G455"/>
     <mergeCell ref="B456:C456"/>
     <mergeCell ref="F456:G456"/>
+    <mergeCell ref="B463:C463"/>
+    <mergeCell ref="F463:G463"/>
+    <mergeCell ref="B464:C464"/>
+    <mergeCell ref="F464:G464"/>
+    <mergeCell ref="B465:C465"/>
+    <mergeCell ref="F465:G465"/>
+    <mergeCell ref="B460:C460"/>
+    <mergeCell ref="F460:G460"/>
+    <mergeCell ref="B461:C461"/>
+    <mergeCell ref="F461:G461"/>
+    <mergeCell ref="B462:C462"/>
+    <mergeCell ref="F462:G462"/>
     <mergeCell ref="B469:C469"/>
     <mergeCell ref="F469:G469"/>
     <mergeCell ref="B470:C470"/>
     <mergeCell ref="F470:G470"/>
     <mergeCell ref="B471:C471"/>
     <mergeCell ref="F471:G471"/>
     <mergeCell ref="B466:C466"/>
     <mergeCell ref="F466:G466"/>
     <mergeCell ref="B467:C467"/>
     <mergeCell ref="F467:G467"/>
     <mergeCell ref="B468:C468"/>
     <mergeCell ref="F468:G468"/>
-    <mergeCell ref="B463:C463"/>
-[...10 lines deleted...]
-    <mergeCell ref="F480:G480"/>
     <mergeCell ref="B475:C475"/>
     <mergeCell ref="F475:G475"/>
     <mergeCell ref="B476:C476"/>
     <mergeCell ref="F476:G476"/>
     <mergeCell ref="B477:C477"/>
     <mergeCell ref="F477:G477"/>
     <mergeCell ref="B472:C472"/>
     <mergeCell ref="F472:G472"/>
     <mergeCell ref="B473:C473"/>
     <mergeCell ref="F473:G473"/>
     <mergeCell ref="B474:C474"/>
     <mergeCell ref="F474:G474"/>
-    <mergeCell ref="B487:C487"/>
-[...10 lines deleted...]
-    <mergeCell ref="F486:G486"/>
     <mergeCell ref="B481:C481"/>
     <mergeCell ref="F481:G481"/>
     <mergeCell ref="B482:C482"/>
     <mergeCell ref="F482:G482"/>
     <mergeCell ref="B483:C483"/>
     <mergeCell ref="F483:G483"/>
-    <mergeCell ref="B496:C496"/>
-[...4 lines deleted...]
-    <mergeCell ref="F498:G498"/>
+    <mergeCell ref="B478:C478"/>
+    <mergeCell ref="F478:G478"/>
+    <mergeCell ref="B479:C479"/>
+    <mergeCell ref="F479:G479"/>
+    <mergeCell ref="B480:C480"/>
+    <mergeCell ref="F480:G480"/>
+    <mergeCell ref="I491:K491"/>
+    <mergeCell ref="I492:K492"/>
+    <mergeCell ref="B484:C484"/>
+    <mergeCell ref="F484:G484"/>
+    <mergeCell ref="B485:C485"/>
+    <mergeCell ref="F485:G485"/>
+    <mergeCell ref="A495:I495"/>
+    <mergeCell ref="B486:C486"/>
+    <mergeCell ref="F486:G486"/>
     <mergeCell ref="B493:C493"/>
     <mergeCell ref="F493:G493"/>
     <mergeCell ref="B494:C494"/>
     <mergeCell ref="F494:G494"/>
-    <mergeCell ref="B495:C495"/>
-[...463 lines deleted...]
-    <mergeCell ref="F719:G719"/>
+    <mergeCell ref="I486:K486"/>
+    <mergeCell ref="I487:K487"/>
+    <mergeCell ref="I488:K488"/>
+    <mergeCell ref="I490:K490"/>
   </mergeCells>
   <pageMargins left="0.196850393700787" right="0.196850393700787" top="0.196850393700787" bottom="0.39370078740157499" header="0.196850393700787" footer="0.196850393700787"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;8 INTERNAL\\MIGSDFM &amp;C&amp;"Arial,Regular"&amp;8Page &amp;P of  &amp;N &amp;R&amp;"Arial,Regular"&amp;8 Printed: 20/02/2025 02:07:57 PM</oddFooter>
+    <oddFooter>&amp;L&amp;"Arial,Regular"&amp;8 INTERNAL\\MIGSDFM &amp;C&amp;"Arial,Regular"&amp;8Page &amp;P of  &amp;N &amp;R&amp;"Arial,Regular"&amp;8 Printed: 23/02/2026 09:56:25 AM</oddFooter>
   </headerFooter>
-  <drawing r:id="rId1"/>
 </worksheet>
-</file>
-[...120 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Pages>0</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <Slides>0</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>310 - Sunset Clause</vt:lpstr>
       <vt:lpstr>'310 - Sunset Clause'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>MACCORQUODALE, Fiona</dc:creator>
+  <dc:creator>GODSMAN, Garth</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...105 lines deleted...]
-</file>