--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0D2276D1" w14:textId="14BCE250" w:rsidR="00847314" w:rsidRDefault="006B3302" w:rsidP="00B44652">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidR="00E447FF">
         <w:t xml:space="preserve"> Amendment Schedule </w:t>
@@ -3138,51 +3140,83 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date/month/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28693A26" w14:textId="77777777" w:rsidR="00EA2599" w:rsidRPr="005B14B7" w:rsidRDefault="00EA2599" w:rsidP="00EA2599">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005B14B7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant's Plan end date </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67E89BC5" w14:textId="77777777" w:rsidR="00EA2599" w:rsidRDefault="00EA2599" w:rsidP="00EA2599">
       <w:pPr>
@@ -3406,51 +3440,83 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date/month/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61ACB7D8" w14:textId="77777777" w:rsidR="00EA2599" w:rsidRDefault="00EA2599" w:rsidP="00EA2599"/>
     <w:p w14:paraId="3A15CD29" w14:textId="77777777" w:rsidR="00EA2599" w:rsidRDefault="00EA2599" w:rsidP="00EA2599"/>
     <w:p w14:paraId="716C62C0" w14:textId="5D87FE7F" w:rsidR="00EA2599" w:rsidRPr="00C4237F" w:rsidRDefault="00EA2599" w:rsidP="00EA2599">
       <w:pPr>
         <w:ind w:left="709" w:firstLine="11"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C4237F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Participant’s Plan period to which this </w:t>
       </w:r>
       <w:r w:rsidR="006B3302" w:rsidRPr="00C4237F">
         <w:rPr>
@@ -3714,51 +3780,83 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date/month/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F58793D" w14:textId="77777777" w:rsidR="00EA2599" w:rsidRPr="00C4237F" w:rsidRDefault="00EA2599" w:rsidP="00EA2599">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C4237F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="702FF7A4" w14:textId="77777777" w:rsidR="00EA2599" w:rsidRPr="00D424DB" w:rsidRDefault="00EA2599" w:rsidP="00EA2599">
       <w:pPr>
@@ -3982,89 +4080,137 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date/month/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BCC928E" w14:textId="77777777" w:rsidR="00377077" w:rsidRDefault="00377077" w:rsidP="00A34399"/>
     <w:p w14:paraId="433309D8" w14:textId="12F013D3" w:rsidR="00530B0F" w:rsidRDefault="00A36E37" w:rsidP="00177030">
       <w:r>
         <w:t>Provider Notifications</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="785B972D" w14:textId="77777777" w:rsidR="00A36E37" w:rsidRPr="00A16F45" w:rsidRDefault="00A36E37" w:rsidP="0026436F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2500BDE7" w14:textId="03AE57DE" w:rsidR="00A36E37" w:rsidRPr="00A16F45" w:rsidRDefault="00A36E37" w:rsidP="00A16F45">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A16F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>GST Exempt</w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant supports under section 33 (2) of the </w:t>
+        <w:t xml:space="preserve">This is a supply of one or more reasonable and necessary supports specified in the statement of participant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A16F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>supports</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A16F45">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> under section 33 (2) of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00A16F45">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NDIS Act </w:t>
       </w:r>
       <w:r w:rsidR="00A16F45" w:rsidRPr="00A16F45">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>set out in the Participant’s NDIS plan currently in effect under section 37 of the NDIS Act.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205B24BE" w14:textId="77777777" w:rsidR="00A36E37" w:rsidRPr="00A16F45" w:rsidRDefault="00A36E37" w:rsidP="0026436F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -5577,59 +5723,63 @@
         <w:t>section</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B01950" w14:textId="77777777" w:rsidR="00A87CD6" w:rsidRPr="00A87CD6" w:rsidRDefault="00A87CD6" w:rsidP="0026436F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="65C88A1B" w14:textId="41D8ACD3" w:rsidR="00A87CD6" w:rsidRDefault="00A87CD6" w:rsidP="0026436F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="003574B1">
-        <w:rPr>
+      <w:r w:rsidR="003574B1" w:rsidRPr="00D47B4E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="00B86068">
-        <w:rPr>
+      <w:r w:rsidR="00B86068" w:rsidRPr="00D47B4E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>pecialist Disability Accommodation Provider</w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0092299D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hereby </w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">warrants: </w:t>
@@ -5647,67 +5797,99 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(a) </w:t>
       </w:r>
       <w:r w:rsidR="0092299D">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">this Schedule reflects an agreement reached between the parties to: </w:t>
+        <w:t xml:space="preserve">this Schedule reflects an agreement reached between the parties </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A87CD6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A87CD6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79AC13BC" w14:textId="0970D3E2" w:rsidR="00A87CD6" w:rsidRDefault="00A87CD6" w:rsidP="00A87CD6">
       <w:pPr>
         <w:ind w:left="993" w:hanging="273"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">(i) continue the provision of </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A87CD6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A87CD6">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) continue the provision of </w:t>
       </w:r>
       <w:r w:rsidR="002A48AB">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Specialist Disability Accommodation</w:t>
       </w:r>
       <w:r w:rsidR="00506B71">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">services beyond the Participant’s Plan </w:t>
       </w:r>
       <w:r w:rsidR="002A48AB">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -5758,64 +5940,66 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or in the most recent </w:t>
       </w:r>
       <w:r w:rsidR="006B3302">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Amendment Schedule (if one has been made</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E7303F" w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00A43B6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00A87CD6">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43F801E4" w14:textId="77777777" w:rsidR="00A87CD6" w:rsidRDefault="00A87CD6" w:rsidP="00A87CD6">
       <w:pPr>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2427EE3C" w14:textId="2F4CC4BD" w:rsidR="00A87CD6" w:rsidRDefault="00A87CD6" w:rsidP="00A87CD6">
       <w:pPr>
         <w:ind w:left="284" w:hanging="284"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -6165,51 +6349,67 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">pecialist Disability </w:t>
             </w:r>
             <w:r w:rsidR="00C32F83">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Accommodation</w:t>
             </w:r>
             <w:r w:rsidR="004F7066">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Provider</w:t>
             </w:r>
             <w:r w:rsidRPr="00B6458B">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> authorised signee</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>authorised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B6458B">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> signee</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0991B0A7" w14:textId="77777777" w:rsidR="00354E7F" w:rsidRDefault="00354E7F" w:rsidP="00AD0573">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F17938D" w14:textId="77777777" w:rsidR="00AC1A8C" w:rsidRPr="00784CC8" w:rsidRDefault="00AC1A8C" w:rsidP="00AC1A8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -6755,104 +6955,436 @@
     </w:p>
     <w:p w14:paraId="0E60D5D6" w14:textId="14563EA6" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Notation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33F83B6C" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="550C7F6A" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="0036425C" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
+    <w:p w14:paraId="550C7F6A" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0036425C">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Note: This page is for the Support Coordinator only </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="5A010365" w14:textId="77777777" w:rsidR="00D47B4E" w:rsidRPr="0036425C" w:rsidRDefault="00D47B4E" w:rsidP="00AA4931">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7114DEE5" w14:textId="1FF4A34B" w:rsidR="00D47B4E" w:rsidRPr="002F4DE5" w:rsidRDefault="00D47B4E" w:rsidP="00D47B4E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>You are required to undertake due diligence to confirm that the supports funded in</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C38">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> this</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Service Agreement Amendment Schedule </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Support</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> approved by the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, to be used in accordance with the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Participant’s NDIS Plan.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48B7E017" w14:textId="77777777" w:rsidR="00D47B4E" w:rsidRPr="002F4DE5" w:rsidRDefault="00D47B4E" w:rsidP="00D47B4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="511CB795" w14:textId="3FEC95BB" w:rsidR="00D47B4E" w:rsidRPr="002F4DE5" w:rsidRDefault="00D47B4E" w:rsidP="00D47B4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to undertake due diligence to confirm that the funding is available in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Participant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">budget/s to be allocated to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BBB82D" w14:textId="77777777" w:rsidR="00D47B4E" w:rsidRPr="002F4DE5" w:rsidRDefault="00D47B4E" w:rsidP="00D47B4E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D958984" w14:textId="06325D52" w:rsidR="00D47B4E" w:rsidRPr="00D05DE0" w:rsidRDefault="00D47B4E" w:rsidP="00D47B4E">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk222651860"/>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are required to perform a compliance and enforcement actions check through the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>NDIS Commission</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> website to identify any reported compliance action taken against the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002D2C38">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and then immediately advise the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of any adverse findings with updated recommendations about the suitability of the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F4DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Provider.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="5B80F5E6" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D666413" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
+    <w:p w14:paraId="7D666413" w14:textId="6B191060" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">If you identified any errors or issues with the details in the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Amended </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and return to the provider to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide to the </w:t>
+        <w:t xml:space="preserve">Schedules, please note them in the ‘Support Coordinator’s Comments’ field below and return to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00A37639" w:rsidRPr="00310AB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>SDA Provider</w:t>
+      </w:r>
+      <w:r w:rsidR="00A37639" w:rsidRPr="00A37639">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B6458B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to address. Otherwise, if there are no errors or issues, please complete the ‘Support Coordinator’s Confirmation’ below, sign and provide to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardian</w:t>
       </w:r>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C1A1FD7" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -6873,51 +7405,51 @@
         <w:t xml:space="preserve">Support Coordinator's Comments (optional) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="692A6F2A" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="Text9"/>
+      <w:bookmarkStart w:id="8" w:name="Text9"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6941,51 +7473,51 @@
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="1BF7952C" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:pStyle w:val="Heading5"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B6458B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Support Coordinator's Confirmation </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04227694" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B6458B" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -7513,117 +8045,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (eg date/month/yyyy)</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> date/month/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>yyyy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39ABFB92" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D4E4C9D" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C24B1C5" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:sectPr w:rsidR="00513A62" w:rsidSect="00FD419F">
-          <w:footerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1109" w:right="1440" w:bottom="1109" w:left="1440" w:header="706" w:footer="706" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="707108EA" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B2EBC3" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19D6595B" w14:textId="77777777" w:rsidR="00513A62" w:rsidRPr="00ED65DE" w:rsidRDefault="00513A62" w:rsidP="00513A62">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Hlk180067813"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk180067813"/>
       <w:r w:rsidRPr="00ED65DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Appendix 1: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Schedule</w:t>
       </w:r>
       <w:r w:rsidRPr="00ED65DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> of Supports</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F2EA577" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00513A62">
       <w:pPr>
         <w:jc w:val="center"/>
@@ -7836,91 +8402,91 @@
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r>
               <w:t>Funding Period</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00513A62" w14:paraId="7B700A6A" w14:textId="77777777" w:rsidTr="00FB51BB">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="3617" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23EE0556" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00FB51BB">
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="Text13"/>
+            <w:bookmarkStart w:id="10" w:name="Text13"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="9"/>
+            <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4695" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D4F768D" w14:textId="77777777" w:rsidR="00513A62" w:rsidRDefault="00513A62" w:rsidP="00FB51BB">
             <w:pPr>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B70BD9">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text13"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00B70BD9">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00B70BD9">
               <w:fldChar w:fldCharType="separate"/>
@@ -9249,104 +9815,104 @@
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C2267C">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:tbl>
     <w:p w14:paraId="2EB16680" w14:textId="77777777" w:rsidR="00513A62" w:rsidRPr="00791C86" w:rsidRDefault="00513A62" w:rsidP="00513A62"/>
     <w:p w14:paraId="66B60747" w14:textId="77777777" w:rsidR="00513A62" w:rsidRPr="00E33085" w:rsidRDefault="00513A62" w:rsidP="00513A62"/>
     <w:p w14:paraId="62E3C3FE" w14:textId="77777777" w:rsidR="00513A62" w:rsidRPr="00D424DB" w:rsidRDefault="00513A62" w:rsidP="00AA4931">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="630C817C" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00020042" w:rsidRDefault="00AA4931" w:rsidP="00AA4931"/>
     <w:p w14:paraId="71D059BF" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRDefault="00AA4931" w:rsidP="00AA4931">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C9A2017" w14:textId="77777777" w:rsidR="00AA4931" w:rsidRPr="00B44652" w:rsidRDefault="00AA4931" w:rsidP="00506B71">
       <w:pPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AA4931" w:rsidRPr="00B44652" w:rsidSect="00513A62">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1109" w:bottom="1440" w:left="1109" w:header="706" w:footer="706" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4D8B8CA3" w14:textId="77777777" w:rsidR="0001210B" w:rsidRDefault="0001210B" w:rsidP="003D7CC3">
+    <w:p w14:paraId="61A1BDAC" w14:textId="77777777" w:rsidR="00FF792C" w:rsidRDefault="00FF792C" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EBFCE5B" w14:textId="77777777" w:rsidR="0001210B" w:rsidRDefault="0001210B" w:rsidP="003D7CC3">
+    <w:p w14:paraId="4AFF9D71" w14:textId="77777777" w:rsidR="00FF792C" w:rsidRDefault="00FF792C" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9379,81 +9945,87 @@
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="FSMe-Bold">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-410859837"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1769616900"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtContent>
-          <w:p w14:paraId="620DCE71" w14:textId="7F9D25B4" w:rsidR="00AC1A8C" w:rsidRDefault="00B44652" w:rsidP="00B44652">
+          <w:p w14:paraId="620DCE71" w14:textId="1F75E089" w:rsidR="00AC1A8C" w:rsidRDefault="00B44652" w:rsidP="00B44652">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Participant: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">  ID: </w:t>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> STYLEREF  ParticipantID  \* MERGEFORMAT </w:instrText>
             </w:r>
@@ -9481,81 +10053,81 @@
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:t xml:space="preserve"> of </w:t>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="003544D5" w:rsidRPr="00B44652">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F371875" w14:textId="3254DF27" w:rsidR="003544D5" w:rsidRDefault="00AC1A8C" w:rsidP="00B86068">
+          <w:p w14:paraId="4F371875" w14:textId="5208675B" w:rsidR="003544D5" w:rsidRDefault="00AC1A8C" w:rsidP="00B86068">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Version: </w:t>
             </w:r>
-            <w:r w:rsidR="00E46ACF">
-              <w:t>2</w:t>
+            <w:r w:rsidR="00E13F5B">
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-858892727"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w14:paraId="4545A3A3" w14:textId="61927586" w:rsidR="00FD419F" w:rsidRDefault="00FD419F" w:rsidP="00FD419F">
+      <w:p w14:paraId="4545A3A3" w14:textId="390F0A81" w:rsidR="00FD419F" w:rsidRDefault="00FD419F" w:rsidP="00FD419F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Participant: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  Participant  \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r>
           <w:t xml:space="preserve">  ID: </w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> STYLEREF  ParticipantID  \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -9580,149 +10152,530 @@
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00B44652">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidRPr="00B44652">
           <w:t xml:space="preserve"> of </w:t>
         </w:r>
         <w:r w:rsidRPr="00B44652">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="00B44652">
           <w:instrText xml:space="preserve"> NUMPAGES  </w:instrText>
         </w:r>
         <w:r w:rsidRPr="00B44652">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>4</w:t>
         </w:r>
         <w:r w:rsidRPr="00B44652">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
-      <w:p w14:paraId="4E7BC5FC" w14:textId="27B238B3" w:rsidR="00FD419F" w:rsidRDefault="00FD419F" w:rsidP="00FD419F">
+      <w:p w14:paraId="4E7BC5FC" w14:textId="13158F3D" w:rsidR="00FD419F" w:rsidRDefault="00FD419F" w:rsidP="00FD419F">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:t xml:space="preserve">Version: </w:t>
         </w:r>
-        <w:r w:rsidR="00E46ACF">
-          <w:t>2</w:t>
+        <w:r w:rsidR="00E13F5B">
+          <w:t>3</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BA4F4E6" w14:textId="77777777" w:rsidR="0001210B" w:rsidRDefault="0001210B" w:rsidP="003D7CC3">
+    <w:p w14:paraId="4F59CC3D" w14:textId="77777777" w:rsidR="00FF792C" w:rsidRDefault="00FF792C" w:rsidP="003D7CC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E4CA392" w14:textId="77777777" w:rsidR="0001210B" w:rsidRDefault="0001210B" w:rsidP="003D7CC3">
+    <w:p w14:paraId="06679ACF" w14:textId="77777777" w:rsidR="00FF792C" w:rsidRDefault="00FF792C" w:rsidP="003D7CC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="70421345" w14:textId="4BACA2CB" w:rsidR="00513A62" w:rsidRPr="00ED65DE" w:rsidRDefault="00513A62" w:rsidP="00513A62">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Only SDA supports to be included in this </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t>Service Agreement</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>.  Non</w:t>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t>Non</w:t>
       </w:r>
       <w:r w:rsidR="00E46ACF">
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-AU"/>
         </w:rPr>
-        <w:t>SDA supports should be included in a separate Miscellaneous Services Service Agreement.</w:t>
+        <w:t>SDA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> supports should be included in a separate Miscellaneous Services Service Agreement.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0FCAE067" w14:textId="4196231B" w:rsidR="00FD419F" w:rsidRDefault="00FD419F" w:rsidP="00FD419F">
+  <w:p w14:paraId="74613875" w14:textId="3FA735AA" w:rsidR="000942D8" w:rsidRDefault="000942D8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0CC29DF7" wp14:editId="5F3AD611">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1288947262" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5C6FD3EF" w14:textId="492257BB" w:rsidR="000942D8" w:rsidRPr="000942D8" w:rsidRDefault="000942D8" w:rsidP="000942D8">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000942D8">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0CC29DF7" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyNVpVCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOt7WnYRaZJ6pF8fFredlqRk3C+AVPS6SSnRBgOVWMOJf35vPn0&#10;hRIfmKmYAiNKehae3q4+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69932QrhK+lIKHRym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6h7Fhg5uuYNlG64Aw8yTDjoDKRsuEgz4DTT/NU0u5pZkWZBcry90OT/Hyx/OO3skyOh+wYdLjAS&#10;0lpfeHTGeTrpdPxipwTjSOH5QpvoAuHoXMxmNzlGOIZuPi/m83lEya6XrfPhuwBNolFSh1tJZLHT&#10;1oc+dUyJtQxsGqXSZpT5y4GY0ZNdO4xW6Pbd0PYeqjNO46BftLd802DNLfPhiTncLLaJag2PeEgF&#10;bUlhsCipwf16zx/zkXCMUtKiUkpqUMqUqB8GFxFFlYzp13weWXCjez8a5qjvAPU3xadgeTJjXlCj&#10;KR3oF9TxOhbCEDMcy5U0jOZd6CWL74CL9ToloX4sC1uzszxCR54iic/dC3N2YDrgih5glBErXhHe&#10;58ab3q6PAWlP24ic9kQOVKP20j6HdxLF/ed/yrq+5tVvAAAA//8DAFBLAwQUAAYACAAAACEAinsH&#10;sNkAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE75V4B2uReitOWqWCNA5CSBy4Ufpz&#10;XuJtkhKvo9hAytN320t7GWk0q5lvi+XoOnWmIbSeDaSzBBRx5W3LtYHXl83dHFSIyBY7z2TgiwIs&#10;y8lNgbn1F36m8z7WSko45GigibHPtQ5VQw7DzPfEkn34wWEUO9TaDniRctfp+yR51A5bloUGe1o3&#10;VB33J2egzVY+pvS23Xy+u9Sn1902u+6MuZ2OqydQkcb4dww/+IIOpTAd/IltUJ0BeST+qmSLubiD&#10;gWzxALos9H/28hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCyNVpVCQIAABUEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCKewew2QAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAGMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAaQUAAAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="5C6FD3EF" w14:textId="492257BB" w:rsidR="000942D8" w:rsidRPr="000942D8" w:rsidRDefault="000942D8" w:rsidP="000942D8">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="000942D8">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="69B80D1F" w14:textId="1CF2E5D6" w:rsidR="000942D8" w:rsidRDefault="000942D8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D6805A8" wp14:editId="5069A8A2">
+              <wp:simplePos x="915035" y="448945"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="983230080" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="29215477" w14:textId="7EB2286D" w:rsidR="000942D8" w:rsidRPr="00E13F5B" w:rsidRDefault="000942D8" w:rsidP="000942D8">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E13F5B">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="2D6805A8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1027" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251660288;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHoV+dCwIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJFuNOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KtpOu22nYRaZJ6pF8fFredVqRk3C+AVPS6SSnRBgOVWMOJf3xsvn0&#10;hRIfmKmYAiNKehae3q0+fli2thAzqEFVwhEEMb5obUnrEGyRZZ7XQjM/ASsMBiU4zQL+ukNWOdYi&#10;ulbZLM8XWQuusg648B69D32QrhK+lIKHJym9CESVFHsL6XTp3MczWy1ZcXDM1g0f2mD/0IVmjcGi&#10;F6gHFhg5uuYPKN1wBx5kmHDQGUjZcJFmwGmm+btpdjWzIs2C5Hh7ocn/P1j+eNrZZ0dC9xU6XGAk&#10;pLW+8OiM83TS6fjFTgnGkcLzhTbRBcLRuZjNbnKMcAzdfF7M5/OIkl0vW+fDNwGaRKOkDreSyGKn&#10;rQ996pgSaxnYNEqlzSjzmwMxoye7dhit0O070lRvut9DdcahHPT79pZvGiy9ZT48M4cLxm5RtOEJ&#10;D6mgLSkMFiU1uJ9/88d85B2jlLQomJIaVDQl6rvBfURtJWN6m88jGW5070fDHPU9oAyn+CIsT2bM&#10;C2o0pQP9inJex0IYYoZjuZKG0bwPvXLxOXCxXqcklJFlYWt2lkfoSFfk8qV7Zc4OhAfc1COMamLF&#10;O9773HjT2/UxIPtpKZHansiBcZRgWuvwXKLG3/6nrOujXv0CAAD//wMAUEsDBBQABgAIAAAAIQCK&#10;ewew2QAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NbsIwEITvlXgHa5F6K05apYI0DkJIHLhR&#10;+nNe4m2SEq+j2EDK03fbS3sZaTSrmW+L5eg6daYhtJ4NpLMEFHHlbcu1gdeXzd0cVIjIFjvPZOCL&#10;AizLyU2BufUXfqbzPtZKSjjkaKCJsc+1DlVDDsPM98SSffjBYRQ71NoOeJFy1+n7JHnUDluWhQZ7&#10;WjdUHfcnZ6DNVj6m9LbdfL671KfX3Ta77oy5nY6rJ1CRxvh3DD/4gg6lMB38iW1QnQF5JP6qZIu5&#10;uIOBbPEAuiz0f/byGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIehX50LAgAAHAQAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIp7B7DZAAAAAwEA&#10;AA8AAAAAAAAAAAAAAAAAZQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABrBQAAAAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="29215477" w14:textId="7EB2286D" w:rsidR="000942D8" w:rsidRPr="00E13F5B" w:rsidRDefault="000942D8" w:rsidP="000942D8">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E13F5B">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0FCAE067" w14:textId="2C490447" w:rsidR="00FD419F" w:rsidRDefault="000942D8" w:rsidP="00FD419F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="-567" w:right="-472"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0835EC3E" wp14:editId="0F92B8CD">
+              <wp:simplePos x="914400" y="447675"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="622300" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="6350" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="402961494" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="622300" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7710F529" w14:textId="609A2F63" w:rsidR="000942D8" w:rsidRPr="00E13F5B" w:rsidRDefault="000942D8" w:rsidP="000942D8">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00E13F5B">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                              <w:sz w:val="20"/>
+                              <w:szCs w:val="20"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="0835EC3E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;left:0;text-align:left;margin-left:0;margin-top:0;width:49pt;height:29.65pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAwYIjbDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3ZSJNuMOEXWIsOA&#10;oi2QDj0rshQbsERBYmJnXz9KjpOt22nYRaZJ6pF8fFre9qZlR+VDA7bk00nOmbISqsbuS/79ZfPh&#10;E2cBha1EC1aV/KQCv129f7fsXKFmUENbKc8IxIaicyWvEV2RZUHWyogwAacsBTV4I5B+/T6rvOgI&#10;3bTZLM8XWQe+ch6kCoG890OQrxK+1krik9ZBIWtLTr1hOn06d/HMVktR7L1wdSPPbYh/6MKIxlLR&#10;C9S9QMEOvvkDyjTSQwCNEwkmA60bqdIMNM00fzPNthZOpVmInOAuNIX/Bysfj1v37Bn2X6CnBUZC&#10;OheKQM44T6+9iV/qlFGcKDxdaFM9MknOxWx2k1NEUujm42I+n0eU7HrZ+YBfFRgWjZJ72koiSxwf&#10;Ag6pY0qsZWHTtG3aTGt/cxBm9GTXDqOF/a5nTVXy2dj9DqoTDeVh2HdwctNQ6QcR8Fl4WjB1S6LF&#10;Jzp0C13J4WxxVoP/8Td/zCfeKcpZR4IpuSVFc9Z+s7SPqK1kTD/n80iGH9270bAHcwckwym9CCeT&#10;GfOwHU3twbySnNexEIWElVSu5Diadzgol56DVOt1SiIZOYEPdutkhI50RS5f+lfh3ZlwpE09wqgm&#10;UbzhfciNN4NbH5DYT0uJ1A5EnhknCaa1np9L1Piv/ynr+qhXPwEAAP//AwBQSwMEFAAGAAgAAAAh&#10;AIp7B7DZAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQhO+VeAdrkXorTlqlgjQOQkgc&#10;uFH6c17ibZISr6PYQMrTd9tLexlpNKuZb4vl6Dp1piG0ng2kswQUceVty7WB15fN3RxUiMgWO89k&#10;4IsCLMvJTYG59Rd+pvM+1kpKOORooImxz7UOVUMOw8z3xJJ9+MFhFDvU2g54kXLX6fskedQOW5aF&#10;BntaN1Qd9ydnoM1WPqb0tt18vrvUp9fdNrvujLmdjqsnUJHG+HcMP/iCDqUwHfyJbVCdAXkk/qpk&#10;i7m4g4Fs8QC6LPR/9vIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMGCI2w0CAAAcBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAinsHsNkAAAAD&#10;AQAADwAAAAAAAAAAAAAAAABnBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="7710F529" w14:textId="609A2F63" w:rsidR="000942D8" w:rsidRPr="00E13F5B" w:rsidRDefault="000942D8" w:rsidP="000942D8">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00E13F5B">
+                      <w:rPr>
+                        <w:rFonts w:asciiTheme="minorBidi" w:eastAsia="Aptos" w:hAnsiTheme="minorBidi" w:cstheme="minorBidi"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                        <w:sz w:val="20"/>
+                        <w:szCs w:val="20"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00FD419F">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="481CD369" wp14:editId="14E741EF">
           <wp:extent cx="2771364" cy="497980"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="132428164" name="Picture 132428164" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\DOJ-LOGO-blue-2017.png"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -9732,57 +10685,57 @@
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2774546" cy="498552"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00FD419F">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00FD419F">
       <w:tab/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00FD419F">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="06D918B0" wp14:editId="5194C784">
           <wp:extent cx="1952625" cy="495300"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:docPr id="46203391" name="Picture 46203391" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\keenank\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.Word\OPA Logo hori colour.jpg"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
@@ -10141,354 +11094,383 @@
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1241335298">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1878589562">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="228074670">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:removePersonalInformation/>
-  <w:removeDateAndTime/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gQHpZkhlO6YH2V4uPYvo0USuc7BK7FVME2ndDeTso233AJ6jRQUfXjJBDwE8+nTMERg3vGt60OUrHVSmh4zPJA==" w:salt="d8FZd8qbQZ8HfKgqO6Qnwg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="oMchf/0m8qo4vzPZP6i1NhA5KRxh/mZsf2WWxRd1jWl2WHy5A+5SuKsT16T/HVHEydI0xh1no1FM2q2+Fru40Q==" w:salt="NG6LbmtKpqUH0ieQH5z25w=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B45FA5"/>
-    <w:rsid w:val="0001210B"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="000277C2"/>
+    <w:rsid w:val="00035532"/>
     <w:rsid w:val="00040C41"/>
     <w:rsid w:val="00056184"/>
     <w:rsid w:val="000660FF"/>
+    <w:rsid w:val="0007053D"/>
     <w:rsid w:val="0008174E"/>
     <w:rsid w:val="00090F9B"/>
     <w:rsid w:val="00091205"/>
+    <w:rsid w:val="000942D8"/>
     <w:rsid w:val="000A6549"/>
     <w:rsid w:val="000B1E53"/>
     <w:rsid w:val="000C218B"/>
     <w:rsid w:val="000D04DB"/>
     <w:rsid w:val="000D188B"/>
     <w:rsid w:val="000D4EC4"/>
+    <w:rsid w:val="000E6383"/>
     <w:rsid w:val="00103690"/>
     <w:rsid w:val="00103982"/>
     <w:rsid w:val="00106EE6"/>
     <w:rsid w:val="0013433C"/>
     <w:rsid w:val="0014762F"/>
+    <w:rsid w:val="00163A5B"/>
     <w:rsid w:val="001656B6"/>
     <w:rsid w:val="001766B9"/>
     <w:rsid w:val="00177030"/>
     <w:rsid w:val="00177DAE"/>
     <w:rsid w:val="00177E74"/>
-    <w:rsid w:val="0018020B"/>
+    <w:rsid w:val="00182282"/>
     <w:rsid w:val="001E01E8"/>
     <w:rsid w:val="001E3BA8"/>
     <w:rsid w:val="001E57E8"/>
     <w:rsid w:val="001F7654"/>
-    <w:rsid w:val="00216388"/>
     <w:rsid w:val="00250EFA"/>
     <w:rsid w:val="0026436F"/>
+    <w:rsid w:val="00265E61"/>
+    <w:rsid w:val="00272346"/>
     <w:rsid w:val="00272A29"/>
     <w:rsid w:val="00274133"/>
     <w:rsid w:val="0027420D"/>
+    <w:rsid w:val="002850FC"/>
     <w:rsid w:val="002922E3"/>
     <w:rsid w:val="002A48AB"/>
     <w:rsid w:val="002B6F34"/>
+    <w:rsid w:val="002D2C38"/>
     <w:rsid w:val="003056C6"/>
+    <w:rsid w:val="00310AB2"/>
     <w:rsid w:val="0031376D"/>
     <w:rsid w:val="003340EA"/>
     <w:rsid w:val="003405AD"/>
     <w:rsid w:val="003544D5"/>
     <w:rsid w:val="00354E7F"/>
     <w:rsid w:val="003574B1"/>
     <w:rsid w:val="003664D9"/>
     <w:rsid w:val="0036785D"/>
     <w:rsid w:val="00377077"/>
     <w:rsid w:val="00377C8E"/>
     <w:rsid w:val="003A61FA"/>
+    <w:rsid w:val="003B29DB"/>
+    <w:rsid w:val="003B5E2E"/>
     <w:rsid w:val="003D22A6"/>
     <w:rsid w:val="003D7CC3"/>
     <w:rsid w:val="003F069A"/>
     <w:rsid w:val="003F5887"/>
-    <w:rsid w:val="004378BD"/>
     <w:rsid w:val="00453B11"/>
     <w:rsid w:val="0047393C"/>
     <w:rsid w:val="00473F78"/>
+    <w:rsid w:val="00480B58"/>
+    <w:rsid w:val="004A05F4"/>
     <w:rsid w:val="004A0655"/>
     <w:rsid w:val="004B2B78"/>
     <w:rsid w:val="004C4E58"/>
     <w:rsid w:val="004C5D41"/>
     <w:rsid w:val="004D0461"/>
     <w:rsid w:val="004D0826"/>
     <w:rsid w:val="004D1876"/>
     <w:rsid w:val="004D5569"/>
     <w:rsid w:val="004D78C7"/>
     <w:rsid w:val="004E59D4"/>
     <w:rsid w:val="004E66A9"/>
+    <w:rsid w:val="004E7D8C"/>
     <w:rsid w:val="004F2D34"/>
     <w:rsid w:val="004F7066"/>
     <w:rsid w:val="00506B71"/>
     <w:rsid w:val="00511A0F"/>
     <w:rsid w:val="00513A62"/>
     <w:rsid w:val="00530B0F"/>
     <w:rsid w:val="00541AC3"/>
     <w:rsid w:val="00551CD8"/>
     <w:rsid w:val="00551FDC"/>
     <w:rsid w:val="00552E1E"/>
     <w:rsid w:val="00575C7A"/>
+    <w:rsid w:val="0058085C"/>
     <w:rsid w:val="0058371E"/>
+    <w:rsid w:val="005878E3"/>
     <w:rsid w:val="00596B74"/>
     <w:rsid w:val="005D004A"/>
     <w:rsid w:val="005D17D8"/>
     <w:rsid w:val="005E522E"/>
     <w:rsid w:val="00600A7C"/>
     <w:rsid w:val="00615470"/>
     <w:rsid w:val="0064279B"/>
     <w:rsid w:val="00650A4E"/>
     <w:rsid w:val="006537DE"/>
     <w:rsid w:val="00665AC0"/>
     <w:rsid w:val="006709FB"/>
     <w:rsid w:val="00677CCF"/>
     <w:rsid w:val="00680800"/>
     <w:rsid w:val="006956F8"/>
     <w:rsid w:val="006B295F"/>
     <w:rsid w:val="006B3302"/>
     <w:rsid w:val="006C1526"/>
     <w:rsid w:val="006D3EDD"/>
     <w:rsid w:val="006D3F34"/>
     <w:rsid w:val="006F6AC9"/>
     <w:rsid w:val="0070689C"/>
     <w:rsid w:val="007361C0"/>
     <w:rsid w:val="007464B8"/>
+    <w:rsid w:val="00750EFB"/>
     <w:rsid w:val="007538DC"/>
     <w:rsid w:val="0077114F"/>
     <w:rsid w:val="0077315E"/>
     <w:rsid w:val="00781C7A"/>
     <w:rsid w:val="00790D42"/>
+    <w:rsid w:val="007A0887"/>
     <w:rsid w:val="007B08A4"/>
     <w:rsid w:val="007B4BEC"/>
     <w:rsid w:val="007C5284"/>
+    <w:rsid w:val="007C61FA"/>
     <w:rsid w:val="007E0E86"/>
     <w:rsid w:val="007E336B"/>
     <w:rsid w:val="008078D9"/>
+    <w:rsid w:val="00822AF7"/>
     <w:rsid w:val="00835A19"/>
     <w:rsid w:val="00836F8F"/>
     <w:rsid w:val="00840800"/>
     <w:rsid w:val="00841B8A"/>
     <w:rsid w:val="00847314"/>
     <w:rsid w:val="008522E2"/>
     <w:rsid w:val="00853C5A"/>
     <w:rsid w:val="0086190A"/>
     <w:rsid w:val="008678D9"/>
+    <w:rsid w:val="00871A7C"/>
     <w:rsid w:val="008751FC"/>
     <w:rsid w:val="008A72F8"/>
     <w:rsid w:val="008B24BE"/>
     <w:rsid w:val="008B2EAB"/>
     <w:rsid w:val="008B637A"/>
     <w:rsid w:val="008D49C6"/>
     <w:rsid w:val="00900A9B"/>
     <w:rsid w:val="009043CF"/>
     <w:rsid w:val="00916EDF"/>
     <w:rsid w:val="0092299D"/>
     <w:rsid w:val="00925CE4"/>
     <w:rsid w:val="00934212"/>
     <w:rsid w:val="00953C75"/>
     <w:rsid w:val="00956FA2"/>
     <w:rsid w:val="00986143"/>
+    <w:rsid w:val="009873B1"/>
     <w:rsid w:val="009A047C"/>
     <w:rsid w:val="009A2A81"/>
     <w:rsid w:val="009A51D1"/>
     <w:rsid w:val="009C7360"/>
     <w:rsid w:val="009D286D"/>
+    <w:rsid w:val="009E29F4"/>
     <w:rsid w:val="009F3AB7"/>
     <w:rsid w:val="009F51E0"/>
     <w:rsid w:val="00A16593"/>
     <w:rsid w:val="00A16F45"/>
     <w:rsid w:val="00A34399"/>
     <w:rsid w:val="00A36E37"/>
+    <w:rsid w:val="00A37639"/>
     <w:rsid w:val="00A41BC5"/>
     <w:rsid w:val="00A43B6B"/>
     <w:rsid w:val="00A53806"/>
     <w:rsid w:val="00A63EA1"/>
     <w:rsid w:val="00A70B50"/>
     <w:rsid w:val="00A87CD6"/>
     <w:rsid w:val="00A94B23"/>
     <w:rsid w:val="00AA305F"/>
     <w:rsid w:val="00AA4931"/>
     <w:rsid w:val="00AA53EF"/>
     <w:rsid w:val="00AC1A8C"/>
+    <w:rsid w:val="00AD286E"/>
     <w:rsid w:val="00B04ADF"/>
-    <w:rsid w:val="00B23D81"/>
     <w:rsid w:val="00B3392D"/>
     <w:rsid w:val="00B3568D"/>
     <w:rsid w:val="00B36B26"/>
     <w:rsid w:val="00B44652"/>
     <w:rsid w:val="00B45FA5"/>
     <w:rsid w:val="00B61510"/>
     <w:rsid w:val="00B707A8"/>
     <w:rsid w:val="00B86068"/>
     <w:rsid w:val="00B92239"/>
     <w:rsid w:val="00B95F02"/>
     <w:rsid w:val="00BB4683"/>
     <w:rsid w:val="00C079AD"/>
     <w:rsid w:val="00C23853"/>
     <w:rsid w:val="00C32F83"/>
     <w:rsid w:val="00C33212"/>
     <w:rsid w:val="00C4237F"/>
     <w:rsid w:val="00C466C0"/>
     <w:rsid w:val="00C467F7"/>
     <w:rsid w:val="00C77663"/>
     <w:rsid w:val="00C81E4D"/>
     <w:rsid w:val="00CA5DD7"/>
     <w:rsid w:val="00CB5996"/>
     <w:rsid w:val="00CB6BF8"/>
     <w:rsid w:val="00CC09F5"/>
     <w:rsid w:val="00CC1355"/>
     <w:rsid w:val="00CC2506"/>
     <w:rsid w:val="00CD19D6"/>
     <w:rsid w:val="00CE2E27"/>
     <w:rsid w:val="00CF2F29"/>
     <w:rsid w:val="00CF5DF8"/>
     <w:rsid w:val="00D05F29"/>
     <w:rsid w:val="00D13428"/>
     <w:rsid w:val="00D149D6"/>
     <w:rsid w:val="00D17794"/>
     <w:rsid w:val="00D36932"/>
     <w:rsid w:val="00D424DB"/>
+    <w:rsid w:val="00D47B4E"/>
     <w:rsid w:val="00D63D3D"/>
+    <w:rsid w:val="00D76C84"/>
     <w:rsid w:val="00D80992"/>
     <w:rsid w:val="00D83119"/>
     <w:rsid w:val="00D92C3D"/>
     <w:rsid w:val="00D97ECD"/>
     <w:rsid w:val="00DB64BF"/>
     <w:rsid w:val="00DB7EAC"/>
     <w:rsid w:val="00DC0B80"/>
     <w:rsid w:val="00DC55FF"/>
     <w:rsid w:val="00DD740B"/>
     <w:rsid w:val="00DE46B0"/>
     <w:rsid w:val="00DE70AA"/>
     <w:rsid w:val="00DF132A"/>
     <w:rsid w:val="00E112FE"/>
+    <w:rsid w:val="00E13F5B"/>
     <w:rsid w:val="00E203CC"/>
     <w:rsid w:val="00E27DC4"/>
     <w:rsid w:val="00E3328B"/>
     <w:rsid w:val="00E346F2"/>
     <w:rsid w:val="00E447FF"/>
     <w:rsid w:val="00E46ACF"/>
     <w:rsid w:val="00E55F3F"/>
     <w:rsid w:val="00E66CE7"/>
     <w:rsid w:val="00E7303F"/>
     <w:rsid w:val="00E81EA1"/>
     <w:rsid w:val="00E83073"/>
     <w:rsid w:val="00EA2599"/>
     <w:rsid w:val="00EA68EA"/>
     <w:rsid w:val="00EA7DED"/>
+    <w:rsid w:val="00EB66B3"/>
     <w:rsid w:val="00ED2DC5"/>
     <w:rsid w:val="00EE1F06"/>
     <w:rsid w:val="00EE25EC"/>
     <w:rsid w:val="00EE72CA"/>
     <w:rsid w:val="00EF5BFA"/>
     <w:rsid w:val="00F11060"/>
     <w:rsid w:val="00F239D2"/>
     <w:rsid w:val="00F2410B"/>
     <w:rsid w:val="00F25E69"/>
     <w:rsid w:val="00F311D2"/>
     <w:rsid w:val="00F60FB8"/>
     <w:rsid w:val="00F62A62"/>
     <w:rsid w:val="00F64E97"/>
+    <w:rsid w:val="00F8074E"/>
     <w:rsid w:val="00F84765"/>
+    <w:rsid w:val="00F84B6F"/>
     <w:rsid w:val="00F92E50"/>
     <w:rsid w:val="00F93C7C"/>
     <w:rsid w:val="00FB5284"/>
     <w:rsid w:val="00FC7E90"/>
     <w:rsid w:val="00FD419F"/>
     <w:rsid w:val="00FD7E37"/>
     <w:rsid w:val="00FE0C83"/>
     <w:rsid w:val="00FE7C9D"/>
     <w:rsid w:val="00FE7F28"/>
+    <w:rsid w:val="00FF792C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="70FD4446"/>
+  <w15:docId w15:val="{5BDA1A03-47D5-4C29-945B-C45484ED405F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12054,54 +13036,54 @@
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -12363,50 +13345,68 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101004AD185E66296534293E2BECF89C4231F" ma:contentTypeVersion="1" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="4300c5e2c59fb421893096b858a066db">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a447206dab0015f8b9f8924535193e8c" ns1:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
                 <xsd:element ref="ns1:PublishingExpirationDate" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="" ma:hidden="true" ma:internalName="PublishingStartDate">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
@@ -12494,179 +13494,194 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12D9F614-9802-4F4E-8303-2C5348E98743}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D1C93299-FBD9-4672-A520-7F2C70C213E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{570C7E26-7DBC-4BD6-8889-30D5E60AD5EA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB12778F-91EA-4E13-B1D3-FDD87DA0E6B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>835</Words>
-  <Characters>4714</Characters>
+  <Words>945</Words>
+  <Characters>5306</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>277</Lines>
-  <Paragraphs>191</Paragraphs>
+  <Lines>279</Lines>
+  <Paragraphs>189</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>Deed Amendment Schedule - Specialist Disability Accommodation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5358</CharactersWithSpaces>
+  <CharactersWithSpaces>6062</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Deed Amendment Schedule - Specialist Disability Accommodation</dc:title>
-  <dc:creator/>
-  <cp:lastModifiedBy/>
+  <dc:creator>Jordan, Elspeth</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101004AD185E66296534293E2BECF89C4231F</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID">
-    <vt:lpwstr>1454750R2</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="WebdocsID2">
+    <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID2">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="WebdocsID3">
     <vt:lpwstr>1454750R1</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID3">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="WebdocsID4">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID4">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="WebdocsID5">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID5">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="WebdocsID6">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID6">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="WebdocsID7">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID7">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="WebdocsID8">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID8">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="WebdocsID9">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID9">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="WebdocsID10">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="WebdocsID10">
-    <vt:lpwstr/>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="WebdocsID">
+    <vt:lpwstr>1534082R2</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="sTmpGUID">
-    <vt:lpwstr>fa3042d5-1fc5-4ccf-bc4c-4ef89f00dbb3</vt:lpwstr>
+    <vt:lpwstr>18f6dce7-8624-4f55-9ae8-8ab1a621b495</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>1804b456,4cd3c63e,3a9ae680</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Aptos</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-03-05T02:07:24Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>7827ab13-31f7-4010-8535-50d1647a470b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>