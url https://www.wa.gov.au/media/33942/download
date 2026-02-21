--- v0 (2025-12-19)
+++ v1 (2026-02-21)
@@ -14,86 +14,78 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C3FCD50" w14:textId="718B199A" w:rsidR="00146739" w:rsidRPr="00EA7EAC" w:rsidRDefault="002A6B1D" w:rsidP="00EA7EAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r>
         <w:t>COPP</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00334798">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F259A6">
         <w:t>8.3</w:t>
       </w:r>
       <w:r w:rsidR="00A802ED">
         <w:t xml:space="preserve"> Death </w:t>
       </w:r>
       <w:r w:rsidR="00926A12">
         <w:t xml:space="preserve">of a </w:t>
       </w:r>
       <w:r w:rsidR="00F259A6">
         <w:t>Detainee</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B45A65" w14:textId="21FD693B" w:rsidR="000D69A3" w:rsidRPr="00EA7EAC" w:rsidRDefault="006F2E0D" w:rsidP="00EA7EAC">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Youth</w:t>
       </w:r>
       <w:r w:rsidR="00F43C36">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F259A6">
         <w:t>Detention Centre</w:t>
       </w:r>
       <w:r w:rsidR="007E4AA3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00F259A6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
@@ -145,146 +137,132 @@
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Toc2082062"/>
             <w:bookmarkStart w:id="1" w:name="_Toc2082168"/>
             <w:r w:rsidRPr="006B193E">
               <w:t>In</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> the</w:t>
             </w:r>
             <w:r w:rsidRPr="006B193E">
               <w:t xml:space="preserve"> context of </w:t>
             </w:r>
             <w:r>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="006B193E">
               <w:t>he</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> following:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="0"/>
           <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="4423255D" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6"/>
-          <w:p w14:paraId="135D317C" w14:textId="7982DE7F" w:rsidR="00F259A6" w:rsidRPr="00A03D97" w:rsidRDefault="00DB100F" w:rsidP="00F259A6">
+          <w:p w14:paraId="135D317C" w14:textId="7982DE7F" w:rsidR="00F259A6" w:rsidRPr="00A03D97" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidR="00F259A6" w:rsidRPr="0026221D">
+              <w:r w:rsidRPr="0026221D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>Australian Human Rights Commission National Principles for Child Safe Organisations, 2018</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="79402D92" w14:textId="6896E248" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7F73BFDD" w14:textId="1A2250C4" w:rsidR="008A0EBC" w:rsidRPr="008A0EBC" w:rsidRDefault="008A0EBC" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00412B0F">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Policies and Procedures document how the organisation is safe for children and young people.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B4C0C89" w14:textId="77777777" w:rsidR="008A0EBC" w:rsidRDefault="008A0EBC" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E213DD7" w14:textId="6591F40A" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A03D97">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Risk management strategies focus on preventing, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A03D97">
+              <w:t>Risk management strategies focus on preventing, identifying and mitigating risks to children and young people.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4E2810" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
+            <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>identifying</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A03D97">
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D63C82C" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRPr="00A03D97" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
+            <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> and mitigating risks to children and young people.</w:t>
-[...3 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t>Staff and volunteers understand their obligations on information sharing and recordkeeping.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28034270" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6"/>
-          <w:p w14:paraId="20187F4F" w14:textId="3B592D12" w:rsidR="00F259A6" w:rsidRDefault="00DB100F" w:rsidP="00F259A6">
+          <w:p w14:paraId="20187F4F" w14:textId="3B592D12" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="00F259A6" w:rsidRPr="0026221D">
+              <w:r w:rsidRPr="0026221D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                 </w:rPr>
                 <w:t>Australasian Youth Justice Administrators Standards, 2009</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="66D8AB26" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6"/>
           <w:p w14:paraId="212ACC83" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRPr="00D37ACF" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D37ACF">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Principles of procedural justice are applied.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01F49329" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
@@ -292,2888 +270,2699 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1EBE5002" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRPr="00D37ACF" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D37ACF">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Privacy and confidentiality rights are protected.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0610147B" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:pPr>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31EE5C32" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRPr="00D37ACF" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:r w:rsidRPr="00D37ACF">
-              <w:t xml:space="preserve">Physical resources support safe and positive environments for staff, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and young people.</w:t>
+              <w:t>Physical resources support safe and positive environments for staff, children and young people.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2053B5C5" w14:textId="77777777" w:rsidR="00F259A6" w:rsidRPr="00CE3FBF" w:rsidRDefault="00F259A6" w:rsidP="00F259A6">
             <w:r>
               <w:t>Management of emergencies and critical incidents prioritise the protection of life.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AB69B94" w14:textId="3CDED6A3" w:rsidR="004E131E" w:rsidRPr="00E779A3" w:rsidRDefault="004E131E" w:rsidP="00E779A3">
             <w:pPr>
               <w:pStyle w:val="Instructionalnote"/>
               <w:rPr>
                 <w:rFonts w:cs="Gotham"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48856C2E" w14:textId="77777777" w:rsidR="00803710" w:rsidRPr="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4193F36F" w14:textId="77777777" w:rsidR="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
       <w:pPr>
         <w:sectPr w:rsidR="00803710" w:rsidSect="008D51C1">
           <w:headerReference w:type="even" r:id="rId14"/>
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="-2410" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="706" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63EEB12E" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF7DDC">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B0F7F54" w14:textId="171E0D5B" w:rsidR="00B2142C" w:rsidRDefault="007C1025">
+    <w:p w14:paraId="2F878A72" w14:textId="1D57D047" w:rsidR="0037070F" w:rsidRDefault="007C1025">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D2650">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="007D2650">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="007D2650">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc189651808" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583346" w:history="1">
+        <w:r w:rsidR="0037070F" w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidR="0037070F" w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651808 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583346 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r w:rsidR="0037070F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1C94AF88" w14:textId="6F740086" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="7DD7173E" w14:textId="62B99B1C" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651809" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583347" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651809 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583347 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F1EAB2F" w14:textId="2C24EA5A" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="3FA3B1F0" w14:textId="55246C6B" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651810" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583348" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Detainee at a YDC</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651810 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583348 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2699D516" w14:textId="65FEFFE8" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="05EE2D51" w14:textId="48A3EABD" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651811" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583349" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Detainee at Perth Children’s Court</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651811 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583349 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76906A81" w14:textId="3BBB3088" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="1D4D29D6" w14:textId="64DD589E" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651812" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583350" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Detainee in a Hospital or Hospice</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651812 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583350 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D52DBF0" w14:textId="79BB982F" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="344AAD11" w14:textId="3758BDE6" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651813" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583351" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Withdrawal of escorting officers from a hospital or hospice in exceptional circumstances</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651813 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583351 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0ECC5072" w14:textId="4DB148BE" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="2FDE331A" w14:textId="196517C2" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651814" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583352" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Detainee Prior to Arrival at YDC</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651814 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583352 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4F36D91D" w14:textId="2C4B679C" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="7A5B42AF" w14:textId="7B8F2A12" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651815" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583353" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Detainee as a Result of an Industrial Accident</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651815 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583353 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0634141E" w14:textId="0F9005C5" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="1A1A3667" w14:textId="5DA7A721" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651816" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583354" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Notifications and Reporting</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651816 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583354 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="16F46990" w14:textId="5DEACFB1" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="7AA5C696" w14:textId="693F5FAB" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651817" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583355" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>WAPF notification to next of kin</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651817 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583355 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="398288AA" w14:textId="7663610B" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="44C05909" w14:textId="03C7E897" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651818" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583356" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Reporting and additional notifications</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651818 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583356 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5FC1A2F2" w14:textId="625ED632" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="22248184" w14:textId="658FFC46" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651819" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583357" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Detainee Property</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651819 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583357 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2294F8CE" w14:textId="308F90CF" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="6D897739" w14:textId="4317B84B" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651820" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583358" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Handover of Records and Crime Scene(s) to WA Police Force</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651820 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583358 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4819B6F9" w14:textId="4F3BB056" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="4DAFB07B" w14:textId="20D2C448" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651821" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583359" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>WorkSafe Investigations</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651821 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583359 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>15</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:t>16</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D8D5AE1" w14:textId="56F7F35C" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="68123260" w14:textId="4CE8EF2B" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651822" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583360" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Support Services – Family and Detainees</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651822 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583360 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52E43D35" w14:textId="60259D72" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="1D2388F5" w14:textId="3AC5B99A" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651823" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583361" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Contact with next of kin and booked visitors</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651823 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583361 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="190D016F" w14:textId="47F044C9" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="7749F10C" w14:textId="46BCACCE" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651824" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583362" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.2</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of an Aboriginal Detainee</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651824 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583362 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:t>18</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="22FCB75F" w14:textId="195EA036" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="6AB15597" w14:textId="53B15E2E" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651825" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583363" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.3</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Detainee support services</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651825 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583363 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54138C41" w14:textId="0443BEBB" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="302D61FD" w14:textId="4BF0E1E1" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651826" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583364" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Staff Debrief and Support Services</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651826 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583364 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:t>19</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CF8842A" w14:textId="39922246" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="58150279" w14:textId="074854AC" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651827" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583365" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Coroners Findings</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:t>Coroner’s Findings</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651827 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583365 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34F2FDF9" w14:textId="53ECAAC3" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="390CB473" w14:textId="45DFB2E3" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651828" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583366" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651828 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583366 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="69061491" w14:textId="2023670B" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="3773671C" w14:textId="7C5525C5" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651829" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583367" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14.1</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPs and documents</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651829 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583367 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="294FFA16" w14:textId="47190D92" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="61477403" w14:textId="4EAE5588" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651830" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583368" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14.2</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651830 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583368 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7C39D7AF" w14:textId="7EA94BEC" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="0D3A84F0" w14:textId="756C0C7D" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651831" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583369" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14.3</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651831 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583369 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52144F88" w14:textId="05E1F818" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="190AA99B" w14:textId="4AD1769D" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651832" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583370" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651832 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583370 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="703BF117" w14:textId="1456F3A1" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="49195E8C" w14:textId="6EAACF67" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651833" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583371" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document Version History</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651833 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583371 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>24</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="469CF3A5" w14:textId="240A9E44" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="6D4D0663" w14:textId="0762D8B0" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651834" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583372" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendix A: Records which WAPF May Require</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651834 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583372 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>26</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0E3BD730" w14:textId="377D5838" w:rsidR="00B2142C" w:rsidRDefault="00DB100F">
+    <w:p w14:paraId="3EFAE286" w14:textId="72F39B3F" w:rsidR="0037070F" w:rsidRDefault="0037070F">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189651835" w:history="1">
-        <w:r w:rsidR="00B2142C" w:rsidRPr="00CA3BA6">
+      <w:hyperlink w:anchor="_Toc218583373" w:history="1">
+        <w:r w:rsidRPr="000F585C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendix B: Additional Notifications and Reporting</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189651835 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00B2142C">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc218583373 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
-        <w:r w:rsidR="00B2142C">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36B40352" w14:textId="28BB028A" w:rsidR="00634C54" w:rsidRDefault="007C1025" w:rsidP="004E571B">
+    <w:p w14:paraId="36B40352" w14:textId="39D11183" w:rsidR="00634C54" w:rsidRDefault="007C1025" w:rsidP="004E571B">
       <w:r w:rsidRPr="007D2650">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F01F6E" w14:textId="77777777" w:rsidR="00634C54" w:rsidRDefault="00634C54">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E245AF1" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc60663970"/>
-      <w:bookmarkStart w:id="3" w:name="_Toc189651808"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc218583346"/>
       <w:r w:rsidRPr="00827565">
         <w:lastRenderedPageBreak/>
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="5F070A42" w14:textId="21CCD76A" w:rsidR="00F43C36" w:rsidRDefault="00F43C36" w:rsidP="00F43C36">
       <w:pPr>
         <w:spacing w:before="360" w:after="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc13061594"/>
       <w:bookmarkStart w:id="5" w:name="_Toc13143650"/>
       <w:bookmarkStart w:id="6" w:name="_Toc13466591"/>
       <w:bookmarkStart w:id="7" w:name="_Toc13486029"/>
       <w:bookmarkStart w:id="8" w:name="_Toc60663971"/>
       <w:r w:rsidRPr="004451C7">
-        <w:t>This Commissioner’s Operating Policy and Procedure (</w:t>
-[...7 lines deleted...]
-        <w:t>) applies to all</w:t>
+        <w:t>This Commissioner’s Operating Policy and Procedure (COPP) applies to all</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Youth</w:t>
       </w:r>
       <w:r w:rsidRPr="004451C7">
         <w:t xml:space="preserve"> Detention Centre </w:t>
       </w:r>
       <w:r>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">(YDC) </w:t>
       </w:r>
       <w:r w:rsidRPr="004451C7">
         <w:t>Cust</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">odial Officers </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:t xml:space="preserve">and staff involved in the management following a detainee’s death. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1889279F" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc189651809"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc218583347"/>
       <w:r w:rsidRPr="00827565">
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="60C1C6C4" w14:textId="1DF31F03" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
         <w:t>The Superintendent shall have in place an Emergency Management (EM) Plan, associated with serious medical emergencies including an apparent death</w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="00827565">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04F33C67" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565"/>
     <w:p w14:paraId="0260DDD0" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
         <w:t>Following the death of a detainee, the EM plan procedures shall ensure appropriate supports and assistance are offered to the deceased’s family, other detainees and staff who are affected by the incident.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="592A3659" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565"/>
     <w:p w14:paraId="4373E09B" w14:textId="7098B153" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
-        <w:t xml:space="preserve">This </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> commences on confirmation of life extinct by medical staff or paramedic</w:t>
+        <w:t>This COPP commences on confirmation of life extinct by medical staff or paramedic</w:t>
       </w:r>
       <w:r w:rsidR="00E25545">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75EBAF43" w14:textId="77777777" w:rsidR="007E4AA3" w:rsidRDefault="007E4AA3" w:rsidP="00827565"/>
     <w:p w14:paraId="4F7C76D8" w14:textId="35753212" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve">The scene of death and items which may be potential evidence are to be managed as a crime scene in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
         <w:hyperlink r:id="rId18" w:history="1">
           <w:bookmarkStart w:id="10" w:name="_Hlk183597081"/>
           <w:r w:rsidR="00C67B4C" w:rsidRPr="00F403DE">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t xml:space="preserve">SMF-PRO-004 Physical Evidence </w:t>
           </w:r>
           <w:bookmarkEnd w:id="10"/>
           <w:r w:rsidR="00C67B4C" w:rsidRPr="00F403DE">
             <w:rPr>
               <w:rStyle w:val="Hyperlink"/>
             </w:rPr>
             <w:t>Management</w:t>
           </w:r>
         </w:hyperlink>
         <w:r w:rsidR="00C67B4C" w:rsidRPr="005A1066">
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E822D1" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565"/>
     <w:p w14:paraId="088CB0C7" w14:textId="12F96992" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
-        <w:t xml:space="preserve">All aspects of the subsequent management of the death of a detainee shall occur in a manner that treats the deceased detainee and their family with dignity, humanity, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">All aspects of the subsequent management of the death of a detainee shall occur in a manner that treats the deceased detainee and their family with dignity, humanity, respect and </w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="00827565">
         <w:t>consideration</w:t>
       </w:r>
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve"> to cultural and religious requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="186677B8" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565"/>
     <w:p w14:paraId="2E0B94E1" w14:textId="3DF69E3A" w:rsidR="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve">The death of a detainee is classified as a critical incident. Incident notification and reporting procedures shall occur in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidRPr="00827565">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>COPP</w:t>
-[...7 lines deleted...]
-          <w:t xml:space="preserve"> 8.1 – Incident Reporting</w:t>
+          <w:t>COPP 8.1 – Incident Reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00827565">
-        <w:t xml:space="preserve"> and additional requirements set out in this </w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> and additional requirements set out in this COPP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA6B815" w14:textId="77777777" w:rsidR="00A71007" w:rsidRDefault="00A71007" w:rsidP="00827565"/>
     <w:p w14:paraId="11A85C8F" w14:textId="4BE82395" w:rsidR="00A71007" w:rsidRPr="00827565" w:rsidRDefault="00A71007" w:rsidP="00827565">
       <w:r>
-        <w:t>It is the responsibility of the Superintendent/Officer in Charge (</w:t>
-[...23 lines deleted...]
-        <w:t>) are immediately notified.</w:t>
+        <w:t>It is the responsibility of the Superintendent/Officer in Charge (OIC) following the death of a detainee, to ensure the Western Australian Police Force (WAPF) and the Operations Centre (OPCEN) are immediately notified.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="79ADB65A" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="00827565"/>
     <w:p w14:paraId="7F4E95B7" w14:textId="071391E3" w:rsidR="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="001D3ED2">
         <w:t>The Operations Centre will notify</w:t>
       </w:r>
       <w:r w:rsidR="00A53A4D" w:rsidRPr="001D3ED2">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00A97FA8" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">Deputy Commissioner </w:t>
       </w:r>
       <w:r w:rsidR="006756DB" w:rsidRPr="007476BE">
         <w:t>and/</w:t>
       </w:r>
       <w:r w:rsidR="00A97FA8" w:rsidRPr="007476BE">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00A97FA8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A53A4D" w:rsidRPr="001D3ED2">
         <w:t>Duty Deputy Commissioner</w:t>
       </w:r>
@@ -3247,118 +3036,118 @@
         <w:t xml:space="preserve">immediately informed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FBFC5E" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565"/>
     <w:p w14:paraId="760D9B74" w14:textId="64643931" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve">The Department’s Performance Assurance and Risk (PAR) Directorate has responsibility for the independent review of all reportable detainee deaths. A report is prepared for the </w:t>
       </w:r>
       <w:r w:rsidR="00B504BC" w:rsidRPr="00827565">
         <w:t>coroner</w:t>
       </w:r>
       <w:r w:rsidRPr="00827565">
         <w:t xml:space="preserve"> to assist his/her investigation in accordance with the requirements of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00827565">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Coroners Act 1996</w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="00827565">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00827565">
-        <w:t xml:space="preserve">The report will detail the Department’s custodial management, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and care of the detainee while in custody and outline how the Department has, or will, address any identified areas for improvement. </w:t>
+        <w:t xml:space="preserve">The report will detail the Department’s custodial management, supervision and care of the detainee while in custody and outline how the Department has, or will, address any identified areas for improvement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0311B458" w14:textId="77777777" w:rsidR="00827565" w:rsidRPr="00827565" w:rsidRDefault="00827565" w:rsidP="00827565"/>
-    <w:p w14:paraId="5940498B" w14:textId="77777777" w:rsidR="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
+    <w:p w14:paraId="5940498B" w14:textId="0D2EBFC4" w:rsidR="00827565" w:rsidRDefault="00827565" w:rsidP="00827565">
       <w:r w:rsidRPr="00827565">
         <w:lastRenderedPageBreak/>
-        <w:t>The Department’s Health Services (HS) and/or Mental Health, Alcohol and Other Drugs (</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">The Department’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
+        <w:t xml:space="preserve">Justice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
+        <w:t xml:space="preserve"> Wellbeing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t xml:space="preserve"> Services (</w:t>
+      </w:r>
+      <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
+        <w:t>JHWS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00827565">
-        <w:t>MHAOD</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">) shall provide medical reviews and reports as requested by the PAR Directorate or State Coroner. </w:t>
+        <w:t xml:space="preserve"> and/or Mental Health, Alcohol and Other Drugs (MHAOD) shall provide medical reviews and reports as requested by the PAR Directorate or State Coroner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3436BA78" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00827565" w:rsidRDefault="00A97FA8" w:rsidP="00827565"/>
     <w:p w14:paraId="17FF21ED" w14:textId="77777777" w:rsidR="006756DB" w:rsidRPr="007476BE" w:rsidRDefault="006756DB" w:rsidP="006756DB">
       <w:bookmarkStart w:id="11" w:name="_Hlk188011852"/>
       <w:r w:rsidRPr="007476BE">
         <w:t xml:space="preserve">The death of a detainee is a notifiable incident, in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="007476BE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Work, Health and Safety Act 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="007476BE">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidRPr="007476BE">
         <w:t>, and requires that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31C53B51" w14:textId="77777777" w:rsidR="006756DB" w:rsidRPr="007476BE" w:rsidRDefault="006756DB" w:rsidP="00B2142C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007476BE">
-        <w:t xml:space="preserve">WorkSafe is immediately </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>WorkSafe is immediately notified</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="7681716F" w14:textId="77777777" w:rsidR="006756DB" w:rsidRPr="007476BE" w:rsidRDefault="006756DB" w:rsidP="00B2142C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007476BE">
         <w:t>written notification to WorkSafe is provided within 48 hours and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EE99573" w14:textId="77777777" w:rsidR="006756DB" w:rsidRPr="007476BE" w:rsidRDefault="006756DB" w:rsidP="00B2142C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
@@ -3369,88 +3158,78 @@
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:p w14:paraId="7EC12764" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="008F7D26">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DCE7F02" w14:textId="01AFDEF7" w:rsidR="00AD0AB5" w:rsidRDefault="00AD0AB5" w:rsidP="008F7D26">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="107860C9" w14:textId="77777777" w:rsidR="00CA5A86" w:rsidRPr="008F7D26" w:rsidRDefault="00CA5A86" w:rsidP="008F7D26"/>
     <w:p w14:paraId="4B615168" w14:textId="12E74BA1" w:rsidR="00FD3DAF" w:rsidRDefault="002C5195" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="12" w:name="_Toc532389090"/>
       <w:bookmarkStart w:id="13" w:name="_Toc531872844"/>
       <w:bookmarkStart w:id="14" w:name="_Toc532389092"/>
       <w:bookmarkStart w:id="15" w:name="_Death_of_a"/>
-      <w:bookmarkStart w:id="16" w:name="_Toc189651810"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc218583348"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r>
         <w:t xml:space="preserve">Death of a Detainee at </w:t>
       </w:r>
       <w:r w:rsidR="00E15339">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00122126">
         <w:t>YDC</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2994676C" w14:textId="7AE14EBB" w:rsidR="001726C9" w:rsidRDefault="001726C9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00EC01FC">
-        <w:t>Officer in Charge (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        <w:t xml:space="preserve">Officer in Charge (OIC) </w:t>
       </w:r>
       <w:r>
         <w:t>at the scene will immediately notify the Superintendent. In the absence of the Superintend</w:t>
       </w:r>
       <w:r w:rsidR="00EC01FC">
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">t, the Deputy Superintendent shall be informed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E785A9B" w14:textId="015B7A9D" w:rsidR="00F27872" w:rsidRPr="007476BE" w:rsidRDefault="00827565" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="001706DD">
         <w:t xml:space="preserve">he Superintendent is responsible for the management of the deceased </w:t>
       </w:r>
       <w:r>
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="001706DD">
@@ -3462,83 +3241,76 @@
       <w:r w:rsidR="001706DD">
         <w:t>scene</w:t>
       </w:r>
       <w:bookmarkStart w:id="17" w:name="_Hlk98932530"/>
       <w:r w:rsidR="00482FB8" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">, in accordance with </w:t>
       </w:r>
       <w:r w:rsidR="00C67B4C" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">procedure </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="00C67B4C" w:rsidRPr="007476BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SMF-PRO-004 Physical Evidence Management</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00482FB8" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidR="001706DD" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">until authority is handed over to the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003E49B5" w:rsidRPr="007476BE">
         <w:t>WAPF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001706DD" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E46F77" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">If the Superintendent is not on site, he/she </w:t>
       </w:r>
       <w:r w:rsidR="0008737F" w:rsidRPr="007476BE">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00E46F77" w:rsidRPr="007476BE">
         <w:t xml:space="preserve"> proceed to </w:t>
       </w:r>
       <w:r w:rsidR="0008737F" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">and remain </w:t>
       </w:r>
       <w:r w:rsidR="001706DD" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidR="006F2E0D" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A63E0F" w:rsidRPr="007476BE">
-        <w:t>YDC</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">YDC </w:t>
       </w:r>
       <w:r w:rsidR="001706DD" w:rsidRPr="007476BE">
         <w:t xml:space="preserve">(unless impracticable due to distance or illness, in which case the next most senior officer shall attend) </w:t>
       </w:r>
       <w:r w:rsidR="0008737F" w:rsidRPr="007476BE">
         <w:t>until all relevant duties and actions are complete.</w:t>
       </w:r>
       <w:r w:rsidR="001706DD" w:rsidRPr="007476BE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CFA0F4" w14:textId="6B8BFDCB" w:rsidR="00243BC6" w:rsidRPr="007476BE" w:rsidRDefault="00243BC6" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_On_confirmation_of"/>
       <w:bookmarkEnd w:id="18"/>
       <w:r w:rsidRPr="007476BE">
         <w:t>On confirmation of life extinct, the following</w:t>
       </w:r>
       <w:r w:rsidR="00A97FA8" w:rsidRPr="007476BE">
         <w:t xml:space="preserve"> immediate</w:t>
       </w:r>
       <w:r w:rsidRPr="007476BE">
         <w:t xml:space="preserve"> </w:t>
@@ -3626,415 +3398,364 @@
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F36CE7E" w14:textId="17031453" w:rsidR="00243BC6" w:rsidRPr="007476BE" w:rsidRDefault="00243BC6" w:rsidP="005C46F6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t>Notify the Superintendent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="649C74FD" w14:textId="3001CD69" w:rsidR="00243BC6" w:rsidRPr="007476BE" w:rsidRDefault="00243BC6" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007476BE">
               <w:t>OIC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00243BC6" w:rsidRPr="007476BE" w14:paraId="4A5C3917" w14:textId="77777777" w:rsidTr="005C46F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1454C7EA" w14:textId="77777777" w:rsidR="00243BC6" w:rsidRPr="007476BE" w:rsidRDefault="00243BC6" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13860E36" w14:textId="188673F6" w:rsidR="00243BC6" w:rsidRPr="007476BE" w:rsidRDefault="00243BC6" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve">Notify the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F" w:rsidRPr="007476BE">
               <w:t>OPCEN</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003E49B5" w:rsidRPr="007476BE">
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="008156B0" w:rsidRPr="00DB5F5C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>operationscentre@justice.wa.gov.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008156B0">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve"> in accordance with </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="00827565" w:rsidRPr="007476BE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>COPP</w:t>
-[...6 lines deleted...]
-                <w:t xml:space="preserve"> 8.1 – Incident Reporting</w:t>
+                <w:t>COPP 8.1 – Incident Reporting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00827565" w:rsidRPr="007476BE">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18DBFBEC" w14:textId="74ED36E5" w:rsidR="00243BC6" w:rsidRPr="007476BE" w:rsidRDefault="00243BC6" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t>Superintendent/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001115CD" w:rsidRPr="007476BE">
               <w:t>OIC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DC79B0" w:rsidRPr="007476BE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001115CD" w:rsidRPr="007476BE" w14:paraId="07D067BB" w14:textId="77777777" w:rsidTr="005C46F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6BF2113B" w14:textId="77777777" w:rsidR="001115CD" w:rsidRPr="007476BE" w:rsidRDefault="001115CD" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="408C04A3" w14:textId="2F7A7094" w:rsidR="001115CD" w:rsidRPr="007476BE" w:rsidRDefault="001115CD" w:rsidP="001115CD">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve">Notify the relevant Deputy Commissioner </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="569AB2F6" w14:textId="35D4750D" w:rsidR="001115CD" w:rsidRPr="007476BE" w:rsidRDefault="001115CD" w:rsidP="001115CD">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
-              <w:t>Superintendent/</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Superintendent/OIC </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007476BE" w:rsidRPr="007476BE" w14:paraId="691C725C" w14:textId="77777777" w:rsidTr="005C46F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F630ACA" w14:textId="77777777" w:rsidR="007476BE" w:rsidRPr="007476BE" w:rsidRDefault="007476BE" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A1E1AA" w14:textId="23FDE780" w:rsidR="007476BE" w:rsidRPr="007476BE" w:rsidRDefault="007476BE" w:rsidP="001115CD">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Notify the </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t>Notify the WAPF of the death by contacting 000 or 131444.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5B2161" w14:textId="482587E2" w:rsidR="007476BE" w:rsidRPr="007476BE" w:rsidRDefault="007476BE" w:rsidP="001115CD">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
             <w:r>
-              <w:t>WAPF</w:t>
-[...22 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97FA8" w:rsidRPr="007476BE" w14:paraId="738EBF76" w14:textId="77777777" w:rsidTr="005C46F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EB74AED" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68C2384B" w14:textId="7ADB9112" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
+          <w:p w14:paraId="68C2384B" w14:textId="2F27FF8E" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
-              <w:t xml:space="preserve">Notify Director Health Services (HS), Director Medical Services/Director </w:t>
-[...34 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">Notify </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve">Director </w:t>
+            </w:r>
+            <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve">Justice </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>Health</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve"> and Wellbeing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve"> Services (</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
+              <w:t>JHWS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>), Director Medical Services/Director MHAOD and YDC Medical Practitioner</w:t>
+            </w:r>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF6790C" w14:textId="54595C72" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007476BE">
+              <w:t xml:space="preserve">Superintendent/OIC </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97FA8" w:rsidRPr="007476BE" w14:paraId="7D7C81AF" w14:textId="77777777" w:rsidTr="005C46F6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4217B1A9" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22077BCF" w14:textId="4072B301" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve">Identify and arrange a location for staff from the People, Culture and Standards Division to conduct drug and alcohol testing of any officer(s), where applicable. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14257EC2" w14:textId="1FC58D08" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
-              <w:t>Superintendent/</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Superintendent/OIC </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97FA8" w:rsidRPr="003469D9" w14:paraId="6A04E53D" w14:textId="77777777" w:rsidTr="00CD2C48">
         <w:trPr>
           <w:trHeight w:val="983"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C881308" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6293" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4859F6C9" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
-              <w:t xml:space="preserve">Notify relevant internal and external stakeholders of the death, in accordance with approved </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> incident notification procedures, including immediate notification to the:</w:t>
+              <w:t>Notify relevant internal and external stakeholders of the death, in accordance with approved OPCEN incident notification procedures, including immediate notification to the:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="202FECB2" w14:textId="771F43A0" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00E539EA">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve">Deputy Commissioner </w:t>
             </w:r>
             <w:r w:rsidR="00E539EA" w:rsidRPr="007476BE">
               <w:t>and/</w:t>
             </w:r>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve">or Duty Deputy Commissioner </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="699834DD" w14:textId="71AA9AB4" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -4050,243 +3771,205 @@
             <w:r w:rsidRPr="007476BE">
               <w:t>and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B4EE881" w14:textId="3750240D" w:rsidR="00A97FA8" w:rsidRPr="007476BE" w:rsidRDefault="00A97FA8" w:rsidP="00CD2C48">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="007476BE">
               <w:t xml:space="preserve">Coroner </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D3A8B76" w14:textId="0BC7B874" w:rsidR="00A97FA8" w:rsidRPr="00BB4748" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="007476BE">
               <w:t>OPCEN</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45008151" w14:textId="77777777" w:rsidR="0042104C" w:rsidRDefault="0042104C" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc2082081"/>
       <w:bookmarkStart w:id="20" w:name="_Toc2082187"/>
       <w:bookmarkStart w:id="21" w:name="_Toc2083069"/>
       <w:bookmarkStart w:id="22" w:name="_Hlk99956099"/>
       <w:r>
-        <w:t>The Superintendent/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> shall appoint an Incident Controller to oversee management of the death in custody incident.</w:t>
+        <w:t>The Superintendent/OIC shall appoint an Incident Controller to oversee management of the death in custody incident.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6C4A3F" w14:textId="7D9B7178" w:rsidR="00A63E0F" w:rsidRDefault="00E55525" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D10B25">
         <w:t>The Incident Controller shall nominate a Custodial Officer</w:t>
       </w:r>
       <w:r w:rsidR="00CB314F">
         <w:t xml:space="preserve"> (Assigned Cust</w:t>
       </w:r>
       <w:r w:rsidR="00DF35BF">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00CB314F">
         <w:t>dial Officer)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D10B25">
-        <w:t xml:space="preserve"> who was not directly involved with the incident leading up to the death to manage the area until handed over to the </w:t>
-[...3 lines deleted...]
-        <w:t>WA</w:t>
+        <w:t xml:space="preserve"> who was not directly involved with the incident leading up to the death to manage the area until handed over to the WA</w:t>
       </w:r>
       <w:r w:rsidR="003E49B5">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D10B25">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8E6121" w14:textId="53D76C8D" w:rsidR="00767835" w:rsidRDefault="00E55525" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D10B25">
         <w:lastRenderedPageBreak/>
         <w:t>If a Custodial Officer is not available (outside of the incident), the Incident Controller will outline the reasons on an incident report and the subsequent actions taken.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p w14:paraId="0C1B8349" w14:textId="77777777" w:rsidR="00A63E0F" w:rsidRDefault="00767835" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00767835">
         <w:t>The Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="0042104C">
-        <w:t>/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">/OIC </w:t>
       </w:r>
       <w:r w:rsidRPr="00767835">
         <w:t xml:space="preserve">shall ensure that the incident control facility is activated </w:t>
       </w:r>
       <w:r w:rsidR="00E15339">
-        <w:t xml:space="preserve">and the </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>and the YDC</w:t>
+      </w:r>
       <w:r w:rsidRPr="00767835">
         <w:t xml:space="preserve"> EM Plans are </w:t>
       </w:r>
       <w:r w:rsidR="007A3C1D">
         <w:t>complied with</w:t>
       </w:r>
       <w:r w:rsidRPr="00767835">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="510CE9BD" w14:textId="78A2797C" w:rsidR="00767835" w:rsidRPr="00767835" w:rsidRDefault="00767835" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00767835">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="002C5195">
         <w:t>Superintendent shall include in</w:t>
       </w:r>
       <w:r w:rsidR="00E25545">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="002C5195">
         <w:t xml:space="preserve"> local </w:t>
       </w:r>
       <w:r w:rsidRPr="00767835">
         <w:t>EM Plan procedures the location of privacy screens, ensuring they are easily accessible to promptly screen the deceased from view</w:t>
       </w:r>
       <w:r w:rsidR="002C5195">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="736DBA18" w14:textId="77777777" w:rsidR="00A63E0F" w:rsidRDefault="007759D0" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>No person shall move or remove the deceased or interfere with the place in which the death occurred except to ensure the safety of employees or other persons.</w:t>
       </w:r>
       <w:r w:rsidR="00E74D02">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58DB37EA" w14:textId="37E0F799" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="00976814" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>With the exception of</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> responding </w:t>
+        <w:t xml:space="preserve">With the exception of responding </w:t>
       </w:r>
       <w:r w:rsidR="005E123B">
         <w:t>officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="005536EE">
         <w:t>the scene shall be secured (</w:t>
       </w:r>
       <w:r w:rsidR="00E57F9D">
         <w:t>i.e.,</w:t>
       </w:r>
       <w:r w:rsidR="000660A7">
         <w:t xml:space="preserve"> vehicles and cells) and </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="007759D0" w:rsidRPr="00245E49">
         <w:t>ccess only granted on the authority o</w:t>
       </w:r>
       <w:r w:rsidR="00A507C3">
         <w:t xml:space="preserve">f the </w:t>
       </w:r>
       <w:r w:rsidR="00CA2CF3">
         <w:t>Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="0042104C">
-        <w:t>/</w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>/OIC</w:t>
+      </w:r>
       <w:r w:rsidR="00CA2CF3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CFCF548" w14:textId="72996088" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="000660A7" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Where the scene is an open space, the area shall be cordoned off and screened from view</w:t>
       </w:r>
       <w:r w:rsidR="00E74D02">
         <w:t>, using privacy screens or alternative means as practicable</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14A66EBB" w14:textId="04390A4A" w:rsidR="00024923" w:rsidRPr="00024923" w:rsidRDefault="000F5404" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
@@ -4309,177 +3992,157 @@
           </w:rPr>
           <w:t>incident/crime scene entry &amp; exit log</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC4C92" w:rsidRPr="007476BE">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00BC4C92">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA2CF3">
         <w:t xml:space="preserve">of any persons entering or leaving the area shall occur until authority is handed over to </w:t>
       </w:r>
       <w:r w:rsidR="00F734DA">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00654AA3">
         <w:t xml:space="preserve">senior </w:t>
       </w:r>
       <w:r w:rsidR="00F734DA">
         <w:t xml:space="preserve">investigating </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00AE2C28">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="003E49B5">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DE1BA3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FF2CA9C" w14:textId="137B4670" w:rsidR="00B977A8" w:rsidRPr="00E3037C" w:rsidRDefault="00B977A8" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Superintendent shall ensure that all </w:t>
       </w:r>
       <w:r w:rsidR="007B1B99">
         <w:t>relevant</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> C</w:t>
       </w:r>
       <w:r w:rsidR="003F377B">
         <w:t xml:space="preserve">lose Circuit </w:t>
       </w:r>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="003F377B">
         <w:t xml:space="preserve">elevision (CCTV) </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">footage, </w:t>
       </w:r>
       <w:r w:rsidR="00C508C3" w:rsidRPr="00E3037C">
-        <w:t>Body Worn Camera (</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">) footage, </w:t>
+        <w:t xml:space="preserve">Body Worn Camera (BWC) footage, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E3037C">
         <w:t xml:space="preserve">cell </w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="00E3037C">
         <w:t>calls,</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3037C">
         <w:t xml:space="preserve"> and radio transmissions are </w:t>
       </w:r>
       <w:r w:rsidR="00C508C3" w:rsidRPr="00E3037C">
         <w:t>collated and preserved</w:t>
       </w:r>
       <w:r w:rsidRPr="00E3037C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="305391DF" w14:textId="7B3D0B3D" w:rsidR="00196A3C" w:rsidRPr="00E3037C" w:rsidRDefault="0029335F" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3037C">
-        <w:t xml:space="preserve">Detainees shall not be able to recover any property from the scene until the cell has been released to the Superintendent by the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and/or WorkSafe inspector</w:t>
+        <w:t>Detainees shall not be able to recover any property from the scene until the cell has been released to the Superintendent by the WAPF and/or WorkSafe inspector</w:t>
       </w:r>
       <w:r w:rsidR="00F734DA" w:rsidRPr="00E3037C">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="110FF1A1" w14:textId="7BAB0E7F" w:rsidR="00EE428E" w:rsidRDefault="008F40D5" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_The_following_procedures"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="001914B8">
         <w:t xml:space="preserve">he following procedures </w:t>
       </w:r>
       <w:r w:rsidR="00992092">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00DF64C7">
         <w:t xml:space="preserve"> be undertaken </w:t>
       </w:r>
       <w:r w:rsidR="0018384C">
         <w:t xml:space="preserve">to secure </w:t>
       </w:r>
       <w:r w:rsidR="00F903D4">
         <w:t xml:space="preserve">and record entry to </w:t>
       </w:r>
       <w:r w:rsidR="0018384C">
         <w:t>the scene</w:t>
       </w:r>
       <w:r w:rsidR="00F903D4">
         <w:t xml:space="preserve"> until </w:t>
       </w:r>
       <w:r w:rsidR="006F1A02">
         <w:t xml:space="preserve">handed over to </w:t>
       </w:r>
       <w:r w:rsidR="00F734DA" w:rsidRPr="005536EE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="005536EE">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0018384C">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="6237"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
       <w:tr w:rsidR="007C5B10" w:rsidRPr="003469D9" w14:paraId="7D04F190" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
@@ -4564,57 +4227,52 @@
               <w:t xml:space="preserve"> Officer</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (Incident Control</w:t>
             </w:r>
             <w:r w:rsidR="00E25545">
               <w:t>l</w:t>
             </w:r>
             <w:r>
               <w:t>er)</w:t>
             </w:r>
             <w:r w:rsidRPr="002C20A3">
               <w:t>, not directly involved with the incident, to manage the scene.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21B52364" w14:textId="59DD953C" w:rsidR="000D260A" w:rsidRPr="00152FAE" w:rsidRDefault="005C1937" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>Superintendent/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C1937" w:rsidRPr="003469D9" w14:paraId="7937BF2F" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="764F4E0D" w14:textId="77777777" w:rsidR="005C1937" w:rsidRDefault="005C1937" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
@@ -4635,57 +4293,52 @@
             <w:r w:rsidRPr="000925D0">
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="003F5674" w:rsidRPr="007476BE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>incident/crime scene entry &amp; exit log</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4659AC67" w14:textId="037E8FA4" w:rsidR="005C1937" w:rsidRPr="000B1FDA" w:rsidRDefault="005C1937" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>Superintendent/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C1937" w:rsidRPr="003469D9" w14:paraId="3B780C70" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56F2C86E" w14:textId="77777777" w:rsidR="005C1937" w:rsidRDefault="005C1937" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
@@ -4840,116 +4493,106 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A2F0048" w14:textId="04AB2B27" w:rsidR="000D260A" w:rsidRDefault="000D260A" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00152FAE">
               <w:t xml:space="preserve">Identify </w:t>
             </w:r>
             <w:r>
               <w:t>detainees</w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t xml:space="preserve"> who may be suspects or witnesses to the incident</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> and provide the </w:t>
-[...3 lines deleted...]
-              <w:t>WA</w:t>
+              <w:t xml:space="preserve"> and provide the WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> with these details.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5BC1D002" w14:textId="4197541E" w:rsidR="000D260A" w:rsidRPr="00152FAE" w:rsidRDefault="000D260A" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>The following shall occur:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="482A8978" w14:textId="7DECBBE2" w:rsidR="000D260A" w:rsidRPr="00164669" w:rsidRDefault="000D260A" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
             </w:pPr>
             <w:r w:rsidRPr="00164669">
               <w:t>place the</w:t>
             </w:r>
             <w:r w:rsidR="005C49DA">
               <w:t xml:space="preserve"> detainee(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00164669">
               <w:t xml:space="preserve"> in separate cells under strict observation to ensure they are unable to converse with one another.</w:t>
             </w:r>
             <w:r w:rsidR="00A86578">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Custodial Officers shall be mindful that the detainees could be traumatised and may require additional observation and support.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22E8AD18" w14:textId="6C6B5ADA" w:rsidR="000D260A" w:rsidRPr="00152FAE" w:rsidRDefault="000D260A" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
             </w:pPr>
             <w:r>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t xml:space="preserve">nsure any suspects cannot remove or wash evidence (such as </w:t>
             </w:r>
             <w:r>
               <w:t>body fluids</w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t xml:space="preserve"> etc.) until the senior investigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="003E49B5">
-              <w:t>WAPF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">WAPF </w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t>Officer has interviewed them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="534525CB" w14:textId="1E572FF8" w:rsidR="000D260A" w:rsidRPr="00813675" w:rsidRDefault="00CB314F" w:rsidP="000D260A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>Assigned Custodial Officer</w:t>
             </w:r>
             <w:r w:rsidRPr="000B1FDA">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C5B10" w:rsidRPr="003469D9" w14:paraId="78DE338B" w14:textId="77777777" w:rsidTr="00C711B0">
@@ -4982,55 +4625,53 @@
             <w:r w:rsidRPr="00DF64C7">
               <w:t>area from public view</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, in addition to </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF64C7">
               <w:t>cordoning off the area to preserve the scene</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12058579" w14:textId="45D2BD56" w:rsidR="007C5B10" w:rsidRPr="00813675" w:rsidRDefault="000D260A" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Superintendent/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00CB314F">
               <w:t>OIC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C3F37DF" w14:textId="6161808B" w:rsidR="00992092" w:rsidRDefault="00473DC2" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The following procedures shall be undertaken by the </w:t>
       </w:r>
       <w:r w:rsidR="00DC79B0">
         <w:t>Custodial</w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008C2810">
         <w:t xml:space="preserve">Officer assigned to maintain the </w:t>
       </w:r>
       <w:r w:rsidR="008C2810" w:rsidRPr="005536EE">
         <w:t>crime scene log</w:t>
       </w:r>
       <w:r w:rsidR="008C2810">
         <w:t>:</w:t>
@@ -5182,55 +4823,53 @@
       <w:tr w:rsidR="007759D0" w:rsidRPr="0007141F" w14:paraId="59E1A2E6" w14:textId="77777777" w:rsidTr="00024923">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7596D3EE" w14:textId="241C6D2C" w:rsidR="007759D0" w:rsidRPr="0007141F" w:rsidRDefault="008C2810" w:rsidP="00690D5A">
             <w:r>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="006756DB">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6236" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="364D5975" w14:textId="77777777" w:rsidR="00480838" w:rsidRDefault="00480838" w:rsidP="00024923">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Following advice from the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00B21B64">
               <w:t>OIC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> to conclude the record, </w:t>
             </w:r>
             <w:r w:rsidR="008C2810">
               <w:t xml:space="preserve">conduct </w:t>
             </w:r>
             <w:r>
               <w:t>a time check on any other clocks used to record events by other Officers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="506DAB0E" w14:textId="77777777" w:rsidR="007759D0" w:rsidRPr="0007141F" w:rsidRDefault="00942CD2" w:rsidP="00024923">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Make a</w:t>
             </w:r>
             <w:r w:rsidR="00480838">
               <w:t xml:space="preserve"> note on the record of any differences in time</w:t>
             </w:r>
             <w:r w:rsidR="008C2810">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -5402,55 +5041,53 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0088542A">
               <w:t xml:space="preserve">he </w:t>
             </w:r>
             <w:r w:rsidR="009C10C8">
               <w:t>detainee telephone system.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="29535121" w14:textId="7A9D5B77" w:rsidR="0088542A" w:rsidRPr="009E39AB" w:rsidRDefault="00F45475" w:rsidP="00024923">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Superintendent/</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009C10C8">
               <w:t>OIC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0088542A" w:rsidRPr="0007141F" w14:paraId="23E94FD6" w14:textId="77777777" w:rsidTr="00024923">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="746DE331" w14:textId="77777777" w:rsidR="0088542A" w:rsidRPr="00824B14" w:rsidRDefault="0088542A" w:rsidP="00024923">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36B1BFB8" w14:textId="69CFA051" w:rsidR="0088542A" w:rsidRDefault="00426949" w:rsidP="00024923">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
@@ -5523,57 +5160,52 @@
             <w:r>
               <w:t>Maintain shutdown</w:t>
             </w:r>
             <w:r w:rsidR="009C10C8">
               <w:t xml:space="preserve"> of the telephone system until confirmation that the </w:t>
             </w:r>
             <w:r w:rsidRPr="00892126">
               <w:t>deceased’s next of kin</w:t>
             </w:r>
             <w:r w:rsidR="009C10C8">
               <w:t>/caregiver ha</w:t>
             </w:r>
             <w:r w:rsidR="00407910">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00892126">
               <w:t xml:space="preserve"> been notified</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00426949">
               <w:t>or until determined otherwise by the Superintendent</w:t>
             </w:r>
             <w:r w:rsidR="004C7051">
-              <w:t>/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/OIC</w:t>
+            </w:r>
             <w:r w:rsidRPr="00426949">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="5CCEDB62" w14:textId="77777777" w:rsidR="0088542A" w:rsidRPr="0007141F" w:rsidRDefault="0088542A" w:rsidP="00024923">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20DB6A79" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00E20501">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
@@ -5764,61 +5396,52 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> via telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B4B53C6" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w14:paraId="0F8FA92F" w14:textId="77777777" w:rsidTr="0096751C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2771467F" w14:textId="64DB3928" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="004E6CFA" w:rsidP="004E6CFA">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
@@ -5899,267 +5522,238 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="412DA7EB" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E3037C">
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w14:paraId="40CD27FE" w14:textId="77777777" w:rsidTr="0096751C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="155A2487" w14:textId="6F762014" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="004E6CFA" w:rsidP="004E6CFA">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...12 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E3037C">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E380837" w14:textId="1B2893BA" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E3037C">
+              <w:t xml:space="preserve">Notify Manager, Aboriginal Visitors Scheme (where the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E539EA" w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notify Manager, Aboriginal Visitors Scheme (where the </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E539EA" w:rsidRPr="00E3037C">
+              <w:t>detainee</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>detainee</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3037C">
+              <w:t xml:space="preserve"> is Aboriginal)</w:t>
+            </w:r>
+            <w:r w:rsidR="004E6CFA" w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is Aboriginal)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004E6CFA" w:rsidRPr="00E3037C">
+              <w:t xml:space="preserve"> via telephone</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> via telephone</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3037C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="069FF02A" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E3037C">
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w14:paraId="16996320" w14:textId="77777777" w:rsidTr="0096751C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1983FF9C" w14:textId="6094C436" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="004E6CFA" w:rsidP="004E6CFA">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="1983FF9C" w14:textId="6094C436" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="004E6CFA" w:rsidP="004E6CFA">
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F1D052" w14:textId="06855659" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>4.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+              <w:t xml:space="preserve">Notify relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00E16BD5" w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>YDC</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notify relevant </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E16BD5" w:rsidRPr="00E3037C">
+              <w:t xml:space="preserve"> Chaplain (where indicated on the reception history sheet)</w:t>
+            </w:r>
+            <w:r w:rsidR="004E6CFA" w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>YDC</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> via telephone</w:t>
+            </w:r>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Chaplain (where indicated on the reception history sheet)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004E6CFA" w:rsidRPr="00E3037C">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12D1D307" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> via telephone</w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...30 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A97FA8" w:rsidRPr="00A97FA8" w14:paraId="4E78AD97" w14:textId="77777777" w:rsidTr="0096751C">
         <w:trPr>
           <w:trHeight w:val="614"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="157C8337" w14:textId="457BC700" w:rsidR="00A97FA8" w:rsidRPr="00E3037C" w:rsidRDefault="004E6CFA" w:rsidP="004E6CFA">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5.</w:t>
@@ -6240,244 +5834,178 @@
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> location queries. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1946DC28" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3037C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6CFC6FB7" w14:textId="6E6F20F7" w:rsidR="00107745" w:rsidRPr="00BC2040" w:rsidRDefault="00107745" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc189651811"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc218583349"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t>Death of a Detainee at Perth Children’s Court</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="462CC5C5" w14:textId="3C91A41E" w:rsidR="00107745" w:rsidRPr="005C46F6" w:rsidRDefault="00107745" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve">The </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> at the scene will immediately notify emergency services by calling 000.</w:t>
+        <w:t>The OIC at the scene will immediately notify emergency services by calling 000.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B3745C8" w14:textId="052FD205" w:rsidR="00107745" w:rsidRPr="005C46F6" w:rsidRDefault="009D28FD" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve">The </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> at the scene will immediately notify the Superintendent. In the absence of the Superintendent, the Deputy Superintendent shall be informed. </w:t>
+        <w:t xml:space="preserve">The OIC at the scene will immediately notify the Superintendent. In the absence of the Superintendent, the Deputy Superintendent shall be informed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72081184" w14:textId="02CEBAD3" w:rsidR="00107745" w:rsidRPr="005C46F6" w:rsidRDefault="00107745" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve">The </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of the custody centre shall inform the court of the incident and all movements to and from the custody centre are to cease.</w:t>
+        <w:t>The OIC of the custody centre shall inform the court of the incident and all movements to and from the custody centre are to cease.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11BF0CE9" w14:textId="6398A72A" w:rsidR="00107745" w:rsidRPr="005C46F6" w:rsidRDefault="00107745" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve">On confirmation of life extinct by emergency services the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> of the custody centre is to follow all direction</w:t>
+        <w:t>On confirmation of life extinct by emergency services the OIC of the custody centre is to follow all direction</w:t>
       </w:r>
       <w:r w:rsidR="00E25545" w:rsidRPr="00BC2040">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve"> by the Superintendent or the </w:t>
-[...3 lines deleted...]
-        <w:t>W</w:t>
+        <w:t xml:space="preserve"> by the Superintendent or the W</w:t>
       </w:r>
       <w:r w:rsidR="008C50C8" w:rsidRPr="00BC2040">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63B58791" w14:textId="0EF8C0ED" w:rsidR="00107745" w:rsidRPr="005C46F6" w:rsidRDefault="00107745" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
         <w:t>The area is to be cordoned off and secured as directed by</w:t>
       </w:r>
       <w:r w:rsidR="00E25545" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>WA</w:t>
+        <w:t xml:space="preserve"> WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6471D6E3" w14:textId="1CDC81E4" w:rsidR="00107745" w:rsidRPr="005C46F6" w:rsidRDefault="00107745" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve">Evacuation of any remaining detainees is to be conducted under the authorisation of the </w:t>
-[...3 lines deleted...]
-        <w:t>WA</w:t>
+        <w:t>Evacuation of any remaining detainees is to be conducted under the authorisation of the WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2322FEC0" w14:textId="3DF74D6D" w:rsidR="00107745" w:rsidRPr="00107745" w:rsidRDefault="00107745" w:rsidP="00107745">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">All other procedures are to be followed as per </w:t>
       </w:r>
       <w:r w:rsidR="006721D6" w:rsidRPr="00E15339">
         <w:t xml:space="preserve">section 3 </w:t>
       </w:r>
       <w:r w:rsidR="001902D8">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15339">
         <w:t xml:space="preserve">Death of a Detainee at </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001902D8">
-        <w:t>YDC</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>YDC) of this COPP</w:t>
+      </w:r>
       <w:r w:rsidR="006721D6" w:rsidRPr="005C46F6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="097E6B55" w14:textId="1E04280F" w:rsidR="006B79E3" w:rsidRPr="006B79E3" w:rsidRDefault="007C4758" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc189651812"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc218583350"/>
       <w:r>
         <w:t xml:space="preserve">Death of a </w:t>
       </w:r>
       <w:r w:rsidR="00DC79B0">
         <w:t>Detainee</w:t>
       </w:r>
       <w:r w:rsidR="00755020">
         <w:t xml:space="preserve"> in a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="000640F4">
         <w:t>ospital</w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="00505BB6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC13E2">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00755020">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
@@ -6500,95 +6028,82 @@
       </w:r>
       <w:r w:rsidR="003314E1">
         <w:t>here a death occurs at a hospice</w:t>
       </w:r>
       <w:r w:rsidR="00BC13E2">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="003314E1">
         <w:t xml:space="preserve"> hospital</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59D9F4FA" w14:textId="66F43CC3" w:rsidR="00330A42" w:rsidRDefault="007908ED" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="00505BB6">
         <w:t>Superintendent</w:t>
       </w:r>
       <w:r>
-        <w:t>/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> shall ensure, w</w:t>
+        <w:t>/OIC shall ensure, w</w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t xml:space="preserve">here the </w:t>
       </w:r>
       <w:r w:rsidR="00B67864">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t xml:space="preserve"> was under officer escort</w:t>
       </w:r>
       <w:r w:rsidR="000006B9">
         <w:t>/supervision</w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t xml:space="preserve"> at the time of death, </w:t>
       </w:r>
       <w:r w:rsidR="00F23CC9">
         <w:t>officers</w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t xml:space="preserve"> in attendance are provided appropriate guidance and support.</w:t>
       </w:r>
       <w:r w:rsidR="00330A42" w:rsidRPr="00505BB6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00330A42" w:rsidRPr="00F53979">
         <w:t xml:space="preserve">A copy of </w:t>
       </w:r>
       <w:r w:rsidR="005C483D">
-        <w:t xml:space="preserve">this </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>this COPP</w:t>
+      </w:r>
       <w:r w:rsidR="00330A42" w:rsidRPr="00F53979">
         <w:t xml:space="preserve"> shall be </w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t xml:space="preserve">included in </w:t>
       </w:r>
       <w:r w:rsidR="00330A42" w:rsidRPr="00F53979">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00330A42">
         <w:t>Hospital Escort Bag to assist staff in these circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19980479" w14:textId="2AC464B4" w:rsidR="00846117" w:rsidRDefault="000006B9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="_Under_specific_conditions"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:t>The hospital or hospice are to be advised in writing</w:t>
       </w:r>
       <w:r w:rsidR="00F54CCA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6655,103 +6170,91 @@
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="006552AC">
         <w:t>hospital</w:t>
       </w:r>
       <w:r w:rsidR="000006B9" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> or</w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">hospice </w:t>
       </w:r>
       <w:r w:rsidR="00654102" w:rsidRPr="006552AC">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> to leave the deceased and any equipment in situ </w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="000556CC">
         <w:t xml:space="preserve">until the attendance of the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004C7051" w:rsidRPr="000556CC">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="003E49B5">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00CB5272" w:rsidRPr="000556CC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="000556CC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E7A89C" w14:textId="3626DB27" w:rsidR="004A3469" w:rsidRPr="000556CC" w:rsidRDefault="004A3469" w:rsidP="004A3469">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
       </w:pPr>
       <w:r w:rsidRPr="000556CC">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">the escorting officer/s shall remain with the deceased until such time as a handover has been conducted with the </w:t>
-[...7 lines deleted...]
-        <w:t>, except in exceptional circumstances refer to</w:t>
+        <w:t>the escorting officer/s shall remain with the deceased until such time as a handover has been conducted with the WAPF, except in exceptional circumstances refer to</w:t>
       </w:r>
       <w:r w:rsidRPr="00787B9C">
         <w:t xml:space="preserve"> section 4.2.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="587A25AF" w14:textId="57EDF860" w:rsidR="00F9693C" w:rsidRPr="006552AC" w:rsidRDefault="002F4A4B" w:rsidP="006552AC">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
       </w:pPr>
       <w:r w:rsidRPr="006552AC">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00CB5272" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">investigating </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="003E49B5">
         <w:t>WAPF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="003E49B5" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="006552AC">
         <w:t>Officer/s</w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> will attend the </w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="006552AC">
         <w:t>hospital</w:t>
       </w:r>
       <w:r w:rsidR="000006B9" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">hospice </w:t>
       </w:r>
       <w:r w:rsidR="00C07DCE" w:rsidRPr="006552AC">
         <w:t>and release the scene following investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61048E87" w14:textId="2F787D17" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="00407307" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
@@ -6842,65 +6345,51 @@
         </w:rPr>
         <w:t>occurred</w:t>
       </w:r>
       <w:r w:rsidRPr="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> in a hospital</w:t>
       </w:r>
       <w:r w:rsidR="00787B9C" w:rsidRPr="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00E556EE" w:rsidRPr="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>hospice</w:t>
       </w:r>
       <w:r w:rsidRPr="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the following procedures will apply until handover with the </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> has occurred</w:t>
+        <w:t xml:space="preserve"> the following procedures will apply until handover with the WAPF has occurred</w:t>
       </w:r>
       <w:r w:rsidR="00B41353" w:rsidRPr="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D4E3922" w14:textId="5B1C7D62" w:rsidR="00221930" w:rsidRDefault="00221930" w:rsidP="00221930"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable1"/>
         <w:tblW w:w="9429" w:type="dxa"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="709"/>
@@ -7006,375 +6495,312 @@
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>The escorting Officer shall create a record in the escort log and/or occurrence book, to record the time of death and the time of certification of death</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="709C726E" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="31A46489" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50307F34" w14:textId="4759EA25" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F8CC8A0" w14:textId="288C9520" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Notify the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>OPCEN</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> of the </w:t>
             </w:r>
             <w:r w:rsidR="002A2C19" w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>detainee</w:t>
             </w:r>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>’s death.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06F9A10F" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>OIC of the escort/ Ventia Control</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="0D3C2A1A" w14:textId="77777777" w:rsidTr="006E4688">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB1BC6E" w14:textId="3A55BB32" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the escort/ Ventia Control</w:t>
-[...11 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000556CC">
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F968793" w14:textId="31B72220" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>3.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000556CC">
+              <w:t>Notify the local WA</w:t>
+            </w:r>
+            <w:r w:rsidR="003E49B5">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notify the local </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>PF</w:t>
+            </w:r>
+            <w:r w:rsidR="001D3ED2">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>WA</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="003E49B5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>PF</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="001D3ED2">
+              <w:t>of the death.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CDBF469" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>of the death.</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="2CDBF469" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+              <w:t>OIC/Superintendent or Ventia Control</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="11858EC6" w14:textId="77777777" w:rsidTr="006E4688">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="494B4B23" w14:textId="316D9C80" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00FD5E34" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>/Superintendent or Ventia Control</w:t>
-[...9 lines deleted...]
-          <w:p w14:paraId="494B4B23" w14:textId="316D9C80" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00FD5E34" w:rsidP="00221930">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="688E511C" w14:textId="7D88C445" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
+              <w:t xml:space="preserve">The escorting officers are to maintain security of the deceased and scene until handover with the WAPF, except in exceptional circumstances refer to </w:t>
+            </w:r>
+            <w:r w:rsidR="004C1DEC" w:rsidRPr="001D3ED2">
+              <w:t>section 4.2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CA7F61" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-[...54 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="54AA67D4" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BC2EFEF" w14:textId="1EABEB10" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00FD5E34" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
@@ -7382,461 +6808,313 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="107B91E6" w14:textId="32295969" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">On arrival of the </w:t>
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> shall hand over control and access to the scene in accordance with </w:t>
+              <w:t xml:space="preserve">On arrival of the WAPF, the OIC shall hand over control and access to the scene in accordance with </w:t>
             </w:r>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00E522A3">
               <w:t>section 9</w:t>
             </w:r>
             <w:r w:rsidR="00310553" w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F98D182" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>OIC of the escort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="327D67C1" w14:textId="77777777" w:rsidTr="006E4688">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="285E16BE" w14:textId="4E9155A4" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00FD5E34" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the escort</w:t>
-[...11 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000556CC">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>6</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9B51FD" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000556CC">
+              <w:t>The OIC shall record the time of handover, name of Officer and obtain a signature in the occurrence book/escort log.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA51E05" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">The </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>OIC of the escort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="1DB9C026" w14:textId="77777777" w:rsidTr="006E4688">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10022AF6" w14:textId="3020AC5C" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00FD5E34" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> shall record the time of handover, name of Officer and obtain a signature in the occurrence book/escort log.</w:t>
-[...9 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E36DCA9" w14:textId="54A1AFEE" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of the escort</w:t>
-[...11 lines deleted...]
-              <w:spacing w:after="60"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="000556CC">
+              <w:t>The OIC shall notify the Superintendent/OPCEN that handover has taken place with the WAPF.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BC0933" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
+            </w:pPr>
+            <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>.</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3E36DCA9" w14:textId="54A1AFEE" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+              <w:t>OIC of the escort</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000556CC" w:rsidRPr="000556CC" w14:paraId="70593350" w14:textId="77777777" w:rsidTr="006E4688">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0D2461" w14:textId="2C062D47" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="004E6CFA" w:rsidP="00221930">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000556CC">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">The </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00221930" w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5954" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="65398E61" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> shall notify the Superintendent/</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OPCEN</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="000556CC">
+              <w:t>The Superintendent/OIC shall record the time of death on TOMS and appoint an Incident Controller to oversee management of the death in custody incident.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2766" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C1803DD" w14:textId="77777777" w:rsidR="00221930" w:rsidRPr="000556CC" w:rsidRDefault="00221930" w:rsidP="00221930">
+            <w:pPr>
+              <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> that handover has taken place with the </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+            </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>WAPF</w:t>
-[...135 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="21F47E41" w14:textId="7E84F202" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="008A3AE3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="35" w:name="_Withdrawal_of_Escorting"/>
-      <w:bookmarkStart w:id="36" w:name="_Toc189651813"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc218583351"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="000556CC">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Withdrawal of </w:t>
       </w:r>
       <w:r w:rsidR="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="000556CC">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">scorting </w:t>
       </w:r>
       <w:r w:rsidR="00787B9C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
@@ -7870,59 +7148,51 @@
         </w:rPr>
         <w:t>ospice</w:t>
       </w:r>
       <w:r w:rsidRPr="000556CC">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> in exceptional circumstances</w:t>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
     <w:p w14:paraId="1E707A26" w14:textId="77777777" w:rsidR="004E6CFA" w:rsidRDefault="00BA0EBD" w:rsidP="004E6CFA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="000556CC">
         <w:t>The Superintendent shall request approval from the relevant Deputy Commissioner to withdraw escorting officers from a hospital</w:t>
       </w:r>
       <w:r w:rsidR="002F0465">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="000556CC" w:rsidRPr="000556CC">
         <w:t>hospice</w:t>
       </w:r>
       <w:r w:rsidRPr="000556CC">
-        <w:t xml:space="preserve">, prior to handover to the </w:t>
-[...7 lines deleted...]
-        <w:t>, in the following exceptional circumstances:</w:t>
+        <w:t>, prior to handover to the WAPF, in the following exceptional circumstances:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05755676" w14:textId="77777777" w:rsidR="004E6CFA" w:rsidRPr="004E6CFA" w:rsidRDefault="004C1DEC" w:rsidP="004E6CFA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004E6CFA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">detainee </w:t>
       </w:r>
       <w:r w:rsidR="00BA0EBD" w:rsidRPr="004E6CFA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">has been granted Prerogative of Mercy </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="585702B2" w14:textId="77777777" w:rsidR="004E6CFA" w:rsidRPr="004E6CFA" w:rsidRDefault="004C1DEC" w:rsidP="004E6CFA">
       <w:pPr>
@@ -7954,60 +7224,52 @@
       <w:r w:rsidR="00BA0EBD" w:rsidRPr="004E6CFA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>no legal warrant)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="742A8D1A" w14:textId="77777777" w:rsidR="004E6CFA" w:rsidRPr="004E6CFA" w:rsidRDefault="004C1DEC" w:rsidP="004E6CFA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004E6CFA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">detainee’s </w:t>
       </w:r>
       <w:r w:rsidR="00BA0EBD" w:rsidRPr="004E6CFA">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">sentence or parole has </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>sentence or parole has concluded</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="6F7F5974" w14:textId="77777777" w:rsidR="004E6CFA" w:rsidRDefault="00396212" w:rsidP="004E6CFA">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="000556CC">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidR="00BA0EBD" w:rsidRPr="000556CC">
         <w:t>here approved organ donation is to occur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F0309AA" w14:textId="30FBE417" w:rsidR="00221930" w:rsidRPr="003F6765" w:rsidRDefault="00396212" w:rsidP="00221930">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="004E6CFA">
@@ -8217,177 +7479,141 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D454966" w14:textId="4E72D222" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">Notify the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>OPCEN</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="661DDA65" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0EBD" w:rsidRPr="00BA0EBD" w14:paraId="14A26E31" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A521AD9" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ADCFDA1" w14:textId="2633B428" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">Notify the local </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> of the time of withdrawal</w:t>
+              <w:t>Notify the local WAPF of the time of withdrawal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AFADAA3" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0EBD" w:rsidRPr="00BA0EBD" w14:paraId="0F53C8A0" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="366A1283" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8419,61 +7645,52 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> has been discharged from TOMS, where applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C3D1B79" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0EBD" w:rsidRPr="00BA0EBD" w14:paraId="799C8D8A" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C446989" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8491,61 +7708,52 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Notify the escorting officers of the withdrawal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FBE7BB4" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0EBD" w:rsidRPr="00BA0EBD" w14:paraId="2C1E70E2" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05EEEFBB" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8562,67 +7770,51 @@
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Notify Ventia Control where applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="652DE105" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>Superintendent/</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Superintendent/OIC </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0EBD" w:rsidRPr="00BA0EBD" w14:paraId="52DD1900" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26DD4F71" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8671,65 +7863,56 @@
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>withdrawal.</w:t>
             </w:r>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> in the escort log and/or occurrence book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3545D3DA" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA0EBD" w:rsidRPr="00BA0EBD" w14:paraId="0DA73153" w14:textId="77777777" w:rsidTr="006E4688">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="071507CB" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="60"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8792,161 +7975,145 @@
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">ospice </w:t>
             </w:r>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>staff) of the withdrawal of escorting officers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30998C46" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="000556CC" w:rsidRDefault="00BA0EBD" w:rsidP="00BA0EBD">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000556CC">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t>OIC</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0184F245" w14:textId="77777777" w:rsidR="00BA0EBD" w:rsidRPr="00221930" w:rsidRDefault="00BA0EBD" w:rsidP="00221930"/>
     <w:p w14:paraId="1B52ED0C" w14:textId="0F970FBB" w:rsidR="003469D9" w:rsidRDefault="003469D9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="37" w:name="_Toc531872884"/>
       <w:bookmarkStart w:id="38" w:name="_Toc532389132"/>
       <w:bookmarkStart w:id="39" w:name="_Toc531872885"/>
       <w:bookmarkStart w:id="40" w:name="_Toc532389133"/>
       <w:bookmarkStart w:id="41" w:name="_Toc531872919"/>
       <w:bookmarkStart w:id="42" w:name="_Toc532389167"/>
       <w:bookmarkStart w:id="43" w:name="_Toc531872920"/>
       <w:bookmarkStart w:id="44" w:name="_Toc532389168"/>
       <w:bookmarkStart w:id="45" w:name="_Toc531872921"/>
       <w:bookmarkStart w:id="46" w:name="_Toc532389169"/>
       <w:bookmarkStart w:id="47" w:name="_Toc531872922"/>
       <w:bookmarkStart w:id="48" w:name="_Toc532389170"/>
-      <w:bookmarkStart w:id="49" w:name="_Toc189651814"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc218583352"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:r>
         <w:t xml:space="preserve">Death </w:t>
       </w:r>
       <w:r w:rsidR="00BD5B23">
         <w:t>of a</w:t>
       </w:r>
       <w:r w:rsidR="007C4758">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C15FAB">
         <w:t>Detainee</w:t>
       </w:r>
       <w:r w:rsidR="007C4758">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="007C4758">
         <w:t xml:space="preserve">rior to </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="007C4758">
         <w:t xml:space="preserve">rrival at </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001902D8">
         <w:t>YDC</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="007C4758">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="575CA20D" w14:textId="06F37E3E" w:rsidR="00AC1262" w:rsidRDefault="007C4758" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The following procedures shall be undertaken i</w:t>
       </w:r>
       <w:r w:rsidR="00AC1262">
         <w:t xml:space="preserve">n the event the death occurs prior to a </w:t>
       </w:r>
       <w:r w:rsidR="00D565D0">
         <w:t>detainee’</w:t>
       </w:r>
       <w:r w:rsidR="00AC1262">
         <w:t xml:space="preserve">s arrival at </w:t>
       </w:r>
       <w:r w:rsidR="00E15339">
-        <w:t xml:space="preserve">the </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>the YDC</w:t>
+      </w:r>
       <w:r w:rsidR="00773B4F">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="6376"/>
         <w:gridCol w:w="2413"/>
       </w:tblGrid>
       <w:tr w:rsidR="003469D9" w:rsidRPr="003469D9" w14:paraId="7972A9DE" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
@@ -9009,293 +8176,264 @@
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="707B71FA" w14:textId="16942071" w:rsidR="003469D9" w:rsidRPr="003469D9" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Ensure the security and safety of any other </w:t>
             </w:r>
             <w:r w:rsidR="00D565D0">
               <w:t>detainees</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> being transported. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AD07077" w14:textId="77777777" w:rsidR="003469D9" w:rsidRPr="001D1293" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>OIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00544920" w:rsidRPr="003469D9" w14:paraId="406E0EB7" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35BA6DDD" w14:textId="77777777" w:rsidR="00544920" w:rsidRPr="00824B14" w:rsidRDefault="00544920" w:rsidP="002A59D5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C158E94" w14:textId="77777777" w:rsidR="00544920" w:rsidRPr="00DF64C7" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00DF64C7">
               <w:t>Secure and preserve the scene as a crime scene</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> until handover to the </w:t>
             </w:r>
             <w:r w:rsidR="002B1C88">
               <w:t>WA Police Force</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="720B8EB1" w14:textId="77777777" w:rsidR="00544920" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>OIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00544920" w:rsidRPr="003469D9" w14:paraId="3002FF53" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59376A68" w14:textId="77777777" w:rsidR="00544920" w:rsidRPr="00824B14" w:rsidRDefault="00544920" w:rsidP="002A59D5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DF9EF26" w14:textId="7B9FBBA9" w:rsidR="00544920" w:rsidRDefault="00DB15A5" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Notify </w:t>
             </w:r>
             <w:r w:rsidRPr="00717A4D">
               <w:t>the Superintendent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="385856B4" w14:textId="08B631F5" w:rsidR="00544920" w:rsidRDefault="00DB15A5" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>OIC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> of the escort</w:t>
+              <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00544920" w:rsidRPr="003469D9" w14:paraId="2B80CB6B" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E09D503" w14:textId="77777777" w:rsidR="00544920" w:rsidRDefault="00544920" w:rsidP="002A59D5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A3DC754" w14:textId="34ADC0A8" w:rsidR="00544920" w:rsidRDefault="00DB15A5" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Notify </w:t>
             </w:r>
             <w:r w:rsidR="008C50C8">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00466F10">
               <w:t>OPCEN</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B01877">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>of the detainee’s death.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F14C972" w14:textId="0000BA85" w:rsidR="00544920" w:rsidRPr="001D1293" w:rsidRDefault="00E2765F" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>Superintendent/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00544920" w:rsidRPr="003469D9" w14:paraId="0AAFD8DC" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A9A410B" w14:textId="77777777" w:rsidR="00544920" w:rsidRDefault="00544920" w:rsidP="002A59D5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ABE084E" w14:textId="34182FC6" w:rsidR="00544920" w:rsidRPr="00511415" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">Notify the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00AE2C28" w:rsidRPr="00511415">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00511415">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00AE2C28" w:rsidRPr="00511415">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00511415">
               <w:t>by contacting 000 or 131444</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="775172D9" w14:textId="77777777" w:rsidR="00544920" w:rsidRPr="00511415" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
-              <w:t>Superintendent/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2FAF" w:rsidRPr="003469D9" w14:paraId="3A165F07" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="171F244D" w14:textId="77777777" w:rsidR="00EC2FAF" w:rsidRDefault="00EC2FAF" w:rsidP="002A59D5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20C0502D" w14:textId="286706E5" w:rsidR="00EC2FAF" w:rsidRDefault="00DB15A5" w:rsidP="00164669">
             <w:pPr>
@@ -9305,57 +8443,52 @@
               <w:t xml:space="preserve">Identify and arrange a location for </w:t>
             </w:r>
             <w:r w:rsidR="00466F10">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00247FDB">
               <w:t>People, Culture and Standards Division</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> to conduct drug and alcohol testing of any officer/s, where applicable</w:t>
             </w:r>
             <w:r w:rsidR="00742776">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CD09CA7" w14:textId="77777777" w:rsidR="00EC2FAF" w:rsidRPr="00BB4748" w:rsidRDefault="00EC2FAF" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB4748">
-              <w:t>Superintendent/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Superintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00544920" w:rsidRPr="003469D9" w14:paraId="6926A9EC" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07485767" w14:textId="77777777" w:rsidR="00544920" w:rsidRDefault="00544920" w:rsidP="002A59D5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D4DC54F" w14:textId="77777777" w:rsidR="00544920" w:rsidRDefault="00544920" w:rsidP="00164669">
             <w:pPr>
@@ -9398,59 +8531,51 @@
       <w:tr w:rsidR="00A97FA8" w:rsidRPr="003469D9" w14:paraId="5654CA45" w14:textId="77777777" w:rsidTr="007E1900">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B51BD05" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="26"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DE6982E" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
-              <w:t xml:space="preserve">Notify relevant internal and external stakeholders of the death, in accordance with approved </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> incident notification procedures, including immediate notification to the:</w:t>
+              <w:t>Notify relevant internal and external stakeholders of the death, in accordance with approved OPCEN incident notification procedures, including immediate notification to the:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0268F428" w14:textId="3B7B3560" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">Deputy Commissioner </w:t>
             </w:r>
             <w:r w:rsidR="006756DB" w:rsidRPr="00511415">
               <w:t>and/</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">or Duty Deputy Commissioner </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="23A9FE16" w14:textId="00D3F47F" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -9466,150 +8591,135 @@
             <w:r w:rsidRPr="00511415">
               <w:t>and</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59CD2D13" w14:textId="097602A7" w:rsidR="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">Coroner </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F471DF3" w14:textId="3592D553" w:rsidR="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>OPCEN</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19400C5F" w14:textId="77777777" w:rsidR="00CE78ED" w:rsidRPr="005C46F6" w:rsidRDefault="00CE78ED" w:rsidP="005C46F6">
       <w:bookmarkStart w:id="50" w:name="_Toc532389174"/>
       <w:bookmarkStart w:id="51" w:name="_Toc532389225"/>
       <w:bookmarkStart w:id="52" w:name="_Toc532389229"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
     </w:p>
     <w:p w14:paraId="0DE08E7D" w14:textId="2BAE405B" w:rsidR="007C0FF0" w:rsidRDefault="007C0FF0" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc189651815"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc218583353"/>
       <w:r>
         <w:t xml:space="preserve">Death of a </w:t>
       </w:r>
       <w:r w:rsidR="00826F07">
         <w:t>Detainee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> as a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">esult of an </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ndustrial </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t>ccident</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="7AC70794" w14:textId="2DB603B0" w:rsidR="007C0FF0" w:rsidRPr="00122EF7" w:rsidRDefault="007C0FF0" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where </w:t>
       </w:r>
       <w:r w:rsidR="0024113B">
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> death of a </w:t>
       </w:r>
       <w:r w:rsidR="00D565D0">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00B1295D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">occurs </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> an industrial accident the </w:t>
+        <w:t xml:space="preserve">occurs as a result of an industrial accident the </w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t xml:space="preserve">notification and reporting procedures shall occur as per procedures for the death of a </w:t>
       </w:r>
       <w:r w:rsidR="00DB15A5">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t xml:space="preserve"> within </w:t>
       </w:r>
       <w:r w:rsidR="00260C00">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A63E0F">
-        <w:t>YDC</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">YDC </w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00035586" w:rsidRPr="001D3ED2">
         <w:t>section 3</w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EC2426">
         <w:t xml:space="preserve"> and t</w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">following additional procedures shall </w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t xml:space="preserve">also </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">apply: </w:t>
       </w:r>
@@ -9734,57 +8844,52 @@
           <w:p w14:paraId="42467812" w14:textId="77777777" w:rsidR="001C6EED" w:rsidRDefault="001C6EED" w:rsidP="001C6EED">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Telephone: </w:t>
             </w:r>
             <w:r w:rsidRPr="005D191D">
               <w:t>1800 678 198</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="24793038" w14:textId="77777777" w:rsidR="00164669" w:rsidRDefault="0091460E" w:rsidP="00AF5815">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00F3793A">
               <w:t>Sup</w:t>
             </w:r>
             <w:r w:rsidR="00164669">
-              <w:t>erintendent/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>erintendent/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00945BE6" w:rsidRPr="000E6F0A" w14:paraId="2245357D" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01A214C3" w14:textId="77777777" w:rsidR="00945BE6" w:rsidRPr="00CF6125" w:rsidRDefault="00945BE6" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42033988" w14:textId="77777777" w:rsidR="00945BE6" w:rsidRDefault="00945BE6" w:rsidP="00796452">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
@@ -9823,68 +8928,58 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F5C1B7C" w14:textId="6EB8B423" w:rsidR="00E27E53" w:rsidRDefault="005D191D" w:rsidP="00796452">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Notify the Department</w:t>
             </w:r>
             <w:r w:rsidR="00C106FE">
               <w:t>’s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A53A4D">
-              <w:t xml:space="preserve">Work, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and Safety</w:t>
+              <w:t>Work, Health and Safety</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A53A4D">
               <w:t>WHS</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
             <w:r w:rsidR="00193CA6">
               <w:t xml:space="preserve">team: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B974081" w14:textId="77777777" w:rsidR="00796452" w:rsidRDefault="00796452" w:rsidP="00796452">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Telephone: </w:t>
             </w:r>
             <w:r w:rsidRPr="00796452">
               <w:t>9264 6367</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74929A9B" w14:textId="3EE3932F" w:rsidR="00796452" w:rsidRDefault="00796452" w:rsidP="00796452">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Email: </w:t>
             </w:r>
@@ -9924,454 +9019,397 @@
           <w:p w14:paraId="2CDAE5B3" w14:textId="77777777" w:rsidR="00796452" w:rsidRPr="00CF6125" w:rsidRDefault="00796452" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64AAD3FA" w14:textId="6FEB7203" w:rsidR="00796452" w:rsidRPr="005C46F6" w:rsidRDefault="00796452" w:rsidP="005C46F6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="005C46F6">
               <w:t>Notify Safety and Health Representatives</w:t>
             </w:r>
             <w:r w:rsidR="00317E64" w:rsidRPr="005C46F6">
               <w:t xml:space="preserve"> at</w:t>
             </w:r>
             <w:r w:rsidR="00FA5EEE">
-              <w:t xml:space="preserve"> the </w:t>
-[...7 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> the YDC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="08930766" w14:textId="77777777" w:rsidR="00796452" w:rsidRDefault="00796452" w:rsidP="00AF5815">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C0FF0" w:rsidRPr="000E6F0A" w14:paraId="5D0C3AD0" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BEAA29B" w14:textId="77777777" w:rsidR="007C0FF0" w:rsidRDefault="007C0FF0" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="136CE47C" w14:textId="1BFF5863" w:rsidR="007C0FF0" w:rsidRDefault="00945BE6" w:rsidP="00C106FE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Complete all workplace </w:t>
             </w:r>
             <w:r w:rsidR="00035586" w:rsidRPr="00FD771D">
               <w:t>incident reporting</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and investigation requirements in conjunction with the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00035586">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00162834">
               <w:t>Work</w:t>
             </w:r>
             <w:r w:rsidR="00C106FE">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00162834">
               <w:t>afe</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="0024113B">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t>Department</w:t>
             </w:r>
             <w:r w:rsidR="00C106FE">
               <w:t>’s</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A53A4D">
-              <w:t>WHS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">WHS </w:t>
             </w:r>
             <w:r>
               <w:t>team.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="53862A29" w14:textId="77777777" w:rsidR="007C0FF0" w:rsidRDefault="007C0FF0" w:rsidP="00AF5815">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5816799D" w14:textId="77777777" w:rsidR="00E522A3" w:rsidRDefault="00E522A3" w:rsidP="00E522A3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="794"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Notifications_and_Reporting"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc189651816"/>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="39392830" w14:textId="147498CC" w:rsidR="000F5404" w:rsidRDefault="000F5404" w:rsidP="001902D8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="_Toc218583354"/>
       <w:r>
         <w:t xml:space="preserve">Notifications </w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t>eporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="55"/>
     </w:p>
     <w:p w14:paraId="60C77F1E" w14:textId="480F25F7" w:rsidR="009E3DDA" w:rsidRDefault="002B1C88" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="56" w:name="_Police_notification_of"/>
-      <w:bookmarkStart w:id="57" w:name="_Toc189651817"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc218583355"/>
       <w:bookmarkEnd w:id="56"/>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD771D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E37326" w:rsidRPr="005C46F6">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4" w:rsidRPr="005C46F6">
         <w:t>otification</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A53A4D">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00E37326">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve">ext of </w:t>
       </w:r>
       <w:r w:rsidR="00E37326">
         <w:t>k</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t>in</w:t>
       </w:r>
       <w:bookmarkEnd w:id="57"/>
     </w:p>
     <w:p w14:paraId="248FF078" w14:textId="000D87F5" w:rsidR="00BA08C5" w:rsidRDefault="0024113B" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FD771D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve">are responsible for notification of the death </w:t>
       </w:r>
       <w:r w:rsidR="00892572">
         <w:t xml:space="preserve">of a </w:t>
       </w:r>
       <w:r w:rsidR="00D565D0">
         <w:t xml:space="preserve">detainee </w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve">to the next of kin. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF30F9B" w14:textId="584E5A73" w:rsidR="00BA08C5" w:rsidRDefault="00BA08C5" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If the next of kin is in custody in a WA </w:t>
       </w:r>
       <w:r w:rsidR="00035586">
         <w:t xml:space="preserve">prison, </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FA5EEE">
         <w:t>YDC</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="00F12E39">
-        <w:t>/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">/OIC </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">shall still notify the </w:t>
-[...3 lines deleted...]
-        <w:t>WA</w:t>
+        <w:t>shall still notify the WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> and ascertain the most expedient method of notification (</w:t>
       </w:r>
       <w:r w:rsidR="00B504BC">
         <w:t>i.e.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the Superintend</w:t>
       </w:r>
       <w:r w:rsidR="00F12E39">
         <w:t>en</w:t>
       </w:r>
       <w:r>
         <w:t>t of the next of kin’s prison to carry out the notification).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D9BA640" w14:textId="42D321E6" w:rsidR="00F12E39" w:rsidRPr="00F12E39" w:rsidRDefault="00B77EBD" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="006721D6">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA08C5">
         <w:t xml:space="preserve"> Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="00F12E39">
-        <w:t>/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">/OIC </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA08C5">
         <w:t xml:space="preserve">shall contact the </w:t>
       </w:r>
       <w:r w:rsidR="00C106FE" w:rsidRPr="00BA08C5">
         <w:t>Australian</w:t>
       </w:r>
       <w:r w:rsidR="002D76DB" w:rsidRPr="00BA08C5">
         <w:t xml:space="preserve"> Federal </w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00BA08C5">
         <w:t>Police</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA08C5">
         <w:t xml:space="preserve"> who can assist</w:t>
       </w:r>
       <w:r w:rsidR="00BA08C5" w:rsidRPr="00BA08C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D76DB" w:rsidRPr="00BA08C5">
-        <w:t xml:space="preserve">with the notification process if the next of kin </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> another country.</w:t>
+        <w:t>with the notification process if the next of kin is located in another country.</w:t>
       </w:r>
       <w:r w:rsidR="00702F6F" w:rsidRPr="00BA08C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3E5609" w14:textId="5AB90FB4" w:rsidR="002D76DB" w:rsidRDefault="003C27C9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">To facilitate </w:t>
       </w:r>
       <w:r w:rsidR="008417B2">
         <w:t xml:space="preserve">the next of kin </w:t>
       </w:r>
       <w:r>
         <w:t>notification</w:t>
       </w:r>
       <w:r w:rsidR="00E37326">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>without delay</w:t>
       </w:r>
       <w:r w:rsidR="00C106FE">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t>he Superintendent</w:t>
       </w:r>
       <w:r w:rsidR="00F12E39">
         <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00CE78ED">
-        <w:t>OIC</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">OIC </w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00C27917">
         <w:t xml:space="preserve"> provide to </w:t>
       </w:r>
       <w:r w:rsidR="00C106FE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="6379"/>
         <w:gridCol w:w="2410"/>
       </w:tblGrid>
       <w:tr w:rsidR="002D76DB" w:rsidRPr="000E6F0A" w14:paraId="0A0F30A2" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:trPr>
@@ -10460,57 +9498,52 @@
               <w:t xml:space="preserve"> record</w:t>
             </w:r>
             <w:r w:rsidR="002D76DB" w:rsidRPr="00FA1C34">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="595A8A75" w14:textId="77777777" w:rsidR="002D76DB" w:rsidRDefault="002D76DB" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="017E914F" w14:textId="1A81B992" w:rsidR="002D76DB" w:rsidRPr="003E6CE1" w:rsidRDefault="002D76DB" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00880402">
               <w:t>Superintendent</w:t>
             </w:r>
             <w:r w:rsidR="00410F39">
-              <w:t>/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D76DB" w:rsidRPr="000E6F0A" w14:paraId="37F40473" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="651CFD0D" w14:textId="77777777" w:rsidR="002D76DB" w:rsidRDefault="002D76DB" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2424CFF0" w14:textId="0CD2DD85" w:rsidR="002D76DB" w:rsidRDefault="002D76DB" w:rsidP="005536EE">
             <w:pPr>
@@ -10562,155 +9595,135 @@
           <w:p w14:paraId="7E819B25" w14:textId="3C6BB509" w:rsidR="002D76DB" w:rsidRDefault="00C27917" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Further details of any alternative contact persons registered at the time of the </w:t>
             </w:r>
             <w:r w:rsidR="00D565D0">
               <w:t>detainee</w:t>
             </w:r>
             <w:r>
               <w:t>’s reception</w:t>
             </w:r>
             <w:r w:rsidR="001E1184">
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E1184">
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidR="002D76DB">
               <w:t xml:space="preserve">here </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00035586">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D76DB">
-              <w:t xml:space="preserve">cannot locate or </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> the next of kin</w:t>
+              <w:t>cannot locate or make contact with the next of kin</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4D29CA62" w14:textId="77777777" w:rsidR="002D76DB" w:rsidRDefault="002D76DB" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="328E06E5" w14:textId="614482AD" w:rsidR="002539D2" w:rsidRPr="002539D2" w:rsidRDefault="00E45E00" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Superintendent shall, prior to submission of the </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>Superintendent’s Report</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, verify that the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">have notified the next of kin. If this has not occurred, the reason for non-notification is to be recorded in the report. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DAB409B" w14:textId="77777777" w:rsidR="0097357D" w:rsidRDefault="006159A0" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="58" w:name="_Reporting_and_additional"/>
-      <w:bookmarkStart w:id="59" w:name="_Toc189651818"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc218583356"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:t>Reporting and additional n</w:t>
       </w:r>
       <w:r w:rsidR="0097357D" w:rsidRPr="00750B1C">
         <w:t>otifications</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
-    <w:p w14:paraId="7DDA43BC" w14:textId="4A2A3533" w:rsidR="002539D2" w:rsidRPr="005536EE" w:rsidRDefault="00DB100F" w:rsidP="001A7BC4">
+    <w:p w14:paraId="7DDA43BC" w14:textId="4A2A3533" w:rsidR="002539D2" w:rsidRPr="005536EE" w:rsidRDefault="001251E6" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="001251E6" w:rsidRPr="001251E6">
+        <w:r w:rsidRPr="001251E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>COPP</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> 8.1 – Incident Reporting</w:t>
+          <w:t>COPP 8.1 – Incident Reporting</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="001251E6">
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006415FF" w:rsidRPr="005536EE">
         <w:t>outlines the</w:t>
       </w:r>
       <w:r w:rsidR="000F5404" w:rsidRPr="005536EE">
         <w:t xml:space="preserve"> incident </w:t>
       </w:r>
       <w:r w:rsidR="006415FF" w:rsidRPr="005536EE">
         <w:t>notification and reporting requirements</w:t>
       </w:r>
       <w:r w:rsidR="000F5404" w:rsidRPr="005536EE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="396583CD" w14:textId="77777777" w:rsidR="002539D2" w:rsidRPr="002539D2" w:rsidRDefault="00064AC4" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">The officer(s) discovering the death, and any other staff </w:t>
       </w:r>
       <w:r w:rsidR="00C3030A">
         <w:t xml:space="preserve">or contractors </w:t>
       </w:r>
@@ -10725,174 +9738,156 @@
           <w:i/>
         </w:rPr>
         <w:t>Death in Custody Incident Report</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> template on TOMS shall be completed, which has Part A and B sections.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="067E16BC" w14:textId="18EE701C" w:rsidR="00A15A29" w:rsidRPr="007E35C1" w:rsidRDefault="00A15A29" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">Part A requires </w:t>
       </w:r>
       <w:r w:rsidR="005E123B" w:rsidRPr="007E35C1">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t>fficers and staff</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> to follow the normal incident report format and to provide a detailed description of events. Part B deals with supplementary information and TOMS prompts require</w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
-        <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-        <w:t>a</w:t>
+        <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
-        <w:t>number of</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> questions </w:t>
+        <w:t xml:space="preserve">number of questions </w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t>be answered</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t>. If the answer to any of the prompts is ‘yes</w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="007E35C1">
         <w:t>,’</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t>further relevant details are to</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00E5031C" w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B4321A" w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">Officers and staff </w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t>are to answer questions in Part B as best as possible with information they are personally aware of, without searching documents or records (</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="007E35C1">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">and/or </w:t>
       </w:r>
       <w:r w:rsidR="00AE7A18" w:rsidRPr="00AE7A18">
         <w:t xml:space="preserve">PAR Directorate </w:t>
       </w:r>
       <w:r w:rsidR="007E35C1">
         <w:t>shall do this).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E3AD3CF" w14:textId="0A6BED27" w:rsidR="007E35C1" w:rsidRPr="00684400" w:rsidRDefault="00E5031C" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Officers and staff</w:t>
       </w:r>
       <w:r w:rsidRPr="00A15A29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15A29" w:rsidRPr="00C1311F">
         <w:t>shall prepare</w:t>
       </w:r>
       <w:r w:rsidR="005758A9">
         <w:t xml:space="preserve"> TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00A15A29" w:rsidRPr="00C1311F">
         <w:t xml:space="preserve"> incident reports independent of each other</w:t>
       </w:r>
       <w:r w:rsidR="00E25545">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F12E39">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E25545">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00752C54">
         <w:t xml:space="preserve">efer to </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="001251E6" w:rsidRPr="001251E6">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>COPP</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> 8.1 – Incident Reporting</w:t>
+          <w:t>COPP 8.1 – Incident Reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00752C54">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A15A29" w:rsidRPr="00C1311F">
         <w:t xml:space="preserve"> The Superintendent shall </w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="00C1311F">
         <w:t xml:space="preserve">nominate </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="005E123B">
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E123B">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00A15A29" w:rsidRPr="00C1311F">
         <w:t xml:space="preserve">fficer </w:t>
@@ -10979,129 +9974,147 @@
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t>Superintendent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21ECD7E1" w14:textId="0C9BB723" w:rsidR="00684400" w:rsidRPr="00BC2040" w:rsidRDefault="00E962DE" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="60" w:name="_Hlk102550372"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">The PAR Directorate </w:t>
       </w:r>
       <w:r w:rsidR="001B14E9" w:rsidRPr="00BC2040">
         <w:t>review the circumstances of all reportable deaths</w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
         <w:t>. Details of the review and reports will be provided to the Commissioner</w:t>
       </w:r>
       <w:r w:rsidR="00752C54" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> and Director General,</w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> and a report prepared for the </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00E2765F">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F" w:rsidRPr="00BC2040">
         <w:t>oroner</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:p w14:paraId="16229581" w14:textId="77777777" w:rsidR="005B57A1" w:rsidRPr="005B57A1" w:rsidRDefault="001B14E9" w:rsidP="005C46F6">
+    <w:p w14:paraId="3E2A1BCF" w14:textId="646F25C7" w:rsidR="00E0495B" w:rsidRPr="00846C7B" w:rsidRDefault="00E0495B" w:rsidP="00E0495B">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t xml:space="preserve">The PAR Directorate shall contact the YDC (as soon as practicable) and create an Objective Connect WorkSpace to upload all relevant documents for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Death in Custody (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t>DIC) Information Pack</w:t>
+      </w:r>
+      <w:r w:rsidR="00604709" w:rsidRPr="00846C7B">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E207DF0" w14:textId="1D5A85D3" w:rsidR="00E0495B" w:rsidRPr="00846C7B" w:rsidRDefault="00E0495B" w:rsidP="00BA2542">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t>Documents to be provided to the PAR Directorate shall be uploaded via Objective Connect as soon as practicable.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16229581" w14:textId="32EE6188" w:rsidR="005B57A1" w:rsidRPr="005B57A1" w:rsidRDefault="001B14E9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Further information regarding the review process and subsequent coronial inquest management process can be obtained from the</w:t>
       </w:r>
       <w:r w:rsidR="00944AAD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00944AAD" w:rsidRPr="00944AAD">
         <w:t>PAR Directorate</w:t>
       </w:r>
       <w:r w:rsidR="00944AAD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CE2345" w14:textId="32278693" w:rsidR="005B57A1" w:rsidRPr="005B57A1" w:rsidRDefault="00BA3F83" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00E45E00">
         <w:t xml:space="preserve">Officers and staff are only permitted to disclose information concerning the circumstances surrounding a </w:t>
       </w:r>
       <w:r w:rsidR="009A02C8">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidRPr="00E45E00">
         <w:t xml:space="preserve">’s death to persons acting in an official capacity. No </w:t>
       </w:r>
       <w:r w:rsidR="005E123B">
         <w:t xml:space="preserve">officer or </w:t>
       </w:r>
       <w:r w:rsidR="005E123B" w:rsidRPr="00E45E00">
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
       <w:r w:rsidRPr="00E45E00">
-        <w:t xml:space="preserve">member shall make any comment to the media, other </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or agencies. </w:t>
+        <w:t xml:space="preserve">member shall make any comment to the media, other persons or agencies. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A2BEAC1" w14:textId="66B6C81D" w:rsidR="005B57A1" w:rsidRPr="004153EE" w:rsidRDefault="00BA3F83" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The senior i</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33260">
         <w:t xml:space="preserve">nvestigating </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0025565E">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0025565E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33260">
         <w:t xml:space="preserve">Officer is the only person authorised to make comment to the media. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Any </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33260">
         <w:t xml:space="preserve">enquiries </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">for staff comment by the media shall be </w:t>
       </w:r>
       <w:r w:rsidRPr="00D33260">
         <w:t xml:space="preserve">directed to </w:t>
       </w:r>
       <w:r>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33260">
         <w:t>he Department</w:t>
       </w:r>
       <w:r>
@@ -11111,58 +10124,56 @@
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0091460E">
         <w:t xml:space="preserve"> Strategic Communications Branch</w:t>
       </w:r>
       <w:r w:rsidRPr="00D33260">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="047A8D61" w14:textId="773F3023" w:rsidR="005135AB" w:rsidRDefault="00071421" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall, a</w:t>
       </w:r>
       <w:r w:rsidR="005135AB">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="005135AB" w:rsidRPr="00F700E6">
         <w:t xml:space="preserve">soon as practicable </w:t>
       </w:r>
       <w:r w:rsidR="006003BF">
         <w:t xml:space="preserve">and after the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006003BF">
         <w:t>have notified the next of kin,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> notify </w:t>
       </w:r>
       <w:r w:rsidRPr="00F700E6">
         <w:t>Superintendents</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> at all </w:t>
       </w:r>
       <w:r w:rsidRPr="00492C86">
         <w:t>prisons</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00492C86">
         <w:t>the name of the deceased</w:t>
       </w:r>
       <w:r>
@@ -11459,87 +10470,91 @@
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00035586" w:rsidRPr="00511415">
         <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="338110CA" w14:textId="77777777" w:rsidR="006E1E59" w:rsidRPr="00511415" w:rsidRDefault="00CC3F01" w:rsidP="00467061">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:t>WorkSafe Commissioner (</w:t>
       </w:r>
       <w:r w:rsidR="00A97FA8" w:rsidRPr="00511415">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidRPr="00511415">
         <w:t>deaths in custody)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57F42373" w14:textId="3118B1FC" w:rsidR="00862282" w:rsidRPr="00511415" w:rsidRDefault="006E1E59" w:rsidP="00467061">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
-        <w:t>Office of the Inspector of Custodial Services (</w:t>
-[...7 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>Office of the Inspector of Custodial Services (OICS)</w:t>
       </w:r>
       <w:r w:rsidR="00862282" w:rsidRPr="00511415">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C00DC20" w14:textId="77BA4B4A" w:rsidR="00862282" w:rsidRPr="005C46F6" w:rsidRDefault="00862282" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
+        <w:lastRenderedPageBreak/>
         <w:t>The Director Medical Services shall coordinate the preparation of a Briefing Note. This shall be provided to the Office of the Commissioner within 3 days of the death.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="412DCFBD" w14:textId="252D45C0" w:rsidR="00862282" w:rsidRPr="005C46F6" w:rsidRDefault="00862282" w:rsidP="005C46F6">
+    <w:p w14:paraId="412DCFBD" w14:textId="2C83B43E" w:rsidR="00862282" w:rsidRPr="005C46F6" w:rsidRDefault="00862282" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
-        <w:lastRenderedPageBreak/>
-        <w:t>Further medical/health investigation or communications shall occur in accordance with Health Services policy and procedures and the requirements of the Coroner’s Office.</w:t>
+        <w:t xml:space="preserve">Further medical/health investigation or communications shall occur in accordance </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t xml:space="preserve">with </w:t>
+      </w:r>
+      <w:r w:rsidR="0037070F" w:rsidRPr="00846C7B">
+        <w:t>JHWS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00846C7B">
+        <w:t xml:space="preserve"> policy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C46F6">
+        <w:t xml:space="preserve"> and procedures and the requirements of the Coroner’s Office.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D33F402" w14:textId="43779825" w:rsidR="00862282" w:rsidRPr="006552AC" w:rsidRDefault="00F12E39" w:rsidP="000556CC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="61" w:name="_Toc189651819"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc218583357"/>
       <w:r>
         <w:t>Detainee</w:t>
       </w:r>
       <w:r w:rsidR="00862282">
         <w:t xml:space="preserve"> Property</w:t>
       </w:r>
       <w:bookmarkEnd w:id="61"/>
       <w:r w:rsidR="00862282">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="260088ED" w14:textId="5241BE65" w:rsidR="00F12E39" w:rsidRDefault="00F42D68" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t>The Superintendent shall obtain clearance from the Coroner’s Office</w:t>
       </w:r>
       <w:r w:rsidR="007D0127" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> prior to the release of a deceased </w:t>
       </w:r>
       <w:r w:rsidR="008E5073" w:rsidRPr="005C46F6">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00E25545" w:rsidRPr="005C46F6">
@@ -11551,384 +10566,324 @@
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">A Consular Officer </w:t>
       </w:r>
       <w:r w:rsidR="007D0127" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">is entitled to take provisional custody of all documents, money and personal effects belonging to a deceased foreign national </w:t>
       </w:r>
       <w:r w:rsidR="008E5073" w:rsidRPr="005C46F6">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="007D0127" w:rsidRPr="005C46F6">
         <w:t>, where no relative or next of kin representative is nominated in Australia.</w:t>
       </w:r>
       <w:r w:rsidR="00005938" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63E21065" w14:textId="53660018" w:rsidR="00F12E39" w:rsidRPr="00F12E39" w:rsidRDefault="00F12E39" w:rsidP="000556CC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
       <w:bookmarkStart w:id="62" w:name="_Handover_of_Records"/>
-      <w:bookmarkStart w:id="63" w:name="_Toc189651820"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc218583358"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:t>Handover of Records and Crime Scene(s) to WA Police Force</w:t>
       </w:r>
       <w:bookmarkEnd w:id="63"/>
     </w:p>
     <w:p w14:paraId="168441FA" w14:textId="704AD747" w:rsidR="005B57A1" w:rsidRPr="005C46F6" w:rsidRDefault="000F5404" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">All deaths in custody are reportable deaths and result in a coronial inquest. These deaths are investigated by </w:t>
       </w:r>
       <w:r w:rsidR="00035586">
-        <w:t xml:space="preserve">the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">the WAPF </w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">Coronial </w:t>
       </w:r>
       <w:r w:rsidR="00035586">
         <w:t>Investigations Uni</w:t>
       </w:r>
       <w:r w:rsidR="00C55993">
         <w:t xml:space="preserve">t </w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
-        <w:t xml:space="preserve">on behalf of the </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">on behalf of the Coroner. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AE3DA8D" w14:textId="64FD4B08" w:rsidR="005B57A1" w:rsidRPr="005C46F6" w:rsidRDefault="006D178A" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t>The Superintendent shall ensure a</w:t>
       </w:r>
       <w:r w:rsidR="00AF6A68" w:rsidRPr="005C46F6">
         <w:t>ll records</w:t>
       </w:r>
       <w:r w:rsidR="00563E8F" w:rsidRPr="005C46F6">
-        <w:t xml:space="preserve">, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> medical records, </w:t>
+        <w:t xml:space="preserve">, with the exception of medical records, </w:t>
       </w:r>
       <w:r w:rsidR="00AF6A68" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">relating to the deceased </w:t>
       </w:r>
       <w:r w:rsidR="00DC0A7B" w:rsidRPr="005C46F6">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00C8596A" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidR="00AF6A68" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F6636" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">collated </w:t>
       </w:r>
       <w:r w:rsidR="00AF6A68" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="005C46F6">
         <w:t>secured</w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> until seizure by the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="005C46F6">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D73723" w:rsidRPr="00C55993">
         <w:t>(s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55993">
         <w:t xml:space="preserve">ee </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_A:_Records" w:history="1">
         <w:r w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Appendix </w:t>
         </w:r>
         <w:r w:rsidR="00C8596A" w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>A</w:t>
         </w:r>
         <w:r w:rsidR="00116340" w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="0055140D" w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Records which </w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="002B1C88" w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>WA</w:t>
         </w:r>
         <w:r w:rsidR="0025165E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>PF</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="002B1C88" w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidR="0055140D" w:rsidRPr="00C55993">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>may require</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00795FD0" w:rsidRPr="00C55993">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0080587D" w:rsidRPr="00C55993">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0055140D" w:rsidRPr="00C55993">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B55634" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">Medical records must be returned to </w:t>
       </w:r>
       <w:r w:rsidR="006F6636" w:rsidRPr="005C46F6">
         <w:t>Health Information Management Services</w:t>
       </w:r>
       <w:r w:rsidR="00B55634" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> for compilation into the record prior to seizure by </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="005C46F6">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00886B7A" w:rsidRPr="005C46F6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42443F0B" w14:textId="29F75F8A" w:rsidR="0060035E" w:rsidRPr="005C46F6" w:rsidRDefault="00D65CBE" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t>Subject to the incident reporting requirements, t</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">he Superintendent shall not permit any </w:t>
       </w:r>
       <w:r w:rsidR="00203FB5" w:rsidRPr="005C46F6">
         <w:t>officer</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="005C46F6">
-        <w:t xml:space="preserve"> to make any manner of written entry upon any document, file, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> or other correspondence relating to the </w:t>
+        <w:t xml:space="preserve"> to make any manner of written entry upon any document, file, record or other correspondence relating to the </w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="005C46F6">
         <w:t>deceased once</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> that </w:t>
       </w:r>
       <w:r w:rsidR="00740759" w:rsidRPr="005C46F6">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> is examined by a medical officer and life is pronounced extinct and duly recorded on the </w:t>
       </w:r>
       <w:r w:rsidR="00740759" w:rsidRPr="005C46F6">
         <w:t>detainee’s</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> medical file.</w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F337185" w14:textId="3CAC884E" w:rsidR="00B21A96" w:rsidRPr="005C46F6" w:rsidRDefault="00B55634" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">Medical staff can make additions to the medical record after life is pronounced extinct. </w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">The occurrence book and other written records shall be securely held until the scene is handed over to the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="005C46F6">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="005C46F6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0396E412" w14:textId="4E2DF125" w:rsidR="0060035E" w:rsidRPr="005C46F6" w:rsidRDefault="00276A3E" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">The PAR Directorate </w:t>
       </w:r>
       <w:r w:rsidR="00842D3B" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">may request and be provided with additional information and records beyond those required by </w:t>
       </w:r>
       <w:r w:rsidR="00E25545" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="005C46F6">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00842D3B" w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E023B90" w14:textId="3841E05E" w:rsidR="006721D6" w:rsidRPr="005C46F6" w:rsidRDefault="001835C7" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t>The Superintend</w:t>
       </w:r>
       <w:r w:rsidR="007859FC" w:rsidRPr="005C46F6">
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">t shall ensure a receipt book (C103) is held at </w:t>
       </w:r>
       <w:r w:rsidR="00795FD0">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B504BC">
-        <w:t>YDC</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">YDC </w:t>
       </w:r>
       <w:r w:rsidR="00B504BC" w:rsidRPr="005C46F6">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve"> used in all cases where documents are removed from </w:t>
       </w:r>
       <w:r w:rsidR="00FA5EEE">
-        <w:t xml:space="preserve">the </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">the YDC </w:t>
+      </w:r>
       <w:r w:rsidRPr="005C46F6">
-        <w:t>as a result of</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> an investigation. </w:t>
+        <w:t xml:space="preserve">as a result of an investigation. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C34C187" w14:textId="6DEFFCA5" w:rsidR="0033025D" w:rsidRPr="005C46F6" w:rsidRDefault="00F15229" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005C46F6">
         <w:t xml:space="preserve">The following procedures shall apply for the management and release of records related to the deceased </w:t>
       </w:r>
       <w:r w:rsidR="00740759" w:rsidRPr="005C46F6">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -12013,204 +10968,173 @@
               <w:t>documents and exhibits</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> seized, identifying where they were seized and the Officer/s who did so.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="4BE81BD0" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="227FE078" w14:textId="53E9B56A" w:rsidR="0033025D" w:rsidRPr="003E6CE1" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00880402">
               <w:t>Superintendent</w:t>
             </w:r>
             <w:r w:rsidR="00740759">
-              <w:t>/</w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>/OIC</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="1EE1C6A8" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2223F525" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58804A42" w14:textId="21C2EEF9" w:rsidR="00065C6D" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="00065C6D">
+          <w:p w14:paraId="58804A42" w14:textId="3437E713" w:rsidR="00065C6D" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="00065C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">Make copies of all records (other than those accessible on TOMS) </w:t>
             </w:r>
             <w:r w:rsidR="008C1D8F" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">to be handed over to </w:t>
             </w:r>
             <w:r w:rsidR="00E25545" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B34283" w:rsidRPr="00BC2040">
               <w:t>and place in an envelope a</w:t>
             </w:r>
             <w:r w:rsidR="00E25545" w:rsidRPr="00BC2040">
               <w:t>nd</w:t>
             </w:r>
             <w:r w:rsidR="00B34283" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> mark as ‘confidential</w:t>
             </w:r>
             <w:r w:rsidR="00742776" w:rsidRPr="00BC2040">
               <w:t>.’</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00065C6D" w:rsidRPr="00BC2040">
+          </w:p>
+          <w:p w14:paraId="1E7D32AE" w14:textId="07657AF7" w:rsidR="00265D97" w:rsidRDefault="008C1D8F" w:rsidP="00265D97">
+            <w:r w:rsidRPr="00BC2040">
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidR="0033025D" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">rovide </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">copies </w:t>
+            </w:r>
+            <w:r w:rsidR="003C2165" w:rsidRPr="00BC2040">
+              <w:t>of all records</w:t>
+            </w:r>
+            <w:r w:rsidR="00F025B7" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">, not available on </w:t>
+            </w:r>
+            <w:r w:rsidR="00B504BC" w:rsidRPr="00BC2040">
+              <w:t>TOMS, to</w:t>
+            </w:r>
+            <w:r w:rsidR="0033025D" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2E73" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">PAR Directorate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t>for the purposes of preparing</w:t>
+            </w:r>
+            <w:r w:rsidR="00923338">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">a report for the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B504BC" w:rsidRPr="00BC2040">
+              <w:t>coroner</w:t>
+            </w:r>
+            <w:r w:rsidR="00265D97" w:rsidRPr="00846C7B">
+              <w:t>. (Refer to section 7.2.7 of this COPP)</w:t>
+            </w:r>
+            <w:r w:rsidR="00065C6D" w:rsidRPr="00846C7B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve">All records which can be provided electronically, should be copied onto an encrypted USB. </w:t>
-[...65 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C724F2C" w14:textId="6046FDA3" w:rsidR="00CE1734" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="00BA2542">
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">If copies cannot be made, a request should be made to the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t>to forward copies of the documents after seizure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0854237A" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="4DDACCE9" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
@@ -12230,55 +11154,53 @@
           </w:tcPr>
           <w:p w14:paraId="3F222812" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:bookmarkStart w:id="64" w:name="_Hlk102558597"/>
             <w:r w:rsidRPr="00BC2040">
               <w:t>Place all seized documents and exhibits in plastic bags and label with:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C681F52" w14:textId="0994EF1D" w:rsidR="0033025D" w:rsidRPr="00BC2040" w:rsidRDefault="00795FD0" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="482"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">the relevant </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FA5EEE">
               <w:t>YDC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61864C07" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="720"/>
                 <w:tab w:val="num" w:pos="482"/>
               </w:tabs>
             </w:pPr>
             <w:r w:rsidRPr="00BC2040">
               <w:t>name of unit</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="781F8E11" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00BC2040" w:rsidRDefault="0033025D" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -12323,112 +11245,105 @@
                 <w:numId w:val="5"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="73561FEB" w14:textId="474C1EDA" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="00886B7A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Secure all </w:t>
             </w:r>
             <w:r w:rsidRPr="00293474">
               <w:t xml:space="preserve">items until handed </w:t>
             </w:r>
             <w:r w:rsidR="00DC250F">
               <w:t>over to the senior i</w:t>
             </w:r>
             <w:r w:rsidRPr="00293474">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F">
-              <w:t>WAPF</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">WAPF </w:t>
             </w:r>
             <w:r w:rsidRPr="00293474">
               <w:t>Officer conducting enquiries into the death.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="4A13716F" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="683757E0" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25BFBA81" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4762A9A0" w14:textId="4C6A44DF" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00293474">
               <w:t xml:space="preserve">btain receipts for any documents or exhibits taken by the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00B34283">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2F1232E5" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B34283" w:rsidRPr="000E6F0A" w14:paraId="22EAD016" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18AD147C" w14:textId="77777777" w:rsidR="00B34283" w:rsidRDefault="00B34283" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
@@ -12480,58 +11395,56 @@
           </w:tcPr>
           <w:p w14:paraId="2E3320AA" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A78EFFF" w14:textId="1B0D3196" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="002B4A19">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="00293474">
               <w:t xml:space="preserve">rrange for a copy of the receipt slip identifying what documents (including copies of records held on TOMS) were provided to the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00293474">
               <w:t>to be sent to the</w:t>
             </w:r>
             <w:r w:rsidR="002B4A19">
               <w:t xml:space="preserve"> PAR Directorate</w:t>
             </w:r>
             <w:r w:rsidR="00563E8F">
               <w:t xml:space="preserve"> at </w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidR="008C50C8" w:rsidRPr="008C50C8">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>RiskAndAssurance@justice.wa.gov.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00DC250F">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -12543,269 +11456,233 @@
           <w:p w14:paraId="0C9C0C77" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DAB3B9A" w14:textId="46072F9C" w:rsidR="00C111BB" w:rsidRPr="00C111BB" w:rsidRDefault="0040757F" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>On</w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve"> arrival of </w:t>
       </w:r>
       <w:r w:rsidR="002729ED">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C27917">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D13374">
-        <w:t>Superintendent/</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Superintendent/OIC </w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve">shall hand over control and access to the scene. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1A2FAD" w14:textId="0B114987" w:rsidR="00843130" w:rsidRPr="00843130" w:rsidRDefault="00153C7C" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00E743AD">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E743AD">
         <w:t xml:space="preserve">shall be informed if the deceased was a foreign </w:t>
       </w:r>
       <w:r w:rsidR="005F70BE" w:rsidRPr="00E743AD">
         <w:t>national</w:t>
       </w:r>
       <w:r w:rsidR="005F70BE">
         <w:t>. The</w:t>
       </w:r>
       <w:r w:rsidR="00424D37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001777A3">
-        <w:t xml:space="preserve">will </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> for the appropriate </w:t>
+        <w:t xml:space="preserve">will make arrangements for the appropriate </w:t>
       </w:r>
       <w:r w:rsidR="00740759">
         <w:t>Embassy/</w:t>
       </w:r>
       <w:r w:rsidR="001777A3">
         <w:t>Consulate to be notified</w:t>
       </w:r>
       <w:r w:rsidR="00742776">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A3EA8B" w14:textId="77F2FE1A" w:rsidR="00071B35" w:rsidRPr="0098326C" w:rsidRDefault="0097791D" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0098326C">
         <w:t xml:space="preserve">Names of </w:t>
       </w:r>
       <w:r w:rsidR="0094581F">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidRPr="0098326C">
         <w:t xml:space="preserve">s known to have been within the vicinity of the scene of death and/or may have witnessed the incident shall be provided to the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="0098326C">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0098326C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B69C982" w14:textId="0A48794C" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="0040757F" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve">Restrictions on the scene shall apply until such time as the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E2765F">
         <w:t>WAPF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E164AE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00886B7A">
         <w:t>Officer/s</w:t>
       </w:r>
       <w:r w:rsidR="002B1C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
-        <w:t xml:space="preserve">investigating the death authorise removal of the body, and control of the place of death </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> to the Superintendent.</w:t>
+        <w:t>investigating the death authorise removal of the body, and control of the place of death reverts back to the Superintendent.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0464798A" w14:textId="434743E6" w:rsidR="007E35C1" w:rsidRDefault="0097791D" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">With approval from the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, Chaplains are to be allowed access to the deceased </w:t>
       </w:r>
       <w:r w:rsidR="0061376F">
         <w:t>detainee</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, prior to removal </w:t>
       </w:r>
       <w:r w:rsidR="00C27917">
         <w:t>of the body</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ADC2FF6" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="120"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="65" w:name="_Toc189651821"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc218583359"/>
       <w:r w:rsidRPr="00511415">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>WorkSafe Investigations</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:p w14:paraId="2C28CCE8" w14:textId="4FCA55C1" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="200" w:after="120"/>
         <w:ind w:left="1004"/>
@@ -12886,226 +11763,136 @@
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="200" w:after="120"/>
         <w:ind w:left="1004"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve">The </w:t>
-[...39 lines deleted...]
-        <w:t>, where the death in custody occurred, to enable direct contact between WorkSafe and the relevant prison and to arrange WorkSafe’s attendance on site.</w:t>
+        <w:t>The OPCEN shall provide WorkSafe with the contact details of the Superintendent/OIC, where the death in custody occurred, to enable direct contact between WorkSafe and the relevant prison and to arrange WorkSafe’s attendance on site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0796558E" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="200" w:after="120"/>
         <w:ind w:left="1004"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>The Superintendent/</w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> investigation and so far as is reasonably practicable, shall ensure the preservation of the incident site to enable the assigned WorkSafe inspector to conduct their investigation.</w:t>
+        <w:t>The Superintendent/OIC, following the WAPF’s investigation and so far as is reasonably practicable, shall ensure the preservation of the incident site to enable the assigned WorkSafe inspector to conduct their investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D5CDDF0" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="200" w:after="120"/>
         <w:ind w:left="1004"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Preservation of the incident site does not prevent any action needed to:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5EBB0040" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
-        <w:t xml:space="preserve">assist an injured </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>assist an injured person</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="47057CB4" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
-        <w:t xml:space="preserve">remove a deceased </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>remove a deceased person</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="388DDCFC" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:t xml:space="preserve">make the site safe or to minimise the risk of a further notifiable incident, or </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35636FFC" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRPr="00511415" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="283"/>
         <w:contextualSpacing/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:t>facilitate a police investigation.</w:t>
@@ -13120,101 +11907,94 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="200" w:after="120"/>
         <w:ind w:left="1004"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r w:rsidRPr="00511415">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">The incident site cannot be resumed for use or for other internal investigation purposes until WorkSafe has concluded their investigation and informed the Superintendent of such. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D975988" w14:textId="1DE25939" w:rsidR="004153EE" w:rsidRDefault="00C11FD3" w:rsidP="000556CC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="66" w:name="_Toc189651822"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc218583360"/>
       <w:r>
         <w:t xml:space="preserve">Support Services – </w:t>
       </w:r>
       <w:r w:rsidRPr="005C46F6">
         <w:t>Family</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="0061376F">
         <w:t>Detainees</w:t>
       </w:r>
       <w:bookmarkEnd w:id="66"/>
     </w:p>
     <w:p w14:paraId="52528B4D" w14:textId="77777777" w:rsidR="004153EE" w:rsidRDefault="004153EE" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="67" w:name="_Contact_with_next"/>
-      <w:bookmarkStart w:id="68" w:name="_Toc189651823"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc218583361"/>
       <w:bookmarkEnd w:id="67"/>
       <w:r>
-        <w:t xml:space="preserve">Contact with next of kin and booked </w:t>
-[...3 lines deleted...]
-        <w:t>visitors</w:t>
+        <w:t>Contact with next of kin and booked visitors</w:t>
       </w:r>
       <w:bookmarkEnd w:id="68"/>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="5DB862B6" w14:textId="1DDC08F0" w:rsidR="002D56CD" w:rsidRPr="002D56CD" w:rsidRDefault="004153EE" w:rsidP="002D56CD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Following verified contact by </w:t>
       </w:r>
       <w:r w:rsidR="008C50C8">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E2765F">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> with the next of kin, the Superintendent shall promptly contact or arrange for contact to be made (at a </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">reasonable hour) with the next of kin, to offer condolences and a </w:t>
       </w:r>
       <w:r w:rsidR="00B504BC" w:rsidRPr="00BC2040">
         <w:t>face-to-face</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> meeting.</w:t>
       </w:r>
       <w:r w:rsidR="005D4289" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="69" w:name="_Hlk102558748"/>
       <w:r w:rsidR="005D4289" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">Where a detainee is </w:t>
       </w:r>
       <w:r w:rsidR="0019087B" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">managed under the care of </w:t>
       </w:r>
       <w:r w:rsidR="005D4289" w:rsidRPr="00BC2040">
         <w:t>Child Protection Family Services, thi</w:t>
       </w:r>
@@ -13384,60 +12164,55 @@
         </w:rPr>
         <w:t>able to</w:t>
       </w:r>
       <w:r w:rsidR="00133D17" w:rsidRPr="00281BEA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> be made to inform the Aboriginal Legal Service</w:t>
       </w:r>
       <w:r w:rsidR="001D437E" w:rsidRPr="00281BEA">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
       <w:r w:rsidR="001D437E">
         <w:t xml:space="preserve"> West</w:t>
       </w:r>
       <w:r w:rsidR="00D76A25">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="001D437E">
         <w:t>rn Australia</w:t>
       </w:r>
       <w:r w:rsidR="00794CBF">
-        <w:t xml:space="preserve"> (</w:t>
-[...3 lines deleted...]
-        <w:t>ALS</w:t>
+        <w:t xml:space="preserve"> (ALS</w:t>
       </w:r>
       <w:r w:rsidR="001D437E">
         <w:t>WA</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00794CBF">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00654102" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00AF1ED9" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">independently </w:t>
       </w:r>
       <w:r w:rsidR="001D437E">
         <w:t xml:space="preserve">review </w:t>
       </w:r>
       <w:r w:rsidR="00AF1ED9" w:rsidRPr="006552AC">
         <w:t>the management of the death in custody</w:t>
       </w:r>
       <w:r w:rsidR="002423A9" w:rsidRPr="006552AC">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152E8395" w14:textId="77777777" w:rsidR="006A2FBF" w:rsidRDefault="00A22B46" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Where a meeting is requested</w:t>
@@ -13455,139 +12230,124 @@
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347AA413" w14:textId="18A5D338" w:rsidR="006A2FBF" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="0019087B">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1247"/>
           <w:tab w:val="left" w:pos="1276"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">rrange a meeting venue, which may be at </w:t>
       </w:r>
       <w:r w:rsidR="00E627A1" w:rsidRPr="009C615C">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00E627A1">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> YDC</w:t>
+      </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t>, a neutral venue or the home of the next of kin, where appropriate</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF5488A" w14:textId="48774A92" w:rsidR="006A2FBF" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="0019087B">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:lastRenderedPageBreak/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">sk whether </w:t>
       </w:r>
       <w:r w:rsidR="00D13374" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">the next of kin </w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">would like </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">ounselling </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
-        <w:t xml:space="preserve">ervice to attend the meeting and make such arrangements as </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ervice to attend the meeting and make such arrangements as required</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="30E2C9B9" w14:textId="05ACEBC1" w:rsidR="005B26DC" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="0019087B">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t>stablish whether transport assistance</w:t>
       </w:r>
       <w:r w:rsidR="00E924C4" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t>is required</w:t>
       </w:r>
       <w:r w:rsidR="00E924C4" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> and, if so, offer to pay costs of attendance, including transport from a remote location, at </w:t>
       </w:r>
       <w:r w:rsidR="00C92372">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FA5EEE">
-        <w:t>YDC’s</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">YDC’s </w:t>
       </w:r>
       <w:r w:rsidR="00E924C4" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">expense. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FF4B6F" w14:textId="77777777" w:rsidR="00F918DB" w:rsidRDefault="00A03E85" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The purpose</w:t>
       </w:r>
       <w:r w:rsidR="00F918DB">
         <w:t xml:space="preserve"> and procedure for meeting with the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> next of kin</w:t>
       </w:r>
       <w:r w:rsidR="00F918DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0099259B">
         <w:t xml:space="preserve">should </w:t>
       </w:r>
       <w:r w:rsidR="00F918DB">
@@ -13713,68 +12473,58 @@
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D44BDCB" w14:textId="77777777" w:rsidR="00C95337" w:rsidRPr="0007141F" w:rsidRDefault="00C95337" w:rsidP="0019087B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:ind w:left="193" w:hanging="193"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3132030B" w14:textId="4C702CC4" w:rsidR="00C95337" w:rsidRPr="0007141F" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Provide </w:t>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve">Provide factual information (only) about the death and the respective roles of the </w:t>
+            </w:r>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00832BEB">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>and Coroner.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="66AB7EDB" w14:textId="77777777" w:rsidR="00C95337" w:rsidRPr="003A0E67" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C95337" w:rsidRPr="0007141F" w14:paraId="489C2A90" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
@@ -13891,57 +12641,52 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:ind w:left="193" w:hanging="193"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="39F228CC" w14:textId="5E1081F0" w:rsidR="00C95337" w:rsidRPr="0007141F" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00F918DB">
               <w:t xml:space="preserve">f </w:t>
             </w:r>
             <w:r w:rsidR="00FA5EEE">
-              <w:t xml:space="preserve">the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>the YDC</w:t>
+            </w:r>
             <w:r w:rsidR="00C92372">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00732173">
               <w:t>is remote from the place of the</w:t>
             </w:r>
             <w:r w:rsidR="00114C5B">
               <w:t xml:space="preserve"> detainee’s</w:t>
             </w:r>
             <w:r w:rsidR="00732173">
               <w:t xml:space="preserve"> arrest </w:t>
             </w:r>
             <w:r w:rsidR="00794CBF">
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:t>dvise</w:t>
             </w:r>
             <w:r w:rsidRPr="00F918DB">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">that the </w:t>
             </w:r>
             <w:r w:rsidRPr="00F918DB">
@@ -13984,80 +12729,68 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:ind w:left="193" w:hanging="193"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="21D95B63" w14:textId="631E153D" w:rsidR="00C95337" w:rsidRPr="00F918DB" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve">Provide a written list of all property held at </w:t>
             </w:r>
             <w:r w:rsidR="00C92372">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FA5EEE">
               <w:t>YDC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t xml:space="preserve">. Advise that approval of the </w:t>
-[...3 lines deleted...]
-              <w:t>C</w:t>
+              <w:t>. Advise that approval of the C</w:t>
             </w:r>
             <w:r w:rsidR="002729ED">
-              <w:t>oroner</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> and senior i</w:t>
+              <w:t>oroner and senior i</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="006D05C2">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="006D05C2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve">Officer </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">is required </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve">before </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the property can be </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>release</w:t>
             </w:r>
             <w:r w:rsidR="00C27917">
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>.</w:t>
             </w:r>
           </w:p>
@@ -14085,58 +12818,56 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:ind w:left="193" w:hanging="193"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DBE5307" w14:textId="260FCDDF" w:rsidR="00C95337" w:rsidRPr="00BC59D7" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve">Provide written advice that </w:t>
             </w:r>
             <w:r w:rsidR="008C50C8">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>may approve certain items not required for investigation purposes, to be released to the next of kin (</w:t>
             </w:r>
             <w:r w:rsidR="00B504BC">
               <w:t>i.e.,</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve"> clothes or personal items for the deceased's burial).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="498401FE" w14:textId="77777777" w:rsidR="00C95337" w:rsidRPr="003A0E67" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -14152,210 +12883,185 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="336"/>
               </w:tabs>
               <w:ind w:left="193" w:hanging="193"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AAC6FB2" w14:textId="6A76BD41" w:rsidR="00C95337" w:rsidRPr="0007141F" w:rsidRDefault="00C95337" w:rsidP="00794CBF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Arrange to pass on to </w:t>
             </w:r>
             <w:r w:rsidR="008C50C8">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="002B1C88">
               <w:t>WA</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F">
               <w:t>PF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">any request for identified items and advise that approved items will be released accordingly: </w:t>
             </w:r>
             <w:r w:rsidR="00B504BC">
               <w:t>i.e.</w:t>
             </w:r>
             <w:r w:rsidR="005F70BE">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00794CBF">
               <w:t>c</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ollected by the </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>next of kin</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve"> or alternatively</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>arrangement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> by</w:t>
             </w:r>
             <w:r w:rsidR="00114C5B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00FA5EEE">
-              <w:t xml:space="preserve">the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>the YDC</w:t>
+            </w:r>
             <w:r w:rsidR="00C92372">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>for return of</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve"> property at the Department’s expense</w:t>
             </w:r>
             <w:r w:rsidRPr="00216EC9">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00216EC9" w:rsidRPr="00114C5B">
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00114C5B">
               <w:t xml:space="preserve">See also </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="00F463CA" w:rsidRPr="00FA5EEE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>COPP</w:t>
-[...6 lines deleted...]
-                <w:t xml:space="preserve"> 4.1 - Property</w:t>
+                <w:t>COPP 4.1 - Property</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00216EC9" w:rsidRPr="00114C5B">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6445C99E" w14:textId="77777777" w:rsidR="00C95337" w:rsidRPr="003A0E67" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C2FDF57" w14:textId="77777777" w:rsidR="004E12DA" w:rsidRDefault="0099259B" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BC59D7">
-        <w:t>In the event that</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> the next of kin does not wish to </w:t>
+        <w:t xml:space="preserve">In the event that the next of kin does not wish to </w:t>
       </w:r>
       <w:r w:rsidR="004E12DA">
         <w:t xml:space="preserve">immediately </w:t>
       </w:r>
       <w:r w:rsidR="00216EC9">
         <w:t>meet in person, the S</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC59D7">
         <w:t xml:space="preserve">uperintendent </w:t>
       </w:r>
       <w:r w:rsidR="004E12DA">
         <w:t>shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7397D821" w14:textId="7205E120" w:rsidR="004E12DA" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="0019087B">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1247"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1417" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="004E12DA" w:rsidRPr="009C615C">
-        <w:t xml:space="preserve">ffer an opportunity for contact at a later </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>ffer an opportunity for contact at a later time</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="234B6DCA" w14:textId="7C852D7D" w:rsidR="00842D3B" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="0019087B">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1247"/>
           <w:tab w:val="left" w:pos="1418"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1417" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="004E12DA" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">rovide information </w:t>
       </w:r>
       <w:r w:rsidR="00F13EDD" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">in writing, </w:t>
       </w:r>
       <w:r w:rsidR="00742776">
@@ -14381,59 +13087,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBFA558" w14:textId="37B1949C" w:rsidR="00B26690" w:rsidRPr="005536EE" w:rsidRDefault="00980666" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall ensure e</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5">
         <w:t xml:space="preserve">very effort </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5">
         <w:t xml:space="preserve"> made to promptly contact any booked </w:t>
       </w:r>
       <w:r w:rsidR="00742776">
         <w:t>visitors once</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5">
         <w:t xml:space="preserve"> notification of the next of kin has been confirmed and documented. </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
-        <w:t xml:space="preserve">A check must be </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and </w:t>
+        <w:t xml:space="preserve">A check must be made and </w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>any booked social and/or official visit</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t xml:space="preserve">notified </w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>of the death</w:t>
       </w:r>
       <w:r w:rsidR="002D56CD">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t xml:space="preserve"> if not already notified. Assistance </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t xml:space="preserve">to establish contact </w:t>
       </w:r>
@@ -14447,135 +13145,115 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C483D" w:rsidRPr="005536EE">
         <w:t>AVS</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>) or contract</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>ed service providers</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>, if necessary</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1636D4F9" w14:textId="0FB7D229" w:rsidR="0007141F" w:rsidRDefault="006960F2" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="80" w:name="_Toc532389369"/>
       <w:bookmarkStart w:id="81" w:name="_Toc532389378"/>
       <w:bookmarkStart w:id="82" w:name="_Death_of_an"/>
-      <w:bookmarkStart w:id="83" w:name="_Toc189651824"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc218583362"/>
       <w:bookmarkEnd w:id="80"/>
       <w:bookmarkEnd w:id="81"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Death of an</w:t>
       </w:r>
       <w:r w:rsidR="0007141F">
         <w:t xml:space="preserve"> Abo</w:t>
       </w:r>
       <w:r w:rsidR="007542E1">
         <w:t xml:space="preserve">riginal </w:t>
       </w:r>
       <w:r w:rsidR="00894789">
         <w:t>Detainee</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
     </w:p>
     <w:p w14:paraId="50950A2E" w14:textId="4434E243" w:rsidR="00FF184B" w:rsidRDefault="00FF184B" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t>Where</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r w:rsidR="00114C5B">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
-        <w:t xml:space="preserve"> was of Aboriginal descent, the next of kin shall be advised that the Superintendent can arrange for the </w:t>
-[...3 lines deleted...]
-        <w:t>ALS</w:t>
+        <w:t xml:space="preserve"> was of Aboriginal descent, the next of kin shall be advised that the Superintendent can arrange for the ALS</w:t>
       </w:r>
       <w:r w:rsidR="0098326C">
         <w:t>WA</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
-        <w:t xml:space="preserve"> to be informed. The purpose of informing </w:t>
-[...3 lines deleted...]
-        <w:t>ALS</w:t>
+        <w:t xml:space="preserve"> to be informed. The purpose of informing ALS</w:t>
       </w:r>
       <w:r w:rsidR="0098326C">
         <w:t>WA</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> is to action the protocols developed to independently </w:t>
       </w:r>
       <w:r w:rsidR="00413009">
         <w:t>review</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> an Aboriginal death in custody. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B4699F" w14:textId="7F6D9504" w:rsidR="00E14C42" w:rsidRPr="00BC2040" w:rsidRDefault="00E14C42" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00BC2040">
-        <w:t>In the event that</w:t>
-[...7 lines deleted...]
-        <w:t>ALS</w:t>
+        <w:t>In the event that the next of kin requests that ALS</w:t>
       </w:r>
       <w:r w:rsidR="0098326C" w:rsidRPr="00BC2040">
         <w:t>WA</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> be advised, the following protocol</w:t>
       </w:r>
       <w:r w:rsidR="00FF184B" w:rsidRPr="00BC2040">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF184B" w:rsidRPr="00BC2040">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> to be implemented:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="8874" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -14629,481 +13307,422 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390C38" w:rsidRPr="00BC2040" w14:paraId="5D9E8EAA" w14:textId="77777777" w:rsidTr="00D33260">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A4EE4B8" w14:textId="77777777" w:rsidR="00390C38" w:rsidRPr="00BC2040" w:rsidRDefault="00390C38" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FA9513E" w14:textId="4E5899C6" w:rsidR="00390C38" w:rsidRPr="00511415" w:rsidRDefault="0011377D" w:rsidP="002729ED">
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">Members of the family or their legal representative will be permitted access to the scene of death after completion of the initial investigation and when the scene is no longer required to be kept secure for the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="002D56CD" w:rsidRPr="00511415">
               <w:t>Coroner</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00C27917" w:rsidRPr="00511415">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00662A55" w:rsidRPr="00511415">
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidR="002729ED" w:rsidRPr="00511415">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00662A55" w:rsidRPr="00511415">
               <w:t xml:space="preserve">enior </w:t>
             </w:r>
             <w:r w:rsidR="002729ED" w:rsidRPr="00511415">
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00511415">
               <w:t>WAPF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00511415">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t>Officer</w:t>
             </w:r>
             <w:r w:rsidR="00C27917" w:rsidRPr="00511415">
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A97FA8" w:rsidRPr="00511415">
               <w:t xml:space="preserve">WorkSafe inspector </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">or </w:t>
             </w:r>
             <w:r w:rsidR="00C92372" w:rsidRPr="00511415">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FA5EEE" w:rsidRPr="00511415">
               <w:t>YDC’s</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00C92372" w:rsidRPr="00511415">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t>authorities for any other purpose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011377D" w:rsidRPr="00BC2040" w14:paraId="40C2731E" w14:textId="77777777" w:rsidTr="00D33260">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26D3F31D" w14:textId="77777777" w:rsidR="0011377D" w:rsidRPr="00BC2040" w:rsidRDefault="0011377D" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C2273D5" w14:textId="21443E74" w:rsidR="0011377D" w:rsidRPr="00511415" w:rsidRDefault="0011377D" w:rsidP="002729ED">
             <w:r w:rsidRPr="00511415">
-              <w:t>The Superintendent/</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> shall ensure that in the event of the death occurring in a cell, the cell shall be sealed for 2 days (unless otherwise advised by the </w:t>
+              <w:t xml:space="preserve">The Superintendent/OIC shall ensure that in the event of the death occurring in a cell, the cell shall be sealed for 2 days (unless otherwise advised by the </w:t>
             </w:r>
             <w:r w:rsidR="00794CBF" w:rsidRPr="00511415">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">tate/local Coroner, or the </w:t>
             </w:r>
             <w:r w:rsidR="002729ED" w:rsidRPr="00511415">
               <w:t>senior i</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00511415">
               <w:t>WAPF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00511415">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t>Officer</w:t>
             </w:r>
             <w:r w:rsidR="00A97FA8" w:rsidRPr="00511415">
               <w:t xml:space="preserve"> or WorkSafe inspector</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">). This is to allow the legal representatives of the family sufficient time to organise (through the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="002D56CD" w:rsidRPr="00511415">
-              <w:t>Coroner</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Coroner </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">or the </w:t>
             </w:r>
             <w:r w:rsidR="002729ED" w:rsidRPr="00511415">
               <w:t>senior i</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
             <w:r w:rsidR="002B1C88" w:rsidRPr="00511415">
               <w:t xml:space="preserve">Police </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:t>Officer) a supervised inspection of the cell by an independent forensic expert.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011377D" w:rsidRPr="00BC2040" w14:paraId="78D0C4EA" w14:textId="77777777" w:rsidTr="00D33260">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EC71D56" w14:textId="77777777" w:rsidR="0011377D" w:rsidRPr="00BC2040" w:rsidRDefault="0011377D" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="37BD6B79" w14:textId="0580D3DA" w:rsidR="0011377D" w:rsidRPr="00BC2040" w:rsidRDefault="0011377D" w:rsidP="00886B7A">
             <w:r w:rsidRPr="00BC2040">
               <w:t>The independent forensic expert together with the legal representatives</w:t>
             </w:r>
             <w:r w:rsidR="00662A55" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> of the family, and the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="007717A3">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="007717A3" w:rsidRPr="00BC2040">
-              <w:t>oroner</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">oroner </w:t>
             </w:r>
             <w:r w:rsidR="002729ED" w:rsidRPr="00BC2040">
               <w:t>or senior i</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F">
               <w:t>WAPF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
-              <w:t xml:space="preserve">Officer may inspect the cell or place of death before the family of the deceased. The family of the deceased and representatives of the </w:t>
-[...3 lines deleted...]
-              <w:t>ALS</w:t>
+              <w:t>Officer may inspect the cell or place of death before the family of the deceased. The family of the deceased and representatives of the ALS</w:t>
             </w:r>
             <w:r w:rsidR="0098326C" w:rsidRPr="00BC2040">
               <w:t>WA</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> may then join these persons.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0011377D" w:rsidRPr="00BC2040" w14:paraId="004F2632" w14:textId="77777777" w:rsidTr="00D33260">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C1F3B8B" w14:textId="77777777" w:rsidR="0011377D" w:rsidRPr="00BC2040" w:rsidRDefault="0011377D" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="553C2B1F" w14:textId="6EB58CC3" w:rsidR="0011377D" w:rsidRPr="00BC2040" w:rsidRDefault="0011377D" w:rsidP="00886B7A">
             <w:r w:rsidRPr="00BC2040">
-              <w:t xml:space="preserve">Two officers of </w:t>
-[...3 lines deleted...]
-              <w:t>ALS</w:t>
+              <w:t>Two officers of ALS</w:t>
             </w:r>
             <w:r w:rsidR="0098326C" w:rsidRPr="00BC2040">
               <w:t>WA</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> (or other representative of the family of the deceased) may be allowed to inspect the scene of death (and any exhibits) in the company of </w:t>
             </w:r>
             <w:r w:rsidR="00662A55" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">the supervising officer of the </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00E2765F">
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00BC2040">
-              <w:t>oroner</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">oroner </w:t>
+            </w:r>
+            <w:r w:rsidR="002729ED" w:rsidRPr="00BC2040">
+              <w:t>or senior i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">nvestigating </w:t>
+            </w:r>
+            <w:r w:rsidR="00E2765F">
+              <w:t>WAPF</w:t>
+            </w:r>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t>Officer (or their nominee). The ALS</w:t>
+            </w:r>
+            <w:r w:rsidR="0098326C" w:rsidRPr="00BC2040">
+              <w:t>WA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve"> officers may be accompanied by a direct member of the family and/or an independe</w:t>
+            </w:r>
+            <w:r w:rsidR="00662A55" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">nt forensic </w:t>
+            </w:r>
+            <w:r w:rsidR="00742776" w:rsidRPr="00BC2040">
+              <w:t>expert unless</w:t>
+            </w:r>
+            <w:r w:rsidR="00662A55" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B504BC" w:rsidRPr="00BC2040">
+              <w:t>coroner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C27917" w:rsidRPr="00BC2040">
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
             <w:r w:rsidR="002729ED" w:rsidRPr="00BC2040">
-              <w:t>or senior i</w:t>
+              <w:t>the senior i</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">nvestigating </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00E2765F">
               <w:t>WAPF</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00E2765F" w:rsidRPr="00BC2040">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t>Officer otherwise directs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00390C38" w:rsidRPr="000363EB" w14:paraId="12DD0679" w14:textId="77777777" w:rsidTr="00390C38">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77790F26" w14:textId="77777777" w:rsidR="00390C38" w:rsidRPr="00BC2040" w:rsidRDefault="00390C38" w:rsidP="00A5031B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A470D7A" w14:textId="686CC1A4" w:rsidR="00390C38" w:rsidRDefault="00390C38" w:rsidP="00D33260">
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">Access to the scene of the death and related exhibits are to be at a time suitable to the routine and security of </w:t>
             </w:r>
             <w:r w:rsidR="006C561C">
-              <w:t xml:space="preserve">the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>the YDC</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t xml:space="preserve">. During this inspection, no discussion is to take place between </w:t>
             </w:r>
             <w:r w:rsidR="0094581F" w:rsidRPr="00BC2040">
               <w:t>detainee</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC2040">
               <w:t>s and members of the family or their legal representative.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="444DFAE4" w14:textId="2D216779" w:rsidR="00CE0160" w:rsidRDefault="00F53122" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="84" w:name="_Toc532389380"/>
       <w:bookmarkStart w:id="85" w:name="_Toc532389409"/>
       <w:bookmarkStart w:id="86" w:name="_Toc532389413"/>
-      <w:bookmarkStart w:id="87" w:name="_Toc189651825"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc218583363"/>
       <w:bookmarkEnd w:id="84"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:t>Detainee</w:t>
       </w:r>
       <w:r w:rsidR="008015C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CE0160">
         <w:t xml:space="preserve">upport </w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E71A2E">
         <w:t>ervices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
       <w:r w:rsidR="00E71A2E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9ED9BC" w14:textId="7310F746" w:rsidR="00071B35" w:rsidRDefault="00B323F8" w:rsidP="001A7BC4">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:before="240"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">At the discretion of the </w:t>
       </w:r>
       <w:r w:rsidR="00E71A2E">
         <w:t>Superintendent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve">available </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C561C">
         <w:t>YDC</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C92372">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>support services</w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00B504BC">
         <w:t>e.g.</w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA2935">
         <w:t xml:space="preserve">Aboriginal Welfare Officer, </w:t>
       </w:r>
       <w:r w:rsidR="00842D3B">
         <w:t>AVS</w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="00FA2935">
@@ -15163,108 +13782,100 @@
       <w:r w:rsidR="0064675C">
         <w:t xml:space="preserve"> in consideration of cultural and religious requirements to be observed in managing issues for </w:t>
       </w:r>
       <w:r w:rsidR="00E35D8F">
         <w:t xml:space="preserve">specific </w:t>
       </w:r>
       <w:r w:rsidR="004F78F0">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00E35D8F">
         <w:t xml:space="preserve"> cohorts.</w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F484200" w14:textId="77777777" w:rsidR="000556CC" w:rsidRPr="000556CC" w:rsidRDefault="000556CC" w:rsidP="000556CC"/>
     <w:p w14:paraId="2F140A7E" w14:textId="16BE2455" w:rsidR="008015C5" w:rsidRDefault="008015C5" w:rsidP="000556CC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc189651826"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc218583364"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Staff </w:t>
       </w:r>
       <w:r w:rsidR="00EC07D2">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t xml:space="preserve">ebrief and </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">upport </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00E71A2E">
         <w:t>ervices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="2EE34DBB" w14:textId="30781C3E" w:rsidR="004C644C" w:rsidRPr="008F640B" w:rsidRDefault="004C644C" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="008F640B">
         <w:t xml:space="preserve">The management of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">post incident </w:t>
       </w:r>
       <w:r w:rsidR="00742776" w:rsidRPr="008F640B">
         <w:t>debriefs,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and staff support is set out</w:t>
       </w:r>
       <w:r w:rsidR="004F78F0">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="004F78F0" w:rsidRPr="004F78F0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>COPP</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> 8.1 – Incident Reporting</w:t>
+          <w:t>COPP 8.1 – Incident Reporting</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6129BD1F" w14:textId="0DCA4A1D" w:rsidR="00071B35" w:rsidRPr="005536EE" w:rsidRDefault="00B93C2F" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t xml:space="preserve">Superintendent </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00075B88" w:rsidRPr="005536EE">
         <w:t xml:space="preserve">notify the </w:t>
       </w:r>
       <w:r w:rsidR="00075B88">
         <w:t xml:space="preserve">site based staff support coordinator and </w:t>
       </w:r>
@@ -15322,99 +13933,91 @@
       </w:pPr>
       <w:r w:rsidRPr="000A194F">
         <w:t>There should be a delay between the initial employee support option</w:t>
       </w:r>
       <w:r w:rsidR="008E0F30" w:rsidRPr="000A194F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000A194F">
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
       <w:r w:rsidR="004C644C">
         <w:t>actioned and the operational de</w:t>
       </w:r>
       <w:r w:rsidRPr="000A194F">
         <w:t>brief; they should not be convened directly adjacent to each other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF54CAF" w14:textId="483AF04B" w:rsidR="00C111BB" w:rsidRPr="004153EE" w:rsidRDefault="004C644C" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A formal operational de</w:t>
       </w:r>
       <w:r w:rsidR="00C96D3A" w:rsidRPr="000A194F">
-        <w:t xml:space="preserve">brief is not to take place until all incident reports relating to the death are complete. Where necessary, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and reasonable, staff members involved in managing the death of a </w:t>
+        <w:t xml:space="preserve">brief is not to take place until all incident reports relating to the death are complete. Where necessary, practical and reasonable, staff members involved in managing the death of a </w:t>
       </w:r>
       <w:r w:rsidR="00B75F77">
         <w:t>detainee</w:t>
       </w:r>
       <w:r w:rsidR="00C96D3A" w:rsidRPr="000A194F">
         <w:t xml:space="preserve"> will be provided the option to complete the remainder of their shift in a different location or unit as to where the incident occurred. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F8B8CA6" w14:textId="16B577B5" w:rsidR="00390C38" w:rsidRPr="00BF1906" w:rsidRDefault="00B75F77" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Superintendent shall ensure staff who are required to attend a </w:t>
       </w:r>
       <w:r w:rsidR="00390C38" w:rsidRPr="004470FF">
         <w:t>Coroner</w:t>
       </w:r>
       <w:r w:rsidR="0069508B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00390C38" w:rsidRPr="004470FF">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r>
         <w:t>inquest are provided with Department support.</w:t>
       </w:r>
       <w:r w:rsidR="00390C38" w:rsidRPr="004470FF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479F8330" w14:textId="521665DB" w:rsidR="00382E25" w:rsidRPr="00BC2040" w:rsidRDefault="00382E25" w:rsidP="000556CC">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc189651827"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc218583365"/>
       <w:r w:rsidRPr="00BC2040">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="006159A0" w:rsidRPr="00BC2040">
         <w:t>oroner</w:t>
       </w:r>
       <w:r w:rsidR="00E164AE">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="006159A0" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00F33137" w:rsidRPr="00BC2040">
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t>indings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="4D789BD5" w14:textId="429917D1" w:rsidR="00A62080" w:rsidRPr="00BC2040" w:rsidRDefault="00DB3E3F" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC2040">
@@ -15432,256 +14035,217 @@
       <w:r w:rsidR="00B504BC" w:rsidRPr="00BC2040">
         <w:t>coroner’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B07844" w:rsidRPr="00BC2040">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t>ecommendation</w:t>
       </w:r>
       <w:r w:rsidR="00B07844" w:rsidRPr="00BC2040">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00B07844" w:rsidRPr="00BC2040">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DB5853" w:rsidRPr="00BC2040">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00390C38" w:rsidRPr="00BC2040">
-        <w:t xml:space="preserve">The report shall include comment as to any action taken or proposed </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve">The report shall include comment as to any action taken or proposed as a result of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC2040">
         <w:t>recommendation(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FF1A97" w14:textId="77777777" w:rsidR="004C41D6" w:rsidRPr="00164669" w:rsidRDefault="004C41D6" w:rsidP="00164669">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23ABCF06" w14:textId="77777777" w:rsidR="002117A7" w:rsidRDefault="002117A7" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc189651828"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc218583366"/>
       <w:r w:rsidRPr="002117A7">
         <w:lastRenderedPageBreak/>
         <w:t>Annexures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="1131ED8D" w14:textId="0F725F41" w:rsidR="003D708E" w:rsidRDefault="0041769F" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="91" w:name="_Related_COPPS_and"/>
-      <w:bookmarkStart w:id="92" w:name="_Toc189651829"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc218583367"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
-        <w:t xml:space="preserve">Related </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Related COPPs</w:t>
+      </w:r>
       <w:r w:rsidR="003D708E">
         <w:t xml:space="preserve"> and document</w:t>
       </w:r>
       <w:r w:rsidR="00D3488B">
         <w:t>s</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w14:paraId="437301EE" w14:textId="77777777" w:rsidR="00390AE7" w:rsidRPr="005536EE" w:rsidRDefault="00390AE7" w:rsidP="005536EE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="005536EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>COPPs</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="2E1DDAC8" w14:textId="5D1A64EC" w:rsidR="00DC2047" w:rsidRPr="005C46F6" w:rsidRDefault="00DB100F" w:rsidP="005536EE">
+    <w:p w14:paraId="2E1DDAC8" w14:textId="5D1A64EC" w:rsidR="00DC2047" w:rsidRPr="005C46F6" w:rsidRDefault="00F463CA" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:hyperlink r:id="rId37" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="00F463CA" w:rsidRPr="006C561C">
+        <w:r w:rsidRPr="006C561C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>COPP</w:t>
-[...6 lines deleted...]
-          <w:t xml:space="preserve"> 4.1 – Property</w:t>
+          <w:t>COPP 4.1 – Property</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="3A254ED8" w14:textId="4D949CBC" w:rsidR="00727E9F" w:rsidRPr="003B1C9D" w:rsidRDefault="003B1C9D" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00F463CA" w:rsidRPr="003B1C9D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-        <w:t>COPP</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 8.1 – Incident Reporting</w:t>
+        <w:t>COPP 8.1 – Incident Reporting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="444E8877" w14:textId="6D90009A" w:rsidR="00390AE7" w:rsidRPr="005829D4" w:rsidRDefault="003B1C9D" w:rsidP="005829D4">
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="13D60876" w14:textId="4C1043AC" w:rsidR="00390AE7" w:rsidRPr="005536EE" w:rsidRDefault="00787B9C" w:rsidP="005536EE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Documents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C5659C" w14:textId="77777777" w:rsidR="009D17CA" w:rsidRPr="00D76CFB" w:rsidRDefault="00DB100F" w:rsidP="009D17CA">
+    <w:p w14:paraId="26C5659C" w14:textId="77777777" w:rsidR="009D17CA" w:rsidRPr="00D76CFB" w:rsidRDefault="009D17CA" w:rsidP="009D17CA">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId38" w:history="1">
-        <w:proofErr w:type="spellStart"/>
-        <w:r w:rsidR="009D17CA" w:rsidRPr="00D76CFB">
+        <w:r w:rsidRPr="00D76CFB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>SMF</w:t>
-[...6 lines deleted...]
-          <w:t>- DIR- 003 Physical Evidence Management</w:t>
+          <w:t>SMF- DIR- 003 Physical Evidence Management</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="12E3CE0B" w14:textId="51BB0CDE" w:rsidR="006203E7" w:rsidRPr="002346D9" w:rsidRDefault="002346D9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/department/standards" </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B07844" w:rsidRPr="002346D9">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Staff Drug and Alcohol Testing Procedures</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="93" w:name="_Toc2776664"/>
     <w:bookmarkEnd w:id="93"/>
     <w:p w14:paraId="5416A769" w14:textId="77DBBDE4" w:rsidR="003D708E" w:rsidRDefault="002346D9" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="94" w:name="_Toc189651830"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc218583368"/>
       <w:r w:rsidR="003D708E">
         <w:t>Definitions and acronyms</w:t>
       </w:r>
       <w:bookmarkEnd w:id="94"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="28" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="6621"/>
         <w:gridCol w:w="23"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="22058AE3" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -15741,109 +14305,96 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2FA56C2B" w14:textId="77777777" w:rsidR="00842D3B" w:rsidRPr="004C41D6" w:rsidRDefault="00842D3B" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C41D6">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>The At-Risk Management System is the Department's multi-disciplinary suicide prevention strategy for offenders. The tri-level system includes:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="783387C2" w14:textId="1EB2BE4E" w:rsidR="00842D3B" w:rsidRPr="004C41D6" w:rsidRDefault="00842D3B" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r w:rsidRPr="004C41D6">
               <w:t xml:space="preserve">Primary prevention - strategies to create physical and social environments in the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A63E0F">
-              <w:t>YDC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">YDC </w:t>
             </w:r>
             <w:r w:rsidRPr="004C41D6">
               <w:t>that limits stress on detainees.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BEC0B05" w14:textId="77777777" w:rsidR="00842D3B" w:rsidRPr="004C41D6" w:rsidRDefault="00842D3B" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r w:rsidRPr="004C41D6">
               <w:t>Secondary prevention - strategies to support detainees at statistically higher risk of self-harm or suicide.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="596FAE3C" w14:textId="77777777" w:rsidR="00842D3B" w:rsidRPr="004C41D6" w:rsidRDefault="00842D3B" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r w:rsidRPr="004C41D6">
               <w:t>Tertiary prevention - strategies aimed directly at individuals identified as at risk of self-harm or suicide.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001616D1" w:rsidRPr="000E6F0A" w14:paraId="2C1A2254" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EB9712A" w14:textId="2A2985F1" w:rsidR="001616D1" w:rsidRPr="002E2693" w:rsidRDefault="001616D1" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Aboriginal Legal Services </w:t>
             </w:r>
             <w:r w:rsidR="001D437E">
-              <w:t>of Western Australia (</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>of Western Australia (ALSWA)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1B371B2C" w14:textId="77777777" w:rsidR="001616D1" w:rsidRPr="0050044C" w:rsidRDefault="001616D1" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
               <w:t>Community based Aboriginal and Torres Strait Islander legal organisation which provides legal aid services to Aboriginal and Torres Strait Islander peoples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001616D1" w:rsidRPr="000E6F0A" w14:paraId="48EAD532" w14:textId="77777777" w:rsidTr="00A97FA8">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
           <w:trHeight w:val="1090"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -15853,55 +14404,53 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC6535">
               <w:t>Aboriginal Visitors Scheme</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (AVS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="02C7E00C" w14:textId="4A3B6936" w:rsidR="001616D1" w:rsidRPr="003160E9" w:rsidRDefault="00413B64" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="004C41D6">
               <w:t xml:space="preserve">The Aboriginal Visitors Scheme (AVS) comprises of Aboriginal staff who visit prisons and </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A63E0F">
               <w:t>YDC’s</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="004C41D6">
               <w:t xml:space="preserve"> around the state, providing support and counselling to Aboriginal people in custody.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002921DA" w:rsidRPr="000E6F0A" w14:paraId="0E77C3D8" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7401C446" w14:textId="77777777" w:rsidR="002921DA" w:rsidRPr="00DC6535" w:rsidRDefault="009465D8" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>CCTV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -15925,92 +14474,70 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23A0FFA7" w14:textId="77777777" w:rsidR="00842D3B" w:rsidRPr="003604E8" w:rsidRDefault="00842D3B" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Commissioner’s Operati</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>ng</w:t>
             </w:r>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Policy and Procedure (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002E2693">
+              <w:t xml:space="preserve"> Policy and Procedure (COPP)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6621" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="727C6D67" w14:textId="77777777" w:rsidR="00842D3B" w:rsidRPr="00164669" w:rsidRDefault="004D5D45" w:rsidP="00164669">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>COPP</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002E2693">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>)</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> are policy documents </w:t>
+              <w:t xml:space="preserve">COPPs are policy documents </w:t>
             </w:r>
             <w:r w:rsidR="00842D3B" w:rsidRPr="0050044C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>that provide instructions to staff on how the relevant legislative requirements are implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="000E6F0A" w14:paraId="5DF1B305" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35DCC7D5" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Coroner</w:t>
@@ -16063,59 +14590,51 @@
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="003604E8">
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:t>rime S</w:t>
             </w:r>
             <w:r w:rsidRPr="003604E8">
               <w:t xml:space="preserve">cene </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131996B4" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
-              <w:t xml:space="preserve">The area associated with a suspected crime from/in which physical evidence may be obtained. This can include structures, rooms, open areas, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and cells.</w:t>
+              <w:t>The area associated with a suspected crime from/in which physical evidence may be obtained. This can include structures, rooms, open areas, vehicles and cells.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="000E6F0A" w14:paraId="06DB241C" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BE8564F" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="003604E8" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Critical Incident</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
@@ -16129,132 +14648,99 @@
             </w:r>
             <w:r>
               <w:t>detainee</w:t>
             </w:r>
             <w:r w:rsidRPr="002727B9">
               <w:t>s are so significant that a heightened level of notification and /</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> or communication is required.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="469EE743" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="002727B9" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="002727B9">
               <w:lastRenderedPageBreak/>
               <w:t>They are events that may:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="591AE1FC" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="002727B9" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r w:rsidRPr="002727B9">
-              <w:t xml:space="preserve">Involve a serious security </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Involve a serious security breach </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="775C68EB" w14:textId="39E2A0AB" w:rsidR="006C60BB" w:rsidRPr="002727B9" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="002727B9">
               <w:t xml:space="preserve">lace staff or </w:t>
             </w:r>
             <w:r>
               <w:t>detainee</w:t>
             </w:r>
             <w:r w:rsidRPr="002727B9">
-              <w:t xml:space="preserve">s under significant </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>s under significant risk</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2F32008C" w14:textId="18083056" w:rsidR="006C60BB" w:rsidRPr="002727B9" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="002727B9">
               <w:t xml:space="preserve">lace the security of the </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>YDC</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="002727B9">
-              <w:t xml:space="preserve"> under significant </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> under significant risk</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="2C4BDA65" w14:textId="0D3300E0" w:rsidR="006C60BB" w:rsidRPr="002727B9" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r w:rsidRPr="002727B9">
               <w:t xml:space="preserve">Involve the serious injury or death of any person on </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">the </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>the YDC</w:t>
+            </w:r>
             <w:r w:rsidRPr="002727B9">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> property </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75061EDE" w14:textId="07BD859B" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
             </w:pPr>
             <w:r>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="002727B9">
               <w:t>enerate significant public or media scrutiny.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="00ED470E" w14:paraId="796C4037" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2B5CDF8C" w14:textId="5CDD0A24" w:rsidR="006C60BB" w:rsidRPr="00511415" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
@@ -16273,65 +14759,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24F8D767" w14:textId="26DADED2" w:rsidR="006C60BB" w:rsidRPr="00511415" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">An officer with custodial functions, appointed under section 11(1) of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
             <w:r w:rsidRPr="00511415">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
-              <w:t>; or a person who is appointed under section 11(1</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">a) as a custodial officer. This includes but is not limited to Youth Custodial Officers, Unit Managers and Senior Officers. </w:t>
+              <w:t xml:space="preserve">; or a person who is appointed under section 11(1a)(a) as a custodial officer. This includes but is not limited to Youth Custodial Officers, Unit Managers and Senior Officers. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="000E6F0A" w14:paraId="12CFAF2C" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FB49963" w14:textId="72AE71EF" w:rsidR="006C60BB" w:rsidRPr="00511415" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00511415">
               <w:t>Detainee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
@@ -16493,184 +14965,168 @@
           </w:tcPr>
           <w:p w14:paraId="4AA8C5C9" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00962380" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003604E8">
               <w:t>Evidence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47B87F12" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
-              <w:t xml:space="preserve">Items or things which may be used to determine the facts associated with a particular incident or to prove or disprove a fact in a court of law. Physical evidence may not be visible to the naked eye and may be such as fingerprints, footprints, footwear, </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> or items from which a person’s DNA may be established, that may need to be recorded, compared and analysed. </w:t>
+              <w:t xml:space="preserve">Items or things which may be used to determine the facts associated with a particular incident or to prove or disprove a fact in a court of law. Physical evidence may not be visible to the naked eye and may be such as fingerprints, footprints, footwear, impressions or items from which a person’s DNA may be established, that may need to be recorded, compared and analysed. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="000E6F0A" w14:paraId="7C7B3A2C" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0308A65B" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00F94014" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00F94014">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Foreign national</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DE2AFB2" w14:textId="6EAAEF26" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
               <w:t xml:space="preserve">A </w:t>
             </w:r>
             <w:r>
               <w:t>detainee</w:t>
             </w:r>
             <w:r w:rsidRPr="0050044C">
               <w:t xml:space="preserve"> who is a citizen of a country other than Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C60BB" w:rsidRPr="000E6F0A" w14:paraId="5E40F7D4" w14:textId="77777777" w:rsidTr="00D278EA">
+      <w:tr w:rsidR="00604709" w:rsidRPr="000E6F0A" w14:paraId="5E40F7D4" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E739A28" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00F94014" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
+          <w:p w14:paraId="1E739A28" w14:textId="092B4085" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00846C7B">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>HS</w:t>
+              <w:t>Justice Health and Wellbeing Service (JHWS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53EDA0DC" w14:textId="31A52536" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
-[...4 lines deleted...]
-              <w:t>Health Services</w:t>
+          <w:p w14:paraId="53EDA0DC" w14:textId="5B56D91A" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>The JHWS provides medical, nursing, and allied health services to all adults and young people in custody across the state of Western Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="000E6F0A" w14:paraId="5D30ACFB" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D706D08" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00962380" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7C05">
               <w:t>Life Extinct</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D13D71F" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
-              <w:t xml:space="preserve">A clinical assessment process undertaken to establish that life is extinct. By evaluating cardiac output, neurological </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and respiratory status, using a standard regime of clinical assessment tools, a registered medical practitioner or registered nurse can generally establish that life is extinct.</w:t>
+              <w:t>A clinical assessment process undertaken to establish that life is extinct. By evaluating cardiac output, neurological signs and respiratory status, using a standard regime of clinical assessment tools, a registered medical practitioner or registered nurse can generally establish that life is extinct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="1B118135" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F690887" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>Medical Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
@@ -16715,268 +15171,228 @@
             </w:r>
             <w:r w:rsidR="00662B17" w:rsidRPr="00662B17">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="32B65BB5" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="099694EA" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
+              <w:lastRenderedPageBreak/>
               <w:t>Medical Staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70DB937F" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:t xml:space="preserve">Collective term for Medical Practitioner, Medical </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and Registered Nurses.</w:t>
+              <w:t>Collective term for Medical Practitioner, Medical Officers and Registered Nurses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="004D79DB" w14:paraId="29AE779A" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F480E26" w14:textId="50C9BE1A" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:lastRenderedPageBreak/>
               <w:t>Notifiable Incident</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="668ED7DD" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t xml:space="preserve">As defined in s.35 of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Work, Health and Safety Act 2020</w:t>
             </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:t>, a notifiable incident is:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="10FC331F" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>The death of a person</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3641ED13" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:t xml:space="preserve">A ‘serious injury or </w:t>
-[...7 lines deleted...]
-              <w:t>, or</w:t>
+              <w:t>A ‘serious injury or illness’, or</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A30D051" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>A dangerous incident.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A53BE0A" w14:textId="5DB461CE" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:t xml:space="preserve">‘Notifiable </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> may relate to any person – employee, contractor, visitor, member of the public or volunteer.</w:t>
+              <w:t>‘Notifiable incidents’ may relate to any person – employee, contractor, visitor, member of the public or volunteer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="004D79DB" w14:paraId="76E1A43E" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="721AC818" w14:textId="1CE50DBB" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>Officers and Employees of Particular Classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A4C8957" w14:textId="0ABB774D" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:t>The following descriptions of classes of officers and employees are prescribed for the purpose of s 11(1</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">b) </w:t>
+              <w:t xml:space="preserve">The following descriptions of classes of officers and employees are prescribed for the purpose of s 11(1a)(b) </w:t>
             </w:r>
             <w:r w:rsidR="0011370A">
               <w:t xml:space="preserve">of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:t xml:space="preserve">, and r. 49(2) </w:t>
             </w:r>
             <w:r w:rsidR="0011370A">
               <w:t>of the</w:t>
             </w:r>
             <w:r w:rsidR="004E1B8F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Young Offenders Regulations 1995</w:t>
             </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="053D903F" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>(a) Medical staff persons who have undergone medical, nursing or health training and hold qualifications indicating successful completion of that training.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25D378DC" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:t xml:space="preserve">(b) Teaching staff persons who provide recreation or sports supervision, teachers, vocational </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> and social trainers.</w:t>
+              <w:t>(b) Teaching staff persons who provide recreation or sports supervision, teachers, vocational trainers and social trainers.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CD05DB3" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>(c) Program support staff counsellors, program facilitators and librarians.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="087B225B" w14:textId="20A76456" w:rsidR="006C60BB" w:rsidRPr="00662B17" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:t>(d) Centre support staff cleaning staff, laundry staff, gardening staff, vehicle driving staff, maintenance staff and hairdressers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w:rsidRPr="002E2693" w14:paraId="419AB511" w14:textId="77777777" w:rsidTr="00A97FA8">
         <w:tblPrEx>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
@@ -17007,161 +15423,159 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="12CCEED9" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67211B40" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00A71007" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
-              <w:t>Officer in Charge (</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Officer in Charge (OIC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5777322E" w14:textId="2C6696FF" w:rsidR="006C60BB" w:rsidRPr="00A71007" w:rsidRDefault="00405464" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E379B8">
               <w:t xml:space="preserve"> The officer, as designated by the Superintendent or their delegate, who is at the relevant time the Officer in Charge of </w:t>
             </w:r>
             <w:r w:rsidR="0011370A" w:rsidRPr="00E379B8">
               <w:t xml:space="preserve">a </w:t>
             </w:r>
             <w:r w:rsidR="0011370A">
               <w:t>Youth</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> D</w:t>
             </w:r>
             <w:r w:rsidRPr="00E379B8">
               <w:t xml:space="preserve">etention </w:t>
             </w:r>
             <w:r>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00E379B8">
               <w:t>entre.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C60BB" w14:paraId="271D3F63" w14:textId="77777777" w:rsidTr="00D278EA">
+      <w:tr w:rsidR="00604709" w14:paraId="271D3F63" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AF3B008" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="002E2693" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
-[...4 lines deleted...]
-              <w:t>OSH</w:t>
+          <w:p w14:paraId="5AF3B008" w14:textId="2DD394EC" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>Work Health and Safety (WHS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51B4FB65" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
-[...4 lines deleted...]
-              <w:t>Occupational Safety and Health</w:t>
+          <w:p w14:paraId="51B4FB65" w14:textId="2904F50E" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve">WHS is the management of work-related risks to prevent injury, illness, and harm in accordance with the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>WHS Act 2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">WA Public Sector 2007 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>(Code of Practice).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="0ED85AFE" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28158FCF" w14:textId="77D16CC0" w:rsidR="006C60BB" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Western Australian Police Force (</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">) </w:t>
+              <w:t xml:space="preserve">Western Australian Police Force (WAPF) </w:t>
             </w:r>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E3ABFAE" w14:textId="129E0831" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A person appointed under Part I of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00C55993">
               <w:rPr>
@@ -17261,86 +15675,80 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="054912C6" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00805564">
               <w:t>Staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5F61F278" w14:textId="7C291EA3" w:rsidR="006C60BB" w:rsidRPr="0050044C" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Any person or officer of the Department of Justice, Corrective Services, including a Public Service Officer, Youth Custodial </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t xml:space="preserve">Any person or officer of the Department of Justice, Corrective Services, including a Public Service Officer, Youth Custodial Officer or an employee of a particular class; and any </w:t>
+            </w:r>
             <w:r w:rsidRPr="00662B17">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Officer</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> or an employee of a particular class; and any contractor who provides services to the Department of Justice.</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>contractor who provides services to the Department of Justice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="27328041" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EE6A44D" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="00ED470E" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00662B17">
+              <w:lastRenderedPageBreak/>
               <w:t>Superintendent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0139F32C" w14:textId="390A2558" w:rsidR="006C60BB" w:rsidRPr="00A71007" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB64E8">
               <w:t>In accordance with s</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB64E8">
               <w:t xml:space="preserve"> 3 </w:t>
             </w:r>
             <w:r w:rsidR="0011370A">
@@ -17350,140 +15758,131 @@
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Young Offenders Act 1994, ‘</w:t>
             </w:r>
             <w:r w:rsidRPr="00DB64E8">
               <w:t>The person in charge of a detention centre’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="3C2162BF" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="576F09F7" w14:textId="2BB2E8DF" w:rsidR="006C60BB" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0098748A">
-              <w:lastRenderedPageBreak/>
               <w:t>Total Offender Management Solution (TOMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59DE3197" w14:textId="77777777" w:rsidR="006C60BB" w:rsidRPr="006E03D7" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00D8661B">
               <w:t>An electronic database used by the Department of Corrective Services to record and manage comprehensive information relating to prisoners and detainees.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006C60BB" w14:paraId="1929CB47" w14:textId="77777777" w:rsidTr="00D278EA">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="23" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67D5FAA6" w14:textId="1FDFEAA1" w:rsidR="006C60BB" w:rsidRPr="0098748A" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>Youth Detention Centre (</w:t>
-[...7 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Youth Detention Centre (YDC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16FD942A" w14:textId="4C847687" w:rsidR="006C60BB" w:rsidRPr="00E75599" w:rsidDel="00D8661B" w:rsidRDefault="006C60BB" w:rsidP="006C60BB">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="003A13DA">
               <w:t>A gazetted detention centre declared by the Minister to be a detention centre to accommodate male and female, remanded or sentenced detainees. Refer to s</w:t>
             </w:r>
             <w:r w:rsidR="004E1B8F">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003A13DA">
               <w:t xml:space="preserve">13 of </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="003A13DA">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
             <w:r w:rsidRPr="003A13DA">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="73682939" w14:textId="77777777" w:rsidR="00164669" w:rsidRDefault="00164669" w:rsidP="00164669"/>
     <w:p w14:paraId="7E026604" w14:textId="77777777" w:rsidR="00164669" w:rsidRDefault="00164669">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D10A076" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="003D708E" w:rsidRDefault="003D708E" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc189651831"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc218583369"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Related legislation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="41E8B632" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="00C55993" w:rsidRDefault="00DC7D15" w:rsidP="00787B9C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55993">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Coroners Act 1996</w:t>
@@ -17536,51 +15935,51 @@
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="927"/>
         </w:tabs>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00662B17">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Young Offenders Regulations 1995</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5E4BE4" w14:textId="77777777" w:rsidR="00C111BB" w:rsidRPr="00C111BB" w:rsidRDefault="00C111BB" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="96" w:name="_Toc178286"/>
       <w:bookmarkStart w:id="97" w:name="_Toc32917338"/>
-      <w:bookmarkStart w:id="98" w:name="_Toc189651832"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc218583370"/>
       <w:r w:rsidRPr="00C111BB">
         <w:t>Assurance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="96"/>
       <w:bookmarkEnd w:id="97"/>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="45921BBB" w14:textId="77777777" w:rsidR="004C0005" w:rsidRPr="004C0005" w:rsidRDefault="004C0005" w:rsidP="00D278EA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
         <w:t>It is expected that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113EADBA" w14:textId="0F3858AF" w:rsidR="004C0005" w:rsidRPr="00606FAA" w:rsidRDefault="001902D8" w:rsidP="00787B9C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="720"/>
@@ -17655,51 +16054,51 @@
           </w:rPr>
           <w:t>Compliance Framework</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C0005" w:rsidRPr="00606FAA">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BF6F2A1" w14:textId="77777777" w:rsidR="00245869" w:rsidRPr="005536EE" w:rsidRDefault="004C0005" w:rsidP="00787B9C">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
         <w:t xml:space="preserve">Independent oversight will be undertaken as required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC6E12E" w14:textId="3AF151BE" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="005C46F6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc189651833"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc218583371"/>
       <w:r>
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="0094581F">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
       <w:r w:rsidR="0094581F">
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:t>istory</w:t>
       </w:r>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9612" w:type="dxa"/>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1051"/>
@@ -18536,81 +16935,166 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>1 February 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1679" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E002642" w14:textId="00B89DA0" w:rsidR="00ED470E" w:rsidRPr="00FA1C34" w:rsidRDefault="004E1B8F" w:rsidP="00ED470E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00737CCB">
               <w:t xml:space="preserve"> February 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00604709" w:rsidRPr="007D3C6F" w14:paraId="43A50104" w14:textId="77777777" w:rsidTr="002F7B79">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B8844B" w14:textId="034525C7" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>10.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2285" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B809F5" w14:textId="0EC6F13A" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve">Operational Policy </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2896" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0120FED1" w14:textId="77777777" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>Approved by the Deputy Commissioner, Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4762FE9B" w14:textId="11F71D5D" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="00604709" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00846C7B">
+              <w:t>CM Ref: S26/827</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCE4ADD" w14:textId="701594A8" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="002548A5" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>17</w:t>
+            </w:r>
+            <w:r w:rsidR="00846C7B" w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve"> February 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1679" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="741ACFDB" w14:textId="388EA875" w:rsidR="00604709" w:rsidRPr="00846C7B" w:rsidRDefault="002548A5" w:rsidP="00604709">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003725EB">
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00846C7B" w:rsidRPr="00846C7B">
+              <w:t xml:space="preserve"> February 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="08F6C070" w14:textId="3D733E2F" w:rsidR="0024575D" w:rsidRDefault="0024575D"/>
     <w:p w14:paraId="029B455F" w14:textId="143AA3EB" w:rsidR="005E2851" w:rsidRDefault="00622C58">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D4149A6" w14:textId="054C3BA8" w:rsidR="00601980" w:rsidRPr="00F60ABD" w:rsidRDefault="0055140D" w:rsidP="00467061">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="794" w:hanging="794"/>
       </w:pPr>
       <w:bookmarkStart w:id="100" w:name="_Appendix_A:_Records"/>
-      <w:bookmarkStart w:id="101" w:name="_Toc189651834"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc218583372"/>
       <w:bookmarkEnd w:id="100"/>
       <w:r w:rsidRPr="00F60ABD">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix A: Records which </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00F60ABD">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00832BEB">
         <w:t>PF</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00F60ABD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0094581F">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60ABD">
         <w:t xml:space="preserve">ay </w:t>
       </w:r>
       <w:r w:rsidR="0094581F">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60ABD">
         <w:t>equire</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="4CB351A7" w14:textId="77777777" w:rsidR="0055140D" w:rsidRDefault="00601980" w:rsidP="00F60ABD">
       <w:r>
         <w:t>This list is not exhaustive:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16504053" w14:textId="77777777" w:rsidR="00F60ABD" w:rsidRPr="0024575D" w:rsidRDefault="00F60ABD" w:rsidP="00F60ABD"/>
     <w:p w14:paraId="1FC05CA9" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
@@ -18659,57 +17143,52 @@
       <w:r>
         <w:t>Body camera footage (where available)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EAAC49A" w14:textId="77777777" w:rsidR="006D5959" w:rsidRDefault="006D5959" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>PTS records</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="284536C4" w14:textId="77777777" w:rsidR="006D5959" w:rsidRDefault="006D5959" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Unit Records and Occurrence logs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0252C98F" w14:textId="77777777" w:rsidR="006D5959" w:rsidRDefault="006D5959" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Escort </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Escort logs</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="3D0B29F2" w14:textId="77777777" w:rsidR="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t>Cell Call Records</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70550F31" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t>Handover and Debrief Book</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A34B953" w14:textId="56959A67" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="001D437E">
@@ -18767,118 +17246,114 @@
       </w:r>
       <w:r w:rsidR="0024575D" w:rsidRPr="0024575D">
         <w:t>SAMS</w:t>
       </w:r>
       <w:r>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="0024575D" w:rsidRPr="0024575D">
         <w:t xml:space="preserve"> Forms and SAMS Case Conference Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24FFEF56" w14:textId="49E93CF2" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t xml:space="preserve">Medical Records (Requested through </w:t>
       </w:r>
       <w:r w:rsidR="006F6636">
         <w:t>Health Information Management Services</w:t>
       </w:r>
       <w:r w:rsidRPr="0024575D">
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12C136A3" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
+    <w:p w14:paraId="12C136A3" w14:textId="18347B2F" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t>Aboriginal Visitors Scheme Contact Forms and ‘</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00331652" w:rsidRPr="0024575D">
+        <w:t>Confidential</w:t>
+      </w:r>
+      <w:r w:rsidR="00331652">
+        <w:t>s</w:t>
+      </w:r>
       <w:r w:rsidRPr="0024575D">
         <w:t>’</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1959CA62" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
-        <w:t xml:space="preserve">Relevant Records held by </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Relevant Records held by ACCESS</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="24B5C9CD" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t>Photographs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0B79CA" w14:textId="23C53AF2" w:rsidR="0024575D" w:rsidRDefault="0094581F" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r>
         <w:t>Detainee</w:t>
       </w:r>
       <w:r w:rsidR="0024575D" w:rsidRPr="0024575D">
         <w:t>’s personal correspondence</w:t>
       </w:r>
       <w:r w:rsidR="00F60ABD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4C1CB0" w14:textId="77777777" w:rsidR="00FE6572" w:rsidRPr="00F60ABD" w:rsidRDefault="00FE6572" w:rsidP="00F60ABD"/>
     <w:p w14:paraId="3EF571C4" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="00157910" w:rsidRDefault="0024575D" w:rsidP="0024575D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="691A4058" w14:textId="77777777" w:rsidR="0055140D" w:rsidRDefault="0055140D" w:rsidP="00467061">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="794" w:hanging="794"/>
       </w:pPr>
       <w:bookmarkStart w:id="102" w:name="_Appendix_B:_Additional"/>
-      <w:bookmarkStart w:id="103" w:name="_Toc189651835"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc218583373"/>
       <w:bookmarkEnd w:id="102"/>
       <w:r w:rsidRPr="0055140D">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix B: Additional Notifications and Reporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3537"/>
         <w:gridCol w:w="5823"/>
       </w:tblGrid>
       <w:tr w:rsidR="0024575D" w14:paraId="2ED26268" w14:textId="77777777" w:rsidTr="00551CEB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
@@ -19058,70 +17533,70 @@
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="005C46F6">
               <w:t>Fax: (02) 6250 5920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45010A38" w14:textId="77777777" w:rsidR="00245869" w:rsidRPr="00D05B49" w:rsidRDefault="00245869" w:rsidP="005829D4"/>
     <w:sectPr w:rsidR="00245869" w:rsidRPr="00D05B49" w:rsidSect="00F60ABD">
       <w:headerReference w:type="even" r:id="rId42"/>
       <w:headerReference w:type="default" r:id="rId43"/>
       <w:footerReference w:type="default" r:id="rId44"/>
       <w:headerReference w:type="first" r:id="rId45"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="709" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74B80290" w14:textId="77777777" w:rsidR="00332342" w:rsidRDefault="00332342" w:rsidP="00D06E62">
+    <w:p w14:paraId="46DC1BB2" w14:textId="77777777" w:rsidR="005944C0" w:rsidRDefault="005944C0" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="127128BD" w14:textId="77777777" w:rsidR="00332342" w:rsidRDefault="00332342" w:rsidP="00D06E62">
+    <w:p w14:paraId="1EDADF22" w14:textId="77777777" w:rsidR="005944C0" w:rsidRDefault="005944C0" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -19141,103 +17616,98 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:altName w:val="Times New Roman"/>
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gotham">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10BC55C8" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00F60ABD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1095"/>
         <w:tab w:val="left" w:pos="8080"/>
       </w:tabs>
       <w:ind w:right="-461"/>
     </w:pPr>
     <w:r w:rsidRPr="00E51B74">
       <w:t>The current version of this document is maintained on the Custodial Ops intranet page</w:t>
     </w:r>
     <w:r w:rsidRPr="00E51B74">
       <w:tab/>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00627992">
-      <w:t>Page</w:t>
-[...3 lines deleted...]
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -19251,153 +17721,247 @@
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="48949E39" w14:textId="77777777" w:rsidR="00332342" w:rsidRDefault="00332342" w:rsidP="00D06E62">
+    <w:p w14:paraId="33568A74" w14:textId="77777777" w:rsidR="005944C0" w:rsidRDefault="005944C0" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3634CD1C" w14:textId="77777777" w:rsidR="00332342" w:rsidRDefault="00332342" w:rsidP="00D06E62">
+    <w:p w14:paraId="191DAADE" w14:textId="77777777" w:rsidR="005944C0" w:rsidRDefault="005944C0" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="42174CCC" w14:textId="77777777" w:rsidR="006756DB" w:rsidRDefault="006756DB" w:rsidP="006756DB">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> S.38 and s. 39(1) </w:t>
       </w:r>
       <w:r w:rsidRPr="0096751C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Work, </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> and Safety Act 2020</w:t>
+        <w:t>Work, Health and Safety Act 2020</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="7071E4F5" w14:textId="1CBA70F7" w:rsidR="00D278EA" w:rsidRDefault="00D278EA">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> S180(1) Young Offenders Act 1994</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="26FF0DCC" w14:textId="77777777" w:rsidR="00A97FA8" w:rsidRDefault="00A97FA8" w:rsidP="00A97FA8">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s.38 and s.39 </w:t>
       </w:r>
       <w:r w:rsidRPr="0096751C">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Work Health and Safety Act 2020</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1C3BF63C" w14:textId="7C3D2A4F" w:rsidR="00D278EA" w:rsidRDefault="001402AF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C3BF63C" w14:textId="516680D0" w:rsidR="00D278EA" w:rsidRDefault="00AE2781">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251683840" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64689B94" wp14:editId="6BA9B0E6">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1324333821" name="Text Box 2" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0C920AA2" w14:textId="59AEAE02" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00AE2781">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="64689B94" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251683840;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDVUEjgCQIAABUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oi2QDj0rshQbkERBUmJnXz9KtpOt22nYRaZI+pF8fFreDlqRo3C+A1PTYpFTIgyHpjP7mn5/2Xy4&#10;ocQHZhqmwIianoSnt6v375a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZlfgBUGgxKcZgGvbp81jvWI&#10;rlV2lefXWQ+usQ648B6992OQrhK+lIKHJym9CETVFHsL6XTp3MUzWy1ZtXfMth2f2mD/0IVmncGi&#10;Z6h7Fhg5uO4PKN1xBx5kWHDQGUjZcZFmwGmK/M0025ZZkWZBcrw90+T/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpTJsYAuHoLMvipigp4Rj6+Om6LMuIkl1+ts6HrwI0iUZNHW4lkcWO&#10;Dz6MqXNKrGVg0ymVNqPMbw7EjJ7s0mG0wrAbprZ30JxwGgfjor3lmw5rPjAfnpnDzeIAqNbwhIdU&#10;0NcUJouSFtyPv/ljPhKOUUp6VEpNDUqZEvXN4CKiqJJRfM7LHG9udu9mwxz0HaD+CnwKlicz5gU1&#10;m9KBfkUdr2MhDDHDsVxNw2zehVGy+A64WK9TEurHsvBgtpZH6MhTJPFleGXOTkwHXNEjzDJi1RvC&#10;x9z4p7frQ0Da0zYipyORE9WovbTP6Z1Ecf96T1mX17z6CQAA//8DAFBLAwQUAAYACAAAACEAw4kd&#10;d9oAAAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU/CQBCF7yb+h82YeJNtNSVQuyXEhAM3RPQ8&#10;dMe20J1pugtUfr2rF71M8vJe3vumWIyuU2cafCtsIJ0koIgrsS3XBnZvq4cZKB+QLXbCZOCLPCzK&#10;25sCcysXfqXzNtQqlrDP0UATQp9r7auGHPqJ9MTR+5TBYYhyqLUd8BLLXacfk2SqHbYcFxrs6aWh&#10;6rg9OQNttpSQ0vt6dfhwqaTXzTq7boy5vxuXz6ACjeEvDD/4ER3KyLSXE1uvOgPxkfB7ozebzkHt&#10;DWTzJ9Blof+zl98AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1VBI4AkCAAAVBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAw4kdd9oAAAADAQAA&#10;DwAAAAAAAAAAAAAAAABjBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAGoFAAAAAA==&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="0C920AA2" w14:textId="59AEAE02" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00AE2781">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="001402AF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="37503AA5" wp14:editId="0138D482">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="529391412" name="Text Box 7"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
@@ -19405,134 +17969,227 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="44722863" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00C0782B">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Draft and not for further dissemination until </w:t>
+                            <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-                          <w:proofErr w:type="gramEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="37503AA5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 7" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALTELd8gEAAMQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5x0SD+MOEXWrrt0&#10;W4Fm6JmR5NibJWqUEjv/fpTiJsN2G+aDYJPU43vk8+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN46TNZKFyJ+0LTRBz+i2&#10;Ky6m08uiR9KeUJkQOHp/TMplxq9ro+LXug4miq6SzC3mk/K5SWexXEC5JfBNq0Ya8A8sLLSOm56g&#10;7iGC2FH7F5RtFWHAOk4U2gLrulUma2A1s+kfap4b8CZr4eEEfxpT+H+w6sv+2T+RiMMHHHiBWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Cmc6a0Pnteao2szxI+65RnP0lyL3odyxE/7CGVInTb9Z9R8BXYR&#10;c7ehJisI07Xrm2l6cphnI5gRL+1wWhQ3EIqDV1x3ecUpxbn3s/n8Zp47QpnA0h48hfjJoBXppZLE&#10;RsiosH8MMZE7l4xME7kjzThsBi5JjDeoD8y5Z4NUMvzcARnWv7N3yH5i0TWhfWEHriirfu28Hl6A&#10;/Ng7Muun7tUgmUB2ihYObBqE/s5AtmPf7aET8zyBI8WxeCR7RE13g1/x9B7arOTMc1TCVskCR1sn&#10;L/7+navOP9/yFwAAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPfFsvZ&#10;GnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0KfS+nr&#10;lqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NVFX18&#10;Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQALTELd8gEAAMQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAEwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape w14:anchorId="37503AA5" id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251640832;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtzswi9AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCVnk6kU1mswrd9W8tv64d21&#10;FBSVN6oDbyt5sCRvl2/fLPpQ2gtooDMWBYN4KvtQySbGUBYF6cY6RRMI1vNmDehU5E/cFgZVz+iu&#10;Ky6m08uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1HGiwRVQ1622WQOrmU3/UPPcqGCzFjaHwskm+n+w+sv+OTyhiMMHGHiAWQSF&#10;R9A/SHi4a5Tf2hUi9I1VhhvP5Kmc6a0Pgceaq2s7xI+mZY9nydeiD1SO+GkeVFLqtOk/g+Erahch&#10;dxtqdAIhXbu+maYnl9kbwYx4aIfToLiB0Fy84nOXV7ylee/9bD6/meeOqkxgaQ4BKX6y4ER6qSRy&#10;EDKq2j9STOTOR0amidyRZhw2g2jNKCMR34A5MPWec1JJ+rlTaNmGnbsDjhVrrxHcCwdxhVn8K4H1&#10;8KIwjBQik3/qXnOSeeTAGOGVS36Y7wzkOo7fXnVino04Mh0Pj5yPqOkuhRWb+NBmQWeeoyBOTNY5&#10;pjtF8vfvfOr8Dy5/AQAA//8DAFBLAwQUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDiPgJ2VSIiEOPbRFnN94mAXsdYqdJeXpcLuWy0mhGM98W&#10;y9kacaDBd44RbhcJCOLa6Y4bhPft280jCB8Ua2UcE8KRPCzLy4tC5dpNvKbDJjQilrDPFUIbQp9L&#10;6euWrPIL1xNHb+8Gq0KUQyP1oKZYbo1Mk+ReWtVxXGhVT68t1V+b0SLon/2xv5um7Wq1rsZv01UV&#10;fXwiXl/NL88gAs3hHIYTfkSHMjLt3MjaC4MQHwl/9+SlWZaC2CFkTw8gy0L+py9/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAC3OzCL0AQAAywMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAAAAAAAAAAAAAAAATgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="44722863" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00C0782B">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="25F921B3" w14:textId="5121C030" w:rsidR="00D278EA" w:rsidRPr="00C15CE3" w:rsidRDefault="001402AF" w:rsidP="00EA7EAC">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="25F921B3" w14:textId="239CAD7D" w:rsidR="00D278EA" w:rsidRPr="00C15CE3" w:rsidRDefault="00AE2781" w:rsidP="00EA7EAC">
     <w:pPr>
       <w:pStyle w:val="Subtitle"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
+        <w:noProof/>
       </w:rPr>
-    </w:pPr>
-    <w:r>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251684864" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4CB853A6" wp14:editId="3EBAD5E8">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="692842799" name="Text Box 3" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="37D62ADE" w14:textId="2E3768F5" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00AE2781">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4CB853A6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 3" o:spid="_x0000_s1028" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251684864;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD49iz9DgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7YzuOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+4&#10;pcQHZhqmwIianoSnd8v37xa9rcQcWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yqb5/lN1oNrrAMuvEfvwxiky4QvpeDhSUovAlE1xd5COl06d/HMlgtW7R2zbcfPbbB/6EKzzmDR&#10;C9QDC4wcXPcHlO64Aw8yzDjoDKTsuEgz4DRF/maabcusSLMgOd5eaPL/D5Y/Hrf22ZEwfIEBFxgJ&#10;6a2vPDrjPIN0On6xU4JxpPB0oU0MgXB0lmVxW5SUcAx9/HRTlmVEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1nU/d76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo/iclzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDiR132gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4k201JVC7JcSE&#10;AzdE9Dx0x7bQnWm6C1R+vasXvUzy8l7e+6ZYjK5TZxp8K2wgnSSgiCuxLdcGdm+rhxkoH5AtdsJk&#10;4Is8LMrbmwJzKxd+pfM21CqWsM/RQBNCn2vtq4Yc+on0xNH7lMFhiHKotR3wEstdpx+TZKodthwX&#10;GuzppaHquD05A222lJDS+3p1+HCppNfNOrtujLm/G5fPoAKN4S8MP/gRHcrItJcTW686A/GR8Huj&#10;N5vOQe0NZPMn0GWh/7OX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD49iz9DgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDiR132gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="37D62ADE" w14:textId="2E3768F5" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00AE2781">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="001402AF">
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="5C4161AE" wp14:editId="59D16522">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1059088573" name="Text Box 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
@@ -19541,130 +18198,112 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="6EF2F945" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00C0782B">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Draft and not for further dissemination until </w:t>
+                            <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-                          <w:proofErr w:type="gramEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5C4161AE" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtzswi9AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCVnk6kU1mswrd9W8tv64d21&#10;FBSVN6oDbyt5sCRvl2/fLPpQ2gtooDMWBYN4KvtQySbGUBYF6cY6RRMI1vNmDehU5E/cFgZVz+iu&#10;Ky6m08uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1HGiwRVQ1622WQOrmU3/UPPcqGCzFjaHwskm+n+w+sv+OTyhiMMHGHiAWQSF&#10;R9A/SHi4a5Tf2hUi9I1VhhvP5Kmc6a0Pgceaq2s7xI+mZY9nydeiD1SO+GkeVFLqtOk/g+Erahch&#10;dxtqdAIhXbu+maYnl9kbwYx4aIfToLiB0Fy84nOXV7ylee/9bD6/meeOqkxgaQ4BKX6y4ER6qSRy&#10;EDKq2j9STOTOR0amidyRZhw2g2jNKCMR34A5MPWec1JJ+rlTaNmGnbsDjhVrrxHcCwdxhVn8K4H1&#10;8KIwjBQik3/qXnOSeeTAGOGVS36Y7wzkOo7fXnVino04Mh0Pj5yPqOkuhRWb+NBmQWeeoyBOTNY5&#10;pjtF8vfvfOr8Dy5/AQAA//8DAFBLAwQUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDiPgJ2VSIiEOPbRFnN94mAXsdYqdJeXpcLuWy0mhGM98W&#10;y9kacaDBd44RbhcJCOLa6Y4bhPft280jCB8Ua2UcE8KRPCzLy4tC5dpNvKbDJjQilrDPFUIbQp9L&#10;6euWrPIL1xNHb+8Gq0KUQyP1oKZYbo1Mk+ReWtVxXGhVT68t1V+b0SLon/2xv5um7Wq1rsZv01UV&#10;fXwiXl/NL88gAs3hHIYTfkSHMjLt3MjaC4MQHwl/9+SlWZaC2CFkTw8gy0L+py9/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAC3OzCL0AQAAywMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAAAAAAAAAAAAAAAATgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape w14:anchorId="5C4161AE" id="Text Box 6" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251638784;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAFd06d9QEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9jy1nSYQe8zYbdJ/z9jNtghuiBysZGy/ee/Ny+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN443ayQLkT9pW2iCntFt&#10;V1xMp5dFj6Q9oTIhcPX+uCmXGb+ujYpf6zqYKLpKMreYV8rrJq3FcgHllsA3rRppwD+wsNA6bnqC&#10;uocIYkftX1C2VYQB6zhRaAus61aZrIHVzKZ/qHluwJushc0J/mRT+H+w6sv+2T+RiMMHHHiAWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Kmc6a0Pnseaq2szxI+6ZY9nydei96Ec8dM8QhlSp03/GTVfgV3E&#10;3G2oyQrCdO36ZpqeXGZvBDPioR1Og+IGQnHxis9dXvGW4r33s/n8Zp47QpnA0hw8hfjJoBXppZLE&#10;QciosH8MMZE7HxmZJnJHmnHYDKLVjJxAE/EN6gNT7zknlQw/d0CGbdjZO+RYsfaa0L5wEFeUxb8S&#10;WA8vQH6kEJn8U/eak8wjB0YLBzb5ob8zkO04fnvoxDwbcWQ6Hh45H1HT3eBXbOJDmwWdeY6CODFZ&#10;55juFMnfv/Op8z+4/AUAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPf&#10;FsvZGnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0Kf&#10;S+nrlqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NV&#10;FX18Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAFd06d9QEAAMsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAE8EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="6EF2F945" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00C0782B">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00D278EA" w:rsidRPr="00C15CE3">
       <w:t xml:space="preserve">Commissioner’s Operating </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="618E8F57" w14:textId="36791EF4" w:rsidR="00D278EA" w:rsidRPr="00C15CE3" w:rsidRDefault="001402AF" w:rsidP="00EA7EAC">
     <w:pPr>
       <w:pStyle w:val="Subtitle"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C3D8DFB" wp14:editId="3A24F288">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>104775</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>27940</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="2639695" cy="296545"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1655028997" name="Text Box 5"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -19688,163 +18327,273 @@
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:id w:val="-137430788"/>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
                             <w:p w14:paraId="2E2D6F5D" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRPr="00464E72" w:rsidRDefault="00D278EA" w:rsidP="00857A48">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="1C3D8DFB" id="Text Box 5" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:8.25pt;margin-top:2.2pt;width:207.85pt;height:23.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnyCjb/QEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcOF1bcVbb3W5V&#10;aXuRtv0AjHGMCgwFEjv9+h1wNhu1b1X9gIDxnJlz5rC5nrQiB+G8BNPQ5SKnRBgOnTS7hv74fv/m&#10;ihIfmOmYAiMaehSeXm9fv9qMthYFDKA64QiCGF+PtqFDCLbOMs8HoZlfgBUGgz04zQIe3S7rHBsR&#10;XausyPN1NoLrrAMuvMfbuzlItwm/7wUPX/vei0BUQ7G3kFaX1jau2XbD6p1jdpD81Ab7hy40kwaL&#10;nqHuWGBk7+RfUFpyBx76sOCgM+h7yUXigGyW+R9sHgdmReKC4nh7lsn/P1j+5fBovzkSpvcw4QAT&#10;CW8fgP/0xMDtwMxO3DgH4yBYh4WXUbJstL4+pUapfe0jSDt+hg6HzPYBEtDUOx1VQZ4E0XEAx7Po&#10;YgqE42Wxflutq5ISjrGiWperMpVg9XO2dT58FKBJ3DTU4VATOjs8+BC7YfXzL7GYgXupVBqsMmRs&#10;aFUWZUq4iGgZ0HdK6oZe5fGbnRBJfjBdSg5MqnmPBZQ5sY5EZ8phaiciO2w65kYRWuiOKIOD2Wb4&#10;LHAzgPtNyYgWa6j/tWdOUKI+GZSyWq5W0ZPpsCrfFXhwl5H2MsIMR6iGBkrm7W1IPp4p36DkvUxq&#10;vHRyahmtk0Q62Tx68/Kc/np5jNsnAAAA//8DAFBLAwQUAAYACAAAACEAqfgxVtsAAAAHAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyOTU/DMBBE70j9D9YicaN2QlJBiFNVIK5UlA+Jmxtvk4h4HcVuE/49&#10;2xM9jmb05pXr2fXihGPoPGlIlgoEUu1tR42Gj/eX23sQIRqypveEGn4xwLpaXJWmsH6iNzztYiMY&#10;QqEwGtoYh0LKULfoTFj6AYm7gx+diRzHRtrRTAx3vUyVWklnOuKH1gz41GL9szs6DZ+vh++vTG2b&#10;Z5cPk5+VJPcgtb65njePICLO8X8MZ31Wh4qd9v5INoie8yrnpYYsA8F1dpemIPYa8iQBWZXy0r/6&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACfIKNv9AQAA1AMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKn4MVbbAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="1C3D8DFB" id="Text Box 5" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:8.25pt;margin-top:2.2pt;width:207.85pt;height:23.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAIctyD/QEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcON1YIavtbreq&#10;tL1I234AwThGBYYCiZ1+/Q44m43at6p+QMB4zsw5c1hfj0aTg/RBgWV0PispkVZAq+yO0R/f799c&#10;URIity3XYCWjRxno9eb1q/XgGllBD7qVniCIDc3gGO1jdE1RBNFLw8MMnLQY7MAbHvHod0Xr+YDo&#10;RhdVWS6LAXzrPAgZAt7eTUG6yfhdJ0X82nVBRqIZxd5iXn1et2ktNmve7Dx3vRKnNvg/dGG4slj0&#10;DHXHIyd7r/6CMkp4CNDFmQBTQNcpITMHZDMv/2Dz2HMnMxcUJ7izTOH/wYovh0f3zZM4vocRB5hJ&#10;BPcA4mcgFm57bnfyxnsYeslbLDxPkhWDC80pNUkdmpBAtsNnaHHIfB8hA42dN0kV5EkQHQdwPIsu&#10;x0gEXlbLt6vlqqZEYKxaLetFnUvw5jnb+RA/SjAkbRj1ONSMzg8PIaZuePP8Sypm4V5pnQerLRkY&#10;XdVVnRMuIkZF9J1WhtGrMn2TExLJD7bNyZErPe2xgLYn1onoRDmO25GoltFFyk0ibKE9ogweJpvh&#10;s8BND/43JQNajNHwa8+9pER/sijlar5YJE/mw6J+V+HBX0a2lxFuBUIxGimZtrcx+3iifIOSdyqr&#10;8dLJqWW0ThbpZPPkzctz/uvlMW6eAAAA//8DAFBLAwQUAAYACAAAACEAqfgxVtsAAAAHAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyOTU/DMBBE70j9D9YicaN2QlJBiFNVIK5UlA+Jmxtvk4h4HcVuE/49&#10;2xM9jmb05pXr2fXihGPoPGlIlgoEUu1tR42Gj/eX23sQIRqypveEGn4xwLpaXJWmsH6iNzztYiMY&#10;QqEwGtoYh0LKULfoTFj6AYm7gx+diRzHRtrRTAx3vUyVWklnOuKH1gz41GL9szs6DZ+vh++vTG2b&#10;Z5cPk5+VJPcgtb65njePICLO8X8MZ31Wh4qd9v5INoie8yrnpYYsA8F1dpemIPYa8iQBWZXy0r/6&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAhy3IP9AQAA1AMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKn4MVbbAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="-137430788"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="2E2D6F5D" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRPr="00464E72" w:rsidRDefault="00D278EA" w:rsidP="00857A48">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00D278EA">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D278EA">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D278EA" w:rsidRPr="00C15CE3">
       <w:t>Policy and Procedure</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="351DE91A" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0D1F1529" w14:textId="177766A1" w:rsidR="00D278EA" w:rsidRDefault="001402AF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D1F1529" w14:textId="75331C71" w:rsidR="00D278EA" w:rsidRDefault="00AE2781">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251682816" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="44D70320" wp14:editId="429FC3BC">
+              <wp:simplePos x="828675" y="361950"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2100718656" name="Text Box 1" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="06881479" w14:textId="2D862127" w:rsidR="00AE2781" w:rsidRPr="007C5388" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="007C5388">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="44D70320" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1031" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251682816;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7yjFNDQIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt7WnYRaZI+pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv58Xn26&#10;ocQHZhqmwIiaHoWnt4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgGvbpc1jvWI&#10;rlV2lefXWQ+usQ648B6992OQLhK+lIKHRym9CETVFHsL6XTp3MYzW8xZtXPMth0/tcH+oQvNOoNF&#10;z1D3LDCyd90bKN1xBx5kmHHQGUjZcZFmwGmK/NU0m5ZZkWZBcrw90+T/Hyx/OGzskyNh+AYDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHxTJsYAuHoLMvipigp4Rj6/OW6LMuIkl1+ts6H7wI0iUZNHW4lkcUO&#10;ax/G1Ckl1jKw6pRKm1HmLwdiRk926TBaYdgOpGuwkan7LTRHHMrBuG9v+arD0mvmwxNzuGCcA0Ub&#10;HvGQCvqawsmipAX36z1/zEfeMUpJj4KpqUFFU6J+GNxH1FYyiq95mePNTe7tZJi9vgOUYYEvwvJk&#10;xrygJlM60C8o52UshCFmOJaraZjMuzAqF58DF8tlSkIZWRbWZmN5hI50RS6fhxfm7InwgJt6gElN&#10;rHrF+5gb//R2uQ/IflpKpHYk8sQ4SjCt9fRcosb/vKesy6Ne/AYAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMOJHXfaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTbTUlULslxIQD&#10;N0T0PHTHttCdaboLVH69qxe9TPLyXt77pliMrlNnGnwrbCCdJKCIK7Et1wZ2b6uHGSgfkC12wmTg&#10;izwsytubAnMrF36l8zbUKpawz9FAE0Kfa+2rhhz6ifTE0fuUwWGIcqi1HfASy12nH5Nkqh22HBca&#10;7Omloeq4PTkDbbaUkNL7enX4cKmk1806u26Mub8bl8+gAo3hLww/+BEdysi0lxNbrzoD8ZHwe6M3&#10;m85B7Q1k8yfQZaH/s5ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPvKMU0NAgAAHAQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMOJHXfaAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="06881479" w14:textId="2D862127" w:rsidR="00AE2781" w:rsidRPr="007C5388" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007C5388">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="001402AF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EB5960E" wp14:editId="110211F4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>181610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>287655</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1647825" cy="296545"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="817831371" name="Text Box 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
@@ -19865,116 +18614,112 @@
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:id w:val="1242679275"/>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
                             <w:p w14:paraId="0BA5742E" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRPr="00464E72" w:rsidRDefault="00D278EA" w:rsidP="008D51C1">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
                                   <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="5EB5960E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 4" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:22.65pt;width:129.75pt;height:23.35pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWUuY++wEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X5x4SZpYIVXXrtOk&#10;7kPq9gMIxjEacBmQ2Nmv7wW7adS9TfMD4vrCufece9hc90aTo/RBgWV0NplSIq2AWtk9oz9/3L9b&#10;URIitzXXYCWjJxno9fbtm03nKllCC7qWniCIDVXnGG1jdFVRBNFKw8MEnLSYbMAbHjH0+6L2vEN0&#10;o4tyOl0WHfjaeRAyBPx7NyTpNuM3jRTxW9MEGYlmFHuLefV53aW12G54tffctUqMbfB/6MJwZbHo&#10;GeqOR04OXv0FZZTwEKCJEwGmgKZRQmYOyGY2fcXmseVOZi4oTnBnmcL/gxVfj4/uuyex/wA9DjCT&#10;CO4BxK9ALNy23O7ljffQtZLXWHiWJCs6F6rxapI6VCGB7LovUOOQ+SFCBuobb5IqyJMgOg7gdBZd&#10;9pGIVHI5v1qVC0oE5sr1cjFf5BK8er7tfIifJBiSNox6HGpG58eHEFM3vHo+kopZuFda58FqSzpG&#10;1wuEf5UxKqLvtDKMrqbpG5yQSH60db4cudLDHgtoO7JORAfKsd/1RNWMvk93kwg7qE8og4fBZvgs&#10;cNOC/0NJhxZjNPw+cC8p0Z8tSrmezefJkzmYL65KDPxlZneZ4VYgFKORkmF7G7OPB2I3KHmjshov&#10;nYwto3WySKPNkzcv43zq5TFunwAAAP//AwBQSwMEFAAGAAgAAAAhAC0WhNHdAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwkAUhO8m/IfNM/Emu1QgpfSVEI1XjYAm3Jbuo23svm26C63/3vUk&#10;x8lMZr7JN6NtxZV63zhGmE0VCOLSmYYrhMP+9TEF4YNmo1vHhPBDHjbF5C7XmXEDf9B1FyoRS9hn&#10;GqEOocuk9GVNVvup64ijd3a91SHKvpKm10Mst61MlFpKqxuOC7Xu6Lmm8nt3sQifb+fj11y9Vy92&#10;0Q1uVJLtSiI+3I/bNYhAY/gPwx9+RIciMp3chY0XLUKSLmMSYb54AhH9JE1nIE4Iq0SBLHJ5e6D4&#10;BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFZS5j77AQAA1AMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC0WhNHdAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAVQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="5EB5960E" id="Text Box 4" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:22.65pt;width:129.75pt;height:23.35pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBONtCn+wEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X5xYSZpYIVXXrtOk&#10;7kPq9gMwxjEacBmQ2Nmv3wWnadS+VfMD4vrCufece9hcD0aTg/RBgWV0NplSIq2ARtkdo79+3n9Y&#10;URIitw3XYCWjRxno9fb9u03vKllCB7qRniCIDVXvGO1idFVRBNFJw8MEnLSYbMEbHjH0u6LxvEd0&#10;o4tyOl0WPfjGeRAyBPx7NybpNuO3rRTxe9sGGYlmFHuLefV5rdNabDe82nnuOiVObfA3dGG4slj0&#10;DHXHIyd7r15BGSU8BGjjRIApoG2VkJkDsplNX7B57LiTmQuKE9xZpvD/YMW3w6P74UkcPsKAA8wk&#10;gnsA8TsQC7cdtzt54z30neQNFp4lyYrehep0NUkdqpBA6v4rNDhkvo+QgYbWm6QK8iSIjgM4nkWX&#10;QyQilVzOr1blghKBuXK9XMwXuQSvnm47H+JnCYakDaMeh5rR+eEhxNQNr56OpGIW7pXWebDakp7R&#10;9QLhX2SMiug7rQyjq2n6Rickkp9sky9HrvS4xwLanlgnoiPlONQDUQ2jy3Q3iVBDc0QZPIw2w2eB&#10;mw78X0p6tBij4c+ee0mJ/mJRyvVsPk+ezMF8cVVi4C8z9WWGW4FQjEZKxu1tzD4eid2g5K3Kajx3&#10;cmoZrZNFOtk8efMyzqeeH+P2HwAAAP//AwBQSwMEFAAGAAgAAAAhAC0WhNHdAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwkAUhO8m/IfNM/Emu1QgpfSVEI1XjYAm3Jbuo23svm26C63/3vUk&#10;x8lMZr7JN6NtxZV63zhGmE0VCOLSmYYrhMP+9TEF4YNmo1vHhPBDHjbF5C7XmXEDf9B1FyoRS9hn&#10;GqEOocuk9GVNVvup64ijd3a91SHKvpKm10Mst61MlFpKqxuOC7Xu6Lmm8nt3sQifb+fj11y9Vy92&#10;0Q1uVJLtSiI+3I/bNYhAY/gPwx9+RIciMp3chY0XLUKSLmMSYb54AhH9JE1nIE4Iq0SBLHJ5e6D4&#10;BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE420Kf7AQAA1AMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC0WhNHdAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAVQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="1242679275"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="0BA5742E" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRPr="00464E72" w:rsidRDefault="00D278EA" w:rsidP="008D51C1">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
@@ -20019,51 +18764,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7580630" cy="10719435"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="001402AF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1005B183" wp14:editId="4BB8EA2F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2562860</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>40005</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3971925" cy="542925"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="669530483" name="Text Box 3"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
@@ -20080,120 +18825,216 @@
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="31319067" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00B937D8">
                           <w:pPr>
                             <w:pStyle w:val="Publicationtitle"/>
-                            <w:rPr>
-[...1 lines deleted...]
-                            </w:rPr>
                           </w:pPr>
                           <w:r>
-                            <w:t>Commissioner’s Operating Policy and Procedure (</w:t>
-[...7 lines deleted...]
-                            <w:t>)</w:t>
+                            <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="1005B183" id="Text Box 3" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:201.8pt;margin-top:3.15pt;width:312.75pt;height:42.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgKRlAewIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSbsacYqsRYcB&#10;QVusHXpWZCkxKouaxMTOfv0o2Xmg26XDLjYlfqT4+MjpdVsbtlU+VGALPjwbcKashLKyq4L/eL77&#10;9JmzgMKWwoBVBd+pwK9nHz9MG5erEazBlMozcmJD3riCrxFdnmVBrlUtwhk4ZUmpwdcC6ehXWelF&#10;Q95rk40Gg4usAV86D1KFQLe3nZLPkn+tlcQHrYNCZgpOsWH6+vRdxm82m4p85YVbV7IPQ/xDFLWo&#10;LD16cHUrULCNr/5wVVfSQwCNZxLqDLSupEo5UDbDwZtsntbCqZQLFSe4Q5nC/3Mr77dP7tEzbL9A&#10;Sw1MSQS3APkaqDZZ40LeY2JNQx4IHRNtta/jn1JgZEi13R3qqVpkki7Pry6HV6MJZ5J0k/EoytHp&#10;0dr5gF8V1CwKBffUrxSB2C4CdtA9JD5m4a4yJvXMWNYU/OJ8MkgGBw05NzZiVep+7+YYeZJwZ1TE&#10;GPtdaVaVKYF4kXinboxnW0GMEVIqi8M+6ISOKE1BvMewxx+jeo9xlwdZpJfB4sG4riz4rmFxXI5h&#10;l6/7kHWH7xsZurxjCbBdtpR4wccxuXizhHJHRPDQzUhw8q6ipixEwEfhaSioxTTo+EAfbYCKD73E&#10;2Rr8r7/dRzxxlbScNTRkBQ8/N8Irzsw3Syy+Go7HcSrTYTy5HNHBn2qWpxq7qW+AujKkleJkEiMe&#10;zV7UHuoX2gfz+CqphJX0dsFxL95gN/q0T6SazxOI5tAJXNgnJ/f8j5R7bl+Edz0vkRh9D/txFPkb&#10;enbY2B8L8w2CrhJ3j1Xt608znNjf75u4JE7PCXXcirPfAAAA//8DAFBLAwQUAAYACAAAACEA2rIm&#10;tuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/UqsVE7KURpiFNVkSokBENL&#10;FzYnfk2ixs8hdtvAr8edyni60913+WoyPTvj6DpLEqK5AIZUW91RI2H/uXlMgTmvSKveEkr4QQer&#10;4v4uV5m2F9rieecbFkrIZUpC6/2Qce7qFo1yczsgBe9gR6N8kGPD9aguodz0PBYi4UZ1FBZaNWDZ&#10;Yn3cnYyEt3LzobZVbNLfvnx9P6yH7/3Xs5QPs2n9Aszj5G9huOIHdCgCU2VPpB3rJTyJRRKiEpIF&#10;sKsv4mUErJKwjFLgRc7/Pyj+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACApGUB7AgAA&#10;XQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANqyJrbh&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1005B183" id="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:201.8pt;margin-top:3.15pt;width:312.75pt;height:42.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDg+bjkewIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSbsacYqsRYcB&#10;QVusHXpWZCkxKouaxMTOfv0o2Xmg26XDLjYlfqT4+MjpdVsbtlU+VGALPjwbcKashLKyq4L/eL77&#10;9JmzgMKWwoBVBd+pwK9nHz9MG5erEazBlMozcmJD3riCrxFdnmVBrlUtwhk4ZUmpwdcC6ehXWelF&#10;Q95rk40Gg4usAV86D1KFQLe3nZLPkn+tlcQHrYNCZgpOsWH6+vRdxm82m4p85YVbV7IPQ/xDFLWo&#10;LD16cHUrULCNr/5wVVfSQwCNZxLqDLSupEo5UDbDwZtsntbCqZQLFSe4Q5nC/3Mr77dP7tEzbL9A&#10;Sw1MSQS3APkaqDZZ40LeY2JNQx4IHRNtta/jn1JgZEi13R3qqVpkki7Pry6HV6MJZ5J0k/EoytHp&#10;0dr5gF8V1CwKBffUrxSB2C4CdtA9JD5m4a4yJvXMWNYU/OJ8MkgGBw05NzZiVep+7+YYeZJwZ1TE&#10;GPtdaVaVKYF4kXinboxnW0GMEVIqi8M+6ISOKE1BvMewxx+jeo9xlwdZpJfB4sG4riz4rmFxXI5h&#10;l6/7kHWH7xsZurxjCbBdtpR4wS9jcvFmCeWOiOChm5Hg5F1FTVmIgI/C01BQi2nQ8YE+2gAVH3qJ&#10;szX4X3+7j3jiKmk5a2jICh5+boRXnJlvllh8NRyP41Smw3hyOaKDP9UsTzV2U98AdWVIK8XJJEY8&#10;mr2oPdQvtA/m8VVSCSvp7YLjXrzBbvRpn0g1nycQzaETuLBPTu75Hyn33L4I73peIjH6HvbjKPI3&#10;9OywsT8W5hsEXSXuHqva159mOLG/3zdxSZyeE+q4FWe/AQAA//8DAFBLAwQUAAYACAAAACEA2rIm&#10;tuEAAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPMU/DMBSEdyT+g/UqsVE7KURpiFNVkSokBENL&#10;FzYnfk2ixs8hdtvAr8edyni60913+WoyPTvj6DpLEqK5AIZUW91RI2H/uXlMgTmvSKveEkr4QQer&#10;4v4uV5m2F9rieecbFkrIZUpC6/2Qce7qFo1yczsgBe9gR6N8kGPD9aguodz0PBYi4UZ1FBZaNWDZ&#10;Yn3cnYyEt3LzobZVbNLfvnx9P6yH7/3Xs5QPs2n9Aszj5G9huOIHdCgCU2VPpB3rJTyJRRKiEpIF&#10;sKsv4mUErJKwjFLgRc7/Pyj+AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOD5uOR7AgAA&#10;XQUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANqyJrbh&#10;AAAACQEAAA8AAAAAAAAAAAAAAAAA1QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADj&#10;BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="31319067" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00B937D8">
                     <w:pPr>
                       <w:pStyle w:val="Publicationtitle"/>
-                      <w:rPr>
-[...1 lines deleted...]
-                      </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="28A9BAA6" w14:textId="2B7DC60E" w:rsidR="00D278EA" w:rsidRDefault="001402AF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28A9BAA6" w14:textId="101DFC66" w:rsidR="00D278EA" w:rsidRDefault="00AE2781">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69687CC4" wp14:editId="28530876">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="170891078" name="Text Box 5" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="722CF66B" w14:textId="41F668CC" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00AE2781">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="69687CC4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1034" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251686912;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALda2wDgIAABwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uMuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt22nYRaZI+pF8fFrcDVqRo3C+A1PTYpZTIgyHpjP7mn5/WX+Y&#10;U+IDMw1TYERNT8LTu+X7d4veVuIGWlCNcARBjK96W9M2BFtlmeet0MzPwAqDQQlOs4BXt88ax3pE&#10;1yq7yfPbrAfXWAdceI/ehzFIlwlfSsHDk5ReBKJqir2FdLp07uKZLRes2jtm246f22D/0IVmncGi&#10;F6gHFhg5uO4PKN1xBx5kmHHQGUjZcZFmwGmK/M0025ZZkWZBcry90OT/Hyx/PG7tsyNh+AIDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHpQpsYAuHoLMtiXpSUcAx9/HRblmVEya4/W+fDVwGaRKOmDreSyGLH&#10;jQ9j6pQSaxlYd0qlzSjzmwMxoye7dhitMOwG0jU1nU/d76A54VAOxn17y9cdlt4wH56ZwwXjHCja&#10;8ISHVNDXFM4WJS24H3/zx3zkHaOU9CiYmhpUNCXqm8F9RG0lo/iclzne3OTeTYY56HtAGRb4IixP&#10;ZswLajKlA/2Kcl7FQhhihmO5mobJvA+jcvE5cLFapSSUkWVhY7aWR+hIV+TyZXhlzp4JD7ipR5jU&#10;xKo3vI+58U9vV4eA7KelRGpHIs+MowTTWs/PJWr813vKuj7q5U8AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDDiR132gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8JAEIXvJv6HzZh4k201JVC7JcSE&#10;AzdE9Dx0x7bQnWm6C1R+vasXvUzy8l7e+6ZYjK5TZxp8K2wgnSSgiCuxLdcGdm+rhxkoH5AtdsJk&#10;4Is8LMrbmwJzKxd+pfM21CqWsM/RQBNCn2vtq4Yc+on0xNH7lMFhiHKotR3wEstdpx+TZKodthwX&#10;GuzppaHquD05A222lJDS+3p1+HCppNfNOrtujLm/G5fPoAKN4S8MP/gRHcrItJcTW686A/GR8Huj&#10;N5vOQe0NZPMn0GWh/7OX3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQALda2wDgIAABwE&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDiR132gAA&#10;AAMBAAAPAAAAAAAAAAAAAAAAAGgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="722CF66B" w14:textId="41F668CC" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00AE2781">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="001402AF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="3C8C27CD" wp14:editId="76E432CC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1214940418" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
@@ -20201,200 +19042,411 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="4EC94682" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00C0782B">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Draft and not for further dissemination until </w:t>
+                            <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-                          <w:proofErr w:type="gramEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="3C8C27CD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 2" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8uriG9QEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9jy1nSYQe8zYbdJ/z9jNtghuiBysZGy/ee/Ny+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN443ayQLkT9pW2iCntFt&#10;V1xMp5dFj6Q9oTIhcPX+uCmXGb+ujYpf6zqYKLpKMreYV8rrJq3FcgHllsA3rRppwD+wsNA6bnqC&#10;uocIYkftX1C2VYQB6zhRaAus61aZrIHVzKZ/qHluwJushc0J/mRT+H+w6sv+2T+RiMMHHHiAWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Kmc6a0Pnseaq2szxI+6ZY9nydei96Ec8dM8QhlSp03/GTVfgV3E&#10;3G2oyQrCdO36ZpqeXGZvBDPioR1Og+IGQnHxis9dXvGW4r33s/n8Zp47QpnA0hw8hfjJoBXppZLE&#10;QciosH8MMZE7HxmZJnJHmnHYDKLVlcygifgG9YGp95yTSoafOyDDNuzsHXKsWHtNaF84iCvK4l8J&#10;rIcXID9SiEz+qXvNSeaRA6OFA5v80N8ZyHYcvz10Yp6NODIdD4+cj6jpbvArNvGhzYLOPEdBnJis&#10;c0x3iuTv3/nU+R9c/gIAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPf&#10;FsvZGnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0Kf&#10;S+nrlqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NV&#10;FX18Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQA8uriG9QEAAMsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAE8EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape w14:anchorId="3C8C27CD" id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251634688;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOIFWx9gEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fy0zAQvTPDP2h0p07KpG08cTqhpVwK&#10;dKZhelYkOTZYWrGrxM7fs1LchIEbgw8aeyW9fe/t8+J2cJ3YW6QWfCWnFxMprNdgWr+t5Lf1w7sb&#10;KSgqb1QH3lbyYEneLt++WfShtJfQQGcsCgbxVPahkk2MoSwK0o11ii4gWM+bNaBTkT9xWxhUPaO7&#10;rricTK6KHtAEBG2JuHp/3JTLjF/XVsevdU02iq6SzC3mFfO6SWuxXKhyiyo0rR5pqH9g4VTruekJ&#10;6l5FJXbY/gXlWo1AUMcLDa6Aum61zRpYzXTyh5rnRgWbtbA5FE420f+D1V/2z+EJRRw+wMADzCIo&#10;PIL+QcLDXaP81q4QoW+sMtx4Kk/lTG99CDzWXF3bIX40LXs8Tb4WfaByxE/zoJJSp03/GQxfUbsI&#10;udtQoxMI6drNfJKeXGZvBDPioR1Og+IGQnPxms9dXfOW5r3309lsPssdVZnA0hwCUvxkwYn0Uknk&#10;IGRUtX+kmMidj4xME7kjzThsBtGaSs4TaCK+AXNg6j3npJL0c6fQsg07dwccK9ZeI7gXDuIKs/hX&#10;AuvhRWEYKUQm/9S95iTzyIExwiuX/DDfGch1HL+96sQsG3FkOh4eOR9R010KKzbxoc2CzjxHQZyY&#10;rHNMd4rk79/51PkfXP4CAAD//wMAUEsDBBQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOI+AnZVIiIQ49tEWc33iYBex1ip0l5elwu5bLSaEYz&#10;3xbL2RpxoMF3jhFuFwkI4trpjhuE9+3bzSMIHxRrZRwTwpE8LMvLi0Ll2k28psMmNCKWsM8VQhtC&#10;n0vp65as8gvXE0dv7warQpRDI/WgplhujUyT5F5a1XFcaFVPry3VX5vRIuif/bG/m6btarWuxm/T&#10;VRV9fCJeX80vzyACzeEchhN+RIcyMu3cyNoLgxAfCX/35KVZloLYIWRPDyDLQv6nL38BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEATiBVsfYBAADLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAAAAAAAAAAAAAABQBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="4EC94682" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00C0782B">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="12627FD7" w14:textId="3F70EF46" w:rsidR="00D278EA" w:rsidRPr="005E2851" w:rsidRDefault="00D278EA" w:rsidP="004D040B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12627FD7" w14:textId="58706FA2" w:rsidR="00D278EA" w:rsidRPr="005E2851" w:rsidRDefault="00AE2781" w:rsidP="004D040B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-    <w:r w:rsidRPr="005E2851">
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1737F551" wp14:editId="7A18E546">
+              <wp:simplePos x="828675" y="450850"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="131344614" name="Text Box 6" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3D70899F" w14:textId="215C700E" w:rsidR="00AE2781" w:rsidRPr="007C5388" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="007C5388">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="B40A00"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="1737F551" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1036" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251687936;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAf6xraDQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2x3cNcZcYqsRYYB&#10;RVsgHXpWZCk2IIuCxMTOfv0oJU62bqdhF5kiaX689zS/HXvD9sqHDmzNi1nOmbISms5ua/79ZfXh&#10;hrOAwjbCgFU1P6jAbxfv380HV6kraME0yjMqYkM1uJq3iK7KsiBb1YswA6csBTX4XiBd/TZrvBio&#10;em+yqzy/zgbwjfMgVQjkvT8G+SLV11pJfNI6KGSm5jQbptOncxPPbDEX1dYL13byNIb4hyl60Vlq&#10;ei51L1Cwne/+KNV30kMAjTMJfQZad1KlHWibIn+zzboVTqVdCJzgzjCF/1dWPu7X7tkzHL/ASARG&#10;QAYXqkDOuM+ofR+/NCmjOEF4OMOmRmSSnGVZ3BQlZ5JCHz9dl2UZq2SXn50P+FVBz6JRc0+sJLDE&#10;/iHgMXVKib0srDpjEjPG/uagmtGTXSaMFo6bkXUNTZ/4jK4NNAfaysOR8ODkqqPeDyLgs/DEMC1C&#10;qsUnOrSBoeZwsjhrwf/4mz/mE/AU5WwgxdTckqQ5M98sERLFlYzic17mdPOTezMZdtffAemwoCfh&#10;ZDJjHprJ1B76V9LzMjaikLCS2tUcJ/MOj9Kl9yDVcpmSSEdO4INdOxlLR7wimC/jq/DuhDgSVY8w&#10;yUlUb4A/5sY/g1vukOBPrFyAPEFOGky8nt5LFPmv95R1edWLnwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMOJHXfaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTbTUlULslxIQD&#10;N0T0PHTHttCdaboLVH69qxe9TPLyXt77pliMrlNnGnwrbCCdJKCIK7Et1wZ2b6uHGSgfkC12wmTg&#10;izwsytubAnMrF36l8zbUKpawz9FAE0Kfa+2rhhz6ifTE0fuUwWGIcqi1HfASy12nH5Nkqh22HBca&#10;7Omloeq4PTkDbbaUkNL7enX4cKmk1806u26Mub8bl8+gAo3hLww/+BEdysi0lxNbrzoD8ZHwe6M3&#10;m85B7Q1k8yfQZaH/s5ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB/rGtoNAgAAHQQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMOJHXfaAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3D70899F" w14:textId="215C700E" w:rsidR="00AE2781" w:rsidRPr="007C5388" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="007C5388">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="B40A00"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00D278EA" w:rsidRPr="005E2851">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="005E2851">
+    <w:r w:rsidR="00D278EA" w:rsidRPr="005E2851">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="005E2851">
+    <w:r w:rsidR="00D278EA" w:rsidRPr="005E2851">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DB100F" w:rsidRPr="00DB100F">
+    <w:r w:rsidR="003C54AE" w:rsidRPr="003C54AE">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>COPP 8.3 Death of</w:t>
     </w:r>
-    <w:r w:rsidR="00DB100F">
+    <w:r w:rsidR="003C54AE">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> a Detainee</w:t>
     </w:r>
-    <w:r w:rsidRPr="005E2851">
+    <w:r w:rsidR="00D278EA" w:rsidRPr="005E2851">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="005E2851">
+    <w:r w:rsidR="00D278EA" w:rsidRPr="005E2851">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t xml:space="preserve"> v</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00A614A0">
+    <w:r w:rsidR="00E0495B" w:rsidRPr="00846C7B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>9</w:t>
+      <w:t>v10</w:t>
     </w:r>
-    <w:r w:rsidRPr="005E2851">
+    <w:r w:rsidR="00D278EA" w:rsidRPr="00846C7B">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>.0</w:t>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="00D278EA" w:rsidRPr="005E2851">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6B10081F" w14:textId="61246D6D" w:rsidR="00D278EA" w:rsidRDefault="001402AF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B10081F" w14:textId="27BE5A32" w:rsidR="00D278EA" w:rsidRDefault="00AE2781">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251685888" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C96EB6F" wp14:editId="7EEB5511">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>top</wp:align>
+              </wp:positionV>
+              <wp:extent cx="551815" cy="376555"/>
+              <wp:effectExtent l="0" t="0" r="635" b="4445"/>
+              <wp:wrapNone/>
+              <wp:docPr id="736786070" name="Text Box 4" descr="OFFICIAL">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="hdr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="551815" cy="376555"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5E2462E4" w14:textId="34F2A1F7" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                          <w:pPr>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00AE2781">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="FF0000"/>
+                            </w:rPr>
+                            <w:t>OFFICIAL</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="190500" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4C96EB6F" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="_x0000_s1037" type="#_x0000_t202" alt="OFFICIAL" style="position:absolute;margin-left:0;margin-top:0;width:43.45pt;height:29.65pt;z-index:251685888;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:top;mso-position-vertical-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQByVKjnDQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L7Y7uOuMOEXWIsOA&#10;oC2QDj0rshQbkERBUmJnXz9KjpOt7WnYRaZI+pF8fJrfDlqRg3C+A1PTYpZTIgyHpjO7mv58Xn26&#10;ocQHZhqmwIiaHoWnt4uPH+a9rcQVtKAa4QiCGF/1tqZtCLbKMs9boZmfgRUGgxKcZgGvbpc1jvWI&#10;rlV2lefXWQ+usQ648B6992OQLhK+lIKHRym9CETVFHsL6XTp3MYzW8xZtXPMth0/tcH+oQvNOoNF&#10;z1D3LDCyd90bKN1xBx5kmHHQGUjZcZFmwGmK/NU0m5ZZkWZBcrw90+T/Hyx/OGzskyNh+AYDLjAS&#10;0ltfeXTGeQbpdPxipwTjSOHxTJsYAuHoLMvipigp4Rj6/OW6LMuIkl1+ts6H7wI0iUZNHW4lkcUO&#10;ax/G1Ckl1jKw6pRKm1HmLwdiRk926TBaYdgOpGuw+3P7W2iOOJWDceHe8lWHtdfMhyfmcMM4CKo2&#10;POIhFfQ1hZNFSQvu13v+mI/EY5SSHhVTU4OSpkT9MLiQKK5kFF/zMsebm9zbyTB7fQeowwKfhOXJ&#10;jHlBTaZ0oF9Qz8tYCEPMcCxX0zCZd2GULr4HLpbLlIQ6siyszcbyCB35imQ+Dy/M2RPjAVf1AJOc&#10;WPWK+DE3/untch+Q/rSVyO1I5Ily1GDa6+m9RJH/eU9Zl1e9+A0AAP//AwBQSwMEFAAGAAgAAAAh&#10;AMOJHXfaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAQhe8m/ofNmHiTbTUlULslxIQD&#10;N0T0PHTHttCdaboLVH69qxe9TPLyXt77pliMrlNnGnwrbCCdJKCIK7Et1wZ2b6uHGSgfkC12wmTg&#10;izwsytubAnMrF36l8zbUKpawz9FAE0Kfa+2rhhz6ifTE0fuUwWGIcqi1HfASy12nH5Nkqh22HBca&#10;7Omloeq4PTkDbbaUkNL7enX4cKmk1806u26Mub8bl8+gAo3hLww/+BEdysi0lxNbrzoD8ZHwe6M3&#10;m85B7Q1k8yfQZaH/s5ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHJUqOcNAgAAHQQA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMOJHXfaAAAA&#10;AwEAAA8AAAAAAAAAAAAAAAAAZwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,15pt,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="5E2462E4" w14:textId="34F2A1F7" w:rsidR="00AE2781" w:rsidRPr="00AE2781" w:rsidRDefault="00AE2781" w:rsidP="00AE2781">
+                    <w:pPr>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00AE2781">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="FF0000"/>
+                      </w:rPr>
+                      <w:t>OFFICIAL</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="001402AF">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="1485816B" wp14:editId="3F09418C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="575002434" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
@@ -20402,126 +19454,111 @@
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="744CD060" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
                           </w:pPr>
                           <w:r w:rsidRPr="00C0782B">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="000000"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">Draft and not for further dissemination until </w:t>
+                            <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
-                          <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-                          <w:proofErr w:type="gramEnd"/>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1485816B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="Text Box 1" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAX/tm9gEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCVnk6kU1mswrd9W8tv64d21&#10;FBSVN6oDbyt5sCRvl2/fLPpQ2gtooDMWBYN4KvtQySbGUBYF6cY6RRMI1vNmDehU5E/cFgZVz+iu&#10;Ky6m08uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1HGiwRVQ1622WQOrmU3/UPPcqGCzFjaHwskm+n+w+sv+OTyhiMMHGHiAWQSF&#10;R9A/SHi4a5Tf2hUi9I1VhhvP5Kmc6a0Pgceaq2s7xI+mZY9nydeiD1SO+GkeVFLqtOk/g+Erahch&#10;dxtqdAIhXbu+maYnl9kbwYx4aIfToLiB0Fy84nOXV7ylee/9bD6/meeOqkxgaQ4BKX6y4ER6qSRy&#10;EDKq2j9STOTOR0amidyRZhw2g2hNJS8TaCK+AXNg6j3npJL0c6fQsg07dwccK9ZeI7gXDuIKs/hX&#10;AuvhRWEYKUQm/9S95iTzyIExwiuX/DDfGch1HL+96sQ8G3FkOh4eOR9R010KKzbxoc2CzjxHQZyY&#10;rHNMd4rk79/51PkfXP4CAAD//wMAUEsDBBQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOI+AnZVIiIQ49tEWc33iYBex1ip0l5elwu5bLSaEYz&#10;3xbL2RpxoMF3jhFuFwkI4trpjhuE9+3bzSMIHxRrZRwTwpE8LMvLi0Ll2k28psMmNCKWsM8VQhtC&#10;n0vp65as8gvXE0dv7warQpRDI/WgplhujUyT5F5a1XFcaFVPry3VX5vRIuif/bG/m6btarWuxm/T&#10;VRV9fCJeX80vzyACzeEchhN+RIcyMu3cyNoLgxAfCX/35KVZloLYIWRPDyDLQv6nL38BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAgF/7ZvYBAADLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAAAAAAAAAAAAAABQBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
+            <v:shape w14:anchorId="1485816B" id="_x0000_s1038" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251636736;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKHo3f9gEAAMwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzf2bRF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCWnFxMprNdgWr+t5Lf1w7tr&#10;KSgqb1QH3lbyYEneLt++WfShtDNooDMWBYN4KvtQySbGUBYF6cY6RRcQrOfNGtCpyJ+4LQyqntFd&#10;V8wmk8uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1PFCgyugrlttswZWM538oea5UcFmLWwOhZNN9P9g9Zf9c3hCEYcPMPAAswgK&#10;j6B/kPBw1yi/tStE6BurDDeeylM501sfAo81V9d2iB9Nyx5Pk69FH6gc8dM8qKTUadN/BsNX1C5C&#10;7jbU6ARCunZ9M0lPLrM3ghnx0A6nQXEDobl4xecur3hL89776Xx+M88dVZnA0hwCUvxkwYn0Uknk&#10;IGRUtX+kmMidj4xME7kjzThsBtEa5jNLqIn5BsyBufcclErSz51Cyz7s3B1wrlh8jeBeOIkrzOpf&#10;GayHF4Vh5BCZ/VP3GpRMJCfGCK9cMsR8ZyDXcf72qhPz7MSR6nh4JH1ETXcprNjFhzYrOvMcFXFk&#10;stAx3imTv3/nU+efcPkLAAD//wMAUEsDBBQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOI+AnZVIiIQ49tEWc33iYBex1ip0l5elwu5bLSaEYz&#10;3xbL2RpxoMF3jhFuFwkI4trpjhuE9+3bzSMIHxRrZRwTwpE8LMvLi0Ll2k28psMmNCKWsM8VQhtC&#10;n0vp65as8gvXE0dv7warQpRDI/WgplhujUyT5F5a1XFcaFVPry3VX5vRIuif/bG/m6btarWuxm/T&#10;VRV9fCJeX80vzyACzeEchhN+RIcyMu3cyNoLgxAfCX/35KVZloLYIWRPDyDLQv6nL38BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAih6N3/YBAADMAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAAAAAAAAAAAAAABQBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
                   <w:p w14:paraId="744CD060" w14:textId="77777777" w:rsidR="00D278EA" w:rsidRDefault="00D278EA" w:rsidP="00601980">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
                     </w:pPr>
                     <w:r w:rsidRPr="00C0782B">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="000000"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="C94AC906"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6854F8D0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -22852,56 +21889,55 @@
     <w:abstractNumId w:val="12"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="740326419">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1925338658">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="2145543290">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1569144774">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1778258968">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="22"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="yelkkuYV+zF2zd1CM92qcN+y4l72H1C8TOQ9mkbHoQXNVYYrcWzMsE0AqyGoFNKtjPHfmWI1rIkKYw8UlMtJuw==" w:salt="w/BjVjpQRoDiCRAPCoC+nA=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="7NfE306sLa0ChQNLwO2EpoQ4yFzvE5/Tu8qB/AjEfH+mJYP8l1kV16+B6fe5erZ7sy2boEUMEBFnLP+U9ucZOQ==" w:salt="rLTnDboRXw1jYHyKN7Rkww=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
@@ -22947,389 +21983,406 @@
     <w:rsid w:val="00062084"/>
     <w:rsid w:val="00062255"/>
     <w:rsid w:val="00063D92"/>
     <w:rsid w:val="000640F4"/>
     <w:rsid w:val="00064AC4"/>
     <w:rsid w:val="00065C6D"/>
     <w:rsid w:val="00066011"/>
     <w:rsid w:val="000660A7"/>
     <w:rsid w:val="000701B3"/>
     <w:rsid w:val="000706AF"/>
     <w:rsid w:val="0007141F"/>
     <w:rsid w:val="00071421"/>
     <w:rsid w:val="00071917"/>
     <w:rsid w:val="00071B35"/>
     <w:rsid w:val="00072090"/>
     <w:rsid w:val="0007403F"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="00075B88"/>
     <w:rsid w:val="000765B5"/>
     <w:rsid w:val="00077570"/>
     <w:rsid w:val="00080C32"/>
     <w:rsid w:val="00080D96"/>
     <w:rsid w:val="00080EF2"/>
     <w:rsid w:val="00081250"/>
     <w:rsid w:val="000841C8"/>
+    <w:rsid w:val="00087017"/>
     <w:rsid w:val="0008737F"/>
     <w:rsid w:val="00090406"/>
     <w:rsid w:val="00091672"/>
     <w:rsid w:val="00091862"/>
     <w:rsid w:val="00091FD8"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="000925D0"/>
     <w:rsid w:val="00094B8B"/>
     <w:rsid w:val="00094F50"/>
     <w:rsid w:val="000952A9"/>
     <w:rsid w:val="00095F49"/>
     <w:rsid w:val="00097604"/>
     <w:rsid w:val="00097BFC"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A1507"/>
     <w:rsid w:val="000A194F"/>
     <w:rsid w:val="000A4212"/>
     <w:rsid w:val="000A51F5"/>
     <w:rsid w:val="000A5DE8"/>
     <w:rsid w:val="000A6FC1"/>
     <w:rsid w:val="000B2469"/>
     <w:rsid w:val="000B6320"/>
     <w:rsid w:val="000B6BFA"/>
     <w:rsid w:val="000B72C6"/>
     <w:rsid w:val="000C42B4"/>
+    <w:rsid w:val="000C4E17"/>
     <w:rsid w:val="000C6EB0"/>
     <w:rsid w:val="000D008C"/>
     <w:rsid w:val="000D0BEF"/>
     <w:rsid w:val="000D0BF2"/>
     <w:rsid w:val="000D260A"/>
     <w:rsid w:val="000D4096"/>
     <w:rsid w:val="000D49DF"/>
     <w:rsid w:val="000D50C5"/>
     <w:rsid w:val="000D69A3"/>
     <w:rsid w:val="000E0B70"/>
     <w:rsid w:val="000E22C7"/>
     <w:rsid w:val="000E2449"/>
     <w:rsid w:val="000E254C"/>
     <w:rsid w:val="000F17A6"/>
     <w:rsid w:val="000F5404"/>
     <w:rsid w:val="000F5BA2"/>
     <w:rsid w:val="000F6102"/>
     <w:rsid w:val="000F70F8"/>
     <w:rsid w:val="000F7531"/>
     <w:rsid w:val="00100C63"/>
     <w:rsid w:val="00100C87"/>
     <w:rsid w:val="00101264"/>
     <w:rsid w:val="001035D6"/>
     <w:rsid w:val="00103D5D"/>
     <w:rsid w:val="00106124"/>
     <w:rsid w:val="00107745"/>
     <w:rsid w:val="00110A4A"/>
     <w:rsid w:val="001115CD"/>
     <w:rsid w:val="00112240"/>
     <w:rsid w:val="001130BD"/>
     <w:rsid w:val="0011370A"/>
     <w:rsid w:val="0011377D"/>
     <w:rsid w:val="00114C5B"/>
     <w:rsid w:val="001158E9"/>
     <w:rsid w:val="00116340"/>
     <w:rsid w:val="00122126"/>
     <w:rsid w:val="00122EF7"/>
     <w:rsid w:val="001244E7"/>
+    <w:rsid w:val="00124505"/>
     <w:rsid w:val="001251E6"/>
     <w:rsid w:val="00126611"/>
+    <w:rsid w:val="00126709"/>
     <w:rsid w:val="00130BEE"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="00131AF4"/>
     <w:rsid w:val="00132C50"/>
     <w:rsid w:val="0013371B"/>
     <w:rsid w:val="00133D17"/>
     <w:rsid w:val="00134076"/>
     <w:rsid w:val="001367D1"/>
     <w:rsid w:val="001367F4"/>
     <w:rsid w:val="00136831"/>
     <w:rsid w:val="001402AF"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="00145EB1"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="00146AC4"/>
     <w:rsid w:val="00147337"/>
     <w:rsid w:val="00150099"/>
+    <w:rsid w:val="001525F2"/>
     <w:rsid w:val="00152FAE"/>
     <w:rsid w:val="00153C7C"/>
     <w:rsid w:val="00154F34"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="001565A9"/>
     <w:rsid w:val="00157910"/>
     <w:rsid w:val="001616D1"/>
     <w:rsid w:val="00162834"/>
     <w:rsid w:val="00164669"/>
     <w:rsid w:val="001660E4"/>
     <w:rsid w:val="0016712A"/>
     <w:rsid w:val="00167676"/>
     <w:rsid w:val="001706DD"/>
     <w:rsid w:val="00170BE5"/>
     <w:rsid w:val="001726C9"/>
     <w:rsid w:val="00173BEF"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="00176F63"/>
     <w:rsid w:val="001777A3"/>
     <w:rsid w:val="001835C7"/>
     <w:rsid w:val="0018384C"/>
     <w:rsid w:val="00184CCF"/>
     <w:rsid w:val="001902D8"/>
     <w:rsid w:val="0019071F"/>
     <w:rsid w:val="0019087B"/>
+    <w:rsid w:val="00191154"/>
     <w:rsid w:val="001914B8"/>
     <w:rsid w:val="00193880"/>
     <w:rsid w:val="00193CA6"/>
     <w:rsid w:val="00195C06"/>
     <w:rsid w:val="00196A3C"/>
     <w:rsid w:val="001A387D"/>
     <w:rsid w:val="001A4EEC"/>
     <w:rsid w:val="001A5678"/>
     <w:rsid w:val="001A7BC4"/>
     <w:rsid w:val="001B121A"/>
     <w:rsid w:val="001B14E9"/>
     <w:rsid w:val="001B1E56"/>
     <w:rsid w:val="001B2671"/>
     <w:rsid w:val="001B2F72"/>
     <w:rsid w:val="001C066D"/>
     <w:rsid w:val="001C240D"/>
     <w:rsid w:val="001C2C4A"/>
     <w:rsid w:val="001C43D6"/>
     <w:rsid w:val="001C4D8B"/>
     <w:rsid w:val="001C5C95"/>
     <w:rsid w:val="001C5D3B"/>
     <w:rsid w:val="001C6885"/>
     <w:rsid w:val="001C6EED"/>
     <w:rsid w:val="001D1293"/>
     <w:rsid w:val="001D1876"/>
     <w:rsid w:val="001D2BDC"/>
     <w:rsid w:val="001D3ED2"/>
     <w:rsid w:val="001D437E"/>
     <w:rsid w:val="001E0DC7"/>
     <w:rsid w:val="001E1184"/>
     <w:rsid w:val="001E1237"/>
     <w:rsid w:val="001E1E04"/>
     <w:rsid w:val="001F0E21"/>
     <w:rsid w:val="001F3291"/>
     <w:rsid w:val="001F33D8"/>
     <w:rsid w:val="001F4219"/>
     <w:rsid w:val="001F42D7"/>
     <w:rsid w:val="001F431B"/>
     <w:rsid w:val="001F490D"/>
+    <w:rsid w:val="00201367"/>
     <w:rsid w:val="00201A83"/>
     <w:rsid w:val="00201CFE"/>
     <w:rsid w:val="002031F6"/>
     <w:rsid w:val="00203FB5"/>
     <w:rsid w:val="002052CD"/>
     <w:rsid w:val="002057FA"/>
     <w:rsid w:val="00205E91"/>
     <w:rsid w:val="00210076"/>
     <w:rsid w:val="002117A7"/>
     <w:rsid w:val="00212CA0"/>
     <w:rsid w:val="0021543C"/>
     <w:rsid w:val="002166BA"/>
     <w:rsid w:val="00216EC9"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="00220B25"/>
     <w:rsid w:val="00220E43"/>
     <w:rsid w:val="00221930"/>
     <w:rsid w:val="00225852"/>
     <w:rsid w:val="00233908"/>
     <w:rsid w:val="002346D9"/>
     <w:rsid w:val="0023500E"/>
     <w:rsid w:val="00236E26"/>
     <w:rsid w:val="00240349"/>
     <w:rsid w:val="0024113B"/>
     <w:rsid w:val="002423A9"/>
     <w:rsid w:val="00243BC6"/>
     <w:rsid w:val="0024575D"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="00247526"/>
     <w:rsid w:val="00247FDB"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="002515D6"/>
     <w:rsid w:val="0025165E"/>
     <w:rsid w:val="00253041"/>
     <w:rsid w:val="00253757"/>
     <w:rsid w:val="002539D2"/>
     <w:rsid w:val="00254316"/>
+    <w:rsid w:val="002548A5"/>
     <w:rsid w:val="002549E7"/>
     <w:rsid w:val="0025565E"/>
     <w:rsid w:val="002560F4"/>
     <w:rsid w:val="00260C00"/>
     <w:rsid w:val="00261BF9"/>
     <w:rsid w:val="00261E82"/>
     <w:rsid w:val="00263688"/>
     <w:rsid w:val="0026540D"/>
     <w:rsid w:val="0026589E"/>
+    <w:rsid w:val="00265D97"/>
     <w:rsid w:val="002670B2"/>
     <w:rsid w:val="00267655"/>
     <w:rsid w:val="00272244"/>
     <w:rsid w:val="002727B9"/>
     <w:rsid w:val="002729ED"/>
     <w:rsid w:val="00275F18"/>
     <w:rsid w:val="0027609B"/>
     <w:rsid w:val="00276997"/>
     <w:rsid w:val="00276A3E"/>
     <w:rsid w:val="0028053C"/>
     <w:rsid w:val="00280E12"/>
+    <w:rsid w:val="00281488"/>
     <w:rsid w:val="00281BEA"/>
     <w:rsid w:val="00284C2D"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="0028797D"/>
     <w:rsid w:val="002921DA"/>
     <w:rsid w:val="00292E06"/>
     <w:rsid w:val="0029335F"/>
     <w:rsid w:val="00293474"/>
     <w:rsid w:val="00293BD4"/>
     <w:rsid w:val="00295D19"/>
     <w:rsid w:val="00297A15"/>
     <w:rsid w:val="002A17A4"/>
     <w:rsid w:val="002A192C"/>
     <w:rsid w:val="002A2C19"/>
     <w:rsid w:val="002A3140"/>
     <w:rsid w:val="002A4F6C"/>
     <w:rsid w:val="002A58BD"/>
     <w:rsid w:val="002A59D5"/>
     <w:rsid w:val="002A6B1D"/>
     <w:rsid w:val="002B1C88"/>
     <w:rsid w:val="002B1D0B"/>
     <w:rsid w:val="002B4A19"/>
     <w:rsid w:val="002B5380"/>
     <w:rsid w:val="002B61BF"/>
     <w:rsid w:val="002B7B8A"/>
     <w:rsid w:val="002C1697"/>
     <w:rsid w:val="002C1CAC"/>
     <w:rsid w:val="002C21AB"/>
     <w:rsid w:val="002C35C9"/>
     <w:rsid w:val="002C5154"/>
     <w:rsid w:val="002C5195"/>
     <w:rsid w:val="002C7280"/>
     <w:rsid w:val="002D1805"/>
     <w:rsid w:val="002D21DD"/>
     <w:rsid w:val="002D2B31"/>
     <w:rsid w:val="002D53BF"/>
     <w:rsid w:val="002D56CD"/>
     <w:rsid w:val="002D5C58"/>
     <w:rsid w:val="002D6E1C"/>
     <w:rsid w:val="002D71F8"/>
     <w:rsid w:val="002D76DB"/>
     <w:rsid w:val="002E01B5"/>
     <w:rsid w:val="002E1E4B"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002E794E"/>
     <w:rsid w:val="002F0465"/>
+    <w:rsid w:val="002F2901"/>
     <w:rsid w:val="002F45F5"/>
     <w:rsid w:val="002F4A4B"/>
     <w:rsid w:val="002F52CB"/>
     <w:rsid w:val="002F6AEB"/>
     <w:rsid w:val="002F7B79"/>
+    <w:rsid w:val="00300E6D"/>
     <w:rsid w:val="00302144"/>
     <w:rsid w:val="003048D9"/>
     <w:rsid w:val="00305297"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="00310553"/>
     <w:rsid w:val="00310FA9"/>
     <w:rsid w:val="00312E51"/>
     <w:rsid w:val="003147C4"/>
     <w:rsid w:val="003154EB"/>
     <w:rsid w:val="003160E9"/>
     <w:rsid w:val="00317E64"/>
     <w:rsid w:val="00321073"/>
     <w:rsid w:val="00321970"/>
     <w:rsid w:val="00321B7B"/>
     <w:rsid w:val="00321D6A"/>
     <w:rsid w:val="0032343E"/>
     <w:rsid w:val="003235F3"/>
     <w:rsid w:val="00325CC9"/>
     <w:rsid w:val="00326850"/>
     <w:rsid w:val="0033025D"/>
     <w:rsid w:val="00330A42"/>
     <w:rsid w:val="003314E1"/>
+    <w:rsid w:val="00331652"/>
     <w:rsid w:val="003316AC"/>
     <w:rsid w:val="00332342"/>
     <w:rsid w:val="0033476C"/>
     <w:rsid w:val="00334798"/>
     <w:rsid w:val="003348B2"/>
     <w:rsid w:val="00334F0C"/>
     <w:rsid w:val="00337384"/>
     <w:rsid w:val="0034257A"/>
     <w:rsid w:val="00342696"/>
     <w:rsid w:val="003440AA"/>
     <w:rsid w:val="00346037"/>
     <w:rsid w:val="00346413"/>
     <w:rsid w:val="003469D9"/>
     <w:rsid w:val="00350625"/>
     <w:rsid w:val="0035266F"/>
     <w:rsid w:val="00352A25"/>
     <w:rsid w:val="003536D4"/>
     <w:rsid w:val="00354E5D"/>
     <w:rsid w:val="0035771D"/>
     <w:rsid w:val="003578E6"/>
     <w:rsid w:val="003604E8"/>
     <w:rsid w:val="0036736B"/>
     <w:rsid w:val="003700F3"/>
+    <w:rsid w:val="0037070F"/>
     <w:rsid w:val="00371951"/>
     <w:rsid w:val="00371ABE"/>
     <w:rsid w:val="003720DA"/>
+    <w:rsid w:val="003725EB"/>
     <w:rsid w:val="00373862"/>
     <w:rsid w:val="00376534"/>
     <w:rsid w:val="00377963"/>
     <w:rsid w:val="00377A85"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="00381B93"/>
     <w:rsid w:val="00382838"/>
     <w:rsid w:val="003829C5"/>
     <w:rsid w:val="00382E25"/>
     <w:rsid w:val="00384073"/>
     <w:rsid w:val="003846D3"/>
     <w:rsid w:val="00385AE1"/>
     <w:rsid w:val="0038629B"/>
     <w:rsid w:val="0039000E"/>
     <w:rsid w:val="00390AE7"/>
     <w:rsid w:val="00390C38"/>
     <w:rsid w:val="003915C6"/>
+    <w:rsid w:val="0039245E"/>
     <w:rsid w:val="00393710"/>
     <w:rsid w:val="00393A53"/>
     <w:rsid w:val="00394980"/>
     <w:rsid w:val="00396212"/>
     <w:rsid w:val="00397A7E"/>
     <w:rsid w:val="00397E62"/>
     <w:rsid w:val="003A0E67"/>
     <w:rsid w:val="003A3056"/>
     <w:rsid w:val="003A4D56"/>
     <w:rsid w:val="003A6C74"/>
     <w:rsid w:val="003A797F"/>
     <w:rsid w:val="003B1C47"/>
     <w:rsid w:val="003B1C9D"/>
     <w:rsid w:val="003B594C"/>
     <w:rsid w:val="003B65CB"/>
     <w:rsid w:val="003C1B90"/>
     <w:rsid w:val="003C2165"/>
     <w:rsid w:val="003C27C9"/>
     <w:rsid w:val="003C4891"/>
+    <w:rsid w:val="003C54AE"/>
     <w:rsid w:val="003D0114"/>
     <w:rsid w:val="003D0A01"/>
     <w:rsid w:val="003D1164"/>
     <w:rsid w:val="003D5695"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003E127F"/>
     <w:rsid w:val="003E4939"/>
     <w:rsid w:val="003E49B5"/>
     <w:rsid w:val="003E4F54"/>
     <w:rsid w:val="003E5FB8"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003E7BFD"/>
     <w:rsid w:val="003E7ED4"/>
     <w:rsid w:val="003F3146"/>
     <w:rsid w:val="003F377B"/>
     <w:rsid w:val="003F5674"/>
     <w:rsid w:val="003F63ED"/>
     <w:rsid w:val="003F6765"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00402BA1"/>
     <w:rsid w:val="00404155"/>
     <w:rsid w:val="0040440F"/>
     <w:rsid w:val="00404E07"/>
     <w:rsid w:val="00405464"/>
     <w:rsid w:val="0040567A"/>
@@ -23354,171 +22407,176 @@
     <w:rsid w:val="00424D37"/>
     <w:rsid w:val="00426949"/>
     <w:rsid w:val="0043164E"/>
     <w:rsid w:val="004317FF"/>
     <w:rsid w:val="00433F99"/>
     <w:rsid w:val="004365E2"/>
     <w:rsid w:val="00436D9A"/>
     <w:rsid w:val="004375E8"/>
     <w:rsid w:val="00437EF8"/>
     <w:rsid w:val="00437F26"/>
     <w:rsid w:val="004404D6"/>
     <w:rsid w:val="00440DFB"/>
     <w:rsid w:val="004470FF"/>
     <w:rsid w:val="00447434"/>
     <w:rsid w:val="00447D35"/>
     <w:rsid w:val="00450DA6"/>
     <w:rsid w:val="00453F45"/>
     <w:rsid w:val="0045459F"/>
     <w:rsid w:val="004568C5"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="004603A4"/>
     <w:rsid w:val="004608F1"/>
     <w:rsid w:val="0046260D"/>
     <w:rsid w:val="00464E72"/>
     <w:rsid w:val="00465DC3"/>
+    <w:rsid w:val="00466EA4"/>
     <w:rsid w:val="00466F10"/>
     <w:rsid w:val="00467061"/>
     <w:rsid w:val="00473DC2"/>
     <w:rsid w:val="00474083"/>
     <w:rsid w:val="00475135"/>
     <w:rsid w:val="004802ED"/>
     <w:rsid w:val="00480838"/>
     <w:rsid w:val="00480B90"/>
     <w:rsid w:val="00481336"/>
     <w:rsid w:val="00482FB8"/>
     <w:rsid w:val="00483CF7"/>
     <w:rsid w:val="00483FD4"/>
     <w:rsid w:val="0048553E"/>
     <w:rsid w:val="00487451"/>
     <w:rsid w:val="004877A9"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="00492C86"/>
     <w:rsid w:val="004934FA"/>
     <w:rsid w:val="004936E5"/>
     <w:rsid w:val="004A030A"/>
     <w:rsid w:val="004A04D5"/>
     <w:rsid w:val="004A13CF"/>
     <w:rsid w:val="004A3469"/>
     <w:rsid w:val="004A51A1"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004B30D5"/>
     <w:rsid w:val="004B41F9"/>
     <w:rsid w:val="004B4FC1"/>
     <w:rsid w:val="004B6106"/>
     <w:rsid w:val="004B63FE"/>
     <w:rsid w:val="004B7555"/>
     <w:rsid w:val="004C0005"/>
     <w:rsid w:val="004C040F"/>
     <w:rsid w:val="004C09BA"/>
     <w:rsid w:val="004C1B28"/>
     <w:rsid w:val="004C1DEC"/>
     <w:rsid w:val="004C41D6"/>
     <w:rsid w:val="004C47CD"/>
     <w:rsid w:val="004C47E6"/>
     <w:rsid w:val="004C644C"/>
+    <w:rsid w:val="004C6826"/>
     <w:rsid w:val="004C7051"/>
     <w:rsid w:val="004D040B"/>
     <w:rsid w:val="004D23B8"/>
     <w:rsid w:val="004D52C4"/>
     <w:rsid w:val="004D5D45"/>
     <w:rsid w:val="004D72AF"/>
     <w:rsid w:val="004D74EE"/>
     <w:rsid w:val="004D79DB"/>
     <w:rsid w:val="004D7C33"/>
     <w:rsid w:val="004E12DA"/>
     <w:rsid w:val="004E131E"/>
     <w:rsid w:val="004E1B8F"/>
     <w:rsid w:val="004E3BDF"/>
     <w:rsid w:val="004E3CF0"/>
     <w:rsid w:val="004E4E37"/>
     <w:rsid w:val="004E571B"/>
     <w:rsid w:val="004E6CFA"/>
     <w:rsid w:val="004E729B"/>
     <w:rsid w:val="004E74D6"/>
+    <w:rsid w:val="004F1027"/>
     <w:rsid w:val="004F323C"/>
     <w:rsid w:val="004F37C8"/>
     <w:rsid w:val="004F4051"/>
     <w:rsid w:val="004F64C7"/>
     <w:rsid w:val="004F78F0"/>
     <w:rsid w:val="004F7C05"/>
     <w:rsid w:val="0050044C"/>
     <w:rsid w:val="00500B22"/>
     <w:rsid w:val="00503324"/>
     <w:rsid w:val="00505BB6"/>
     <w:rsid w:val="00506233"/>
     <w:rsid w:val="005064B9"/>
     <w:rsid w:val="00510AB0"/>
     <w:rsid w:val="00510DCB"/>
     <w:rsid w:val="00511415"/>
     <w:rsid w:val="005127A9"/>
     <w:rsid w:val="0051289E"/>
     <w:rsid w:val="005135AB"/>
     <w:rsid w:val="00515BCA"/>
     <w:rsid w:val="00517046"/>
     <w:rsid w:val="005217F8"/>
     <w:rsid w:val="00521AF0"/>
     <w:rsid w:val="00522DED"/>
     <w:rsid w:val="00524429"/>
     <w:rsid w:val="00527DBB"/>
     <w:rsid w:val="00527E7E"/>
+    <w:rsid w:val="00530B9C"/>
     <w:rsid w:val="00530E36"/>
     <w:rsid w:val="00531F98"/>
     <w:rsid w:val="005327A1"/>
     <w:rsid w:val="00532D7C"/>
     <w:rsid w:val="005379AD"/>
     <w:rsid w:val="005423DB"/>
     <w:rsid w:val="00544920"/>
     <w:rsid w:val="00544C5F"/>
     <w:rsid w:val="00546996"/>
     <w:rsid w:val="0054760A"/>
     <w:rsid w:val="00550203"/>
     <w:rsid w:val="0055140D"/>
     <w:rsid w:val="00551CEB"/>
     <w:rsid w:val="005536EE"/>
     <w:rsid w:val="00554150"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="0055467B"/>
     <w:rsid w:val="00555468"/>
     <w:rsid w:val="00562F5D"/>
     <w:rsid w:val="00563E8F"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="005674A1"/>
     <w:rsid w:val="005717BF"/>
     <w:rsid w:val="00571B41"/>
     <w:rsid w:val="005735C7"/>
     <w:rsid w:val="005758A9"/>
     <w:rsid w:val="00575BD6"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="00577BCE"/>
     <w:rsid w:val="00581038"/>
     <w:rsid w:val="005829D4"/>
     <w:rsid w:val="00587136"/>
     <w:rsid w:val="00590134"/>
     <w:rsid w:val="00590153"/>
     <w:rsid w:val="00591704"/>
     <w:rsid w:val="00592112"/>
+    <w:rsid w:val="005944C0"/>
     <w:rsid w:val="00594CAE"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005A4D7D"/>
     <w:rsid w:val="005A58F0"/>
     <w:rsid w:val="005B13B9"/>
     <w:rsid w:val="005B16CF"/>
     <w:rsid w:val="005B1D64"/>
     <w:rsid w:val="005B26DC"/>
     <w:rsid w:val="005B27E2"/>
     <w:rsid w:val="005B4804"/>
     <w:rsid w:val="005B5110"/>
     <w:rsid w:val="005B515B"/>
     <w:rsid w:val="005B57A1"/>
     <w:rsid w:val="005B5BCB"/>
     <w:rsid w:val="005B6770"/>
     <w:rsid w:val="005B6D48"/>
     <w:rsid w:val="005C1804"/>
     <w:rsid w:val="005C185B"/>
     <w:rsid w:val="005C1937"/>
     <w:rsid w:val="005C31B8"/>
     <w:rsid w:val="005C46F6"/>
     <w:rsid w:val="005C483D"/>
     <w:rsid w:val="005C49DA"/>
     <w:rsid w:val="005C5B79"/>
     <w:rsid w:val="005D0CBA"/>
@@ -23526,97 +22584,99 @@
     <w:rsid w:val="005D1346"/>
     <w:rsid w:val="005D191D"/>
     <w:rsid w:val="005D31E8"/>
     <w:rsid w:val="005D4289"/>
     <w:rsid w:val="005D4C9C"/>
     <w:rsid w:val="005D5027"/>
     <w:rsid w:val="005D5FFA"/>
     <w:rsid w:val="005D6091"/>
     <w:rsid w:val="005D683A"/>
     <w:rsid w:val="005E002E"/>
     <w:rsid w:val="005E0A4F"/>
     <w:rsid w:val="005E123B"/>
     <w:rsid w:val="005E2851"/>
     <w:rsid w:val="005E30DC"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E5906"/>
     <w:rsid w:val="005E76B0"/>
     <w:rsid w:val="005F10C2"/>
     <w:rsid w:val="005F1524"/>
     <w:rsid w:val="005F395D"/>
     <w:rsid w:val="005F70BE"/>
     <w:rsid w:val="005F7F54"/>
     <w:rsid w:val="0060035E"/>
     <w:rsid w:val="006003BF"/>
     <w:rsid w:val="00601980"/>
+    <w:rsid w:val="00604709"/>
     <w:rsid w:val="006077D1"/>
     <w:rsid w:val="00610813"/>
     <w:rsid w:val="00611200"/>
     <w:rsid w:val="0061376F"/>
     <w:rsid w:val="006159A0"/>
     <w:rsid w:val="006203E7"/>
     <w:rsid w:val="006216D9"/>
     <w:rsid w:val="00622C58"/>
     <w:rsid w:val="006240E3"/>
     <w:rsid w:val="00626D28"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="006300B3"/>
     <w:rsid w:val="00632FDD"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00633E82"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="006352A3"/>
     <w:rsid w:val="00635596"/>
     <w:rsid w:val="006374DF"/>
     <w:rsid w:val="00637706"/>
     <w:rsid w:val="006415FF"/>
     <w:rsid w:val="006424A0"/>
     <w:rsid w:val="006434A9"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="0064675C"/>
     <w:rsid w:val="00650D93"/>
     <w:rsid w:val="006525FA"/>
     <w:rsid w:val="00653A13"/>
     <w:rsid w:val="00654102"/>
     <w:rsid w:val="00654985"/>
     <w:rsid w:val="00654AA3"/>
     <w:rsid w:val="006552AC"/>
     <w:rsid w:val="0065682B"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="006620A1"/>
     <w:rsid w:val="006628A4"/>
     <w:rsid w:val="00662A55"/>
     <w:rsid w:val="00662B17"/>
     <w:rsid w:val="006645E7"/>
     <w:rsid w:val="00670E32"/>
     <w:rsid w:val="006721D6"/>
     <w:rsid w:val="00673651"/>
     <w:rsid w:val="00674816"/>
     <w:rsid w:val="006756DB"/>
     <w:rsid w:val="006769BF"/>
     <w:rsid w:val="00676BEC"/>
+    <w:rsid w:val="00681BD9"/>
     <w:rsid w:val="00684046"/>
     <w:rsid w:val="00684400"/>
     <w:rsid w:val="0068534A"/>
     <w:rsid w:val="00686315"/>
     <w:rsid w:val="0068678E"/>
     <w:rsid w:val="006869E6"/>
     <w:rsid w:val="00690258"/>
     <w:rsid w:val="00690D5A"/>
     <w:rsid w:val="006914EA"/>
     <w:rsid w:val="006939DD"/>
     <w:rsid w:val="0069508B"/>
     <w:rsid w:val="006960F2"/>
     <w:rsid w:val="006A0060"/>
     <w:rsid w:val="006A2FBF"/>
     <w:rsid w:val="006A2FD2"/>
     <w:rsid w:val="006A3C54"/>
     <w:rsid w:val="006A6F66"/>
     <w:rsid w:val="006A774D"/>
     <w:rsid w:val="006B07B2"/>
     <w:rsid w:val="006B2BE2"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006B37E5"/>
     <w:rsid w:val="006B69A0"/>
     <w:rsid w:val="006B79E3"/>
     <w:rsid w:val="006B7AF7"/>
@@ -23657,50 +22717,51 @@
     <w:rsid w:val="00703008"/>
     <w:rsid w:val="00703953"/>
     <w:rsid w:val="0070571C"/>
     <w:rsid w:val="007058EC"/>
     <w:rsid w:val="00706DB9"/>
     <w:rsid w:val="00710BD1"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00717A4D"/>
     <w:rsid w:val="00717AE1"/>
     <w:rsid w:val="007204C3"/>
     <w:rsid w:val="00722577"/>
     <w:rsid w:val="00725232"/>
     <w:rsid w:val="00727E9F"/>
     <w:rsid w:val="00731B76"/>
     <w:rsid w:val="00732173"/>
     <w:rsid w:val="0073282D"/>
     <w:rsid w:val="0073643E"/>
     <w:rsid w:val="00737CCB"/>
     <w:rsid w:val="00740759"/>
     <w:rsid w:val="00741EAF"/>
     <w:rsid w:val="00742776"/>
     <w:rsid w:val="00744060"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00744607"/>
+    <w:rsid w:val="00744843"/>
     <w:rsid w:val="00744BC8"/>
     <w:rsid w:val="00745DAB"/>
     <w:rsid w:val="0074676B"/>
     <w:rsid w:val="007467A7"/>
     <w:rsid w:val="00746ABA"/>
     <w:rsid w:val="007476BE"/>
     <w:rsid w:val="007479CB"/>
     <w:rsid w:val="00750B1C"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="00752C54"/>
     <w:rsid w:val="00753698"/>
     <w:rsid w:val="007542E1"/>
     <w:rsid w:val="00754BA0"/>
     <w:rsid w:val="00755020"/>
     <w:rsid w:val="00756290"/>
     <w:rsid w:val="00763589"/>
     <w:rsid w:val="007639B7"/>
     <w:rsid w:val="007665DF"/>
     <w:rsid w:val="00766610"/>
     <w:rsid w:val="00766D83"/>
     <w:rsid w:val="00767835"/>
     <w:rsid w:val="007717A3"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="00772D44"/>
     <w:rsid w:val="00772FA2"/>
@@ -23719,356 +22780,368 @@
     <w:rsid w:val="007908ED"/>
     <w:rsid w:val="00793732"/>
     <w:rsid w:val="0079427D"/>
     <w:rsid w:val="007943D7"/>
     <w:rsid w:val="00794403"/>
     <w:rsid w:val="00794CBF"/>
     <w:rsid w:val="00794FB2"/>
     <w:rsid w:val="00795FD0"/>
     <w:rsid w:val="00796452"/>
     <w:rsid w:val="00797DAD"/>
     <w:rsid w:val="007A147D"/>
     <w:rsid w:val="007A3C1D"/>
     <w:rsid w:val="007A6444"/>
     <w:rsid w:val="007A700D"/>
     <w:rsid w:val="007B1348"/>
     <w:rsid w:val="007B1B99"/>
     <w:rsid w:val="007B72C1"/>
     <w:rsid w:val="007C0260"/>
     <w:rsid w:val="007C0FF0"/>
     <w:rsid w:val="007C1025"/>
     <w:rsid w:val="007C1315"/>
     <w:rsid w:val="007C1DAB"/>
     <w:rsid w:val="007C21EE"/>
     <w:rsid w:val="007C23FF"/>
     <w:rsid w:val="007C4758"/>
+    <w:rsid w:val="007C5388"/>
     <w:rsid w:val="007C560B"/>
     <w:rsid w:val="007C5B10"/>
     <w:rsid w:val="007D0127"/>
     <w:rsid w:val="007D2650"/>
     <w:rsid w:val="007D2943"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007E047F"/>
     <w:rsid w:val="007E2E73"/>
     <w:rsid w:val="007E35C1"/>
     <w:rsid w:val="007E4AA3"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007F0899"/>
     <w:rsid w:val="007F09E1"/>
     <w:rsid w:val="007F377C"/>
     <w:rsid w:val="007F5291"/>
     <w:rsid w:val="007F62D0"/>
     <w:rsid w:val="007F7794"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="0080049E"/>
     <w:rsid w:val="008015C5"/>
     <w:rsid w:val="00803710"/>
     <w:rsid w:val="00804C2D"/>
     <w:rsid w:val="0080587D"/>
     <w:rsid w:val="00810E37"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="00812644"/>
     <w:rsid w:val="00813675"/>
     <w:rsid w:val="008156B0"/>
     <w:rsid w:val="008175B1"/>
     <w:rsid w:val="008178F4"/>
     <w:rsid w:val="0082017D"/>
+    <w:rsid w:val="008208F2"/>
     <w:rsid w:val="008209A2"/>
     <w:rsid w:val="00820CC1"/>
     <w:rsid w:val="00821897"/>
     <w:rsid w:val="00822BFB"/>
     <w:rsid w:val="0082350D"/>
     <w:rsid w:val="00824A6E"/>
     <w:rsid w:val="00824B14"/>
     <w:rsid w:val="00826384"/>
     <w:rsid w:val="00826543"/>
     <w:rsid w:val="00826F07"/>
     <w:rsid w:val="00827565"/>
     <w:rsid w:val="00827584"/>
     <w:rsid w:val="00832BEB"/>
     <w:rsid w:val="008344D2"/>
     <w:rsid w:val="00834786"/>
     <w:rsid w:val="008348F0"/>
     <w:rsid w:val="008361C9"/>
     <w:rsid w:val="008417B2"/>
     <w:rsid w:val="00841C7A"/>
     <w:rsid w:val="00841D3C"/>
     <w:rsid w:val="00842990"/>
     <w:rsid w:val="00842D3B"/>
     <w:rsid w:val="00843130"/>
     <w:rsid w:val="0084327B"/>
     <w:rsid w:val="00843F2C"/>
     <w:rsid w:val="008440FB"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="00846117"/>
+    <w:rsid w:val="00846C7B"/>
     <w:rsid w:val="00847B37"/>
     <w:rsid w:val="00850ED3"/>
     <w:rsid w:val="008572AC"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="0086067A"/>
     <w:rsid w:val="0086083B"/>
     <w:rsid w:val="00860FD3"/>
     <w:rsid w:val="00861841"/>
     <w:rsid w:val="00862282"/>
     <w:rsid w:val="008661C4"/>
     <w:rsid w:val="00866798"/>
     <w:rsid w:val="0087195D"/>
     <w:rsid w:val="00872582"/>
     <w:rsid w:val="0087615C"/>
     <w:rsid w:val="008803D6"/>
     <w:rsid w:val="00880402"/>
     <w:rsid w:val="0088150B"/>
     <w:rsid w:val="0088156D"/>
     <w:rsid w:val="0088542A"/>
     <w:rsid w:val="00886B7A"/>
     <w:rsid w:val="00890127"/>
     <w:rsid w:val="008909BF"/>
     <w:rsid w:val="00892126"/>
     <w:rsid w:val="0089235D"/>
     <w:rsid w:val="00892572"/>
     <w:rsid w:val="00893F8B"/>
     <w:rsid w:val="00894789"/>
     <w:rsid w:val="008976B1"/>
     <w:rsid w:val="00897F3F"/>
     <w:rsid w:val="008A0EBC"/>
     <w:rsid w:val="008A0ECC"/>
     <w:rsid w:val="008A3AE3"/>
     <w:rsid w:val="008A3C2A"/>
     <w:rsid w:val="008A5882"/>
     <w:rsid w:val="008B157B"/>
     <w:rsid w:val="008B2A44"/>
     <w:rsid w:val="008B3E1A"/>
     <w:rsid w:val="008B4602"/>
     <w:rsid w:val="008B4F95"/>
     <w:rsid w:val="008B5E88"/>
     <w:rsid w:val="008B6374"/>
     <w:rsid w:val="008B718E"/>
     <w:rsid w:val="008C0E96"/>
     <w:rsid w:val="008C1D8F"/>
     <w:rsid w:val="008C2810"/>
     <w:rsid w:val="008C2DC4"/>
     <w:rsid w:val="008C50C8"/>
     <w:rsid w:val="008C7EBB"/>
+    <w:rsid w:val="008D1C26"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D4F4D"/>
     <w:rsid w:val="008D51C1"/>
     <w:rsid w:val="008D538D"/>
     <w:rsid w:val="008E0F30"/>
     <w:rsid w:val="008E1200"/>
     <w:rsid w:val="008E1892"/>
     <w:rsid w:val="008E2AE0"/>
     <w:rsid w:val="008E3282"/>
     <w:rsid w:val="008E497C"/>
     <w:rsid w:val="008E5073"/>
     <w:rsid w:val="008E54C7"/>
     <w:rsid w:val="008E61E7"/>
     <w:rsid w:val="008F125A"/>
     <w:rsid w:val="008F40D5"/>
     <w:rsid w:val="008F7D26"/>
     <w:rsid w:val="00900E80"/>
     <w:rsid w:val="009041CA"/>
     <w:rsid w:val="0090601D"/>
     <w:rsid w:val="0090759F"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="00910DE3"/>
     <w:rsid w:val="00910F6C"/>
     <w:rsid w:val="0091460E"/>
     <w:rsid w:val="009162FE"/>
     <w:rsid w:val="00917236"/>
     <w:rsid w:val="00920F02"/>
     <w:rsid w:val="009212BD"/>
+    <w:rsid w:val="00923338"/>
     <w:rsid w:val="00925784"/>
     <w:rsid w:val="009257A2"/>
     <w:rsid w:val="00926A12"/>
+    <w:rsid w:val="00927ED9"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="00932DA4"/>
     <w:rsid w:val="00935E30"/>
     <w:rsid w:val="00935F68"/>
     <w:rsid w:val="00936CEE"/>
     <w:rsid w:val="00940DF7"/>
     <w:rsid w:val="00942CD2"/>
     <w:rsid w:val="00944AAD"/>
     <w:rsid w:val="0094581F"/>
     <w:rsid w:val="00945BE6"/>
     <w:rsid w:val="009465D8"/>
     <w:rsid w:val="009469DF"/>
     <w:rsid w:val="009502E5"/>
     <w:rsid w:val="00951A59"/>
     <w:rsid w:val="00951F23"/>
     <w:rsid w:val="00951FBA"/>
     <w:rsid w:val="009541CC"/>
     <w:rsid w:val="00954DA3"/>
     <w:rsid w:val="00956419"/>
     <w:rsid w:val="0096091F"/>
     <w:rsid w:val="00960C3D"/>
     <w:rsid w:val="00962380"/>
     <w:rsid w:val="00962B9D"/>
     <w:rsid w:val="00963A3F"/>
     <w:rsid w:val="009642F2"/>
     <w:rsid w:val="0097357D"/>
     <w:rsid w:val="009740D5"/>
     <w:rsid w:val="00976129"/>
     <w:rsid w:val="00976814"/>
     <w:rsid w:val="0097701A"/>
     <w:rsid w:val="00977881"/>
     <w:rsid w:val="0097791D"/>
     <w:rsid w:val="00977A5F"/>
     <w:rsid w:val="00980666"/>
     <w:rsid w:val="009809FA"/>
     <w:rsid w:val="0098326C"/>
     <w:rsid w:val="0098371F"/>
     <w:rsid w:val="009843A3"/>
     <w:rsid w:val="00984DC9"/>
     <w:rsid w:val="009853E5"/>
     <w:rsid w:val="009854C6"/>
+    <w:rsid w:val="00986F16"/>
     <w:rsid w:val="0098728E"/>
     <w:rsid w:val="00987DB9"/>
     <w:rsid w:val="0099106A"/>
     <w:rsid w:val="00992092"/>
     <w:rsid w:val="00992104"/>
     <w:rsid w:val="0099259B"/>
     <w:rsid w:val="00992EB0"/>
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="009A02C8"/>
     <w:rsid w:val="009A1743"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009A1F86"/>
     <w:rsid w:val="009A2EB4"/>
     <w:rsid w:val="009A41C0"/>
     <w:rsid w:val="009A6DFE"/>
     <w:rsid w:val="009B0EB6"/>
     <w:rsid w:val="009B419A"/>
     <w:rsid w:val="009B5C2E"/>
     <w:rsid w:val="009B622C"/>
     <w:rsid w:val="009B751B"/>
     <w:rsid w:val="009C10C8"/>
     <w:rsid w:val="009C5894"/>
     <w:rsid w:val="009C615C"/>
     <w:rsid w:val="009C76DA"/>
     <w:rsid w:val="009D173D"/>
     <w:rsid w:val="009D17CA"/>
     <w:rsid w:val="009D1F1C"/>
     <w:rsid w:val="009D28FD"/>
     <w:rsid w:val="009E0A61"/>
     <w:rsid w:val="009E3DDA"/>
     <w:rsid w:val="009E5DC5"/>
     <w:rsid w:val="009F193F"/>
     <w:rsid w:val="009F1E26"/>
     <w:rsid w:val="009F3DAA"/>
     <w:rsid w:val="009F4004"/>
     <w:rsid w:val="009F6D7A"/>
     <w:rsid w:val="00A028A4"/>
     <w:rsid w:val="00A03E85"/>
     <w:rsid w:val="00A0752D"/>
     <w:rsid w:val="00A1356B"/>
     <w:rsid w:val="00A15A29"/>
     <w:rsid w:val="00A2181B"/>
     <w:rsid w:val="00A22B46"/>
+    <w:rsid w:val="00A24409"/>
     <w:rsid w:val="00A278D1"/>
     <w:rsid w:val="00A30A00"/>
     <w:rsid w:val="00A320B2"/>
     <w:rsid w:val="00A33B16"/>
     <w:rsid w:val="00A346DE"/>
     <w:rsid w:val="00A36C86"/>
     <w:rsid w:val="00A37664"/>
     <w:rsid w:val="00A37895"/>
     <w:rsid w:val="00A4008D"/>
     <w:rsid w:val="00A4042D"/>
     <w:rsid w:val="00A41019"/>
     <w:rsid w:val="00A41821"/>
     <w:rsid w:val="00A43017"/>
     <w:rsid w:val="00A43D05"/>
     <w:rsid w:val="00A46F22"/>
     <w:rsid w:val="00A5016F"/>
     <w:rsid w:val="00A5031B"/>
     <w:rsid w:val="00A507C3"/>
     <w:rsid w:val="00A516C3"/>
     <w:rsid w:val="00A5322A"/>
     <w:rsid w:val="00A53A4D"/>
     <w:rsid w:val="00A5478C"/>
     <w:rsid w:val="00A54819"/>
+    <w:rsid w:val="00A5514E"/>
     <w:rsid w:val="00A571D0"/>
     <w:rsid w:val="00A601D7"/>
     <w:rsid w:val="00A605AD"/>
     <w:rsid w:val="00A60D8D"/>
     <w:rsid w:val="00A614A0"/>
     <w:rsid w:val="00A62080"/>
     <w:rsid w:val="00A6249B"/>
     <w:rsid w:val="00A628E0"/>
     <w:rsid w:val="00A62C42"/>
     <w:rsid w:val="00A63E0F"/>
     <w:rsid w:val="00A663AB"/>
     <w:rsid w:val="00A66890"/>
     <w:rsid w:val="00A679F0"/>
     <w:rsid w:val="00A71007"/>
     <w:rsid w:val="00A72295"/>
     <w:rsid w:val="00A72FAB"/>
     <w:rsid w:val="00A7381D"/>
     <w:rsid w:val="00A7549B"/>
     <w:rsid w:val="00A75EFC"/>
     <w:rsid w:val="00A802ED"/>
     <w:rsid w:val="00A820CD"/>
     <w:rsid w:val="00A82250"/>
+    <w:rsid w:val="00A83E1D"/>
     <w:rsid w:val="00A84914"/>
     <w:rsid w:val="00A86578"/>
     <w:rsid w:val="00A869FC"/>
     <w:rsid w:val="00A874FC"/>
     <w:rsid w:val="00A908EA"/>
     <w:rsid w:val="00A913AA"/>
     <w:rsid w:val="00A92C4E"/>
     <w:rsid w:val="00A930CF"/>
     <w:rsid w:val="00A93351"/>
     <w:rsid w:val="00A958E8"/>
     <w:rsid w:val="00A9653D"/>
     <w:rsid w:val="00A97B08"/>
     <w:rsid w:val="00A97FA8"/>
     <w:rsid w:val="00AA04C4"/>
     <w:rsid w:val="00AA2DBF"/>
     <w:rsid w:val="00AA6012"/>
     <w:rsid w:val="00AB0E46"/>
     <w:rsid w:val="00AB1B01"/>
     <w:rsid w:val="00AB588F"/>
     <w:rsid w:val="00AB71D0"/>
     <w:rsid w:val="00AC0764"/>
     <w:rsid w:val="00AC1262"/>
     <w:rsid w:val="00AC1C5C"/>
     <w:rsid w:val="00AC3540"/>
     <w:rsid w:val="00AC4D10"/>
     <w:rsid w:val="00AC5EAE"/>
     <w:rsid w:val="00AD0339"/>
     <w:rsid w:val="00AD0362"/>
     <w:rsid w:val="00AD0AB5"/>
     <w:rsid w:val="00AD216E"/>
     <w:rsid w:val="00AD2924"/>
     <w:rsid w:val="00AD5F16"/>
     <w:rsid w:val="00AD67E9"/>
     <w:rsid w:val="00AD6EA7"/>
     <w:rsid w:val="00AD7A1D"/>
     <w:rsid w:val="00AE1FAB"/>
+    <w:rsid w:val="00AE2781"/>
     <w:rsid w:val="00AE2C28"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE7A18"/>
+    <w:rsid w:val="00AF0518"/>
     <w:rsid w:val="00AF0DCD"/>
     <w:rsid w:val="00AF1ED9"/>
     <w:rsid w:val="00AF26CE"/>
     <w:rsid w:val="00AF2A6C"/>
     <w:rsid w:val="00AF2CC2"/>
     <w:rsid w:val="00AF4959"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF57DC"/>
     <w:rsid w:val="00AF5815"/>
     <w:rsid w:val="00AF6A68"/>
     <w:rsid w:val="00AF6EF6"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B01322"/>
     <w:rsid w:val="00B01877"/>
     <w:rsid w:val="00B02899"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B045F4"/>
     <w:rsid w:val="00B05372"/>
     <w:rsid w:val="00B058AC"/>
     <w:rsid w:val="00B06308"/>
     <w:rsid w:val="00B06D93"/>
     <w:rsid w:val="00B07844"/>
     <w:rsid w:val="00B079DA"/>
     <w:rsid w:val="00B112ED"/>
     <w:rsid w:val="00B1295D"/>
@@ -24108,170 +23181,175 @@
     <w:rsid w:val="00B538C6"/>
     <w:rsid w:val="00B53EE7"/>
     <w:rsid w:val="00B55634"/>
     <w:rsid w:val="00B6160F"/>
     <w:rsid w:val="00B6350E"/>
     <w:rsid w:val="00B67864"/>
     <w:rsid w:val="00B70D29"/>
     <w:rsid w:val="00B75BDD"/>
     <w:rsid w:val="00B75F77"/>
     <w:rsid w:val="00B77EBD"/>
     <w:rsid w:val="00B8271D"/>
     <w:rsid w:val="00B83B44"/>
     <w:rsid w:val="00B8565E"/>
     <w:rsid w:val="00B87E8E"/>
     <w:rsid w:val="00B90835"/>
     <w:rsid w:val="00B90A07"/>
     <w:rsid w:val="00B937D8"/>
     <w:rsid w:val="00B93C2F"/>
     <w:rsid w:val="00B944D8"/>
     <w:rsid w:val="00B954D8"/>
     <w:rsid w:val="00B9618A"/>
     <w:rsid w:val="00B969FD"/>
     <w:rsid w:val="00B977A8"/>
     <w:rsid w:val="00BA08C5"/>
     <w:rsid w:val="00BA0EBD"/>
+    <w:rsid w:val="00BA2542"/>
     <w:rsid w:val="00BA3032"/>
     <w:rsid w:val="00BA3C57"/>
     <w:rsid w:val="00BA3F83"/>
     <w:rsid w:val="00BA55E4"/>
     <w:rsid w:val="00BA7A77"/>
     <w:rsid w:val="00BB20AC"/>
     <w:rsid w:val="00BB2741"/>
     <w:rsid w:val="00BB5036"/>
     <w:rsid w:val="00BB5964"/>
     <w:rsid w:val="00BB7083"/>
     <w:rsid w:val="00BC13E2"/>
     <w:rsid w:val="00BC2040"/>
     <w:rsid w:val="00BC2E91"/>
     <w:rsid w:val="00BC37CE"/>
     <w:rsid w:val="00BC4C92"/>
     <w:rsid w:val="00BC59D7"/>
     <w:rsid w:val="00BC63CA"/>
     <w:rsid w:val="00BC67FE"/>
     <w:rsid w:val="00BC73BE"/>
     <w:rsid w:val="00BC784F"/>
     <w:rsid w:val="00BD0EE0"/>
     <w:rsid w:val="00BD2C54"/>
     <w:rsid w:val="00BD2F81"/>
     <w:rsid w:val="00BD4BDC"/>
     <w:rsid w:val="00BD5B23"/>
     <w:rsid w:val="00BD6E05"/>
     <w:rsid w:val="00BD7B86"/>
     <w:rsid w:val="00BD7BAA"/>
     <w:rsid w:val="00BE1791"/>
     <w:rsid w:val="00BE1943"/>
     <w:rsid w:val="00BE1B8A"/>
     <w:rsid w:val="00BE5DD7"/>
     <w:rsid w:val="00BE6EB2"/>
     <w:rsid w:val="00BE780C"/>
     <w:rsid w:val="00BF0E17"/>
     <w:rsid w:val="00BF1906"/>
     <w:rsid w:val="00BF31F7"/>
     <w:rsid w:val="00BF452F"/>
     <w:rsid w:val="00C02A83"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C0782B"/>
     <w:rsid w:val="00C07DA4"/>
     <w:rsid w:val="00C07DCE"/>
     <w:rsid w:val="00C10068"/>
+    <w:rsid w:val="00C10164"/>
     <w:rsid w:val="00C106FE"/>
     <w:rsid w:val="00C111BB"/>
     <w:rsid w:val="00C11C3C"/>
     <w:rsid w:val="00C11CF2"/>
     <w:rsid w:val="00C11FD3"/>
     <w:rsid w:val="00C12594"/>
     <w:rsid w:val="00C12F64"/>
     <w:rsid w:val="00C1311F"/>
     <w:rsid w:val="00C14441"/>
     <w:rsid w:val="00C14E53"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C15D4C"/>
     <w:rsid w:val="00C15FAB"/>
     <w:rsid w:val="00C16FB6"/>
     <w:rsid w:val="00C2087B"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C247CF"/>
     <w:rsid w:val="00C27917"/>
     <w:rsid w:val="00C3030A"/>
     <w:rsid w:val="00C319A7"/>
     <w:rsid w:val="00C3210B"/>
     <w:rsid w:val="00C32391"/>
     <w:rsid w:val="00C3264E"/>
     <w:rsid w:val="00C34111"/>
     <w:rsid w:val="00C35DC5"/>
     <w:rsid w:val="00C41462"/>
     <w:rsid w:val="00C452D9"/>
     <w:rsid w:val="00C45850"/>
     <w:rsid w:val="00C47C0E"/>
     <w:rsid w:val="00C508C3"/>
     <w:rsid w:val="00C53F93"/>
     <w:rsid w:val="00C55993"/>
     <w:rsid w:val="00C566CC"/>
     <w:rsid w:val="00C56DB4"/>
     <w:rsid w:val="00C57133"/>
     <w:rsid w:val="00C57D90"/>
     <w:rsid w:val="00C60119"/>
     <w:rsid w:val="00C641A6"/>
     <w:rsid w:val="00C65110"/>
+    <w:rsid w:val="00C65C37"/>
     <w:rsid w:val="00C667C3"/>
     <w:rsid w:val="00C67B4C"/>
     <w:rsid w:val="00C7019F"/>
     <w:rsid w:val="00C711B0"/>
     <w:rsid w:val="00C711C0"/>
     <w:rsid w:val="00C72ACC"/>
     <w:rsid w:val="00C72AFA"/>
     <w:rsid w:val="00C7372A"/>
     <w:rsid w:val="00C803C8"/>
     <w:rsid w:val="00C81099"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C832E4"/>
     <w:rsid w:val="00C83D26"/>
     <w:rsid w:val="00C84F4B"/>
     <w:rsid w:val="00C8596A"/>
     <w:rsid w:val="00C9167E"/>
     <w:rsid w:val="00C92292"/>
     <w:rsid w:val="00C92372"/>
     <w:rsid w:val="00C95337"/>
     <w:rsid w:val="00C96D3A"/>
     <w:rsid w:val="00CA02E1"/>
     <w:rsid w:val="00CA0E88"/>
+    <w:rsid w:val="00CA1198"/>
     <w:rsid w:val="00CA1F70"/>
     <w:rsid w:val="00CA2CF3"/>
     <w:rsid w:val="00CA36EA"/>
     <w:rsid w:val="00CA578C"/>
     <w:rsid w:val="00CA5A86"/>
     <w:rsid w:val="00CB287D"/>
     <w:rsid w:val="00CB314F"/>
     <w:rsid w:val="00CB3F3D"/>
     <w:rsid w:val="00CB5272"/>
     <w:rsid w:val="00CB5375"/>
     <w:rsid w:val="00CB5C24"/>
     <w:rsid w:val="00CB7100"/>
     <w:rsid w:val="00CC0BF3"/>
     <w:rsid w:val="00CC20EA"/>
+    <w:rsid w:val="00CC332B"/>
     <w:rsid w:val="00CC3B49"/>
     <w:rsid w:val="00CC3F01"/>
     <w:rsid w:val="00CC3F3D"/>
     <w:rsid w:val="00CC42E0"/>
     <w:rsid w:val="00CC498E"/>
     <w:rsid w:val="00CD0F35"/>
     <w:rsid w:val="00CD1867"/>
     <w:rsid w:val="00CD2C48"/>
     <w:rsid w:val="00CD3580"/>
     <w:rsid w:val="00CD614F"/>
     <w:rsid w:val="00CD66CA"/>
     <w:rsid w:val="00CE0160"/>
     <w:rsid w:val="00CE1734"/>
     <w:rsid w:val="00CE1A06"/>
     <w:rsid w:val="00CE78ED"/>
     <w:rsid w:val="00CF179A"/>
     <w:rsid w:val="00CF23E6"/>
     <w:rsid w:val="00CF559E"/>
     <w:rsid w:val="00CF69CB"/>
     <w:rsid w:val="00CF7923"/>
     <w:rsid w:val="00D006AE"/>
     <w:rsid w:val="00D05AFA"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D108CF"/>
@@ -24293,50 +23371,51 @@
     <w:rsid w:val="00D321DF"/>
     <w:rsid w:val="00D33260"/>
     <w:rsid w:val="00D3488B"/>
     <w:rsid w:val="00D35146"/>
     <w:rsid w:val="00D35F98"/>
     <w:rsid w:val="00D40C9B"/>
     <w:rsid w:val="00D41A10"/>
     <w:rsid w:val="00D41A43"/>
     <w:rsid w:val="00D41A63"/>
     <w:rsid w:val="00D427FF"/>
     <w:rsid w:val="00D43EA8"/>
     <w:rsid w:val="00D47E40"/>
     <w:rsid w:val="00D501E6"/>
     <w:rsid w:val="00D506E9"/>
     <w:rsid w:val="00D50A1F"/>
     <w:rsid w:val="00D51B9E"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D54BB5"/>
     <w:rsid w:val="00D565D0"/>
     <w:rsid w:val="00D568A2"/>
     <w:rsid w:val="00D56A65"/>
     <w:rsid w:val="00D56E74"/>
     <w:rsid w:val="00D57008"/>
     <w:rsid w:val="00D5708E"/>
     <w:rsid w:val="00D57C75"/>
+    <w:rsid w:val="00D61013"/>
     <w:rsid w:val="00D61841"/>
     <w:rsid w:val="00D63E47"/>
     <w:rsid w:val="00D64419"/>
     <w:rsid w:val="00D65CBE"/>
     <w:rsid w:val="00D70BDD"/>
     <w:rsid w:val="00D71A4C"/>
     <w:rsid w:val="00D71BB2"/>
     <w:rsid w:val="00D71F0D"/>
     <w:rsid w:val="00D721E5"/>
     <w:rsid w:val="00D736FF"/>
     <w:rsid w:val="00D73723"/>
     <w:rsid w:val="00D74892"/>
     <w:rsid w:val="00D75B98"/>
     <w:rsid w:val="00D75D01"/>
     <w:rsid w:val="00D76881"/>
     <w:rsid w:val="00D76A25"/>
     <w:rsid w:val="00D77401"/>
     <w:rsid w:val="00D77F9B"/>
     <w:rsid w:val="00D84EBB"/>
     <w:rsid w:val="00D85B03"/>
     <w:rsid w:val="00D8626F"/>
     <w:rsid w:val="00D8661B"/>
     <w:rsid w:val="00D875B2"/>
     <w:rsid w:val="00D92DBD"/>
     <w:rsid w:val="00D9330E"/>
@@ -24372,156 +23451,162 @@
     <w:rsid w:val="00DC612B"/>
     <w:rsid w:val="00DC79B0"/>
     <w:rsid w:val="00DC7D15"/>
     <w:rsid w:val="00DD0D33"/>
     <w:rsid w:val="00DD30AF"/>
     <w:rsid w:val="00DD5307"/>
     <w:rsid w:val="00DD5B85"/>
     <w:rsid w:val="00DD6A84"/>
     <w:rsid w:val="00DE1BA3"/>
     <w:rsid w:val="00DE1F7B"/>
     <w:rsid w:val="00DE4CB8"/>
     <w:rsid w:val="00DE5C04"/>
     <w:rsid w:val="00DE6543"/>
     <w:rsid w:val="00DE790A"/>
     <w:rsid w:val="00DF1496"/>
     <w:rsid w:val="00DF35BF"/>
     <w:rsid w:val="00DF4FDE"/>
     <w:rsid w:val="00DF52C6"/>
     <w:rsid w:val="00DF549F"/>
     <w:rsid w:val="00DF5E3A"/>
     <w:rsid w:val="00DF64C7"/>
     <w:rsid w:val="00DF6E89"/>
     <w:rsid w:val="00DF6FED"/>
     <w:rsid w:val="00DF7171"/>
     <w:rsid w:val="00DF778C"/>
+    <w:rsid w:val="00E0495B"/>
     <w:rsid w:val="00E0742D"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E13B2E"/>
     <w:rsid w:val="00E13D2C"/>
     <w:rsid w:val="00E14C42"/>
     <w:rsid w:val="00E15339"/>
     <w:rsid w:val="00E15B68"/>
     <w:rsid w:val="00E164AE"/>
     <w:rsid w:val="00E16902"/>
     <w:rsid w:val="00E16BD5"/>
     <w:rsid w:val="00E200E0"/>
     <w:rsid w:val="00E20501"/>
     <w:rsid w:val="00E21CE5"/>
     <w:rsid w:val="00E23A49"/>
     <w:rsid w:val="00E24EB5"/>
     <w:rsid w:val="00E25545"/>
     <w:rsid w:val="00E25E77"/>
     <w:rsid w:val="00E26A73"/>
     <w:rsid w:val="00E27257"/>
     <w:rsid w:val="00E2765F"/>
     <w:rsid w:val="00E27E53"/>
     <w:rsid w:val="00E3037C"/>
     <w:rsid w:val="00E317F4"/>
     <w:rsid w:val="00E31ACD"/>
     <w:rsid w:val="00E344DE"/>
     <w:rsid w:val="00E34870"/>
     <w:rsid w:val="00E35D8F"/>
     <w:rsid w:val="00E37326"/>
     <w:rsid w:val="00E375A4"/>
     <w:rsid w:val="00E40DC3"/>
     <w:rsid w:val="00E41B16"/>
+    <w:rsid w:val="00E4458F"/>
     <w:rsid w:val="00E45E00"/>
     <w:rsid w:val="00E46F77"/>
     <w:rsid w:val="00E5031C"/>
     <w:rsid w:val="00E51B74"/>
     <w:rsid w:val="00E522A3"/>
     <w:rsid w:val="00E539EA"/>
     <w:rsid w:val="00E54C9C"/>
     <w:rsid w:val="00E55525"/>
     <w:rsid w:val="00E556EE"/>
     <w:rsid w:val="00E57F9D"/>
+    <w:rsid w:val="00E6037F"/>
     <w:rsid w:val="00E61B48"/>
     <w:rsid w:val="00E61D00"/>
     <w:rsid w:val="00E626F3"/>
     <w:rsid w:val="00E627A1"/>
     <w:rsid w:val="00E6366E"/>
     <w:rsid w:val="00E63E43"/>
     <w:rsid w:val="00E66606"/>
     <w:rsid w:val="00E7044E"/>
     <w:rsid w:val="00E71999"/>
     <w:rsid w:val="00E71A2E"/>
     <w:rsid w:val="00E743AD"/>
     <w:rsid w:val="00E74D02"/>
     <w:rsid w:val="00E779A3"/>
+    <w:rsid w:val="00E81E94"/>
     <w:rsid w:val="00E82221"/>
     <w:rsid w:val="00E84D53"/>
     <w:rsid w:val="00E91C58"/>
     <w:rsid w:val="00E924C4"/>
     <w:rsid w:val="00E93771"/>
     <w:rsid w:val="00E9474D"/>
     <w:rsid w:val="00E9550C"/>
     <w:rsid w:val="00E95FBC"/>
     <w:rsid w:val="00E962DE"/>
     <w:rsid w:val="00E979A9"/>
     <w:rsid w:val="00EA1C7C"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA36D4"/>
     <w:rsid w:val="00EA6458"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rsid w:val="00EB0BBC"/>
     <w:rsid w:val="00EB0FBC"/>
     <w:rsid w:val="00EB1824"/>
     <w:rsid w:val="00EB4206"/>
     <w:rsid w:val="00EB5E80"/>
     <w:rsid w:val="00EB714F"/>
     <w:rsid w:val="00EB75F6"/>
     <w:rsid w:val="00EC01FC"/>
     <w:rsid w:val="00EC03D8"/>
     <w:rsid w:val="00EC07D2"/>
     <w:rsid w:val="00EC11D3"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC2426"/>
     <w:rsid w:val="00EC2FAF"/>
     <w:rsid w:val="00EC4C64"/>
     <w:rsid w:val="00EC593A"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC70DF"/>
     <w:rsid w:val="00EC7AB2"/>
     <w:rsid w:val="00ED11EF"/>
     <w:rsid w:val="00ED2D8C"/>
     <w:rsid w:val="00ED36F8"/>
     <w:rsid w:val="00ED470E"/>
     <w:rsid w:val="00ED47BD"/>
     <w:rsid w:val="00ED5D87"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EE53BD"/>
     <w:rsid w:val="00EE646F"/>
     <w:rsid w:val="00EF19B9"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00EF34AB"/>
+    <w:rsid w:val="00EF4DE3"/>
     <w:rsid w:val="00EF65C8"/>
     <w:rsid w:val="00F012F7"/>
     <w:rsid w:val="00F015EB"/>
     <w:rsid w:val="00F025B7"/>
+    <w:rsid w:val="00F026B8"/>
     <w:rsid w:val="00F02769"/>
     <w:rsid w:val="00F04A48"/>
     <w:rsid w:val="00F05A9D"/>
     <w:rsid w:val="00F06F90"/>
     <w:rsid w:val="00F1268F"/>
     <w:rsid w:val="00F12E39"/>
     <w:rsid w:val="00F13293"/>
     <w:rsid w:val="00F133F5"/>
     <w:rsid w:val="00F13EDD"/>
     <w:rsid w:val="00F15023"/>
     <w:rsid w:val="00F15229"/>
     <w:rsid w:val="00F17FAF"/>
     <w:rsid w:val="00F206B2"/>
     <w:rsid w:val="00F23CC9"/>
     <w:rsid w:val="00F23ED5"/>
     <w:rsid w:val="00F24B9C"/>
     <w:rsid w:val="00F259A6"/>
     <w:rsid w:val="00F26A70"/>
     <w:rsid w:val="00F26B59"/>
     <w:rsid w:val="00F27872"/>
     <w:rsid w:val="00F30691"/>
     <w:rsid w:val="00F33137"/>
     <w:rsid w:val="00F353E4"/>
     <w:rsid w:val="00F35EA9"/>
     <w:rsid w:val="00F3655E"/>
@@ -24568,110 +23653,112 @@
     <w:rsid w:val="00F773F7"/>
     <w:rsid w:val="00F77E85"/>
     <w:rsid w:val="00F81C3B"/>
     <w:rsid w:val="00F838D2"/>
     <w:rsid w:val="00F8459F"/>
     <w:rsid w:val="00F901E8"/>
     <w:rsid w:val="00F903D4"/>
     <w:rsid w:val="00F9064C"/>
     <w:rsid w:val="00F918DB"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F93976"/>
     <w:rsid w:val="00F94014"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00F96748"/>
     <w:rsid w:val="00F9693C"/>
     <w:rsid w:val="00FA1C34"/>
     <w:rsid w:val="00FA1D8B"/>
     <w:rsid w:val="00FA2935"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FA4AEE"/>
     <w:rsid w:val="00FA58D4"/>
     <w:rsid w:val="00FA5EEE"/>
     <w:rsid w:val="00FB2058"/>
     <w:rsid w:val="00FB2D65"/>
     <w:rsid w:val="00FB3B4D"/>
+    <w:rsid w:val="00FB3E67"/>
     <w:rsid w:val="00FB4911"/>
     <w:rsid w:val="00FB5B03"/>
     <w:rsid w:val="00FB6C4A"/>
     <w:rsid w:val="00FB7121"/>
     <w:rsid w:val="00FC046F"/>
     <w:rsid w:val="00FC0C80"/>
     <w:rsid w:val="00FC3F68"/>
+    <w:rsid w:val="00FC6F37"/>
     <w:rsid w:val="00FD1AB9"/>
     <w:rsid w:val="00FD3DAF"/>
     <w:rsid w:val="00FD4282"/>
     <w:rsid w:val="00FD5E34"/>
     <w:rsid w:val="00FD771D"/>
     <w:rsid w:val="00FE0446"/>
     <w:rsid w:val="00FE0CB2"/>
     <w:rsid w:val="00FE1FF8"/>
     <w:rsid w:val="00FE207C"/>
     <w:rsid w:val="00FE363B"/>
     <w:rsid w:val="00FE4192"/>
     <w:rsid w:val="00FE46B5"/>
     <w:rsid w:val="00FE527B"/>
     <w:rsid w:val="00FE6572"/>
     <w:rsid w:val="00FF11ED"/>
     <w:rsid w:val="00FF1328"/>
     <w:rsid w:val="00FF184B"/>
     <w:rsid w:val="00FF2490"/>
     <w:rsid w:val="00FF310F"/>
     <w:rsid w:val="00FF4991"/>
     <w:rsid w:val="00FF50A3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="22C52541"/>
   <w15:docId w15:val="{13319F40-D782-4729-AB5C-5648B754C035}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -26321,51 +25408,51 @@
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="BBB69F"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="BBB69F"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="83454057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="334571285">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26454,50 +25541,52 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1853494802">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/srsoperationalguidance/SMF-PRO-004_Physical%20Evidence%20Management.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WHSTeam@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=operational%20compliance&amp;ql=3081" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:operationscentre@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-security.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/search-results.html?q=bereavement+assistance+program" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/srsoperationalguidance/SMF-PRO-004_Physical%20Evidence%20Management.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/srsoperationalguidance/SMF-PRO-004_Physical%20Evidence%20Management.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:srrb@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RiskAndAssurance@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=operational%20compliance&amp;ql=3081" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:OS%26H@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=employee%20welafare&amp;ql=3081" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IntelligenceServices@justice.wa.gov.au?subject=Intelligence%20Services" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -26771,50 +25860,136 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Policies and Guidelines</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">17b6b9e0-e741-42ae-bcca-e1208f0099dc</TermId>
+        </TermInfo>
+      </Terms>
+    </pa8a0a93780a4945b3173f20d8e45055>
+    <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Stead, Gail</DisplayName>
+        <AccountId>1014</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">2020</Published_x0020_Year>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
+    <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce9ba758-ea71-457b-9a14-44db9922bfb4</TermId>
+        </TermInfo>
+      </Terms>
+    </n398ab4bf91e43a0a550736abedc299f>
+    <TaxCatchAll xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Value>43</Value>
+      <Value>11</Value>
+      <Value>1</Value>
+      <Value>21</Value>
+    </TaxCatchAll>
+    <kf620cb349b946fa81ca1074c0b3c5af xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Operational Support</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">06b4752c-4a05-4733-84b5-3d0fa3cfc36b</TermId>
+        </TermInfo>
+      </Terms>
+    </kf620cb349b946fa81ca1074c0b3c5af>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 8.3 Death of a Detainee</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Youth</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">86dadb23-f3e8-45d0-a50e-683c2dd71471</TermId>
+        </TermInfo>
+      </Terms>
+    </g2cdfbdd30c849e9bbb5c12aa747ff35>
+    <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Stead, Gail</DisplayName>
+        <AccountId>1014</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C009D283A2B4D092640B099EBA98FA54080" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="42d774b5afd53731e8863daee413fbf1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="080184096bd90cb745b174dd50cf4b27" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -27064,223 +26239,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BAEEA0B-C86F-443B-9486-2717838C88AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63CC65BD-572A-40EC-A137-96342E8E3756}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...34 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>27</Pages>
-  <Words>7622</Words>
-  <Characters>43446</Characters>
+  <Words>7706</Words>
+  <Characters>44002</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>12</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>101</Paragraphs>
+  <DocSecurity>8</DocSecurity>
+  <Lines>1294</Lines>
+  <Paragraphs>689</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 8.3 Death of a Detainee</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50967</CharactersWithSpaces>
+  <CharactersWithSpaces>51019</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -27352,27 +26441,60 @@
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D63A055CE82242A2E4B837C82D470C009D283A2B4D092640B099EBA98FA54080</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>1;#Corrective Services|ce9ba758-ea71-457b-9a14-44db9922bfb4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Type">
     <vt:lpwstr>11;#Policies and Guidelines|17b6b9e0-e741-42ae-bcca-e1208f0099dc</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Function">
     <vt:lpwstr>43;#Publication|d5b3d387-833e-4939-b8d3-e5218353d246</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Business Area">
     <vt:lpwstr>21;#Operational Support|06b4752c-4a05-4733-84b5-3d0fa3cfc36b</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ClassificationContentMarkingHeaderShapeIds">
+    <vt:lpwstr>7d366c40,4eefbafd,294bf12f,2bea7696,a2f9746,7d428e6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="ClassificationContentMarkingHeaderFontProps">
+    <vt:lpwstr>#ff0000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="ClassificationContentMarkingHeaderText">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-01-05T04:43:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>9b1ac713-742c-4840-8760-28cba84598fe</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>