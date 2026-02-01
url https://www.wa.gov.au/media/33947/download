--- v0 (2025-12-19)
+++ v1 (2026-02-01)
@@ -14,9470 +14,8612 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="553D889B" w14:textId="77777777" w:rsidR="00146739" w:rsidRDefault="005A19A4" w:rsidP="0008453C">
+    <w:p w14:paraId="400438D1" w14:textId="49C40995" w:rsidR="00146739" w:rsidRPr="00536780" w:rsidRDefault="008114B3" w:rsidP="002E5756">
       <w:pPr>
         <w:pStyle w:val="Title"/>
+        <w:rPr>
+          <w:strike/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00951529">
+        <w:t xml:space="preserve">COPP </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>9.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk208213430"/>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5" w:rsidRPr="00EA7EAC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5">
+        <w:t xml:space="preserve">Approved </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>and Unauthorised Items (Staff and Visitors)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D048363" w14:textId="5EF409DE" w:rsidR="000D69A3" w:rsidRPr="00951529" w:rsidRDefault="00925165" w:rsidP="00EA7EAC">
+      <w:pPr>
+        <w:pStyle w:val="Subtitle"/>
       </w:pPr>
       <w:r>
-        <w:t>COPP</w:t>
-[...46 lines deleted...]
-        <w:t>Detention Centre</w:t>
+        <w:t>Youth Detention Centre</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>s</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:insideH w:val="single" w:sz="12" w:space="0" w:color="565A5C"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9010"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C7440" w14:paraId="20BD3D8D" w14:textId="77777777" w:rsidTr="00842809">
+      <w:tr w:rsidR="00126611" w:rsidRPr="00951529" w14:paraId="287D2092" w14:textId="77777777" w:rsidTr="00853871">
         <w:trPr>
-          <w:trHeight w:val="5823"/>
+          <w:trHeight w:val="3940"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FCFCFA"/>
           </w:tcPr>
-          <w:p w14:paraId="2813AA7E" w14:textId="77777777" w:rsidR="007C7440" w:rsidRPr="00365E34" w:rsidRDefault="007C7440" w:rsidP="007C7440">
+          <w:p w14:paraId="62E648AF" w14:textId="49A67B43" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="00126611" w:rsidP="004F7CA5">
             <w:pPr>
               <w:pStyle w:val="Heading"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="005A33E4">
               <w:t>Principles</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> following:</w:t>
+            <w:r w:rsidR="004F7CA5" w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve"> and Standards</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7926F255" w14:textId="77777777" w:rsidR="00677553" w:rsidRDefault="00295CC6" w:rsidP="00295CC6">
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="377F5185" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="004F7CA5">
+            <w:pPr>
+              <w:spacing w:after="240"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>The Model of Care (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>MoC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve">) Instruction was developed to guide and support staff to operationally implement the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>MoC’s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve"> high-level principles for the care and management of young people in Youth Detention Centres. The </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>MoC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve"> Instruction provides a rehabilitative and therapeutic operating environment to support, build and nurture a young person’s skills and individual strengths to enable rehabilitation, reduce reoffending, and maximise their potential to lead meaningful lives. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="662B8F41" w14:textId="1AA4D6E6" w:rsidR="00295CC6" w:rsidRPr="00D41C7C" w:rsidRDefault="00D41C7C" w:rsidP="00295CC6">
-[...9 lines deleted...]
-              <w:fldChar w:fldCharType="begin"/>
+          <w:p w14:paraId="2A671D08" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="004F7CA5">
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve">This COPP aligns with the following </w:t>
             </w:r>
-            <w:r w:rsidR="001D5F9D">
-[...3 lines deleted...]
-              <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx"</w:instrText>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>MoC</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-              <w:t>Guiding Principles for Corrections Australia, 2018:</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve"> service principles:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="30238B81" w14:textId="77777777" w:rsidR="00B0774C" w:rsidRPr="00B3635B" w:rsidRDefault="00D41C7C" w:rsidP="00B0774C">
+          <w:p w14:paraId="50D17AD8" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00790EF9">
             <w:pPr>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="15"/>
+              </w:numPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:fldChar w:fldCharType="end"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve">Principle 8: Promote culture and appreciation, care and support for staff.  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5EAB9400" w14:textId="77777777" w:rsidR="00C9624C" w:rsidRDefault="00C9624C" w:rsidP="00715294">
+          <w:p w14:paraId="0F62A07D" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="004F7CA5"/>
+          <w:p w14:paraId="55B3A417" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="004F7CA5">
+            <w:r w:rsidRPr="005A33E4">
+              <w:t xml:space="preserve">In the context of the </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>MoC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A33E4">
+              <w:t>, the following national standards and international covenants inform best practice:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67AAE789" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="004F7CA5"/>
+          <w:p w14:paraId="2281632A" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00790EF9">
             <w:pPr>
-              <w:pStyle w:val="ListBullet"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="0"/>
+                <w:numId w:val="16"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="60"/>
+              <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
-            <w:r w:rsidRPr="00C9624C">
-[...16 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="005A33E4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>Principles of Youth Justice in Australia (Australasian Youth Justice Administrators, 2019)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="7759B06B" w14:textId="77777777" w:rsidR="006C26EB" w:rsidRDefault="006C26EB" w:rsidP="00715294">
+          <w:p w14:paraId="58C6076A" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00790EF9">
             <w:pPr>
-              <w:pStyle w:val="ListBullet"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="0"/>
+                <w:numId w:val="16"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="005A33E4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>National Principles for Child Safe Organisations (Australian Human Rights Commission, 2018)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="46D1F2B4" w14:textId="4BD1D162" w:rsidR="000615F5" w:rsidRPr="007517FE" w:rsidRDefault="00D06CA7" w:rsidP="007517FE">
+          <w:p w14:paraId="40176073" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00790EF9">
             <w:pPr>
-              <w:spacing w:after="120"/>
-[...63 lines deleted...]
-              <w:pStyle w:val="ListBullet"/>
+              <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="0"/>
+                <w:numId w:val="16"/>
               </w:numPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003157A8">
-[...27 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="005A33E4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Standard Minimum Rules for the Administration of Juvenile Justice </w:t>
+              </w:r>
+              <w:r w:rsidRPr="005A33E4">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:br/>
+                <w:t>(“The Beijing Rules”) (United Nations, 1985)</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="75142430" w14:textId="77777777" w:rsidR="00677553" w:rsidRPr="00126611" w:rsidRDefault="003157A8" w:rsidP="003157A8">
+          <w:p w14:paraId="194C8AFF" w14:textId="5BDBE7AE" w:rsidR="008F438E" w:rsidRPr="00951529" w:rsidRDefault="008F438E" w:rsidP="00E30B2B">
             <w:pPr>
-              <w:pStyle w:val="ListBullet"/>
-[...6 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Instructionalnote"/>
             </w:pPr>
-            <w:r w:rsidRPr="003157A8">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="16EF044B" w14:textId="77777777" w:rsidR="00803710" w:rsidRPr="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
+    <w:p w14:paraId="635742E6" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00951529" w:rsidRDefault="00663830" w:rsidP="00663830"/>
+    <w:p w14:paraId="25AE64CC" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00951529" w:rsidRDefault="00663830" w:rsidP="00663830"/>
+    <w:p w14:paraId="2E5DA786" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00951529" w:rsidRDefault="00663830" w:rsidP="00803710">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A848251" w14:textId="77777777" w:rsidR="00803710" w:rsidRDefault="00803710" w:rsidP="00803710"/>
-[...6 lines deleted...]
-          <w:headerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="59F0891C" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BC8D14F" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6212B13E" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="022686F2" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B13A937" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C4F5868" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AFF6BD0" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63D80931" w14:textId="77777777" w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidRDefault="00E4681A" w:rsidP="00803710">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00E4681A" w:rsidRPr="00951529" w:rsidSect="002E5756">
+          <w:headerReference w:type="even" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
-          <w:pgMar w:top="-2410" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="706" w:gutter="0"/>
+          <w:pgMar w:top="1418" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20AE7B4F" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
+    <w:p w14:paraId="0AE2C4CE" w14:textId="757BC8C9" w:rsidR="003D5245" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
-      <w:r w:rsidRPr="00AF7DDC">
+      <w:r w:rsidRPr="00951529">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="163E892D" w14:textId="2B0DF55D" w:rsidR="00900F3A" w:rsidRDefault="008A472A">
+    <w:p w14:paraId="72C86C48" w14:textId="01C0F820" w:rsidR="00E62276" w:rsidRDefault="003D5245">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003D5245">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003D5245">
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003D5245">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc149635565" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367811" w:history="1">
+        <w:r w:rsidR="00E62276" w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidR="00E62276" w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635565 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367811 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r w:rsidR="00E62276">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7821370C" w14:textId="469C4935" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="0DEEEC83" w14:textId="17663E02" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635566" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367812" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635566 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367812 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D49ADF0" w14:textId="361FFA5A" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="21F415DD" w14:textId="20B3E81A" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635567" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367813" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Permitted and Unauthorised Items</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635567 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367813 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EA29D49" w14:textId="2434A4F2" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="2BF78293" w14:textId="421C4ADD" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635568" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367814" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Permitted and approved items</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635568 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367814 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3F78F633" w14:textId="683146B5" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="5158F939" w14:textId="64B38048" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635569" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367815" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Unauthorised items</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635569 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367815 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E89E5F6" w14:textId="73A17BBD" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="5D5DE5E8" w14:textId="0F5A4774" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635570" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367816" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General entry requirements</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635570 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367816 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B47C345" w14:textId="12BF41CC" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="7649EC31" w14:textId="708577AC" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635571" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367817" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="0049307C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>Staff</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367817 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
-[...58 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B1AEAAE" w14:textId="416C2948" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="0CF6F7C2" w14:textId="7C0606C2" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635572" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367818" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Staff Exemptions</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635572 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367818 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52AA1364" w14:textId="48A3843E" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="798B8CF0" w14:textId="4D5967D6" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635573" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367819" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
-          </w:rPr>
-[...8 lines deleted...]
-            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
-            <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Social Visitors</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635573 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367819 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61B6B8AB" w14:textId="3A95660F" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="79AACD9E" w14:textId="181B9254" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635574" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367820" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Official Visitors</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635574 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367820 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="39D7740E" w14:textId="2846C6CB" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="289F1F1C" w14:textId="4D72068C" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635575" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367821" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635575 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367821 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="198C0133" w14:textId="5639A0A7" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="7B79409F" w14:textId="39C7FB12" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635576" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367822" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Emergency services</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635576 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367822 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>5</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2B16B947" w14:textId="7D2524E9" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="75B11097" w14:textId="49F072F7" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635577" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367823" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Western Australia Police Force Officers, Australian Federal Police</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635577 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367823 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="21CE91AA" w14:textId="2A05F3A8" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="24D66260" w14:textId="06BACD27" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635578" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367824" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.4</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Legal practitioners</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635578 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367824 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0CB6FB6E" w14:textId="0BBFCF50" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="4F88B78B" w14:textId="7F273D95" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635579" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367825" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.5</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Official visitors with statutory powers of entry</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635579 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367825 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62D8682D" w14:textId="189861E5" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="4AF631F4" w14:textId="3F01B314" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635580" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367826" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Visitor Requests</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635580 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367826 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>6</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>7</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="23216F8D" w14:textId="4BA54875" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="61E72B0A" w14:textId="01BD60BE" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635581" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367827" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Contractors</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635581 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367827 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54C12899" w14:textId="42B4197C" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="7C6B10D2" w14:textId="1BB8F59B" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635582" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367828" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Loss of Items or Materials</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635582 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367828 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="113F4E27" w14:textId="268A5FA4" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="32714199" w14:textId="70B3A20C" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635583" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367829" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635583 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367829 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="44A5D61B" w14:textId="090DD37C" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="3DEE676B" w14:textId="0AFD6C8F" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635584" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367830" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.1</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Related COPPs</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>Related COPPs and documents</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635584 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367830 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29139C88" w14:textId="2237203B" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="7E024FBB" w14:textId="67FFD72B" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635585" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367831" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.2</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Definitions and acronyms</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>Definitions</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635585 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367831 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>8</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>9</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7068D543" w14:textId="3A588E6E" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="39B9AD4C" w14:textId="50F0E215" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635586" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367832" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.3</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635586 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367832 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00CA4C9A" w14:textId="75039EF8" w:rsidR="00900F3A" w:rsidRDefault="00D34456">
+    <w:p w14:paraId="233A19E6" w14:textId="42E885CA" w:rsidR="00E62276" w:rsidRDefault="00E62276">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc149635587" w:history="1">
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+      <w:hyperlink w:anchor="_Toc219367833" w:history="1">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-            <w:noProof/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:b w:val="0"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A" w:rsidRPr="001F2824">
+        <w:r w:rsidRPr="0049307C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc149635587 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc219367833 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00900F3A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00900F3A">
+          <w:t>11</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06FB3978" w14:textId="6BE95ABA" w:rsidR="007517FE" w:rsidRDefault="008A472A" w:rsidP="007517FE">
-      <w:r>
+    <w:p w14:paraId="5ECE5178" w14:textId="07004581" w:rsidR="00E16C75" w:rsidRDefault="003D5245" w:rsidP="003D7F8F">
+      <w:pPr>
+        <w:pStyle w:val="Heading"/>
+        <w:rPr>
+          <w:b w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003D5245">
+        <w:rPr>
+          <w:b w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc68589793"/>
+      <w:r w:rsidR="00E16C75">
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="04D345AE" w14:textId="77777777" w:rsidR="007517FE" w:rsidRDefault="007517FE">
-[...4 lines deleted...]
-    <w:p w14:paraId="52B48B0D" w14:textId="00C0FECA" w:rsidR="00C8272F" w:rsidRDefault="00C8272F" w:rsidP="00501E30">
+    <w:p w14:paraId="2990349C" w14:textId="77777777" w:rsidR="00C8272F" w:rsidRPr="00951529" w:rsidRDefault="00C8272F" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="360" w:after="240"/>
-[...2 lines deleted...]
-      <w:r>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Toc22822763"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc181970132"/>
+      <w:bookmarkStart w:id="3" w:name="_Toc219367811"/>
+      <w:r w:rsidRPr="00951529">
         <w:lastRenderedPageBreak/>
         <w:t>Scope</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-    </w:p>
-[...32 lines deleted...]
-      </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="08EF2D3B" w14:textId="5C829169" w:rsidR="003D0BE4" w:rsidRDefault="00374EA7" w:rsidP="00501E30">
-      <w:pPr>
+    <w:p w14:paraId="6C922B55" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="0065563B" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:spacing w:before="360" w:after="240"/>
       </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc379980017"/>
+      <w:bookmarkStart w:id="5" w:name="_Toc379980018"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc22822764"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc181970133"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="0065563B">
+        <w:t xml:space="preserve">This Commissioner’s Operating Policy and Procedure (COPP) applies to all </w:t>
+      </w:r>
       <w:r>
-        <w:t>This</w:t>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Youth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>Detention Centre’s  (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC’s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>) Custodial Officers and staff.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AA6D4FF" w14:textId="3CB906D2" w:rsidR="003D0BE4" w:rsidRDefault="003D0BE4" w:rsidP="008200C3">
-[...26 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="2F618DFD" w14:textId="24CB5FEB" w:rsidR="00B711AC" w:rsidRDefault="008E6337" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="_Toc219367812"/>
+      <w:r w:rsidRPr="00951529">
+        <w:t>Policy</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="8"/>
     </w:p>
-    <w:p w14:paraId="4D462D0D" w14:textId="77777777" w:rsidR="006C26EB" w:rsidRPr="009B4354" w:rsidRDefault="006C26EB" w:rsidP="008200C3"/>
-    <w:p w14:paraId="183B3393" w14:textId="3C2312BC" w:rsidR="00054CF9" w:rsidRDefault="005911E4" w:rsidP="00981655">
+    <w:p w14:paraId="539F5F7E" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">This </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">This COPP provides the policy and procedures for the restrictions and approval of items entering a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>shall be read in accordance w</w:t>
-[...41 lines deleted...]
-      </w:hyperlink>
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241F51A5" w14:textId="26C290C2" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Restrictions on items is necessary to maintain the good order, security and safety of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AD0F8B">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="32365ECD" w14:textId="77777777" w:rsidR="006C26EB" w:rsidRDefault="006C26EB" w:rsidP="00981655"/>
-    <w:p w14:paraId="231C0D55" w14:textId="25E19E8E" w:rsidR="002E27D4" w:rsidRPr="002E27D4" w:rsidRDefault="00B94257" w:rsidP="002E27D4">
+    <w:p w14:paraId="3B91CDCE" w14:textId="77777777" w:rsidR="00115D22" w:rsidRDefault="00115D22" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475FADAC" w14:textId="55C978E5" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Searches shall be conducted in accordance with </w:t>
-[...12 lines deleted...]
-          <w:t>ing</w:t>
+        <w:t xml:space="preserve">This COPP shall be read in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00115D22" w:rsidRPr="004F7CA5">
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:bCs/>
+            <w:color w:val="0000FF"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Youth Custodial Rule 9</w:t>
         </w:r>
       </w:hyperlink>
+      <w:r w:rsidR="00115D22">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0904539C" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="00A54B89" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360" w:after="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc68589795"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc211423110"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc219367813"/>
+      <w:r w:rsidRPr="00A54B89">
+        <w:t xml:space="preserve">Permitted and Unauthorised </w:t>
+      </w:r>
       <w:r>
-        <w:t>.</w:t>
-      </w:r>
+        <w:t>Items</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="06383B57" w14:textId="77777777" w:rsidR="00AD0F8B" w:rsidRPr="00A54B89" w:rsidRDefault="00162DF2" w:rsidP="00501E30">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+    <w:p w14:paraId="624BFBE6" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:widowControl w:val="0"/>
         <w:spacing w:before="360" w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc68589795"/>
-      <w:bookmarkStart w:id="5" w:name="_Toc149635567"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc68589796"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc211423111"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc219367814"/>
+      <w:r>
+        <w:t xml:space="preserve">Permitted and approved </w:t>
+      </w:r>
       <w:r w:rsidRPr="00A54B89">
-        <w:t>Permitted</w:t>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="5"/>
+        <w:t>items</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
-    <w:p w14:paraId="36493AB1" w14:textId="77777777" w:rsidR="009B197A" w:rsidRPr="00CA7863" w:rsidRDefault="00F758C0" w:rsidP="00501E30">
-[...16 lines deleted...]
-      <w:bookmarkEnd w:id="7"/>
+    <w:p w14:paraId="04B03F99" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:before="200" w:after="120"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F7CA5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="004F7CA5">
+          <w:rPr>
+            <w:rFonts w:eastAsia="MS Gothic"/>
+            <w:bCs/>
+            <w:color w:val="0000FF"/>
+            <w:szCs w:val="26"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>Youth Custodial Rule 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004F7CA5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="325D7A15" w14:textId="003A04FD" w:rsidR="00CC62E5" w:rsidRDefault="009B197A" w:rsidP="007517FE">
-[...23 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="78849224" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1066" w:hanging="357"/>
-        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B197A" w:rsidRPr="00404B20">
+        <w:t xml:space="preserve">staff are only permitted to bring into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>taff are only permitted to bring into BH</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00361875">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>Y</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009B197A" w:rsidRPr="00404B20">
+        <w:t xml:space="preserve"> items approved by the Superintendent:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E76CD0" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1066" w:hanging="357"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">DC </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000E554F">
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>items</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CC62E5" w:rsidRPr="00404B20">
+        <w:t xml:space="preserve">social visitors are only permitted to bring into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> approved by the Superintendent:</w:t>
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> items approved by the Superintendent</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="647B978C" w14:textId="705BE268" w:rsidR="00CC62E5" w:rsidRPr="00CC62E5" w:rsidRDefault="00CC62E5" w:rsidP="001B2EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="19461340" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1066" w:hanging="357"/>
-        <w:contextualSpacing w:val="0"/>
-[...38 lines deleted...]
-        <w:t>approved by the Superintendent</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">official visitors are only permitted to bring into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> items which are necessary for undertaking their professional duty or which have otherwise been approved by the Superintendent </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7471CBCB" w14:textId="210D1F08" w:rsidR="00CC62E5" w:rsidRDefault="00CC62E5" w:rsidP="001B2EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="33CA4D44" w14:textId="77777777" w:rsidR="00BD1892" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:keepNext/>
+        <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:before="200" w:after="120" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="1004" w:hanging="357"/>
       </w:pPr>
       <w:r>
-        <w:t>official v</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">contractors which have been approved by the Superintendent. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CA42734" w14:textId="77777777" w:rsidR="009B197A" w:rsidRPr="00CC62E5" w:rsidRDefault="00664F02" w:rsidP="001B2EAE">
-[...32 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w14:paraId="1A3218EF" w14:textId="1632BEB1" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="994" w:hanging="742"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">A list of unauthorised items shall be displayed in a visible position at the Gatehouse. The display shall also state ‘All other items not approved by the Superintendent are not permitted in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">’. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5080C47D" w14:textId="715A75C2" w:rsidR="009B197A" w:rsidRPr="007517FE" w:rsidRDefault="009B197A" w:rsidP="007517FE">
+    <w:p w14:paraId="7C9D2EA0" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00F435E6">
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1004"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
         <w:t xml:space="preserve">Subject to </w:t>
       </w:r>
-      <w:r w:rsidR="008F00CC" w:rsidRPr="008F00CC">
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>sections</w:t>
       </w:r>
-      <w:r w:rsidR="008F00CC" w:rsidRPr="00501E30">
-[...48 lines deleted...]
-        <w:t>occurrence book.</w:t>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> 5.1.1 and 7.2 below, mobile phones are only permitted in a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> on approval from the Superintendent. If the Superintendent gives approval for a mobile phone to enter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> this shall be documented in the Gatehouse occurrence book.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A97AA1A" w14:textId="77777777" w:rsidR="00CA4BD0" w:rsidRDefault="00CA4BD0" w:rsidP="00CA4BD0">
+    <w:p w14:paraId="396583F5" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="_Toc149635569"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc68589797"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc211423112"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc219367815"/>
       <w:r>
         <w:t>Unauthorised items</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="9"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w14:paraId="176563EA" w14:textId="77777777" w:rsidR="003B7FCD" w:rsidRPr="003B7FCD" w:rsidRDefault="003B7FCD" w:rsidP="003B7FCD">
+    <w:p w14:paraId="2230DE85" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1004"/>
       </w:pPr>
       <w:r>
         <w:t>Items which are not approved by the Superintendent are unauthorised items.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B6D1E4" w14:textId="77777777" w:rsidR="00CA4BD0" w:rsidRDefault="00CA4BD0" w:rsidP="00CA4BD0">
+    <w:p w14:paraId="4C36FDB4" w14:textId="77777777" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="1004"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">Unauthorised </w:t>
       </w:r>
       <w:r w:rsidRPr="008E177C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>items include</w:t>
       </w:r>
-      <w:r w:rsidR="00C229CB">
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>, but are not limited to,</w:t>
       </w:r>
       <w:r w:rsidRPr="008E177C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> material</w:t>
       </w:r>
-      <w:r w:rsidR="00C229CB">
+      <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="008E177C">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> which contains the following:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B9ECF0D" w14:textId="77777777" w:rsidR="00CA4BD0" w:rsidRDefault="00CA4BD0" w:rsidP="001B2EAE">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="2C928B67" w14:textId="6FBB6807" w:rsidR="004F7CA5" w:rsidRDefault="003B52A7" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>Pictures or text depicting excessive violence, racial vilification or terrorism</w:t>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>ictures or text depicting excessive violence, racial vilification or terrorism</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0679FA8C" w14:textId="3DCDC9DF" w:rsidR="00CA4BD0" w:rsidRDefault="00CA4BD0" w:rsidP="001B2EAE">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="4831A126" w14:textId="3265DBA8" w:rsidR="004F7CA5" w:rsidRDefault="003B52A7" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Sexually orientated material involving soft pornography, violence, coercion, compulsion, force bodily harm or threats</w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>exually orientated material involving soft pornography, violence, coercion, compulsion, force bodily harm or threats</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07CD87AC" w14:textId="77777777" w:rsidR="007F76DE" w:rsidRDefault="007F76DE" w:rsidP="007F76DE">
-[...2 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="498E56D6" w14:textId="2CF9D99A" w:rsidR="004F7CA5" w:rsidRPr="005A33E4" w:rsidRDefault="003B52A7" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...4 lines deleted...]
-        <w:t>Detailed information on the fabrication of drugs, weapons or explosives</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:lastRenderedPageBreak/>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">martwatches that have the capacity to insert a SIM card or has one </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004F7CA5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">pre-installed and the SIM card allows the watch to make phone calls </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="004F7CA5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">and /or access the internet. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72DA78BF" w14:textId="77777777" w:rsidR="007F76DE" w:rsidRDefault="007F76DE" w:rsidP="007F76DE">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="6B84069C" w14:textId="5833C6F7" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F7CA5">
+        <w:t xml:space="preserve">Detailed </w:t>
+      </w:r>
       <w:r>
-        <w:t>Martial arts and fighting techniques or the commission of criminal acts</w:t>
+        <w:t>information on the fabrication of drugs, weapons or explosives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42572F1D" w14:textId="77777777" w:rsidR="007F76DE" w:rsidRPr="00C00813" w:rsidRDefault="007F76DE" w:rsidP="007F76DE">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="5CC91909" w14:textId="77031EFE" w:rsidR="004F7CA5" w:rsidRDefault="003B52A7" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...4 lines deleted...]
-        <w:t>Outlaw motorcycle gang material/items</w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5">
+        <w:t>artial arts and fighting techniques or the commission of criminal acts</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25B74048" w14:textId="77777777" w:rsidR="007F76DE" w:rsidRDefault="007F76DE" w:rsidP="007F76DE">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="32A0853F" w14:textId="30CCE1B1" w:rsidR="004F7CA5" w:rsidRPr="00C00813" w:rsidRDefault="003B52A7" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...1 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>T</w:t>
-[...2 lines deleted...]
-        <w:t>he promotion of genocide or hatred or any identifiable group on grounds of colour, race, religion, ethnicity, gender or sexual orientation</w:t>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="004F7CA5" w:rsidRPr="00C00813">
+        <w:t>utlaw motorcycle gang material/items</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AC645F5" w14:textId="751AA3EF" w:rsidR="007F76DE" w:rsidRDefault="007F76DE" w:rsidP="007F76DE">
-[...3 lines deleted...]
-        <w:keepLines/>
+    <w:p w14:paraId="5AC39C6C" w14:textId="406021F8" w:rsidR="004F7CA5" w:rsidRDefault="004F7CA5" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120"/>
-[...2 lines deleted...]
-      </w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A96C2A">
+        <w:t>promotion of genocide or hatred or any identifiable group on grounds of colour, race, religion, ethnicity, gender or sexual orientation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4857B6EA" w14:textId="08E4622F" w:rsidR="004F7CA5" w:rsidRPr="004F7CA5" w:rsidRDefault="003B52A7" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t>Sexually explicit pictures or text.</w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00223C54">
+        <w:t>exual</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00223C54">
+        <w:t xml:space="preserve"> explicit pictures or text. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CC3B309" w14:textId="2E11ECB1" w:rsidR="00173AA2" w:rsidRDefault="00173AA2" w:rsidP="006C26EB">
+    <w:p w14:paraId="550911BB" w14:textId="77777777" w:rsidR="00223C54" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="11" w:name="_Toc149635570"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc68589798"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc211423113"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc219367816"/>
       <w:r>
-        <w:t xml:space="preserve">General </w:t>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+        <w:t>General entry requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
-    <w:p w14:paraId="533BE9F6" w14:textId="34DCF478" w:rsidR="007F76DE" w:rsidRPr="007F76DE" w:rsidRDefault="004B59FD" w:rsidP="007F76DE">
+    <w:p w14:paraId="5FB0390D" w14:textId="77777777" w:rsidR="00223C54" w:rsidRPr="007F76DE" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="007517FE">
-        <w:t xml:space="preserve">All </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">All staff and visitors shall be processed through the Gatehouse in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00543EAA">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 9.1 Gatehouse</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="007517FE">
-        <w:t>v</w:t>
-[...5 lines deleted...]
-        <w:r w:rsidR="003C79AC" w:rsidRPr="00543EAA">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A15A9AD" w14:textId="77777777" w:rsidR="00223C54" w:rsidRPr="007F76DE" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007517FE">
+        <w:t xml:space="preserve">In addition, processing of social or official visitors shall also be managed in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="001620C2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>COPP 9.1 Gatehouse</w:t>
-[...48 lines deleted...]
-          <w:t>and Interfacility Visits</w:t>
+          <w:t>COPP 11.2 Social and Interfacility Visits</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="007517FE">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="00FB168C" w:rsidRPr="00FB168C">
+      <w:hyperlink r:id="rId22" w:history="1">
+        <w:r w:rsidRPr="00FB168C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP</w:t>
         </w:r>
-        <w:r w:rsidR="00305411">
+        <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00FB168C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>11.3 Official Visitors</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B41F31" w:rsidRPr="007517FE">
+      <w:r w:rsidRPr="007517FE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F636A57" w14:textId="7813985E" w:rsidR="006D4DA4" w:rsidRDefault="006D4DA4" w:rsidP="004E2844">
+    <w:p w14:paraId="41CD6083" w14:textId="02687824" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc535302648"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="_Toc535302648"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">Custodial Officers shall ask questions to determine if unauthorised items are on a person (or in a vehicle entering </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w14:paraId="6A7F3D32" w14:textId="77777777" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>Custodial Officers may contact the Assistant Superintendent Security (or authorised Custodial Officer) for further advice as required.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BD89A9A" w14:textId="3482FFB9" w:rsidR="006938F3" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="_Toc181970134"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc219367817"/>
       <w:r>
-        <w:t>Custodial Officers</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> are on a person (or in a vehicle entering </w:t>
+        <w:t>Staff</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:p w14:paraId="56F23781" w14:textId="4A4DB425" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">In accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:history="1">
+        <w:r w:rsidRPr="005A33E4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Youth Custodial Rule 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">, the Superintendent has approved items which staff are permitted to bring into </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="591DAC3D" w14:textId="40169E0D" w:rsidR="00EB5568" w:rsidRPr="005A33E4" w:rsidRDefault="00EB5568" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">The items which have been approved for staff to bring into the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> are daily dose quantities of prescribed personal medication. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FC3C2B1" w14:textId="0D088FDB" w:rsidR="00EB5568" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006F05C2">
+        <w:t xml:space="preserve">The Superintendent </w:t>
       </w:r>
       <w:r>
-        <w:t>BH</w:t>
-[...2 lines deleted...]
-        <w:t>Y</w:t>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F05C2">
+        <w:t>consider</w:t>
       </w:r>
       <w:r>
-        <w:t>DC</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="12"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F05C2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId24" w:history="1">
+        <w:r w:rsidRPr="00930ED4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Youth Custodial Rule 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00930ED4">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> individual requests from staff to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">bring into </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> unauthorised items. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="75BF361E" w14:textId="11223425" w:rsidR="007F76DE" w:rsidRPr="007F76DE" w:rsidRDefault="005A2191" w:rsidP="007F76DE">
+    <w:p w14:paraId="05ED0A20" w14:textId="0C60BC42" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">Staff requesting approval for entry into </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t>Custodial Officers may contact the Assistant Superintendent Security (or authorised Custodial Officer) for further advice as required.</w:t>
+        <w:t xml:space="preserve"> with an unauthorised item shall apply to the Superintendent in writing stating the type of item, the length of time required and reasons for the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>request.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DACDFBF" w14:textId="77777777" w:rsidR="00745E82" w:rsidRDefault="00745E82" w:rsidP="00943BDF">
+    <w:p w14:paraId="3F21019D" w14:textId="385E9A5E" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">Where the Superintendent grants approval for entry of the item into </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> the staff member must show the written approval on entry to </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> every time they wish to enter.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33529A60" w14:textId="77777777" w:rsidR="00223C54" w:rsidRPr="00414575" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Custodial Officers assigned to the Gatehouse shall document the type of item accompanying the staff member in the Gatehouse occurrence book.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B21DAA5" w14:textId="3BDCDF92" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000317D">
+        <w:t xml:space="preserve">items </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">brought </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">into </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> by staff must be carried into </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> in an approved clear carry bag and secured in a locker or locked office while in </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9F40F1" w14:textId="77777777" w:rsidR="00223C54" w:rsidRPr="00EC4653" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Where staff are required to carry an approved item on person the Assistant Superintendent Security shall be informed by the staff member.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F5B9742" w14:textId="7E3FCE0B" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="993" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Staff shall be responsible for the safety and security of the item while in </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1C5D" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> and provide the Superintendent's approval on request.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D9713E5" w14:textId="51520BC3" w:rsidR="006D5848" w:rsidRDefault="00223C54" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:before="360" w:after="240"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Toc379980019"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc219367818"/>
+      <w:r>
+        <w:t>Staff Exemptions</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="25"/>
+    </w:p>
+    <w:p w14:paraId="39F5ADFF" w14:textId="107907D2" w:rsidR="00223C54" w:rsidRPr="005A33E4" w:rsidRDefault="002C1C5D" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t>Special Operations Group (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t>SOG</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">) responding to emergencies are only permitted to bring equipment into </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> that is approved by the Commissioner and in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:color w:val="000000" w:themeColor="text1"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Guidance Note – Incident Command and Control – Youth Detention Facility EMF-TOO-009</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t>. Mobile phones must</w:t>
+      </w:r>
+      <w:r w:rsidR="00847905" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">be sighted and recorded on entry and exit from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> in accordance with </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="26" w:name="_Hlk211420280"/>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/security-intelligence/security-response/Pages/srs-operational-guidance.aspx"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
         <w:rPr>
-          <w:lang w:eastAsia="en-AU"/>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:u w:val="none"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc149635571"/>
+        <w:t>Security Management Directive SMF-DIR-010.</w:t>
+      </w:r>
+      <w:r w:rsidR="00223C54" w:rsidRPr="005A33E4">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+    </w:p>
+    <w:p w14:paraId="18EF43FE" w14:textId="1F4F5A86" w:rsidR="00654D32" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360"/>
+        <w:rPr>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Toc219367819"/>
       <w:r>
         <w:rPr>
-          <w:lang w:eastAsia="en-AU"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Staff</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+        <w:t>Social Visitors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
-    <w:p w14:paraId="1C10A4C4" w14:textId="23213C9B" w:rsidR="00AB3C4E" w:rsidRDefault="00717314" w:rsidP="00943BDF">
+    <w:p w14:paraId="72556CD6" w14:textId="39259DD1" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="360" w:after="240"/>
-[...8 lines deleted...]
-        <w:r w:rsidRPr="00930ED4">
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="714" w:hanging="714"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">In accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId26" w:history="1">
+        <w:r w:rsidRPr="005A33E4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Youth Custodial Rule 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00930ED4">
-[...36 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">, the Superintendent has approved the following as items which social visitors are permitted to bring into </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6263" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E4EA5B" w14:textId="142B9C62" w:rsidR="007F76DE" w:rsidRPr="007F76DE" w:rsidRDefault="00AB3C4E" w:rsidP="007F76DE">
+    <w:p w14:paraId="523D301F" w14:textId="1099AB49" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="004E6263" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="1428" w:hanging="714"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>one</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> bottle of baby formula; and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="106C0223" w14:textId="77777777" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="1428" w:hanging="714"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>one additional nappy for any infants included in the visiting party.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B88275D" w14:textId="4482BCA3" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="714" w:hanging="714"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">Custodial Officers </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF73E4" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">ensure social visitors are informed of the restrictions on items that can be brought into </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6263" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> when visiting.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B6D0E82" w14:textId="2CBC8494" w:rsidR="00654D32" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360"/>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...328 lines deleted...]
-      <w:bookmarkStart w:id="20" w:name="_Toc149635573"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc219367820"/>
       <w:r>
         <w:rPr>
-          <w:lang w:eastAsia="en-AU"/>
+          <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Social Visitors</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="20"/>
+        <w:t>Official Visitors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="171FD963" w14:textId="51DAAB6A" w:rsidR="000219A2" w:rsidRDefault="00145C4E" w:rsidP="00943BDF">
+    <w:p w14:paraId="079339BC" w14:textId="77777777" w:rsidR="00A97C63" w:rsidRPr="00161C44" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360" w:after="240"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="_Toc68589803"/>
+      <w:bookmarkStart w:id="30" w:name="_Toc211423119"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc219367821"/>
+      <w:r>
+        <w:t>General requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
+    </w:p>
+    <w:p w14:paraId="084B5F92" w14:textId="4730BE28" w:rsidR="00A97C63" w:rsidRPr="002E27D4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:spacing w:before="360" w:after="240"/>
-[...100 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="00930ED4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:t>Youth Custodial Rule 9</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00192D4A" w:rsidRPr="00930ED4">
+      <w:r w:rsidRPr="00930ED4">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>, official</w:t>
       </w:r>
-      <w:r w:rsidR="00192D4A">
-[...4 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>isitors are permitted to bring into BH</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00361875">
+        <w:t xml:space="preserve"> visitors are permitted to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>Y</w:t>
+        <w:t xml:space="preserve">bring into </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6263" w:rsidRPr="005A33E4">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> items which are necessary for undertaking their professional</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">DC </w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> duty. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72738595" w14:textId="3F58119B" w:rsidR="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> which are necessary for undertaking their professional duty. </w:t>
+        <w:t>The following items are not considered necessary to performing the duties of official visitors and are therefore not permitted unless approved by the</w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Superintendent:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F7FAF18" w14:textId="77777777" w:rsidR="00C113F1" w:rsidRPr="003A7F41" w:rsidRDefault="00C113F1" w:rsidP="006C26EB">
-[...63 lines deleted...]
-    <w:p w14:paraId="5488ED85" w14:textId="50E1B815" w:rsidR="00424F8A" w:rsidRDefault="00424F8A" w:rsidP="001B2EAE">
+    <w:p w14:paraId="02572925" w14:textId="2658BF06" w:rsidR="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...4 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:ind w:left="1276" w:hanging="567"/>
       </w:pPr>
       <w:r>
-        <w:t>electronic tablets (except as set out in</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">electronic tablets (except as set out in section </w:t>
       </w:r>
       <w:r w:rsidRPr="00943BDF">
         <w:t>7.2</w:t>
       </w:r>
-      <w:r w:rsidR="006C26EB">
+      <w:r>
         <w:t xml:space="preserve"> below)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="240CDF49" w14:textId="77777777" w:rsidR="00424F8A" w:rsidRPr="00AB3DB2" w:rsidRDefault="00424F8A" w:rsidP="001B2EAE">
+    <w:p w14:paraId="36D7130A" w14:textId="24CC6E56" w:rsidR="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AB3DB2">
+        <w:ind w:left="1276" w:hanging="567"/>
+      </w:pPr>
+      <w:r>
         <w:t>removable media</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CDEB070" w14:textId="77777777" w:rsidR="00424F8A" w:rsidRPr="00AB3DB2" w:rsidRDefault="00424F8A" w:rsidP="001B2EAE">
+    <w:p w14:paraId="0BB5C5D5" w14:textId="10E39EC7" w:rsidR="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AB3DB2">
+        <w:ind w:left="1276" w:hanging="567"/>
+      </w:pPr>
+      <w:r>
         <w:t>SIM cards</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="26238604" w14:textId="77777777" w:rsidR="00424F8A" w:rsidRDefault="00424F8A" w:rsidP="001B2EAE">
+    <w:p w14:paraId="7910FDBC" w14:textId="7E84B400" w:rsidR="00A97C63" w:rsidRPr="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:keepNext/>
         <w:keepLines/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="32"/>
         </w:numPr>
-        <w:tabs>
-[...7 lines deleted...]
-        <w:t>cable connection or other method of connectivity.</w:t>
+        <w:ind w:left="1276" w:hanging="567"/>
+      </w:pPr>
+      <w:r>
+        <w:t>cable connection or other method of connectivity</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1695">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD90C50" w14:textId="77777777" w:rsidR="00CF2B5D" w:rsidRDefault="00CF2B5D" w:rsidP="006C26EB">
+    <w:p w14:paraId="726F6127" w14:textId="02391071" w:rsidR="00DC468E" w:rsidRPr="005A33E4" w:rsidRDefault="004E6263" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> be declared on arrival and exit at the Gatehouse.</w:t>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>Where an o</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">fficial </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t>isitor request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> written approval from the Superintendent to bring an unauthorised item into </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t>, Clerical Staff managing the visit, shall</w:t>
+      </w:r>
+      <w:r w:rsidR="009F43CF" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">forward the request to the Security Team in accordance with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">section </w:t>
+      </w:r>
+      <w:r w:rsidR="00A97C63" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">8.1.5 of this COPP. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10BA3022" w14:textId="77777777" w:rsidR="009174F4" w:rsidRPr="009174F4" w:rsidRDefault="009174F4" w:rsidP="006C26EB">
+    <w:p w14:paraId="409EC9AB" w14:textId="04BD6F9C" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Custodial </w:t>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>All items shall be declared on arrival and exit at the Gatehouse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F79E739" w14:textId="77777777" w:rsidR="00A97C63" w:rsidRPr="009174F4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>Custodial Officers conducting searches shall have consideration of</w:t>
       </w:r>
       <w:r w:rsidRPr="00E15EA1">
-        <w:t xml:space="preserve">Officers </w:t>
-[...5 lines deleted...]
-        <w:t>shall have consideration of confidentiality of materials being searched.</w:t>
+        <w:t xml:space="preserve"> confidentiality of materials being searched.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51D53E60" w14:textId="77777777" w:rsidR="00427D03" w:rsidRPr="00427D03" w:rsidRDefault="00CF2319" w:rsidP="006C26EB">
+    <w:p w14:paraId="378CAC92" w14:textId="43FA6E9E" w:rsidR="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>Ac</w:t>
       </w:r>
       <w:r w:rsidRPr="00AB3DB2">
         <w:t xml:space="preserve">cess </w:t>
       </w:r>
       <w:r>
-        <w:t>by</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00A7732F" w:rsidRPr="00AB3DB2">
+        <w:t xml:space="preserve">by official visitors </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3DB2">
         <w:t>to the internet or other computers or devices via any form of wireless connectivity</w:t>
       </w:r>
-      <w:r w:rsidR="00A7732F">
-[...3 lines deleted...]
-        <w:t>not permitted, unless approved by the Superintendent.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> is not permitted, unless approved by the Superintendent</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1695">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CC6C149" w14:textId="77777777" w:rsidR="00D62277" w:rsidRPr="00161C44" w:rsidRDefault="00D62277" w:rsidP="00D62277">
+    <w:p w14:paraId="6A3BEE64" w14:textId="6A550C09" w:rsidR="00A97C63" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="_Toc219367822"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Emergency services</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:bookmarkEnd w:id="27"/>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="6FF21A9B" w14:textId="77777777" w:rsidR="00427D03" w:rsidRPr="007517FE" w:rsidRDefault="00D62277" w:rsidP="007517FE">
-      <w:r w:rsidRPr="007517FE">
+    <w:p w14:paraId="04BD7C70" w14:textId="16AD38FA" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
         <w:t xml:space="preserve">Emergency Services </w:t>
       </w:r>
-      <w:r w:rsidR="00A523DC" w:rsidRPr="007517FE">
-[...19 lines deleted...]
-      <w:r w:rsidR="00F44776" w:rsidRPr="007517FE">
+      <w:r w:rsidR="004E6263" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">(i.e. St John’s Ambulance and the Department of Fire and Emergency Services) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">are permitted to bring any equipment into </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6263" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> that is necessary to respond to an emergency. This includes mobile phones, iPads or electronic tablets that </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>have the ability to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> transmit critical data. Mobile phones must be sighted and recorded on entry and exit from the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CC7CFB" w14:textId="77777777" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="578" w:hanging="578"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="_Toc68589805"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc211423121"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc219367823"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>Western Australia Police Force Officers, Australian Federal Police</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E0D39C0" w14:textId="3E0C2E75" w:rsidR="00A97C63" w:rsidRPr="005A33E4" w:rsidRDefault="00A97C63" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">Officers of the Western Australian (WA) Police Force and Australian Federal Police (AFP) are permitted to bring equipment </w:t>
+      </w:r>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">into the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>including audio and video equipment and documentation that is necessary for the purposes of carrying out an investigation, interview or assisting in incidents</w:t>
+      </w:r>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="_Hlk213154060"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">WA Police Force Officers and AFP </w:t>
+      </w:r>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t>bringing a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> mobile phone into </w:t>
+      </w:r>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>shall declare</w:t>
+      </w:r>
+      <w:r w:rsidR="007757E5" w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> these items</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> upon entry and exit.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35F3ADB6" w14:textId="6C550C2F" w:rsidR="00427D03" w:rsidRDefault="0071668D" w:rsidP="007517FE">
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w14:paraId="7023F997" w14:textId="77777777" w:rsidR="008752C1" w:rsidRDefault="008403C8" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:keepNext w:val="0"/>
-[...48 lines deleted...]
-      </w:r>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="709" w:hanging="709"/>
+      </w:pPr>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve">Firearms shall not be brought into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A33E4">
+        <w:t xml:space="preserve"> and shall be secured in the weapons</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008752C1">
+        <w:t xml:space="preserve"> safe and managed in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId28" w:history="1">
+        <w:r w:rsidRPr="008752C1">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 9.1 Gatehouse</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="008752C1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="_Toc68589806"/>
+      <w:bookmarkStart w:id="38" w:name="_Toc211423122"/>
     </w:p>
-    <w:p w14:paraId="1D7E00BF" w14:textId="77777777" w:rsidR="00EC6C74" w:rsidRPr="00055036" w:rsidRDefault="00EC6C74" w:rsidP="00EC6C74">
+    <w:p w14:paraId="0D88ADE4" w14:textId="77777777" w:rsidR="008752C1" w:rsidRDefault="008403C8" w:rsidP="00D32D6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...106 lines deleted...]
-      <w:bookmarkStart w:id="32" w:name="_Toc149635578"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="578" w:hanging="578"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="_Toc219367824"/>
       <w:r w:rsidRPr="00FF3A0B">
         <w:t>Legal practitioners</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:bookmarkEnd w:id="39"/>
     </w:p>
-    <w:p w14:paraId="32F70BC9" w14:textId="400176E9" w:rsidR="00B804D0" w:rsidRPr="00FF3A0B" w:rsidRDefault="00B804D0" w:rsidP="00B804D0">
+    <w:p w14:paraId="54283F8D" w14:textId="77777777" w:rsidR="007757E5" w:rsidRDefault="008403C8" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="728" w:hanging="728"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00497764">
+        <w:t xml:space="preserve">Staff from Legal Aid Western Australia (LAWA) and Aboriginal Legal Services (ALS) who are visiting young people in an official capacity are authorised to bring agency issued (Internet enabled with sim card) laptops into Youth Detention Centres the </w:t>
+      </w:r>
+      <w:r w:rsidR="008752C1">
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00497764">
+        <w:t>ollowing procedures shall apply:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6247B7A6" w14:textId="77777777" w:rsidR="007757E5" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="2081"/>
+        </w:tabs>
+        <w:ind w:left="1456" w:hanging="728"/>
         <w:rPr>
-          <w:szCs w:val="24"/>
+          <w:rFonts w:eastAsia="MS Gothic"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FF3A0B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> the following procedures shall apply:</w:t>
+      <w:r w:rsidRPr="007757E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t>Laptops must be declared on entry and exit from the Youth Detention Centre and display an agency asset sticker which is clear and legible.</w:t>
+      </w:r>
+      <w:r w:rsidR="007757E5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="055CC9B1" w14:textId="77777777" w:rsidR="0084361F" w:rsidRPr="00FF3A0B" w:rsidRDefault="00B804D0" w:rsidP="00C952A4">
+    <w:p w14:paraId="7D097A95" w14:textId="75553E66" w:rsidR="008403C8" w:rsidRPr="007757E5" w:rsidRDefault="008752C1" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="2081"/>
+        </w:tabs>
+        <w:ind w:left="1456" w:hanging="728"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008752C1">
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="008403C8" w:rsidRPr="008752C1">
+        <w:t xml:space="preserve">here </w:t>
+      </w:r>
+      <w:r w:rsidR="00987851" w:rsidRPr="008752C1">
+        <w:t>two</w:t>
+      </w:r>
+      <w:r w:rsidR="008403C8" w:rsidRPr="008752C1">
+        <w:t xml:space="preserve"> Factor Authorisation is required to connect the agency issued laptop to the Internet, this must be completed prior to entering the Youth Detention Centre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B25772" w14:textId="79727EBC" w:rsidR="007757E5" w:rsidRDefault="007757E5" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="2081"/>
+        </w:tabs>
+        <w:ind w:left="1456" w:hanging="728"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008752C1">
+        <w:t>The agency issued laptops must be retained by LAWA or ALS staff throughout the visit, and ensure young people only view relevant information displayed on the device in their presence and ensure young people do not have physical access to the device</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE1695">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3862F9F6" w14:textId="77777777" w:rsidR="00497764" w:rsidRPr="00497764" w:rsidRDefault="008403C8" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...66 lines deleted...]
-      <w:r w:rsidRPr="00FF3A0B">
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="728" w:hanging="728"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Other </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC6C74" w:rsidRPr="00FF3A0B">
+      </w:pPr>
+      <w:r w:rsidRPr="00497764">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Legal practitioners, who are visiting </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007658CD" w:rsidRPr="00FF3A0B">
+        <w:t>Other Legal practitioners, who are visiting young people in an official capacity, are permitted to bring the following:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C56E266" w14:textId="77777777" w:rsidR="00497764" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="2073"/>
+        </w:tabs>
+        <w:ind w:left="1448" w:hanging="728"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008403C8">
+        <w:t xml:space="preserve">laptop (with Wi-Fi turned off) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2211F8F0" w14:textId="77777777" w:rsidR="00497764" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="2073"/>
+        </w:tabs>
+        <w:ind w:left="1448" w:hanging="728"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008403C8">
+        <w:t>documents necessary for the interview</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F54BBF3" w14:textId="77777777" w:rsidR="00497764" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="360"/>
+          <w:tab w:val="num" w:pos="2073"/>
+        </w:tabs>
+        <w:ind w:left="1448" w:hanging="728"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008403C8">
+        <w:t>dictaphone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008403C8">
+        <w:t xml:space="preserve"> (without Wi-Fi capability).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF5BE59" w14:textId="77777777" w:rsidR="00497764" w:rsidRPr="00497764" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="728" w:hanging="728"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>young people</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC6C74" w:rsidRPr="00FF3A0B">
+      </w:pPr>
+      <w:r w:rsidRPr="00497764">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>The legal practitioner shall be permitted to display video or other photographic media on their laptop relating to their official business.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="_Toc68589807"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc211423124"/>
     </w:p>
-    <w:p w14:paraId="43389151" w14:textId="5D202F27" w:rsidR="00EC6C74" w:rsidRDefault="00EC6C74" w:rsidP="00EC6C74">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="78FA2809" w14:textId="77777777" w:rsidR="00497764" w:rsidRDefault="008403C8" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="_Toc219367825"/>
       <w:r>
-        <w:t>l</w:t>
-[...2 lines deleted...]
-        <w:t>aptop</w:t>
+        <w:t>Official visitors with statutory powers of entry</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w14:paraId="584A56FB" w14:textId="2FDED64F" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00497764">
+        <w:t xml:space="preserve">Official visitors with statutory powers to enter </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00497764">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00497764">
+        <w:t>, such as staff from the State Coroner’s office, Office of the Inspector Custodial Services (OICS) and the</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> (with Wi-Fi turned off)</w:t>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Ombudsman WA and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>Worksafe</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> may bring into </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> any equipment necessary for performing their official duties.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4639A868" w14:textId="77777777" w:rsidR="00EC6C74" w:rsidRDefault="00EC6C74" w:rsidP="00EC6C74">
-[...8 lines deleted...]
-        <w:t>documents necessary for the interview</w:t>
+    <w:p w14:paraId="09C04D38" w14:textId="3FC7B161" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE3930">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Judges of the Supreme Court or District Court and members of </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">their </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">investigatory staff may bring into </w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> any equipment necessary for the recording of hearings or otherwise performing their duties.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53B0BD87" w14:textId="5854BF3F" w:rsidR="00EC6C74" w:rsidRDefault="00EC6C74" w:rsidP="00EC6C74">
-[...6 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="78CFE86D" w14:textId="5C92A265" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="_Toc219367826"/>
       <w:r>
-        <w:t>Dictaphone (without Wi-Fi capability).</w:t>
-      </w:r>
+        <w:t>Visitor Requests</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
-    <w:p w14:paraId="295C0ED8" w14:textId="77777777" w:rsidR="00F12934" w:rsidRPr="00216D2F" w:rsidRDefault="00F12934" w:rsidP="00F12934">
+    <w:p w14:paraId="315CB5F4" w14:textId="4084F960" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">The </w:t>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006F05C2">
+        <w:t xml:space="preserve">The Superintendent </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">legal practitioner </w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">shall be permitted to display video or other photographic media </w:t>
+        <w:t xml:space="preserve">may </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F05C2">
+        <w:t>consider</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">on their laptop </w:t>
-[...2 lines deleted...]
-        <w:t>relating to the</w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F05C2">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>ir</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId29" w:history="1">
+        <w:r w:rsidRPr="00930ED4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Youth Custodial Rule 9</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00930ED4">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">individual request from Social Visitors and Official Visitors to bring unauthorised items into </w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CBD2376" w14:textId="77777777" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>Where possible, such requests must be requested at least 1 day prior to the visit unless urgent circumstances exist (for example, new evidence to be shown to the young person prior to a trial or hearing).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F064D32" w14:textId="41BB5FF9" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Where a Social Visitor or </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="_Hlk212204218"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Official Visitor requests approval to bring an unauthorised item into </w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">, the Custodial Officer shall inform the </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>Senior Officer assigned to the Gatehouse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FCC3D25" w14:textId="5B01726E" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">The Senior Officer </w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">assigned to the Gatehouse </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">shall determine the type of item and the reasons for requesting entry of the item or material into </w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5952A74E" w14:textId="77777777" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>The relevant staff member managing the visit, shall forward the request to the Security Team, who reviews the request and if the request is valid, forward to the Superintendent to seek their written approval.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E946B5" w14:textId="7E59D970" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>Where the Superintendent grants written approval, the Security Team shall create a Gatehouse pass and provide to the Senior Officer assigned to the Gatehouse.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A4A72C2" w14:textId="77777777" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>The Senior Officer assigned to the Gatehouse shall document the type of item and the approval in the Gatehouse occurrence book.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7521509E" w14:textId="7C1EA520" w:rsidR="008403C8" w:rsidRPr="00B24960" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Custodial Officers rostered to the Gatehouse shall check that the approved item is with the visitor on exiting </w:t>
+      </w:r>
+      <w:r w:rsidR="003E473B" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> and document the removal in the</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Gatehouse occurrence book.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A1EBCEE" w14:textId="77777777" w:rsidR="008403C8" w:rsidRPr="00305411" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:ind w:left="616" w:hanging="574"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55508">
+        <w:t>Items</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> not permitted or approved by the Superintendent shall be secured in a locker located near the reception desk.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A3293CB" w14:textId="5D7DF7A5" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="_Toc219367827"/>
+      <w:r>
+        <w:t>Contractors</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w14:paraId="16B58C7C" w14:textId="77777777" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:ind w:left="644" w:hanging="560"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Contractors are only permitted to bring into a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> items that are necessary for performing the works or services that they have been contracted to perform. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DDB1F5A" w14:textId="0FDDC17B" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:ind w:left="644" w:hanging="560"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Contractors requiring tools to be taken into </w:t>
+      </w:r>
+      <w:r w:rsidR="0091173E" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> shall be required to provide the Gatehouse staff with a tool inventory which shall be checked prior to entry and exit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A4EA346" w14:textId="77777777" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="644" w:hanging="560"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Tool management shall be in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId30" w:history="1">
+        <w:r w:rsidRPr="00081E1C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP 9.8 Tools and Materials</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51476550" w14:textId="77777777" w:rsidR="00F12934" w:rsidRPr="00414575" w:rsidRDefault="00F12934" w:rsidP="00F12934">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3FB0B49E" w14:textId="29C2A579" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="00D32D6A">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="_Toc219367828"/>
+      <w:r>
+        <w:t>Loss of Items or Materials</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="46"/>
     </w:p>
-    <w:p w14:paraId="0182060D" w14:textId="77777777" w:rsidR="00041CDA" w:rsidRDefault="00041CDA" w:rsidP="00D62277">
-[...6 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
+    <w:p w14:paraId="572D85EF" w14:textId="199A0032" w:rsidR="008403C8" w:rsidRPr="00817FA4" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360" w:after="240"/>
+        <w:ind w:left="709" w:hanging="681"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">Any items which are taken into </w:t>
+      </w:r>
+      <w:r w:rsidR="0091173E" w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00817FA4">
+        <w:t xml:space="preserve"> and are lost or stolen shall be reported immediately to the Assistant Superintendent Security.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08780568" w14:textId="77777777" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="001B691D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="200"/>
+        <w:ind w:left="709" w:hanging="681"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>Official visitors with statutory powers of entry</w:t>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="35"/>
+        <w:t xml:space="preserve">The staff member shall report the incident in accordance with </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId31" w:history="1">
+        <w:r w:rsidRPr="00C31BAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>COPP</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C31BAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>8.1</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t> </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00C31BAE">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Incident Reporting</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="525E641A" w14:textId="2D927DC4" w:rsidR="00414575" w:rsidRPr="00414575" w:rsidRDefault="00041CDA" w:rsidP="00414575">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7F2E61F9" w14:textId="4E10E2EB" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="008752C1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="_Toc219367829"/>
       <w:r>
-        <w:t>Official visitors with statutory powers to enter BH</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>Annexures</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="47"/>
+    </w:p>
+    <w:p w14:paraId="7FC4B5EC" w14:textId="575FDA6C" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="008752C1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="_Toc219367830"/>
       <w:r>
-        <w:t>DC</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Related </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t xml:space="preserve"> such </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">staff from the State </w:t>
-[...39 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> and documents</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
-    <w:p w14:paraId="7A6A3323" w14:textId="43778BBA" w:rsidR="00414575" w:rsidRPr="00414575" w:rsidRDefault="00041CDA" w:rsidP="00900F3A">
-[...1 lines deleted...]
-        <w:pStyle w:val="Heading3"/>
+    <w:p w14:paraId="200E2EE2" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0091173E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>COPPs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5A38A419" w14:textId="5BCDB458" w:rsidR="0091173E" w:rsidRPr="00A418B6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="720"/>
-      </w:pPr>
-[...519 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...33 lines deleted...]
-        <w:spacing w:after="120"/>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
+        <w:instrText xml:space="preserve"> HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00305411">
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>Related COPPs</w:t>
-[...6 lines deleted...]
-      <w:r>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
+        <w:t>COPP 8.1 Incident Reporting</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49FC48B8" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A418B6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>COPP 9.1 Gatehouse</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E7E9B6C" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A418B6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>COPP 9.6 Searching</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1D839C" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A418B6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>COPP 9.8 Tools and Materials</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="294EB770" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A418B6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COPP 11.2 Social Visits and Interfacility Visits </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BE00D44" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+        </w:rPr>
+        <w:t>COPP 11.3 Official Visitors.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D69D1C7" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00817FA4" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="357" w:hanging="357"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00817FA4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Documents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D8C773F" w14:textId="77777777" w:rsidR="004A4D5B" w:rsidRPr="00A418B6" w:rsidRDefault="004A4D5B" w:rsidP="004A4D5B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00930ED4">
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx"</w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
-      </w:r>
-      <w:r>
+        <w:t>Youth Custodial Rule  9 – Approved  and Unauthorised Items</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA1A499" w14:textId="10C79F94" w:rsidR="0091173E" w:rsidRPr="00817FA4" w:rsidRDefault="004A4D5B" w:rsidP="004A4D5B">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A418B6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-        </w:rPr>
-[...36 lines deleted...]
-          <w:rStyle w:val="Hyperlink"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00744E0B">
-[...8 lines deleted...]
-      <w:r w:rsidR="009B5D53" w:rsidRPr="00744E0B">
+      <w:hyperlink r:id="rId32" w:history="1">
+        <w:r w:rsidR="0091173E" w:rsidRPr="00817FA4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Guidance Note – Incident Command and Control – Youth Detention Facility EMF-TOO-009</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="47344B3D" w14:textId="35C3F833" w:rsidR="00030692" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="720"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId33" w:history="1">
+        <w:r w:rsidRPr="00817FA4">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>Security Management Directive SMF-DIR-010.</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00030692">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A1581C3" w14:textId="77777777" w:rsidR="00030692" w:rsidRDefault="00030692">
+      <w:pPr>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>COPP 8.1 Incident Reporting</w:t>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6870B371" w14:textId="29664405" w:rsidR="00081E1C" w:rsidRPr="00744E0B" w:rsidRDefault="00456443" w:rsidP="007517FE">
-[...69 lines deleted...]
-    <w:p w14:paraId="68EAE5B9" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="003D708E">
+    <w:p w14:paraId="28996845" w14:textId="2FED8AD7" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc68589813"/>
-[...2 lines deleted...]
-        <w:t>Definitions and acronyms</w:t>
+      <w:bookmarkStart w:id="49" w:name="_Toc219367831"/>
+      <w:r w:rsidRPr="00A214EF">
+        <w:lastRenderedPageBreak/>
+        <w:t>Definitions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
-      <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="191"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2116"/>
         <w:gridCol w:w="7052"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="6DE22BDA" w14:textId="77777777" w:rsidTr="0039239E">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00A214EF" w14:paraId="74B00CE2" w14:textId="77777777" w:rsidTr="0091173E">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="286FABC1" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00CF6125" w:rsidRDefault="003D708E" w:rsidP="00DF778C">
+          <w:p w14:paraId="7A10F757" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A214EF">
               <w:t>Term</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1CC5EE" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00CF6125" w:rsidRDefault="003D708E" w:rsidP="00DF778C">
+          <w:p w14:paraId="77EDB119" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A214EF">
               <w:t xml:space="preserve">Definition </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w:rsidRPr="000E6F0A" w14:paraId="276FFB02" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00A214EF" w14:paraId="2D267AAB" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18B935B8" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="0068010C" w:rsidRDefault="00D45E5C" w:rsidP="00F60609">
+          <w:p w14:paraId="65392A7D" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00875028">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="00E338C8">
+            <w:r w:rsidRPr="00A214EF">
               <w:t>Agency Issued Laptop</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9DB5D5" w14:textId="0FC093D1" w:rsidR="00FB7D69" w:rsidRPr="00E338C8" w:rsidRDefault="00FB7D69" w:rsidP="00D45E5C">
+          <w:p w14:paraId="5D1FEF26" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00E338C8">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Laptops (Internet enabled with sim card) which are provided by Legal Aid Western Australia (LAWA) or Aboriginal Legal Services (ALS) approved to be used during official visits</w:t>
+              <w:t>Laptops (Internet enabled with sim card) which are provided by Legal Aid Western Australia (LAWA) or Aboriginal Legal Services (ALS) approved to be used during official visits.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w:rsidRPr="000E6F0A" w14:paraId="433D72A0" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00344FBE" w14:paraId="415A28A8" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DFD5186" w14:textId="37B2116D" w:rsidR="00D45E5C" w:rsidRPr="00875028" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="383CC13F" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0068010C">
-[...15 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t xml:space="preserve">Commissioner’s Operating Policy and Procedures (COPP) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A2D3455" w14:textId="798CF37F" w:rsidR="00D45E5C" w:rsidRPr="00875028" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="0DCE6089" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00344FBE" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="0068010C">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0068010C">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
-                <w:i/>
+                <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Young Offenders Act 1994.</w:t>
+              <w:t>Operational Instrument that provides instructions to staff how the relevant legislative requirements are implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w:rsidRPr="000E6F0A" w14:paraId="0FB68B4C" w14:textId="77777777" w:rsidTr="00F6659D">
-[...34 lines deleted...]
-      <w:tr w:rsidR="00D45E5C" w:rsidRPr="000E6F0A" w14:paraId="25607389" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00DB0114" w14:paraId="39821020" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="690AAB10" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="005435AD" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="3AD69A69" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
-              <w:rPr>
-[...32 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Contractor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42073FFA" w14:textId="2BE62EF8" w:rsidR="002E1530" w:rsidRPr="00DB0114" w:rsidRDefault="002E1530" w:rsidP="00816447">
+          <w:p w14:paraId="55EE7EC4" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00DB0114" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Any person that provides services or works for the infrastructure at Banksia Hill </w:t>
-[...11 lines deleted...]
-              <w:t>Detention Centre.</w:t>
+              <w:t>Any person that provides services or works for the infrastructure at a Youth Detention Centre.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EA4FA5" w:rsidRPr="000E6F0A" w14:paraId="1E667AA9" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00DB0114" w14:paraId="2F003D0C" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27EDCA08" w14:textId="77777777" w:rsidR="00EA4FA5" w:rsidRDefault="00EA4FA5" w:rsidP="00D45E5C">
+          <w:p w14:paraId="4DB17D2E" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Custodial Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="686C50D9" w14:textId="77777777" w:rsidR="00EA4FA5" w:rsidRPr="00DB0114" w:rsidRDefault="00BE61E1" w:rsidP="00D45E5C">
+          <w:p w14:paraId="2D1C3A95" w14:textId="5258E872" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BE61E1">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">An officer with custodial functions, appointed under section 11(1) of the </w:t>
+              <w:t xml:space="preserve">In accordance with section 11 (1a)(a) of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE61E1">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BE61E1">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>; or a person who is appointed under section 11(1a)(a) as a custodial officer. This includes but is not limited to Youth Custodial Officers, Unit Managers and Senior Officers.</w:t>
+              <w:t>, a Custodial Officer is a person appointed as a custodial officer for non-administrative functions</w:t>
+            </w:r>
+            <w:r w:rsidR="00A214EF" w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="4C19E567" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00344FBE" w14:paraId="4BF00389" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7C7976" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00CF03BB" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="3732C3CF" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00CF03BB" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF03BB">
               <w:t>Delegate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E4C9C6E" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00344FBE" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="318EBCDC" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>An officer delegated a function in accordance with s 197</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t>An officer delegated a function in accordance with section 197</w:t>
             </w:r>
-            <w:r w:rsidRPr="00581EAE">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Mincho"/>
                 <w:i/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00581EAE">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="5A13AFC1" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w14:paraId="4242FD05" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18827829" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00CF03BB" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="51C480C6" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00CF03BB" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Detainee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="60488B45" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00712188" w:rsidP="00712188">
+          <w:p w14:paraId="7A8D1C3E" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
-              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00712188">
-              <w:t>Means a person who is detained in a d</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Means a person who is detained in a detention centre</w:t>
             </w:r>
-            <w:r w:rsidR="00225927">
-              <w:t xml:space="preserve">etention centre as defined in s </w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00712188">
-              <w:t xml:space="preserve">3 </w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">as defined in section 3 of the </w:t>
             </w:r>
-            <w:r w:rsidRPr="00712188">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:i/>
+                <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
-            <w:r w:rsidRPr="00712188">
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:iCs/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or, a young person subject to a custody order or an interim or extended custody order under the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:i/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Criminal Law (Mental Impairment) Act 2023.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12818172" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+            <w:pPr>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0D4F9CE7" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>For the purpose of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this COPP, all references to ‘detainee’ will be replaced with the term ‘young person/people’.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="4F9C4ABA" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00A53906" w14:paraId="7D34858E" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="404A6936" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="1EF17E03" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00A53906">
-              <w:lastRenderedPageBreak/>
               <w:t>Electronic Tablet</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01B31E41" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00A53906" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="317C00B9" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A53906" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">A </w:t>
             </w:r>
             <w:r w:rsidRPr="00A53906">
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">portable computer that uses a </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r w:rsidRPr="00A53906">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>touchscreen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A53906">
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve"> as its primary </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidRPr="00A53906">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>input device</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00A53906">
               <w:rPr>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t xml:space="preserve">. Most tablets are slightly smaller and weigh less than the average </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r w:rsidRPr="00A53906">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                   <w:lang w:val="en"/>
                 </w:rPr>
                 <w:t>laptop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="477CADE4" w14:textId="77777777" w:rsidTr="00433CCC">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00524718" w:rsidDel="00DE61D6" w14:paraId="4C56D614" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39EB945E" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="62F49C4F" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidDel="00DE61D6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
-            </w:pPr>
-            <w:r>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Guiding Principles for Corrections in Australia, 2018 </w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Firearms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1DA7BFFA" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00524718" w:rsidP="00D45E5C">
+          <w:p w14:paraId="5D1D6920" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidDel="00DE61D6" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
-            </w:pPr>
-            <w:r w:rsidRPr="00524718">
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>The guidelines and the accompanying principles constitute outcomes or goals to be achieved, rather than a set of absolute standards or laws to be enforced. They represent a statement of intent that each Australian State and Territory can use to develop their own range of relevant legislative policy and performance standards to reflect best practice and community demands.</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Any lethal firearm and any other weapon of any description from which any shot, bullet, or other missile can be discharged or propelled or which, by any alteration in the construction or fabric thereof, can be made capable of discharging or propelling any shot, bullet or other missile, but does not include anything that is prescribed in regulations under the Weapons Act 1999 to be a prohibited weapon or a controlled weapon.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="2A4FA64A" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w14:paraId="1555B75B" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1527D607" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00CF03BB" w:rsidRDefault="005A19A4" w:rsidP="00D45E5C">
+          <w:p w14:paraId="3A5F94DC" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00CF03BB" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005A19A4">
-              <w:t>Independent Detention Centre Visitors (IDCV)</w:t>
+              <w:t>Independent Detention Centre Visitors (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A19A4">
+              <w:t>IDCV</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A19A4">
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="344A87FC" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="005A19A4" w:rsidP="00D45E5C">
+          <w:p w14:paraId="7FDE7C5B" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="005A19A4">
               <w:t xml:space="preserve">Under the </w:t>
             </w:r>
             <w:r w:rsidRPr="005A19A4">
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
               </w:rPr>
               <w:t>Inspector of Custodial Services Act 2003</w:t>
             </w:r>
             <w:r w:rsidRPr="005A19A4">
-              <w:t>, the Minister for Corrective Services appoints Independent Visitors on the advice of the Inspector of Custodial Services, and the Inspector administers the service on behalf of the Minister. IDCV reports assist the Inspector to provide advice to the Minister and to inform the work of OICS.</w:t>
+              <w:t xml:space="preserve">, the Minister for Corrective Services appoints Independent Visitors on the advice of the Inspector of Custodial Services, and the Inspector administers the service on behalf of the Minister. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005A19A4">
+              <w:t>IDCV</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005A19A4">
+              <w:t xml:space="preserve"> reports assist the Inspector to provide advice to the Minister and to inform the work of OICS.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="768917DA" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00344FBE" w14:paraId="1C773FB3" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAB3342" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="0062336C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="1467E11F" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="0062336C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0062336C">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
               <w:t>Legal Practitioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5EDA44AA" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00344FBE" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="70342B8A" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00344FBE" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0062336C">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>An Australian lawyer who holds a current local practising certificate</w:t>
+              <w:t xml:space="preserve">An </w:t>
             </w:r>
-            <w:r w:rsidRPr="0062336C">
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Australian lawyer who holds a current local practising certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A214EF">
               <w:t xml:space="preserve"> as defined in the </w:t>
             </w:r>
-            <w:r w:rsidRPr="0062336C">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>Legal Profession Act 2008</w:t>
+              <w:t>Legal Profession Uniform Law Application Act 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="6F97C575" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="0062336C" w14:paraId="74D45344" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04650E32" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="0062336C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="25D38587" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="0062336C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Office of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00A920F8">
-              <w:t>Inspector of Custodial Services</w:t>
+              <w:t xml:space="preserve">Inspector of Custodial </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A920F8">
+              <w:lastRenderedPageBreak/>
+              <w:t>Services</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (OICS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33DE3B5A" w14:textId="6012FD20" w:rsidR="00D45E5C" w:rsidRPr="0062336C" w:rsidRDefault="005A19A4" w:rsidP="00D45E5C">
+          <w:p w14:paraId="3EB65B2B" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="0062336C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A19A4">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>The Office of the Inspector of Custodial Services oversees the way people in custody are managed. They conduct regular inspections and reviews of pri</w:t>
             </w:r>
-            <w:r w:rsidR="00F323FE">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">sons, work camps, court custody </w:t>
             </w:r>
-            <w:r w:rsidR="00F323FE" w:rsidRPr="005A19A4">
-[...5 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="005A19A4">
               <w:rPr>
                 <w:bCs/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and the detention facility holding young people. They are independent</w:t>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">centers and the detention facility holding young people. They are independent. They report directly to Parliament and reports are also available to the public. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="0A2F4A18" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00784840" w14:paraId="0331B049" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7F0A92" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="108B3EF5" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00263F2C">
+              <w:lastRenderedPageBreak/>
               <w:t>Officers and Employees of Particular Classes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C560A0" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00263F2C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="48FAFC2B" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">The following descriptions of classes of officers and employees are prescribed for the purpose of s 11(1a)(b) of the </w:t>
+              <w:t>The following descriptions of classes of officers and employees are prescribed for the purpose of s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ection</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00263F2C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 11(1a)(b) of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Young Offenders Act 1994</w:t>
             </w:r>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">, in r 49(2) of the </w:t>
+              <w:t>, in r</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>egulation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00263F2C">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 49(2) of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Young Offender Regulations 1995</w:t>
             </w:r>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F18AEF1" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00263F2C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="5FA8DC2E" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>(a) Medical staff persons who have undergone medical, nursing or health training and hold qualifications indicating successful completion of that training.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00FC4512" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00263F2C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="6C13B364" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>(b) Teaching staff persons who provide recreation or sports supervision, teachers, vocational trainers and social trainers.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68F27E21" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00263F2C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="4AD5E5A2" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>(c) Program support staff counsellors, program facilitators and librarians.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="39DDB9D7" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00784840" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="0AD75DAF" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00784840" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>(d) Centre support staff cleaning staff, laundry staff, gardening staff, vehicle driving staff, maintenance staff and hairdressers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F00500" w14:paraId="5481D6D8" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00263F2C" w14:paraId="6722E93E" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="533A3E27" w14:textId="77777777" w:rsidR="00F00500" w:rsidRPr="00263F2C" w:rsidRDefault="00F00500" w:rsidP="00D45E5C">
+          <w:p w14:paraId="24448C5B" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Official Visitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C6F4A49" w14:textId="547B58D2" w:rsidR="00F00500" w:rsidRPr="00263F2C" w:rsidRDefault="00801289" w:rsidP="00D45E5C">
+          <w:p w14:paraId="74C93C80" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Official visitors are visitors who enter BH</w:t>
+              <w:t xml:space="preserve">Official visitors are visitors who enter </w:t>
             </w:r>
-            <w:r w:rsidR="00361875">
-              <w:t>Y</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>YDC</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>DC for the purpose of official business.</w:t>
+              <w:t xml:space="preserve"> for the purpose of official business.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F00500" w14:paraId="55C3F025" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00263F2C" w14:paraId="1C2C95A8" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="141BEDEB" w14:textId="77777777" w:rsidR="00F00500" w:rsidRPr="00263F2C" w:rsidRDefault="00F00500" w:rsidP="00D45E5C">
+          <w:p w14:paraId="415ADB58" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Official Visitor with Statutory Powers </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8314DC" w14:textId="4EB79128" w:rsidR="00F00500" w:rsidRPr="00263F2C" w:rsidRDefault="00C07611" w:rsidP="009430D9">
+          <w:p w14:paraId="559DA76B" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>V</w:t>
+              <w:t xml:space="preserve">Visitors who enter </w:t>
             </w:r>
-            <w:r w:rsidR="00801289">
-              <w:t>isitors who enter BH</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>YDC</w:t>
             </w:r>
-            <w:r w:rsidR="00361875">
-[...4 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
-              <w:t>statutory powers to enter BHDC</w:t>
-[...2 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> for the purpose of official business and have statutory powers to enter BHDC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001710F5" w14:paraId="5015BA9F" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00263F2C" w14:paraId="645D65B9" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58E0AC6F" w14:textId="77777777" w:rsidR="001710F5" w:rsidRPr="00263F2C" w:rsidRDefault="001710F5" w:rsidP="00D45E5C">
+          <w:p w14:paraId="75760314" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="001710F5">
               <w:t>Police Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E43F4DE" w14:textId="77777777" w:rsidR="001710F5" w:rsidRPr="00263F2C" w:rsidRDefault="001710F5" w:rsidP="00D45E5C">
+          <w:p w14:paraId="4B61072F" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00263F2C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001710F5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">A person appointed under Part I of the </w:t>
             </w:r>
             <w:r w:rsidRPr="001710F5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Police Act 1892</w:t>
             </w:r>
             <w:r w:rsidRPr="001710F5">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> to be a member of the Police Force of Western Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="3545CAC1" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00784840" w14:paraId="40C29FAB" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CA534A9" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="6E144744" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Public Service Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18E21B80" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="00784840" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="1AFEEC79" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00784840" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">An </w:t>
             </w:r>
             <w:r w:rsidRPr="00E06243">
               <w:t xml:space="preserve">officer employed in the State Government Public Service, subject to Part 3 of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00263F2C">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Public Sector Management Act 1994</w:t>
             </w:r>
             <w:r w:rsidRPr="00E06243">
               <w:t xml:space="preserve"> and includes such officers and other persons as are necessary to implement or administer this Act.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00567FAF" w14:paraId="5766C63C" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="00A214EF" w14:paraId="20B9514C" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="51800C01" w14:textId="77777777" w:rsidR="00567FAF" w:rsidRDefault="00567FAF" w:rsidP="00D45E5C">
+          <w:p w14:paraId="0574486E" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A214EF">
               <w:t>Social Visitor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38595D8D" w14:textId="2857A5A6" w:rsidR="00567FAF" w:rsidRDefault="000067E3" w:rsidP="000067E3">
+          <w:p w14:paraId="590B4740" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r>
-              <w:t>A social visitor is a person who visits</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t xml:space="preserve">A social visitor is a person who visits young person at </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F15225">
-              <w:t xml:space="preserve"> detainees at BH</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t>YDC</w:t>
             </w:r>
-            <w:r w:rsidR="00361875">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> significant others.</w:t>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t xml:space="preserve"> in a social capacity and may include parents, caregivers, friends, extended family members, cultural community or religious leaders or significant others.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="0D30A5CC" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="0001405D" w14:paraId="710F096E" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCFC7BD" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="0062336C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="00708B6F" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A214EF">
               <w:t>Staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A2E4C43" w14:textId="08D80F60" w:rsidR="00AF7073" w:rsidRPr="0001405D" w:rsidRDefault="002B6449" w:rsidP="00816447">
+          <w:p w14:paraId="78A1C4FD" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="008403C8" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
-              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A76013">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
-                <w:rFonts w:cs="Arial"/>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Any person </w:t>
-[...32 lines deleted...]
-              <w:t>s services to the Department of Justice.</w:t>
+              <w:t>Any employee or officer of the Department of Justice, including a Public Service Officer, Custodial Officer or an employee of a particular class; and any contractor who provides services to the Department of Justice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="41D2F24A" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="0062336C" w14:paraId="3F44FF20" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E553577" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="0062336C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="68E9BF83" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="0062336C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D344D">
               <w:t>Superintendent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45F0CC1B" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="0062336C" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="6A64FCD9" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="0062336C" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068010C">
               <w:t xml:space="preserve">In accordance with section 3 of the </w:t>
             </w:r>
             <w:r w:rsidRPr="0068010C">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Young Offenders Act 1994, ‘</w:t>
             </w:r>
             <w:r w:rsidRPr="0068010C">
               <w:t>The person in charge of a detention centre’.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D45E5C" w14:paraId="784BBA46" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w:rsidRPr="004D344D" w14:paraId="6E77BF91" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54A5C97D" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRPr="004D344D" w:rsidRDefault="00D45E5C" w:rsidP="00D45E5C">
+          <w:p w14:paraId="54FC56D9" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="004D344D" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF03BB">
               <w:t>Unauthorised Items</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1756BFBD" w14:textId="77777777" w:rsidR="00D45E5C" w:rsidRDefault="00814CD8" w:rsidP="00F356B8">
+          <w:p w14:paraId="6F9CB612" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Any item or thing that:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65FD3EE0" w14:textId="77777777" w:rsidR="00814CD8" w:rsidRDefault="00814CD8" w:rsidP="00F356B8">
+          <w:p w14:paraId="6A01B850" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t>Constitutes a threat to or breach of the security or good order of the detention centre; or</w:t>
+              <w:t>constitutes a threat to or breach of the security or good order of the detention centre; or</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="772F9A9F" w14:textId="51691308" w:rsidR="00814CD8" w:rsidRPr="004D344D" w:rsidRDefault="00814CD8" w:rsidP="00F356B8">
+          <w:p w14:paraId="5F08C4EE" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="004D344D" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="23"/>
+              </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Is unauthorised pursuant to </w:t>
+              <w:t xml:space="preserve">is unauthorised pursuant to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r w:rsidRPr="00930ED4">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youth </w:t>
-[...11 lines deleted...]
-                <w:t>ustodial Rule 9</w:t>
+                <w:t>Youth Custodial Rule 9</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00930ED4">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000F20A0" w14:paraId="0CAE7B8F" w14:textId="77777777" w:rsidTr="00F60609">
+      <w:tr w:rsidR="0091173E" w14:paraId="49E440A5" w14:textId="77777777" w:rsidTr="0091173E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2116" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C35FAA8" w14:textId="2123C37A" w:rsidR="000F20A0" w:rsidRPr="00CF03BB" w:rsidRDefault="000F20A0" w:rsidP="00D45E5C">
+          <w:p w14:paraId="02FD071B" w14:textId="77777777" w:rsidR="0091173E" w:rsidRPr="00A214EF" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="00E379B8">
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Visitor</w:t>
+              <w:t>Youth Detention Centre (</w:t>
             </w:r>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (BH</w:t>
+              <w:t>YDC</w:t>
             </w:r>
-            <w:r w:rsidR="00361875">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A214EF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Y</w:t>
-[...5 lines deleted...]
-              <w:t>DC)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7052" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0DDDAFD0" w14:textId="77777777" w:rsidR="000F20A0" w:rsidRPr="00517D7C" w:rsidRDefault="000F20A0" w:rsidP="00D45E5C">
+          <w:p w14:paraId="400639CD" w14:textId="77777777" w:rsidR="0091173E" w:rsidRDefault="0091173E" w:rsidP="0091173E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
-            <w:r w:rsidRPr="000F20A0">
-              <w:t xml:space="preserve">Any person visiting the detention centre as a </w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t xml:space="preserve">A gazetted detention centre declared by the Minister to be a detention centre to accommodate remanded or sentenced young people. Refer to section 13 of the </w:t>
             </w:r>
-            <w:r w:rsidR="009D5AD9">
-              <w:t>S</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Young Offenders Act 1994</w:t>
             </w:r>
-            <w:r w:rsidRPr="000F20A0">
-[...46 lines deleted...]
-              <w:t>Western Australia</w:t>
+            <w:r w:rsidRPr="00A214EF">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AAC46BA" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00AB3A58" w:rsidRDefault="003D708E" w:rsidP="003D708E">
+    <w:p w14:paraId="24D5714E" w14:textId="73B1FFAC" w:rsidR="00FB35B4" w:rsidRDefault="003D708E" w:rsidP="0091173E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
-      </w:pPr>
-[...4 lines deleted...]
-      </w:r>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="_Forms"/>
+      <w:bookmarkStart w:id="51" w:name="_Toc23273226"/>
+      <w:bookmarkStart w:id="52" w:name="_Toc23273440"/>
+      <w:bookmarkStart w:id="53" w:name="_Related_COPPS_and"/>
+      <w:bookmarkStart w:id="54" w:name="_Toc23273227"/>
+      <w:bookmarkStart w:id="55" w:name="_Toc23273441"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc23273228"/>
+      <w:bookmarkStart w:id="57" w:name="_Toc23273442"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc23273229"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc23273443"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc23273230"/>
+      <w:bookmarkStart w:id="61" w:name="_Toc23273444"/>
+      <w:bookmarkStart w:id="62" w:name="_Toc23273231"/>
+      <w:bookmarkStart w:id="63" w:name="_Toc23273445"/>
+      <w:bookmarkStart w:id="64" w:name="_Toc23273232"/>
+      <w:bookmarkStart w:id="65" w:name="_Toc23273446"/>
+      <w:bookmarkStart w:id="66" w:name="_Toc23273233"/>
+      <w:bookmarkStart w:id="67" w:name="_Toc23273447"/>
+      <w:bookmarkStart w:id="68" w:name="_Toc23273234"/>
+      <w:bookmarkStart w:id="69" w:name="_Toc23273448"/>
+      <w:bookmarkStart w:id="70" w:name="_Toc14443773"/>
+      <w:bookmarkStart w:id="71" w:name="_Toc23273236"/>
+      <w:bookmarkStart w:id="72" w:name="_Toc23273450"/>
+      <w:bookmarkStart w:id="73" w:name="_Toc22822819"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc181970152"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc219367832"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
-      <w:r w:rsidRPr="00AB3A58">
+      <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="00951529">
+        <w:lastRenderedPageBreak/>
+        <w:t>Related legislation</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="73"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r w:rsidRPr="00951529">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E221188" w14:textId="77777777" w:rsidR="00EE11BF" w:rsidRDefault="00D34456" w:rsidP="001B2EAE">
-[...7 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+    <w:p w14:paraId="4FEEC396" w14:textId="77777777" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidR="00EE11BF" w:rsidRPr="00784840">
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="00784840">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Young Offenders Act 1994</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C075E94" w14:textId="77777777" w:rsidR="00784840" w:rsidRDefault="00784840" w:rsidP="001B2EAE">
-[...7 lines deleted...]
-        <w:ind w:left="284" w:hanging="284"/>
+    <w:p w14:paraId="15D23932" w14:textId="77777777" w:rsidR="008403C8" w:rsidRDefault="008403C8" w:rsidP="0091173E">
+      <w:pPr>
+        <w:pStyle w:val="ListBullet"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FA3FF7">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:i/>
-          <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Young Offender Regulations 1995</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71C43B3D" w14:textId="77777777" w:rsidR="00F742CA" w:rsidRPr="005A7AC0" w:rsidRDefault="00F742CA" w:rsidP="009F0569">
+    <w:p w14:paraId="4A59AD31" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="00951529" w:rsidRDefault="002E5756" w:rsidP="0091173E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="_Toc178286"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc22822820"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc181970153"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc219367833"/>
+      <w:r w:rsidRPr="00951529">
+        <w:t>Assurance</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w14:paraId="57AA6550" w14:textId="1ACEE2F6" w:rsidR="00790EF9" w:rsidRPr="00606FAA" w:rsidRDefault="002E5756" w:rsidP="0091173E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
         <w:spacing w:before="360" w:after="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc178286"/>
-[...7 lines deleted...]
-      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00951529">
+        <w:t>It is expected that:</w:t>
+      </w:r>
+      <w:r w:rsidR="00790EF9" w:rsidRPr="00790EF9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="10218D85" w14:textId="77777777" w:rsidR="005A7AC0" w:rsidRPr="00606FAA" w:rsidRDefault="005A7AC0" w:rsidP="009F0569">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="3EFD8F2C" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="00A214EF" w:rsidRDefault="00790EF9" w:rsidP="0091173E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
       </w:pPr>
-      <w:r w:rsidRPr="00606FAA">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00606FAA">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A214EF">
+        <w:t>YDC</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A214EF">
+        <w:t xml:space="preserve"> will undertake local compliance in accordance with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="00A214EF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Compliance Manual</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="00A214EF">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73EE864A" w14:textId="77777777" w:rsidR="005A7AC0" w:rsidRPr="00606FAA" w:rsidRDefault="005A7AC0" w:rsidP="001B2EAE">
-      <w:pPr>
+    <w:p w14:paraId="206A4E0C" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="00A214EF" w:rsidRDefault="00790EF9" w:rsidP="0091173E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
       </w:pPr>
-      <w:r w:rsidRPr="00606FAA">
-        <w:t xml:space="preserve">Women and Young People, Head Office will undertake management oversight as required. </w:t>
+      <w:r w:rsidRPr="00A214EF">
+        <w:t xml:space="preserve">The Young People Directorate within Head Office will undertake management oversight as required. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20A2BE7E" w14:textId="31234E26" w:rsidR="005A7AC0" w:rsidRPr="00606FAA" w:rsidRDefault="005A7AC0" w:rsidP="001B2EAE">
-      <w:pPr>
+    <w:p w14:paraId="2940EBA4" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="00A214EF" w:rsidRDefault="00790EF9" w:rsidP="0091173E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
       </w:pPr>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="00A214EF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>Operational Compliance</w:t>
       </w:r>
-      <w:r w:rsidRPr="00606FAA">
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="00A214EF">
+        <w:t xml:space="preserve"> will undertake checks in accordance with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="00A214EF">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Compliance Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="00A214EF">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E72BA1F" w14:textId="77777777" w:rsidR="005A7AC0" w:rsidRPr="00606FAA" w:rsidRDefault="005A7AC0" w:rsidP="001B2EAE">
-      <w:pPr>
+    <w:p w14:paraId="3A9CBEC8" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="00A214EF" w:rsidRDefault="00790EF9" w:rsidP="0091173E">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="60" w:after="60"/>
       </w:pPr>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="00A214EF">
         <w:t xml:space="preserve">Independent oversight will be undertaken as required. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="325B02A4" w14:textId="77777777" w:rsidR="004A2763" w:rsidRPr="00305411" w:rsidRDefault="004A2763" w:rsidP="00305411">
+    <w:p w14:paraId="1BC571D9" w14:textId="2A4FCE15" w:rsidR="00587FAE" w:rsidRPr="00587FAE" w:rsidRDefault="00587FAE" w:rsidP="008752C1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68811D13" w14:textId="77777777" w:rsidR="009051D2" w:rsidRDefault="009051D2" w:rsidP="004A2763">
+    <w:p w14:paraId="4AA8EAC2" w14:textId="3F1893B5" w:rsidR="00245869" w:rsidRPr="00951529" w:rsidRDefault="00245869" w:rsidP="008752C1">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
-      </w:pPr>
-      <w:r>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:before="360"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00951529">
         <w:lastRenderedPageBreak/>
-        <w:t>Document version history</w:t>
+        <w:t xml:space="preserve">Document </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C5F">
+        <w:t>V</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00951529">
+        <w:t xml:space="preserve">ersion </w:t>
+      </w:r>
+      <w:r w:rsidR="00984C5F">
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00951529">
+        <w:t>istory</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C455764" w14:textId="77777777" w:rsidR="009051D2" w:rsidRPr="00305411" w:rsidRDefault="009051D2" w:rsidP="00305411"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9259" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1140"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="2678"/>
+        <w:gridCol w:w="1883"/>
+        <w:gridCol w:w="1857"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00984C5F" w14:paraId="0DE3F5EC" w14:textId="77777777" w:rsidTr="005B0775">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1140" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3BF91F" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="InTableHeadings"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Version </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46D10FAD" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="InTableHeadings"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Primary author(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5D532B99" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="InTableHeadings"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Description of version</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1883" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5ABC7EEC" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="InTableHeadings"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date completed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1857" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="BBB69F"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="108" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="108" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C5E049F" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="InTableHeadings"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Effective date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9292" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1051"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1642"/>
+        <w:gridCol w:w="1143"/>
+        <w:gridCol w:w="1736"/>
+        <w:gridCol w:w="2660"/>
+        <w:gridCol w:w="1903"/>
+        <w:gridCol w:w="1850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BF576C" w:rsidRPr="007D3C6F" w14:paraId="35DE47E1" w14:textId="173A58D1" w:rsidTr="007517FE">
+      <w:tr w:rsidR="00790EF9" w:rsidRPr="007D3C6F" w14:paraId="013EA3F6" w14:textId="77777777" w:rsidTr="005B0775">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-          <w:trHeight w:val="551"/>
-[...69 lines deleted...]
-        <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="1143" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="51552B3E" w14:textId="043D700B" w:rsidR="00BF576C" w:rsidRDefault="00BF576C" w:rsidP="009D5AD9">
+          <w:p w14:paraId="5F3BB7A1" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1714" w:type="dxa"/>
+            <w:tcW w:w="1736" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B68D32C" w14:textId="44DB0E6C" w:rsidR="00BF576C" w:rsidRPr="001B458F" w:rsidRDefault="00BF576C" w:rsidP="009D5AD9">
+          <w:p w14:paraId="110082AB" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="001B458F" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0F7A1D2C" w14:textId="6C103326" w:rsidR="00BF576C" w:rsidRPr="00606E93" w:rsidRDefault="00BF576C" w:rsidP="009D5AD9">
+          <w:p w14:paraId="5BA1922B" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="00606E93" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by the Director Projects, Policy, Compliance and Contracts </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5ABDE0D2" w14:textId="64971E2E" w:rsidR="00BF576C" w:rsidRDefault="00BF576C" w:rsidP="009D5AD9">
+          <w:p w14:paraId="6071505D" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>25 May 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="1850" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4166CF33" w14:textId="14919C06" w:rsidR="00BF576C" w:rsidRDefault="00BF576C" w:rsidP="009D5AD9">
+          <w:p w14:paraId="7624EA55" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>28 June 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00793B9B" w:rsidRPr="007D3C6F" w14:paraId="2D946BDD" w14:textId="77777777" w:rsidTr="007517FE">
+      <w:tr w:rsidR="00790EF9" w:rsidRPr="007D3C6F" w14:paraId="1A65335C" w14:textId="77777777" w:rsidTr="005B0775">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1143" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9E2A7D" w14:textId="5ADB3853" w:rsidR="00793B9B" w:rsidRDefault="00793B9B" w:rsidP="00793B9B">
+          <w:p w14:paraId="5B24C931" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1714" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="156EA669" w14:textId="7EE6FEB7" w:rsidR="00982346" w:rsidRDefault="00793B9B" w:rsidP="006A5BC7">
+          <w:p w14:paraId="2D4738D1" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73169762" w14:textId="77777777" w:rsidR="006A5BC7" w:rsidRPr="00ED40F9" w:rsidRDefault="006A5BC7" w:rsidP="006A5BC7">
+          <w:p w14:paraId="205B6AF7" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
-            </w:pPr>
-[...7 lines deleted...]
-              </w:rPr>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38A9C33C" w14:textId="77777777" w:rsidR="00822499" w:rsidRDefault="00793B9B" w:rsidP="00793B9B">
+          <w:p w14:paraId="6E2352AE" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
-            </w:pPr>
-[...82 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="002921F3">
               <w:t xml:space="preserve">Approved by </w:t>
             </w:r>
-            <w:r w:rsidR="00822499">
+            <w:r>
               <w:t xml:space="preserve">Deputy Commissioner Operational Support </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3712DC6C" w14:textId="02F6A4F5" w:rsidR="005A6DFA" w:rsidRDefault="005A6DFA" w:rsidP="00793B9B">
+          <w:p w14:paraId="5C27CBF4" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>CM Ref: S23/101312</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="699EF5AC" w14:textId="4ACD35C5" w:rsidR="00793B9B" w:rsidRDefault="009A003C" w:rsidP="00793B9B">
+          <w:p w14:paraId="7DC83B76" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>15 November 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="1850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1243AA8B" w14:textId="77777777" w:rsidR="00793B9B" w:rsidRDefault="00793B9B" w:rsidP="00793B9B">
+          <w:p w14:paraId="059E0652" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
+            <w:r>
+              <w:t>18 December 2023</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A5BC7" w:rsidRPr="007D3C6F" w14:paraId="19B51347" w14:textId="77777777" w:rsidTr="007517FE">
+      <w:tr w:rsidR="00790EF9" w:rsidRPr="007D3C6F" w14:paraId="6D33A9AD" w14:textId="77777777" w:rsidTr="005B0775">
         <w:trPr>
           <w:trHeight w:val="566"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1051" w:type="dxa"/>
+            <w:tcW w:w="1143" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50C16CAF" w14:textId="5ADE2B64" w:rsidR="006A5BC7" w:rsidRPr="00E338C8" w:rsidRDefault="006A5BC7" w:rsidP="00793B9B">
+          <w:p w14:paraId="37701369" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E338C8">
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1714" w:type="dxa"/>
+            <w:tcW w:w="1736" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27734D64" w14:textId="449747B3" w:rsidR="006A5BC7" w:rsidRPr="00E338C8" w:rsidRDefault="005A6DFA" w:rsidP="00793B9B">
+          <w:p w14:paraId="61A56574" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E338C8">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3042" w:type="dxa"/>
+            <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A04EDF7" w14:textId="77777777" w:rsidR="006A5BC7" w:rsidRPr="00E338C8" w:rsidRDefault="005A6DFA" w:rsidP="00793B9B">
+          <w:p w14:paraId="213209D4" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRPr="00E338C8" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E338C8">
               <w:t>Approved by the Deputy Commissioner Operational Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D6CCAAD" w14:textId="7B856CB6" w:rsidR="00790E33" w:rsidRPr="00E338C8" w:rsidRDefault="00790E33" w:rsidP="00793B9B">
+          <w:p w14:paraId="17AFD911" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E338C8">
               <w:t>CM Ref: S25/19661</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1903" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21A7FE0E" w14:textId="68D74F7A" w:rsidR="006A5BC7" w:rsidRPr="00E338C8" w:rsidRDefault="00BD7F49" w:rsidP="00793B9B">
+          <w:p w14:paraId="50272CDA" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00E338C8">
-              <w:t>28</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> 2025</w:t>
+              <w:t>28 April 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1642" w:type="dxa"/>
+            <w:tcW w:w="1850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44CA2332" w14:textId="2E84C006" w:rsidR="006A5BC7" w:rsidRPr="00E338C8" w:rsidRDefault="00E338C8" w:rsidP="00793B9B">
+          <w:p w14:paraId="09F09292" w14:textId="77777777" w:rsidR="00790EF9" w:rsidRDefault="00790EF9" w:rsidP="008752C1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>21 May 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00891F4B" w:rsidRPr="007D3C6F" w14:paraId="33096B82" w14:textId="77777777" w:rsidTr="005B0775">
+        <w:trPr>
+          <w:trHeight w:val="566"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1143" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B183A9" w14:textId="18A6A64D" w:rsidR="00891F4B" w:rsidRPr="00E338C8" w:rsidRDefault="00891F4B" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1736" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D14C9ED" w14:textId="6592999E" w:rsidR="00891F4B" w:rsidRPr="00E338C8" w:rsidRDefault="00891F4B" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B49DA31" w14:textId="77777777" w:rsidR="00891F4B" w:rsidRPr="00E338C8" w:rsidRDefault="00891F4B" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E338C8">
+              <w:t>Approved by the Deputy Commissioner Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="219379A4" w14:textId="31557674" w:rsidR="00891F4B" w:rsidRPr="00E338C8" w:rsidRDefault="00891F4B" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00E338C8">
+              <w:t>CM Ref:</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> S25/</w:t>
+            </w:r>
+            <w:r w:rsidR="00F96B60">
+              <w:t>82739</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1903" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AE5BD3" w14:textId="1D997447" w:rsidR="00891F4B" w:rsidRPr="00E338C8" w:rsidRDefault="00A61ECC" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>13 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09057FED" w14:textId="1812708E" w:rsidR="00891F4B" w:rsidRDefault="00A61ECC" w:rsidP="008752C1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:keepNext/>
+              <w:widowControl w:val="0"/>
+            </w:pPr>
+            <w:r>
+              <w:t>15 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5FD84573" w14:textId="77777777" w:rsidR="001813D3" w:rsidRPr="00305411" w:rsidRDefault="001813D3" w:rsidP="00305411"/>
-[...5 lines deleted...]
-      <w:pgSz w:w="11900" w:h="16840"/>
+    <w:p w14:paraId="18200EFF" w14:textId="77777777" w:rsidR="004D52BC" w:rsidRDefault="004D52BC" w:rsidP="008752C1">
+      <w:pPr>
+        <w:keepNext/>
+        <w:widowControl w:val="0"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="004D52BC" w:rsidSect="003F6782">
+      <w:headerReference w:type="even" r:id="rId41"/>
+      <w:headerReference w:type="default" r:id="rId42"/>
+      <w:footerReference w:type="default" r:id="rId43"/>
+      <w:headerReference w:type="first" r:id="rId44"/>
+      <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1304" w:header="709" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5154B1AB" w14:textId="77777777" w:rsidR="00006B0C" w:rsidRDefault="00006B0C" w:rsidP="00D06E62">
+    <w:p w14:paraId="191F12E1" w14:textId="77777777" w:rsidR="00AC4029" w:rsidRDefault="00AC4029" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="222D7BEF" w14:textId="77777777" w:rsidR="00006B0C" w:rsidRDefault="00006B0C" w:rsidP="00D06E62">
+    <w:p w14:paraId="75ED9760" w14:textId="77777777" w:rsidR="00AC4029" w:rsidRDefault="00AC4029" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="2B48B335" w14:textId="77777777" w:rsidR="00AC4029" w:rsidRDefault="00AC4029"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial Bold">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020B0704020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Trebuchet MS">
+    <w:panose1 w:val="020B0603020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial bold">
-    <w:panose1 w:val="020B0704020202020204"/>
+  <w:font w:name="Dotum">
+    <w:altName w:val="돋움"/>
+    <w:panose1 w:val="020B0600000101010101"/>
+    <w:charset w:val="81"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial Narrow">
+    <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0F00889E" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00305411">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="276C7A94" w14:textId="1D590342" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="00663830">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1095"/>
-        <w:tab w:val="left" w:pos="7797"/>
+        <w:tab w:val="left" w:pos="8080"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">The current version of this document is maintained on the </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>Custodial Ops</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve"> intranet page</w:t>
     </w:r>
     <w:r>
+      <w:t xml:space="preserve">       </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00627992">
+      <w:t>Page</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00627992">
       <w:t xml:space="preserve"> </w:t>
-    </w:r>
-[...4 lines deleted...]
-      <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00225927">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00225927">
+    <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AAAC4E7" w14:textId="77777777" w:rsidR="00006B0C" w:rsidRDefault="00006B0C" w:rsidP="00D06E62">
+    <w:p w14:paraId="156908FB" w14:textId="77777777" w:rsidR="00AC4029" w:rsidRDefault="00AC4029" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="32EEA4C6" w14:textId="77777777" w:rsidR="00006B0C" w:rsidRDefault="00006B0C" w:rsidP="00D06E62">
+    <w:p w14:paraId="462B22E3" w14:textId="77777777" w:rsidR="00AC4029" w:rsidRDefault="00AC4029" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="3D0825A6" w14:textId="77777777" w:rsidR="00AC4029" w:rsidRDefault="00AC4029"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E85FB01" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2CE3D333" w14:textId="1B590386" w:rsidR="00984C5F" w:rsidRDefault="00FB56B4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673088" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="079A6CD4" wp14:editId="4A4DA727">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="44DF4125" wp14:editId="78584B12">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
-              <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="11" name="WordArt 8"/>
+              <wp:docPr id="8" name="Text Box 8"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:extLst>
-[...10 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="61A71CF5" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                        <w:p w14:paraId="147A90CB" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="009D2454">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00371225">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="C0C0C0"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
-                              <w14:textFill>
-[...5 lines deleted...]
-                              </w14:textFill>
                             </w:rPr>
                             <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="079A6CD4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="44DF4125" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="WordArt 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251643392;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALTELd8gEAAMQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5x0SD+MOEXWrrt0&#10;W4Fm6JmR5NibJWqUEjv/fpTiJsN2G+aDYJPU43vk8+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN46TNZKFyJ+0LTRBz+i2&#10;Ky6m08uiR9KeUJkQOHp/TMplxq9ro+LXug4miq6SzC3mk/K5SWexXEC5JfBNq0Ya8A8sLLSOm56g&#10;7iGC2FH7F5RtFWHAOk4U2gLrulUma2A1s+kfap4b8CZr4eEEfxpT+H+w6sv+2T+RiMMHHHiBWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Cmc6a0Pnteao2szxI+65RnP0lyL3odyxE/7CGVInTb9Z9R8BXYR&#10;c7ehJisI07Xrm2l6cphnI5gRL+1wWhQ3EIqDV1x3ecUpxbn3s/n8Zp47QpnA0h48hfjJoBXppZLE&#10;RsiosH8MMZE7l4xME7kjzThsBi5JjDeoD8y5Z4NUMvzcARnWv7N3yH5i0TWhfWEHriirfu28Hl6A&#10;/Ng7Muun7tUgmUB2ihYObBqE/s5AtmPf7aET8zyBI8WxeCR7RE13g1/x9B7arOTMc1TCVskCR1sn&#10;L/7+navOP9/yFwAAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPfFsvZ&#10;GnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0KfS+nr&#10;lqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NVFX18&#10;Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQALTELd8gEAAMQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAEwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
-              <v:stroke joinstyle="round"/>
+            <v:shape id="Text Box 8" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALTELd8gEAAMQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5x0SD+MOEXWrrt0&#10;W4Fm6JmR5NibJWqUEjv/fpTiJsN2G+aDYJPU43vk8+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN46TNZKFyJ+0LTRBz+i2&#10;Ky6m08uiR9KeUJkQOHp/TMplxq9ro+LXug4miq6SzC3mk/K5SWexXEC5JfBNq0Ya8A8sLLSOm56g&#10;7iGC2FH7F5RtFWHAOk4U2gLrulUma2A1s+kfap4b8CZr4eEEfxpT+H+w6sv+2T+RiMMHHHiBWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Cmc6a0Pnteao2szxI+65RnP0lyL3odyxE/7CGVInTb9Z9R8BXYR&#10;c7ehJisI07Xrm2l6cphnI5gRL+1wWhQ3EIqDV1x3ecUpxbn3s/n8Zp47QpnA0h48hfjJoBXppZLE&#10;RsiosH8MMZE7l4xME7kjzThsBi5JjDeoD8y5Z4NUMvzcARnWv7N3yH5i0TWhfWEHriirfu28Hl6A&#10;/Ng7Muun7tUgmUB2ihYObBqE/s5AtmPf7aET8zyBI8WxeCR7RE13g1/x9B7arOTMc1TCVskCR1sn&#10;L/7+navOP9/yFwAAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPfFsvZ&#10;GnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0KfS+nr&#10;lqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NVFX18&#10;Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQALTELd8gEAAMQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAEwEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="61A71CF5" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                  <w:p w14:paraId="147A90CB" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="009D2454">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00371225">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
-                        <w14:textFill>
-[...5 lines deleted...]
-                        </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5AE858D2" w14:textId="1499AEE5" w:rsidR="00984C5F" w:rsidRDefault="00FB56B4" w:rsidP="00AE3A90">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
+      </w:pBdr>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662848" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="20126E78" wp14:editId="7E24A943">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="27A07296" wp14:editId="4FAC04DA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
-              <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="10" name="WordArt 2"/>
+              <wp:docPr id="7" name="Text Box 7"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:extLst>
-[...10 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="47867B1B" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                        <w:p w14:paraId="1010FE9E" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="009D2454">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00371225">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                              <w:color w:val="000000"/>
+                              <w:color w:val="C0C0C0"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
-                              <w14:textFill>
-[...5 lines deleted...]
-                              </w14:textFill>
                             </w:rPr>
                             <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="20126E78" id="WordArt 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251653632;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtzswi9AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCVnk6kU1mswrd9W8tv64d21&#10;FBSVN6oDbyt5sCRvl2/fLPpQ2gtooDMWBYN4KvtQySbGUBYF6cY6RRMI1vNmDehU5E/cFgZVz+iu&#10;Ky6m08uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1HGiwRVQ1622WQOrmU3/UPPcqGCzFjaHwskm+n+w+sv+OTyhiMMHGHiAWQSF&#10;R9A/SHi4a5Tf2hUi9I1VhhvP5Kmc6a0Pgceaq2s7xI+mZY9nydeiD1SO+GkeVFLqtOk/g+Erahch&#10;dxtqdAIhXbu+maYnl9kbwYx4aIfToLiB0Fy84nOXV7ylee/9bD6/meeOqkxgaQ4BKX6y4ER6qSRy&#10;EDKq2j9STOTOR0amidyRZhw2g2jNKCMR34A5MPWec1JJ+rlTaNmGnbsDjhVrrxHcCwdxhVn8K4H1&#10;8KIwjBQik3/qXnOSeeTAGOGVS36Y7wzkOo7fXnVino04Mh0Pj5yPqOkuhRWb+NBmQWeeoyBOTNY5&#10;pjtF8vfvfOr8Dy5/AQAA//8DAFBLAwQUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDiPgJ2VSIiEOPbRFnN94mAXsdYqdJeXpcLuWy0mhGM98W&#10;y9kacaDBd44RbhcJCOLa6Y4bhPft280jCB8Ua2UcE8KRPCzLy4tC5dpNvKbDJjQilrDPFUIbQp9L&#10;6euWrPIL1xNHb+8Gq0KUQyP1oKZYbo1Mk+ReWtVxXGhVT68t1V+b0SLon/2xv5um7Wq1rsZv01UV&#10;fXwiXl/NL88gAs3hHIYTfkSHMjLt3MjaC4MQHwl/9+SlWZaC2CFkTw8gy0L+py9/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAC3OzCL0AQAAywMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAAAAAAAAAAAAAAAATgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
-              <v:stroke joinstyle="round"/>
+            <v:shapetype w14:anchorId="27A07296" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 7" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAtzswi9AEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCVnk6kU1mswrd9W8tv64d21&#10;FBSVN6oDbyt5sCRvl2/fLPpQ2gtooDMWBYN4KvtQySbGUBYF6cY6RRMI1vNmDehU5E/cFgZVz+iu&#10;Ky6m08uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1HGiwRVQ1622WQOrmU3/UPPcqGCzFjaHwskm+n+w+sv+OTyhiMMHGHiAWQSF&#10;R9A/SHi4a5Tf2hUi9I1VhhvP5Kmc6a0Pgceaq2s7xI+mZY9nydeiD1SO+GkeVFLqtOk/g+Erahch&#10;dxtqdAIhXbu+maYnl9kbwYx4aIfToLiB0Fy84nOXV7ylee/9bD6/meeOqkxgaQ4BKX6y4ER6qSRy&#10;EDKq2j9STOTOR0amidyRZhw2g2jNKCMR34A5MPWec1JJ+rlTaNmGnbsDjhVrrxHcCwdxhVn8K4H1&#10;8KIwjBQik3/qXnOSeeTAGOGVS36Y7wzkOo7fXnVino04Mh0Pj5yPqOkuhRWb+NBmQWeeoyBOTNY5&#10;pjtF8vfvfOr8Dy5/AQAA//8DAFBLAwQUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDiPgJ2VSIiEOPbRFnN94mAXsdYqdJeXpcLuWy0mhGM98W&#10;y9kacaDBd44RbhcJCOLa6Y4bhPft280jCB8Ua2UcE8KRPCzLy4tC5dpNvKbDJjQilrDPFUIbQp9L&#10;6euWrPIL1xNHb+8Gq0KUQyP1oKZYbo1Mk+ReWtVxXGhVT68t1V+b0SLon/2xv5um7Wq1rsZv01UV&#10;fXwiXl/NL88gAs3hHIYTfkSHMjLt3MjaC4MQHwl/9+SlWZaC2CFkTw8gy0L+py9/AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAC3OzCL0AQAAywMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAAAAAAAAAAAAAAAATgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="47867B1B" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                  <w:p w14:paraId="1010FE9E" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="009D2454">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00371225">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                        <w:color w:val="000000"/>
+                        <w:color w:val="C0C0C0"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
-                        <w14:textFill>
-[...5 lines deleted...]
-                        </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-  </w:p>
-[...9 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="00984C5F">
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...131 lines deleted...]
-      </mc:AlternateContent>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00984C5F">
       <w:rPr>
-        <w:rFonts w:hint="eastAsia"/>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...127 lines deleted...]
-      </mc:AlternateContent>
+      <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00C15CE3">
-      <w:t xml:space="preserve">Commissioner’s Operating </w:t>
+    <w:r w:rsidR="00984C5F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-  </w:p>
-[...4 lines deleted...]
-    <w:r w:rsidRPr="008114B3">
+    <w:r w:rsidR="00697590">
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:noProof/>
-        <w:sz w:val="56"/>
-[...1 lines deleted...]
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...146 lines deleted...]
-      </mc:AlternateContent>
+      <w:t>COPP 4.7 Criminal Law (Mental Impairment) DetaineesPrisonerDetainees</w:t>
     </w:r>
-    <w:r>
-      <w:tab/>
+    <w:r w:rsidR="00984C5F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
-      <w:tab/>
+    <w:r w:rsidR="00984C5F">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t xml:space="preserve"> v0.3</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C15CE3">
-[...6 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="59113AD9" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1FAB6670" w14:textId="4350A342" w:rsidR="00984C5F" w:rsidRDefault="00FB56B4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
-    <w:r w:rsidRPr="008114B3">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:cs="Arial"/>
         <w:noProof/>
-        <w:sz w:val="56"/>
-[...1 lines deleted...]
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="691C9F63" wp14:editId="0A1B89BC">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C71AF5C" wp14:editId="272DF1CA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>181610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>287655</wp:posOffset>
+                <wp:posOffset>220980</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1647825" cy="296545"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Text Box 1"/>
+              <wp:docPr id="6" name="Text Box 6"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1647825" cy="296545"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                              <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
-                            <w:id w:val="2013338137"/>
+                            <w:id w:val="-1483379727"/>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
-                            <w:p w14:paraId="42972DF3" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRPr="00464E72" w:rsidRDefault="003E2E64" w:rsidP="008D51C1">
+                            <w:p w14:paraId="491AE13F" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRPr="00464E72" w:rsidRDefault="00984C5F" w:rsidP="008D51C1">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="691C9F63" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3C71AF5C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:22.65pt;width:129.75pt;height:23.35pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB56BJm+gEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X5xYSZpYIVXXrtOk&#10;7kPq9gMwxjEacBmQ2Nmv3wWnadS+VfMD4vrCufece9hcD0aTg/RBgWV0NplSIq2ARtkdo79+3n9Y&#10;URIitw3XYCWjRxno9fb9u03vKllCB7qRniCIDVXvGO1idFVRBNFJw8MEnLSYbMEbHjH0u6LxvEd0&#10;o4tyOl0WPfjGeRAyBPx7NybpNuO3rRTxe9sGGYlmFHuLefV5rdNabDe82nnuOiVObfA3dGG4slj0&#10;DHXHIyd7r15BGSU8BGjjRIApoG2VkJkDsplNX7B57LiTmQuKE9xZpvD/YMW3w6P74UkcPsKAA8wk&#10;gnsA8TsQC7cdtzt54z30neQNFp4lyYrehep0NUkdqpBA6v4rNDhkvo+QgYbWm6QK8iSIjgM4nkWX&#10;QyQilVzOr1blghKBuXK9XMwXuQSvnm47H+JnCYakDaMeh5rR+eEhxNQNr56OpGIW7pXWebDakp7R&#10;9QLhX2SMiug7rQyjq2n6Rickkp9sky9HrvS4xwLanlgnoiPlONQDUQ2jud8kQg3NEWXwMNoMnwVu&#10;OvB/KenRYoyGP3vuJSX6i0Up17P5PHkyB/PFVYmBv8zUlxluBUIxGikZt7cx+3gkdoOStyqr8dzJ&#10;qWW0ThbpZPPkzcs4n3p+jNt/AAAA//8DAFBLAwQUAAYACAAAACEALRaE0d0AAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPQU/CQBSE7yb8h80z8Sa7VCCl9JUQjVeNgCbclu6jbey+bboLrf/e9STH&#10;yUxmvsk3o23FlXrfOEaYTRUI4tKZhiuEw/71MQXhg2ajW8eE8EMeNsXkLteZcQN/0HUXKhFL2Gca&#10;oQ6hy6T0ZU1W+6nriKN3dr3VIcq+kqbXQyy3rUyUWkqrG44Lte7ouabye3exCJ9v5+PXXL1XL3bR&#10;DW5Uku1KIj7cj9s1iEBj+A/DH35EhyIyndyFjRctQpIuYxJhvngCEf0kTWcgTgirRIEscnl7oPgF&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeegSZvoBAADUAwAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEALRaE0d0AAAAIAQAADwAAAAAAAAAAAAAA&#10;AABUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAF4FAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 6" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:17.4pt;width:129.75pt;height:23.35pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCE5YjI+gEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IN27EFy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbcr++SchwjuQXVgeBqydmd2eH6ujeaHaQPCm3FJ6MxZ9IKrJXdVfzXz/sP&#10;S85CBFuDRisrfpSBX2/ev1t3rpRTbFHX0jMCsaHsXMXbGF1ZFEG00kAYoZOWkg16A5FCvytqDx2h&#10;G11Mx+NF0aGvnUchQ6C/d0OSbzJ+00gRvzdNkJHpilNvMa8+r9u0Fps1lDsPrlXi1Aa8oQsDylLR&#10;M9QdRGB7r15BGSU8BmziSKApsGmUkJkDsZmMX7B5bMHJzIXECe4sU/h/sOLb4dH98Cz2H7GnAWYS&#10;wT2g+B2YxdsW7E7eeI9dK6GmwpMkWdG5UJ6uJqlDGRLItvuKNQ0Z9hEzUN94k1QhnozQaQDHs+iy&#10;j0ykkovZ1XI650xQbrpazGfzXALKp9vOh/hZomFpU3FPQ83ocHgIMXUD5dORVMzivdI6D1Zb1lV8&#10;NSf4FxmjIvlOK1Px5Th9gxMSyU+2zpcjKD3sqYC2J9aJ6EA59tueqZqaTneTCFusjySDx8Fm9Cxo&#10;06L/y1lHFqt4+LMHLznTXyxJuZrMZsmTOZjNr6YU+MvM9jIDVhBUxSNnw/Y2Zh8PxG5I8kZlNZ47&#10;ObVM1skinWyevHkZ51PPj3HzDwAA//8DAFBLAwQUAAYACAAAACEAIHWVXdwAAAAIAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Kid0FYmZFMhEFcQBSr15sZuEhGvo9htwt+znOA4&#10;mtHMm3Iz+16c3Ri7QAjZQoFwVAfbUYPw8f58o0HEZMiaPpBD+HYRNtXlRWkKGyZ6c+dtagSXUCwM&#10;QpvSUEgZ69Z5ExdhcMTeMYzeJJZjI+1oJi73vcyVWktvOuKF1gzusXX11/bkET5fjvvdUr02T341&#10;TGFWkvydRLy+mh/uQSQ3p78w/OIzOlTMdAgnslH0CLlecxLhdskP2M+1zkAcEHS2AlmV8v+B6gcA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCE5YjI+gEAANQDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAgdZVd3AAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AFQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
-                      <w:id w:val="2013338137"/>
+                      <w:id w:val="-1483379727"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
-                      <w:p w14:paraId="42972DF3" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRPr="00464E72" w:rsidRDefault="003E2E64" w:rsidP="008D51C1">
+                      <w:p w14:paraId="491AE13F" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRPr="00464E72" w:rsidRDefault="00984C5F" w:rsidP="008D51C1">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251655168" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1FE467D6" wp14:editId="77B950BB">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>2543810</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>-17145</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="3971925" cy="542925"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="5" name="Text Box 5"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1">
+                      <a:spLocks/>
+                    </wps:cNvSpPr>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="3971925" cy="542925"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="6350">
+                        <a:noFill/>
+                      </a:ln>
+                      <a:effectLst/>
+                    </wps:spPr>
+                    <wps:style>
+                      <a:lnRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:lnRef>
+                      <a:fillRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:fillRef>
+                      <a:effectRef idx="0">
+                        <a:schemeClr val="accent1"/>
+                      </a:effectRef>
+                      <a:fontRef idx="minor">
+                        <a:schemeClr val="dk1"/>
+                      </a:fontRef>
+                    </wps:style>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5BF43915" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="00B937D8">
+                          <w:pPr>
+                            <w:pStyle w:val="Publicationtitle"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shape w14:anchorId="1FE467D6" id="Text Box 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:200.3pt;margin-top:-1.35pt;width:312.75pt;height:42.75pt;z-index:251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCePGQHegIAAF0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X52kSbsacYqsRYcB&#10;QVusHXpWZCkxKouaxMTOfv0o2Xmg26XDLjYlfqT4+MjpdVsbtlU+VGALPjwbcKashLKyq4L/eL77&#10;9JmzgMKWwoBVBd+pwK9nHz9MG5erEazBlMozcmJD3riCrxFdnmVBrlUtwhk4ZUmpwdcC6ehXWelF&#10;Q95rk40Gg4usAV86D1KFQLe3nZLPkn+tlcQHrYNCZgpOsWH6+vRdxm82m4p85YVbV7IPQ/xDFLWo&#10;LD16cHUrULCNr/5wVVfSQwCNZxLqDLSupEo5UDbDwZtsntbCqZQLFSe4Q5nC/3Mr77dP7tEzbL9A&#10;Sw1MSQS3APkaqDZZ40LeY2JNQx4IHRNtta/jn1JgZEi13R3qqVpkki7Pry6HV6MJZ5J0k/EoytHp&#10;0dr5gF8V1CwKBffUrxSB2C4CdtA9JD5m4a4yJvXMWNYU/OJ8MkgGBw05NzZiVep+7+YYeZJwZ1TE&#10;GPtdaVaVKYF4kXinboxnW0GMEVIqi8M+6ISOKE1BvMewxx+jeo9xlwdZpJfB4sG4riz4rmFxXI5h&#10;l6/7kHWH7xsZurxjCbBdtpQ49SgmF2+WUO6ICB66GQlO3lXUlIUI+Cg8DQW1mAYdH+ijDVDxoZc4&#10;W4P/9bf7iCeukpazhoas4OHnRnjFmflmicVXw/E4TmU6jCeXIzr4U83yVGM39Q1QV4a0UpxMYsSj&#10;2YvaQ/1C+2AeXyWVsJLeLjjuxRvsRp/2iVTzeQLRHDqBC/vk5J7/kXLP7YvwruclEqPvYT+OIn9D&#10;zw4b+2NhvkHQVeLusap9/WmGE/v7fROXxOk5oY5bcfYbAAD//wMAUEsDBBQABgAIAAAAIQCH/PDF&#10;3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDEDvSPxDZCRuW7oKRlXqTlOlCQnBYWMX&#10;bm6TtRWJU5psK3w92YkdLT89PxeryRpx0qPvHSMs5gkIzY1TPbcI+4/NLAPhA7Ei41gj/GgPq/L2&#10;pqBcuTNv9WkXWhEl7HNC6EIYcil902lLfu4GzXF3cKOlEMexlWqkc5RbI9MkWUpLPccLHQ266nTz&#10;tTtahNdq807bOrXZr6le3g7r4Xv/+Yh4fzetn0EEPYV/GC75MR3K2FS7IysvDMJDtEcUYZY+gbgA&#10;SbpcgKgRsjQDWRby+oXyDwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ48ZAd6AgAAXQUA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAIf88MXfAAAA&#10;CgEAAA8AAAAAAAAAAAAAAAAA1AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADgBQAA&#10;AAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:textbox>
+                <w:txbxContent>
+                  <w:p w14:paraId="5BF43915" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="00B937D8">
+                    <w:pPr>
+                      <w:pStyle w:val="Publicationtitle"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+    <w:r w:rsidR="00984C5F">
+      <w:rPr>
+        <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D7FB2EF" wp14:editId="0700592A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02C0B9BD" wp14:editId="36A24BD9">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-29210</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>7620</wp:posOffset>
+            <wp:posOffset>-59055</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7580630" cy="10719435"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5715"/>
           <wp:wrapNone/>
-          <wp:docPr id="9" name="Picture 9"/>
+          <wp:docPr id="639106060" name="Picture 639106060"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="govOfWA_DOJ_222.eps"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7580630" cy="10719435"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...104 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="22E2C8AD" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5AB59507" w14:textId="1E7DDBE6" w:rsidR="00984C5F" w:rsidRDefault="00FB56B4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679232" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="41547F16" wp14:editId="619C4DA0">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="6FAEF2E8" wp14:editId="60270078">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
-              <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="6" name="WordArt 11"/>
+              <wp:docPr id="4" name="Text Box 4"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:extLst>
-[...10 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="605AB848" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                        <w:p w14:paraId="574AD504" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="000D4F44">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00371225">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:color w:val="C0C0C0"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
-                              <w14:textFill>
-[...5 lines deleted...]
-                              </w14:textFill>
                             </w:rPr>
                             <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="41547F16" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="6FAEF2E8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="WordArt 11" o:spid="_x0000_s1033" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251637248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAUAzo59QEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9jy1nSYQe8zYbdJ/z9jNtghuiBysZGy/ee/Ny+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN443ayQLkT9pW2iCntFt&#10;V1xMp5dFj6Q9oTIhcPX+uCmXGb+ujYpf6zqYKLpKMreYV8rrJq3FcgHllsA3rRppwD+wsNA6bnqC&#10;uocIYkftX1C2VYQB6zhRaAus61aZrIHVzKZ/qHluwJushc0J/mRT+H+w6sv+2T+RiMMHHHiAWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Kmc6a0Pnseaq2szxI+6ZY9nydei96Ec8dM8QhlSp03/GTVfgV3E&#10;3G2oyQrCdO36ZpqeXGZvBDPioR1Og+IGQnHxis9dXvGW4r33s/n8Zp47QpnA0hw8hfjJoBXppZLE&#10;QciosH8MMZE7HxmZJnJHmnHYDKLV3CaBJuIb1Aem3nNOKhl+7oAM27Czd8ixYu01oX3hIK4oi38l&#10;sB5egPxIITL5p+41J5lHDowWDmzyQ39nINtx/PbQiXk24sh0PDxyPqKmu8Gv2MSHNgs68xwFcWKy&#10;zjHdKZK/f+dT539w+QsAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPf&#10;FsvZGnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0Kf&#10;S+nrlqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NV&#10;FX18Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAUAzo59QEAAMsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAE8EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
-              <v:stroke joinstyle="round"/>
+            <v:shape id="Text Box 4" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCo5nnZ9wEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01z0zAQvTPDf9DoTp0U0g9PnE5oKZcC&#10;nWmYnjeSHBssrVgpsfPvu1LchIEbgw8aeyW9fe/t8/xmsJ3YGQotukpOzyZSGKdQt25Tye+r+3dX&#10;UoQITkOHzlRyb4K8Wbx9M+99ac6xwU4bEgziQtn7SjYx+rIogmqMhXCG3jjerJEsRP6kTaEJeka3&#10;XXE+mVwUPZL2hMqEwNW7w6ZcZPy6Nip+q+tgougqydxiXimv67QWizmUGwLftGqkAf/AwkLruOkR&#10;6g4iiC21f0HZVhEGrOOZQltgXbfKZA2sZjr5Q81TA95kLWxO8Eebwv+DVV93T/6RRBw+4sADzCKC&#10;f0D1MwiHtw24jVkSYd8Y0Nx4Ko/lTG+19zzWXF2ZIX7SLXs8Tb4WvQ/liJ/mEcqQOq37L6j5Cmwj&#10;5m5DTVYQpmtX15P05DJ7I5gRD21/HBQ3EIqLl3zu4pK3FO+9n85m17PcEcoElubgKcTPBq1IL5Uk&#10;DkJGhd1DiInc6cjINJE70IzDehCtruSHBJqIr1HvmXrPOalk+LUFMmzD1t4ix4q114T2mYO4pCz+&#10;lcBqeAbyI4XI5B+715xkHjkwWjiwyQ/9g4Fsx/HbQSdm2YgD0/HwyPmAmu4Gv2QT79ss6MRzFMSJ&#10;yTrHdKdI/v6dT53+wcULAAAA//8DAFBLAwQUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAGRycy9k&#10;b3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KhDiPgJ2VSIiEOPbRFnN94mAXsdYqdJeXpcLuWy0mhG&#10;M98Wy9kacaDBd44RbhcJCOLa6Y4bhPft280jCB8Ua2UcE8KRPCzLy4tC5dpNvKbDJjQilrDPFUIb&#10;Qp9L6euWrPIL1xNHb+8Gq0KUQyP1oKZYbo1Mk+ReWtVxXGhVT68t1V+b0SLon/2xv5um7Wq1rsZv&#10;01UVfXwiXl/NL88gAs3hHIYTfkSHMjLt3MjaC4MQHwl/9+SlWZaC2CFkTw8gy0L+py9/AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKjmedn3AQAAywMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAAAAAAAAAAAAAAAAUQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="605AB848" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                  <w:p w14:paraId="574AD504" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="000D4F44">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r>
+                    <w:r w:rsidRPr="00371225">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
-                        <w14:textFill>
-[...5 lines deleted...]
-                        </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6F8FF451" w14:textId="1F4CC41E" w:rsidR="003E5369" w:rsidRDefault="001B1B42" w:rsidP="00A97C63">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:proofErr w:type="spellStart"/>
+    <w:r>
+      <w:t>YDC</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00526942" w:rsidRPr="00526942">
+      <w:t xml:space="preserve">COPP </w:t>
+    </w:r>
+    <w:r w:rsidR="004F7CA5">
+      <w:t>9.5 Approved and Unauthorised Items (Staff and Visitors)</w:t>
+    </w:r>
+    <w:r w:rsidR="00526942" w:rsidRPr="00526942">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00804AA0">
+      <w:t>v</w:t>
+    </w:r>
+    <w:r w:rsidR="00891F4B">
+      <w:t>4</w:t>
+    </w:r>
+    <w:r w:rsidR="00804AA0">
+      <w:t>.0</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="38CF505F" w14:textId="4F45BEDA" w:rsidR="00984C5F" w:rsidRDefault="00FB56B4">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668992" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="445ADCC6" wp14:editId="6CD4761D">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="47AD0956" wp14:editId="0096B2BA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
-              <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="5" name="WordArt 5"/>
+              <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm rot="18900000">
                         <a:off x="0" y="0"/>
                         <a:ext cx="7900670" cy="315595"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
-                      <a:extLst>
-[...10 lines deleted...]
-                      </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6001E0CE" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                        <w:p w14:paraId="18EE73AF" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="000D4F44">
                           <w:pPr>
                             <w:pStyle w:val="NormalWeb"/>
                             <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                             <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
                           </w:pPr>
-                          <w:r>
+                          <w:r w:rsidRPr="00371225">
                             <w:rPr>
                               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                              <w:color w:val="000000"/>
+                              <w:color w:val="C0C0C0"/>
                               <w:sz w:val="2"/>
                               <w:szCs w:val="2"/>
-                              <w14:textFill>
-[...5 lines deleted...]
-                              </w14:textFill>
                             </w:rPr>
                             <w:t>Draft and not for further dissemination until approved</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
                       <a:prstTxWarp prst="textPlain">
                         <a:avLst>
                           <a:gd name="adj" fmla="val 50000"/>
                         </a:avLst>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="445ADCC6" id="WordArt 5" o:spid="_x0000_s1034" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251647488;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDafJTu9gEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9uzaThOIPWbGbdJ/z9jNtghuiBysZGy/ee/Ny+J2cJ3YW6QWfCVnk6kU1mswrd9W8tv64d21&#10;FBSVN6oDbyt5sCRvl2/fLPpQ2gtooDMWBYN4KvtQySbGUBYF6cY6RRMI1vNmDehU5E/cFgZVz+iu&#10;Ky6m08uiBzQBQVsirt4fN+Uy49e11fFrXZONoqskc4t5xbxu0losF6rcogpNq0ca6h9YONV6bnqC&#10;uldRiR22f0G5ViMQ1HGiwRVQ1622WQOrmU3/UPPcqGCzFjaHwskm+n+w+sv+OTyhiMMHGHiAWQSF&#10;R9A/SHi4a5Tf2hUi9I1VhhvP5Kmc6a0Pgceaq2s7xI+mZY9nydeiD1SO+GkeVFLqtOk/g+Erahch&#10;dxtqdAIhXbu+maYnl9kbwYx4aIfToLiB0Fy84nOXV7ylee/9bD6/meeOqkxgaQ4BKX6y4ER6qSRy&#10;EDKq2j9STOTOR0amidyRZhw2g2hNJa8TaCK+AXNg6j3npJL0c6fQsg07dwccK9ZeI7gXDuIKs/hX&#10;AuvhRWEYKUQm/9S95iTzyIExwiuX/DDfGch1HL+96sQ8G3FkOh4eOR9R010KKzbxoc2CzjxHQZyY&#10;rHNMd4rk79/51PkfXP4CAAD//wMAUEsDBBQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/NTsMwEITvSLyDtUjcqEOI+AnZVIiIQ49tEWc33iYBex1ip0l5elwu5bLSaEYz&#10;3xbL2RpxoMF3jhFuFwkI4trpjhuE9+3bzSMIHxRrZRwTwpE8LMvLi0Ll2k28psMmNCKWsM8VQhtC&#10;n0vp65as8gvXE0dv7warQpRDI/WgplhujUyT5F5a1XFcaFVPry3VX5vRIuif/bG/m6btarWuxm/T&#10;VRV9fCJeX80vzyACzeEchhN+RIcyMu3cyNoLgxAfCX/35KVZloLYIWRPDyDLQv6nL38BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA2nyU7vYBAADLAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATJ9a5tsAAAAFAQAADwAAAAAAAAAAAAAAAABQBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFgFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f">
-              <v:stroke joinstyle="round"/>
+            <v:shapetype w14:anchorId="47AD0956" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Text Box 1" o:spid="_x0000_s1031" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:-45;z-index:-251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8uriG9QEAAMsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadpF3Y+o6arsslwW&#10;WGmL9jy1nSYQe8zYbdJ/z9jNtghuiBysZGy/ee/Ny+J2sJ3YGwotukrOJlMpjFOoW7et5Lf1w7tr&#10;KUIEp6FDZyp5MEHeLt++WfS+NBfYYKcNCQZxoex9JZsYfVkUQTXGQpigN443ayQLkT9pW2iCntFt&#10;V1xMp5dFj6Q9oTIhcPX+uCmXGb+ujYpf6zqYKLpKMreYV8rrJq3FcgHllsA3rRppwD+wsNA6bnqC&#10;uocIYkftX1C2VYQB6zhRaAus61aZrIHVzKZ/qHluwJushc0J/mRT+H+w6sv+2T+RiMMHHHiAWUTw&#10;j6h+BOHwrgG3NSsi7BsDmhvP5Kmc6a0Pnseaq2szxI+6ZY9nydei96Ec8dM8QhlSp03/GTVfgV3E&#10;3G2oyQrCdO36ZpqeXGZvBDPioR1Og+IGQnHxis9dXvGW4r33s/n8Zp47QpnA0hw8hfjJoBXppZLE&#10;QciosH8MMZE7HxmZJnJHmnHYDKLVlcygifgG9YGp95yTSoafOyDDNuzsHXKsWHtNaF84iCvK4l8J&#10;rIcXID9SiEz+qXvNSeaRA6OFA5v80N8ZyHYcvz10Yp6NODIdD4+cj6jpbvArNvGhzYLOPEdBnJis&#10;c0x3iuTv3/nU+R9c/gIAAP//AwBQSwMEFAAGAAgAAAAhAEyfWubbAAAABQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj81OwzAQhO9IvIO1SNyoQ4j4CdlUiIhDj20RZzfeJgF7HWKnSXl6XC7lstJoRjPf&#10;FsvZGnGgwXeOEW4XCQji2umOG4T37dvNIwgfFGtlHBPCkTwsy8uLQuXaTbymwyY0IpawzxVCG0Kf&#10;S+nrlqzyC9cTR2/vBqtClEMj9aCmWG6NTJPkXlrVcVxoVU+vLdVfm9Ei6J/9sb+bpu1qta7Gb9NV&#10;FX18Il5fzS/PIALN4RyGE35EhzIy7dzI2guDEB8Jf/fkpVmWgtghZE8PIMtC/qcvfwEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQA8uriG9QEAAMsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBMn1rm2wAAAAUBAAAPAAAAAAAAAAAAAAAAAE8EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVwUAAAAA&#10;" o:allowincell="f" filled="f" stroked="f">
               <o:lock v:ext="edit" shapetype="t"/>
               <v:textbox style="mso-fit-shape-to-text:t">
                 <w:txbxContent>
-                  <w:p w14:paraId="6001E0CE" w14:textId="77777777" w:rsidR="003E2E64" w:rsidRDefault="003E2E64" w:rsidP="00B74EB3">
+                  <w:p w14:paraId="18EE73AF" w14:textId="77777777" w:rsidR="00984C5F" w:rsidRDefault="00984C5F" w:rsidP="000D4F44">
                     <w:pPr>
                       <w:pStyle w:val="NormalWeb"/>
                       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                       <w:jc w:val="center"/>
+                      <w:rPr>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
                     </w:pPr>
-                    <w:r>
-[...209 lines deleted...]
-                    <w:r>
+                    <w:r w:rsidRPr="00371225">
                       <w:rPr>
                         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:color w:val="C0C0C0"/>
                         <w:sz w:val="2"/>
                         <w:szCs w:val="2"/>
-                        <w14:textFill>
-[...140 lines deleted...]
-                        </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="384AF7B6"/>
+    <w:tmpl w:val="A6684E2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0310373B"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="EE8E54FC">
+    <w:nsid w:val="001E3076"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3BD496AA"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
-[...36 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="864" w:hanging="432"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1008" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
-[...5 lines deleted...]
-        <w:ind w:left="4320" w:hanging="360"/>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1294" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
-[...33 lines deleted...]
-      </w:rPr>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1296" w:hanging="864"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="1008"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1584" w:hanging="1152"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="1296"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1872" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2016" w:hanging="1584"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B8113D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="4422287E"/>
+    <w:tmpl w:val="CFCC530A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:noProof w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:kern w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:effect w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+        <w:specVanish w:val="0"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading3"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="720"/>
+        <w:ind w:left="1004" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
-        <w:b w:val="0"/>
-        <w:strike w:val="0"/>
+        <w:i w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading4"/>
       <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="864"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading5"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="1008"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
@@ -9585,249 +8727,421 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="28283049"/>
+    <w:nsid w:val="0DAE0BF0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4934D690"/>
+    <w:tmpl w:val="325AF0CA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1364" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2084" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2804" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3524" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4244" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4964" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5684" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6404" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7124" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1E9E4A5D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8D2EA130"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Sectionheading"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Subsectionheading"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="207A1671"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4558D5AC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="StyleHeading1Arial12ptJustifiedBottomNoborder"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1500" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2220" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2940" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3660" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4380" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5100" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5820" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6540" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7260" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="372A7879"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="36E08F0C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9896,137 +9210,547 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A046FD6"/>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="385E3BEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="468E12CE"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1)"/>
+    <w:tmpl w:val="E738D2C8"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="39F64AB5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A56EDAAC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:pStyle w:val="StyleStyleHeading113ptJustifiedBefore0pt125pt"/>
+      <w:lvlText w:val="1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1644"/>
+        </w:tabs>
+        <w:ind w:left="1644" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val="1.1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1644"/>
+        </w:tabs>
+        <w:ind w:left="1644" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:smallCaps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="0"/>
+        <w:position w:val="0"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+        <w:em w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1644"/>
+        </w:tabs>
+        <w:ind w:left="1644" w:hanging="680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1648"/>
+        </w:tabs>
+        <w:ind w:left="1648" w:hanging="864"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1792"/>
+        </w:tabs>
+        <w:ind w:left="1792" w:hanging="1008"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1936"/>
+        </w:tabs>
+        <w:ind w:left="1936" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2080"/>
+        </w:tabs>
+        <w:ind w:left="2080" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2224"/>
+        </w:tabs>
+        <w:ind w:left="2224" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2368"/>
+        </w:tabs>
+        <w:ind w:left="2368" w:hanging="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F085036"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C09001D"/>
+    <w:styleLink w:val="1ai"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42DD6A24"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C79E752E"/>
+    <w:lvl w:ilvl="0" w:tplc="060AF856">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="StyleHeading1Before0ptBottomSinglesolidlineAuto"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="81343D40">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="17C68D96">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2C2A9A52">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DBC4A7FA">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="BE82FADC">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="50820832">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C79E98AC">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AB989B9C">
+      <w:numFmt w:val="none"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="448262A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6006556A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -10071,250 +9795,327 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="484E11B2"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C5F1835"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="3AEA6EC0"/>
+    <w:tmpl w:val="2F985AA4"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="11"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1"/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pStyle w:val="StyleHeading112ptLeft0cmBefore0pt1"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:caps w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:dstrike w:val="0"/>
+        <w:vanish w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:u w:val="none"/>
+        <w:vertAlign w:val="baseline"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="6"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="943" w:hanging="660"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
-      <w:start w:val="2"/>
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1286" w:hanging="720"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1067"/>
+        </w:tabs>
+        <w:ind w:left="1067" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:cs="Times New Roman" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2.%3.%4"/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:ind w:left="1134" w:hanging="567"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2212" w:hanging="1080"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1008"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2855" w:hanging="1440"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1152"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3138" w:hanging="1440"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1296"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3781" w:hanging="1800"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4064" w:hanging="1800"/>
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1584"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...109 lines deleted...]
-      </w:rPr>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="520F5E76"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0C09001F"/>
+    <w:styleLink w:val="111111"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66145C7B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="42529DC2"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10383,1470 +10184,4337 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1001591079">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66631DFC"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="993616EE"/>
+    <w:styleLink w:val="StyleOutlinenumbered13ptBold"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="34"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="510"/>
+        </w:tabs>
+        <w:ind w:left="510" w:hanging="510"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FA012B5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="199E1078"/>
+    <w:styleLink w:val="StyleNumbered13ptBold"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="26"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72004AC6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EA8A70BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ACRuleHeader1"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ACRuleHeader2"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5536" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ACRuleBody3"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="753F5283"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4C2CC016"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75FD4723"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0D222CBA"/>
+    <w:lvl w:ilvl="0" w:tplc="312E38C6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:color w:val="auto"/>
+        <w:sz w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="76E2193A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="073E433C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1628" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2348" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3068" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4508" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5228" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6668" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7388" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="773E52E3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="96060B5C"/>
+    <w:lvl w:ilvl="0" w:tplc="12A6B1F6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="List"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="79D06AD4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28E664E2"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6691" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7411" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8131" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8851" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="9571" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="10291" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11011" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="11731" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="12451" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7B634C6D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4DDEC758"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D6A17D4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A40E4C02"/>
+    <w:lvl w:ilvl="0" w:tplc="66DC7A6A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1889339915">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="442111443">
+  <w:num w:numId="2" w16cid:durableId="705329589">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1976373608">
+  <w:num w:numId="3" w16cid:durableId="1476873761">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1920407557">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="197667482">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1085372991">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="995374914">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="917322017">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1478760095">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="371152224">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1988825569">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1199970327">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="256409074">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="1172451598">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="2041347847">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="621771286">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1086151375">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="2013530128">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="543638762">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="756363242">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1128087384">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="1452360992">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="988903109">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="23" w16cid:durableId="1484934872">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1025133253">
+  <w:num w:numId="24" w16cid:durableId="988903109">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="614825428">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="25" w16cid:durableId="1421024487">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1086151375">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="26" w16cid:durableId="1227570112">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="445389824">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="27" w16cid:durableId="318657532">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1128087384">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="28" w16cid:durableId="1457405926">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="830025261">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="29" w16cid:durableId="2003966734">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1675717148">
-[...27 lines deleted...]
-    </w:lvlOverride>
+  <w:num w:numId="30" w16cid:durableId="411971186">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1534223377">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="31" w16cid:durableId="1473910163">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:numIdMacAtCleanup w:val="8"/>
+  <w:num w:numId="32" w16cid:durableId="660545757">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1534223377">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="57290595">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1580598949">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:numIdMacAtCleanup w:val="24"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="1721" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="+KWSDrrkLBed2b3yhb6M3IOqaYJ8/pqdZL8ti5x5I+wWppGG7jQgsx+tJxCfAAO38AryfjGWtelWX5ceADXD9Q==" w:salt="G7TKZTMJU/1bDvwgIlGQjA=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="r2YkyjswDx18vYH/6dNjlkVatdoY27H8gzbpbSpMzyCQNHkuWg+/GBVf/RVs9zNdeuAiQV98tCTWCKvj3EyTjA==" w:salt="OeufFxavpdFf/LmaqbUDeg=="/>
   <w:defaultTabStop w:val="720"/>
-  <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="00562BAC"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00041CDA"/>
+    <w:rsidRoot w:val="00943E49"/>
+    <w:rsid w:val="0000141D"/>
+    <w:rsid w:val="00001A01"/>
+    <w:rsid w:val="00002304"/>
+    <w:rsid w:val="00002776"/>
+    <w:rsid w:val="000029A9"/>
+    <w:rsid w:val="000029F0"/>
+    <w:rsid w:val="0000486D"/>
+    <w:rsid w:val="00006F65"/>
+    <w:rsid w:val="000072B5"/>
+    <w:rsid w:val="00007752"/>
+    <w:rsid w:val="00007AA2"/>
+    <w:rsid w:val="00010C97"/>
+    <w:rsid w:val="000119F2"/>
+    <w:rsid w:val="00012001"/>
+    <w:rsid w:val="00016177"/>
+    <w:rsid w:val="0001682F"/>
+    <w:rsid w:val="00016909"/>
+    <w:rsid w:val="000177C0"/>
+    <w:rsid w:val="00017D07"/>
+    <w:rsid w:val="00020190"/>
+    <w:rsid w:val="00021283"/>
+    <w:rsid w:val="00024086"/>
+    <w:rsid w:val="00024186"/>
+    <w:rsid w:val="0002719B"/>
+    <w:rsid w:val="00027E36"/>
+    <w:rsid w:val="00030692"/>
+    <w:rsid w:val="00030985"/>
+    <w:rsid w:val="00033C94"/>
+    <w:rsid w:val="00034382"/>
+    <w:rsid w:val="00034A16"/>
+    <w:rsid w:val="00034ED8"/>
+    <w:rsid w:val="00034F20"/>
+    <w:rsid w:val="00035914"/>
+    <w:rsid w:val="0003596F"/>
+    <w:rsid w:val="00035C0A"/>
+    <w:rsid w:val="00040C41"/>
+    <w:rsid w:val="00040C8A"/>
+    <w:rsid w:val="00041694"/>
+    <w:rsid w:val="00042AA7"/>
+    <w:rsid w:val="00042B9A"/>
+    <w:rsid w:val="00043CB8"/>
+    <w:rsid w:val="00044517"/>
+    <w:rsid w:val="00045176"/>
+    <w:rsid w:val="000452B5"/>
+    <w:rsid w:val="00045408"/>
     <w:rsid w:val="00045F51"/>
-    <w:rsid w:val="000467A1"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00073A28"/>
+    <w:rsid w:val="0004637E"/>
+    <w:rsid w:val="000479A9"/>
+    <w:rsid w:val="00050C47"/>
+    <w:rsid w:val="00051A30"/>
+    <w:rsid w:val="00051C78"/>
+    <w:rsid w:val="0005265E"/>
+    <w:rsid w:val="000530C0"/>
+    <w:rsid w:val="0005621E"/>
+    <w:rsid w:val="0005638D"/>
+    <w:rsid w:val="000568A4"/>
+    <w:rsid w:val="00057D3D"/>
+    <w:rsid w:val="00060F76"/>
+    <w:rsid w:val="0006173B"/>
+    <w:rsid w:val="00061C96"/>
+    <w:rsid w:val="00062AF2"/>
+    <w:rsid w:val="00062E4B"/>
+    <w:rsid w:val="0006347E"/>
+    <w:rsid w:val="00064437"/>
+    <w:rsid w:val="00065F61"/>
+    <w:rsid w:val="00066ABC"/>
+    <w:rsid w:val="00067B71"/>
+    <w:rsid w:val="00067BD5"/>
+    <w:rsid w:val="000705EB"/>
+    <w:rsid w:val="00070612"/>
+    <w:rsid w:val="00070F23"/>
+    <w:rsid w:val="000741D6"/>
     <w:rsid w:val="000755EE"/>
-    <w:rsid w:val="00081C89"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00085B9A"/>
+    <w:rsid w:val="00076290"/>
+    <w:rsid w:val="000763C0"/>
+    <w:rsid w:val="00081F60"/>
+    <w:rsid w:val="00083125"/>
+    <w:rsid w:val="000833E1"/>
+    <w:rsid w:val="0008380E"/>
+    <w:rsid w:val="00083BD3"/>
+    <w:rsid w:val="0008443C"/>
+    <w:rsid w:val="000849DC"/>
+    <w:rsid w:val="00084DE9"/>
+    <w:rsid w:val="000853D6"/>
+    <w:rsid w:val="00085BDB"/>
+    <w:rsid w:val="00085F4D"/>
+    <w:rsid w:val="000865C1"/>
+    <w:rsid w:val="0008680F"/>
+    <w:rsid w:val="00087851"/>
+    <w:rsid w:val="00091099"/>
+    <w:rsid w:val="00091A31"/>
     <w:rsid w:val="000925A5"/>
+    <w:rsid w:val="00093645"/>
+    <w:rsid w:val="00093B1E"/>
+    <w:rsid w:val="00093F09"/>
+    <w:rsid w:val="0009417B"/>
+    <w:rsid w:val="00094DF0"/>
+    <w:rsid w:val="00095C6E"/>
+    <w:rsid w:val="00095CB7"/>
+    <w:rsid w:val="000962A8"/>
     <w:rsid w:val="000A013B"/>
-    <w:rsid w:val="000A1B2B"/>
-[...3 lines deleted...]
-    <w:rsid w:val="000B0741"/>
+    <w:rsid w:val="000A0CCC"/>
+    <w:rsid w:val="000A1F8E"/>
+    <w:rsid w:val="000A24FC"/>
+    <w:rsid w:val="000A2D97"/>
+    <w:rsid w:val="000A6879"/>
+    <w:rsid w:val="000B0AC8"/>
+    <w:rsid w:val="000B1521"/>
+    <w:rsid w:val="000B1D54"/>
+    <w:rsid w:val="000B1E6D"/>
+    <w:rsid w:val="000B2EBE"/>
+    <w:rsid w:val="000B302B"/>
+    <w:rsid w:val="000B454C"/>
+    <w:rsid w:val="000B5B8F"/>
     <w:rsid w:val="000B6320"/>
-    <w:rsid w:val="000B6F08"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000C6F8B"/>
+    <w:rsid w:val="000B7D05"/>
+    <w:rsid w:val="000C0144"/>
+    <w:rsid w:val="000C26C6"/>
+    <w:rsid w:val="000C481C"/>
+    <w:rsid w:val="000C6C38"/>
+    <w:rsid w:val="000C75FD"/>
+    <w:rsid w:val="000C7D56"/>
     <w:rsid w:val="000D008C"/>
-    <w:rsid w:val="000D27CB"/>
-    <w:rsid w:val="000D546D"/>
+    <w:rsid w:val="000D0361"/>
+    <w:rsid w:val="000D0E06"/>
+    <w:rsid w:val="000D1E85"/>
+    <w:rsid w:val="000D2CBD"/>
+    <w:rsid w:val="000D3D62"/>
+    <w:rsid w:val="000D4248"/>
+    <w:rsid w:val="000D4F44"/>
+    <w:rsid w:val="000D513F"/>
     <w:rsid w:val="000D69A3"/>
-    <w:rsid w:val="000D7AF5"/>
-[...9 lines deleted...]
-    <w:rsid w:val="000F5F5F"/>
+    <w:rsid w:val="000D6F46"/>
+    <w:rsid w:val="000D70DD"/>
+    <w:rsid w:val="000D7126"/>
+    <w:rsid w:val="000D7D9D"/>
+    <w:rsid w:val="000E01DD"/>
+    <w:rsid w:val="000E093B"/>
+    <w:rsid w:val="000E144C"/>
+    <w:rsid w:val="000E1C65"/>
+    <w:rsid w:val="000E2F6B"/>
+    <w:rsid w:val="000E3FCC"/>
+    <w:rsid w:val="000E4251"/>
+    <w:rsid w:val="000E47CF"/>
+    <w:rsid w:val="000E4C12"/>
+    <w:rsid w:val="000E5AF8"/>
+    <w:rsid w:val="000E5E7C"/>
+    <w:rsid w:val="000E60C6"/>
+    <w:rsid w:val="000E6D18"/>
+    <w:rsid w:val="000F0763"/>
+    <w:rsid w:val="000F16B2"/>
+    <w:rsid w:val="000F22C0"/>
+    <w:rsid w:val="000F266E"/>
+    <w:rsid w:val="000F3C49"/>
+    <w:rsid w:val="000F46FE"/>
+    <w:rsid w:val="000F4E49"/>
+    <w:rsid w:val="000F4EDC"/>
+    <w:rsid w:val="000F5E2E"/>
+    <w:rsid w:val="000F5E78"/>
+    <w:rsid w:val="000F6C18"/>
+    <w:rsid w:val="000F6EE9"/>
+    <w:rsid w:val="000F71E4"/>
     <w:rsid w:val="000F7531"/>
-    <w:rsid w:val="000F7919"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00102020"/>
+    <w:rsid w:val="000F7F96"/>
+    <w:rsid w:val="00100577"/>
     <w:rsid w:val="001035D6"/>
-    <w:rsid w:val="00111A78"/>
+    <w:rsid w:val="00103A3E"/>
+    <w:rsid w:val="0011074A"/>
+    <w:rsid w:val="0011109D"/>
+    <w:rsid w:val="001116F6"/>
+    <w:rsid w:val="00112DCC"/>
+    <w:rsid w:val="00113CC0"/>
+    <w:rsid w:val="00114291"/>
+    <w:rsid w:val="00114BAD"/>
+    <w:rsid w:val="0011573A"/>
     <w:rsid w:val="001158E9"/>
-    <w:rsid w:val="001252F1"/>
-    <w:rsid w:val="00125686"/>
+    <w:rsid w:val="00115D22"/>
+    <w:rsid w:val="0011678F"/>
+    <w:rsid w:val="00117C90"/>
+    <w:rsid w:val="0012023E"/>
+    <w:rsid w:val="001211AD"/>
+    <w:rsid w:val="00121549"/>
+    <w:rsid w:val="00122217"/>
+    <w:rsid w:val="001222EE"/>
+    <w:rsid w:val="00122445"/>
+    <w:rsid w:val="00124E4A"/>
     <w:rsid w:val="00126611"/>
+    <w:rsid w:val="001268C8"/>
+    <w:rsid w:val="00126F23"/>
+    <w:rsid w:val="001308AE"/>
     <w:rsid w:val="00131037"/>
-    <w:rsid w:val="00141B9B"/>
-    <w:rsid w:val="00141F59"/>
+    <w:rsid w:val="00131743"/>
+    <w:rsid w:val="00133457"/>
+    <w:rsid w:val="0013419A"/>
+    <w:rsid w:val="00136672"/>
+    <w:rsid w:val="0014096B"/>
+    <w:rsid w:val="00140DB3"/>
+    <w:rsid w:val="00141A79"/>
+    <w:rsid w:val="00142726"/>
+    <w:rsid w:val="001428A8"/>
+    <w:rsid w:val="00142F8B"/>
+    <w:rsid w:val="00142FF8"/>
+    <w:rsid w:val="001449CF"/>
     <w:rsid w:val="00144A1B"/>
-    <w:rsid w:val="00144C94"/>
-    <w:rsid w:val="00145C4E"/>
+    <w:rsid w:val="001463C1"/>
     <w:rsid w:val="00146739"/>
+    <w:rsid w:val="00147375"/>
     <w:rsid w:val="00150099"/>
+    <w:rsid w:val="00150562"/>
+    <w:rsid w:val="00150706"/>
+    <w:rsid w:val="00150AB4"/>
+    <w:rsid w:val="00151612"/>
+    <w:rsid w:val="00151B2A"/>
+    <w:rsid w:val="00152C13"/>
+    <w:rsid w:val="0015346E"/>
+    <w:rsid w:val="001544AD"/>
+    <w:rsid w:val="00154810"/>
     <w:rsid w:val="00155864"/>
-    <w:rsid w:val="00161C44"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00173FFE"/>
+    <w:rsid w:val="0015630C"/>
+    <w:rsid w:val="001563A3"/>
+    <w:rsid w:val="00156673"/>
+    <w:rsid w:val="001604CA"/>
+    <w:rsid w:val="001605C0"/>
+    <w:rsid w:val="00160DD0"/>
+    <w:rsid w:val="001625A3"/>
+    <w:rsid w:val="00163E9E"/>
+    <w:rsid w:val="0016537C"/>
+    <w:rsid w:val="0016610C"/>
+    <w:rsid w:val="00166878"/>
+    <w:rsid w:val="00167161"/>
+    <w:rsid w:val="0016728D"/>
+    <w:rsid w:val="0016765F"/>
+    <w:rsid w:val="00167A9A"/>
+    <w:rsid w:val="00167D49"/>
+    <w:rsid w:val="0017003B"/>
+    <w:rsid w:val="001700CE"/>
+    <w:rsid w:val="001717A2"/>
+    <w:rsid w:val="001723FC"/>
+    <w:rsid w:val="00173B63"/>
+    <w:rsid w:val="00173FB3"/>
     <w:rsid w:val="001757E8"/>
-    <w:rsid w:val="001813D3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00192D4A"/>
+    <w:rsid w:val="001763FA"/>
+    <w:rsid w:val="00176B40"/>
+    <w:rsid w:val="00177107"/>
+    <w:rsid w:val="00177CAA"/>
+    <w:rsid w:val="00177F0D"/>
+    <w:rsid w:val="00180E5E"/>
+    <w:rsid w:val="00180ECF"/>
+    <w:rsid w:val="0018122C"/>
+    <w:rsid w:val="00181AB7"/>
+    <w:rsid w:val="00183371"/>
+    <w:rsid w:val="001838B2"/>
+    <w:rsid w:val="00183BBC"/>
+    <w:rsid w:val="00184351"/>
+    <w:rsid w:val="001855F9"/>
+    <w:rsid w:val="0018674E"/>
+    <w:rsid w:val="001876BC"/>
+    <w:rsid w:val="00187983"/>
+    <w:rsid w:val="00187C17"/>
+    <w:rsid w:val="0019000C"/>
+    <w:rsid w:val="0019076E"/>
+    <w:rsid w:val="00190E17"/>
+    <w:rsid w:val="00191176"/>
+    <w:rsid w:val="00192065"/>
+    <w:rsid w:val="001926D9"/>
+    <w:rsid w:val="00193588"/>
+    <w:rsid w:val="001935B0"/>
     <w:rsid w:val="00193880"/>
-    <w:rsid w:val="00193CA5"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00216D2F"/>
+    <w:rsid w:val="00193BBF"/>
+    <w:rsid w:val="00195C8E"/>
+    <w:rsid w:val="00196330"/>
+    <w:rsid w:val="001979FC"/>
+    <w:rsid w:val="001A2556"/>
+    <w:rsid w:val="001A2DC5"/>
+    <w:rsid w:val="001A4BA9"/>
+    <w:rsid w:val="001A565B"/>
+    <w:rsid w:val="001A5718"/>
+    <w:rsid w:val="001A5867"/>
+    <w:rsid w:val="001A6102"/>
+    <w:rsid w:val="001A6164"/>
+    <w:rsid w:val="001A636C"/>
+    <w:rsid w:val="001A7275"/>
+    <w:rsid w:val="001B125D"/>
+    <w:rsid w:val="001B1B42"/>
+    <w:rsid w:val="001B1CF6"/>
+    <w:rsid w:val="001B3306"/>
+    <w:rsid w:val="001B5BF4"/>
+    <w:rsid w:val="001B6785"/>
+    <w:rsid w:val="001B691D"/>
+    <w:rsid w:val="001B7456"/>
+    <w:rsid w:val="001B747E"/>
+    <w:rsid w:val="001C0520"/>
+    <w:rsid w:val="001C174F"/>
+    <w:rsid w:val="001C3715"/>
+    <w:rsid w:val="001C3844"/>
+    <w:rsid w:val="001C3B4F"/>
+    <w:rsid w:val="001C4044"/>
+    <w:rsid w:val="001C4927"/>
+    <w:rsid w:val="001C591F"/>
+    <w:rsid w:val="001C5B3A"/>
+    <w:rsid w:val="001C5BDD"/>
+    <w:rsid w:val="001C6422"/>
+    <w:rsid w:val="001D0B0F"/>
+    <w:rsid w:val="001D100D"/>
+    <w:rsid w:val="001D1162"/>
+    <w:rsid w:val="001D1859"/>
+    <w:rsid w:val="001D1C9B"/>
+    <w:rsid w:val="001D2614"/>
+    <w:rsid w:val="001D3731"/>
+    <w:rsid w:val="001D71EB"/>
+    <w:rsid w:val="001D7F87"/>
+    <w:rsid w:val="001E0D37"/>
+    <w:rsid w:val="001E222E"/>
+    <w:rsid w:val="001E326F"/>
+    <w:rsid w:val="001E359A"/>
+    <w:rsid w:val="001E3CF0"/>
+    <w:rsid w:val="001E3DF6"/>
+    <w:rsid w:val="001E4D9C"/>
+    <w:rsid w:val="001E6643"/>
+    <w:rsid w:val="001E705A"/>
+    <w:rsid w:val="001E7E13"/>
+    <w:rsid w:val="001F0BE0"/>
+    <w:rsid w:val="001F1020"/>
+    <w:rsid w:val="001F1C58"/>
+    <w:rsid w:val="001F2BA5"/>
+    <w:rsid w:val="001F2E89"/>
+    <w:rsid w:val="001F50B2"/>
+    <w:rsid w:val="001F5B43"/>
+    <w:rsid w:val="001F5D9D"/>
+    <w:rsid w:val="001F65F4"/>
+    <w:rsid w:val="002004BF"/>
+    <w:rsid w:val="00201115"/>
+    <w:rsid w:val="0020131A"/>
+    <w:rsid w:val="002026BD"/>
+    <w:rsid w:val="0020319C"/>
+    <w:rsid w:val="002032BF"/>
+    <w:rsid w:val="002043CE"/>
+    <w:rsid w:val="00204F80"/>
+    <w:rsid w:val="002052DB"/>
+    <w:rsid w:val="00205C05"/>
+    <w:rsid w:val="00205DF8"/>
+    <w:rsid w:val="00206050"/>
+    <w:rsid w:val="002072F8"/>
+    <w:rsid w:val="00207F35"/>
+    <w:rsid w:val="002112F3"/>
+    <w:rsid w:val="002123A3"/>
+    <w:rsid w:val="00212DC3"/>
+    <w:rsid w:val="0021320A"/>
+    <w:rsid w:val="00213E15"/>
+    <w:rsid w:val="00213F22"/>
+    <w:rsid w:val="0021578E"/>
+    <w:rsid w:val="00215C4F"/>
+    <w:rsid w:val="00215FF9"/>
     <w:rsid w:val="002178FA"/>
-    <w:rsid w:val="00225927"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00243579"/>
+    <w:rsid w:val="00220042"/>
+    <w:rsid w:val="0022024E"/>
+    <w:rsid w:val="00220B5C"/>
+    <w:rsid w:val="00221218"/>
+    <w:rsid w:val="00221EB6"/>
+    <w:rsid w:val="00222D27"/>
+    <w:rsid w:val="00223C54"/>
+    <w:rsid w:val="00226B23"/>
+    <w:rsid w:val="002273AF"/>
+    <w:rsid w:val="00227F9E"/>
+    <w:rsid w:val="002300A9"/>
+    <w:rsid w:val="002316E0"/>
+    <w:rsid w:val="00231C10"/>
+    <w:rsid w:val="00232469"/>
+    <w:rsid w:val="00232D3C"/>
+    <w:rsid w:val="0023363C"/>
+    <w:rsid w:val="002347D5"/>
+    <w:rsid w:val="00234A38"/>
+    <w:rsid w:val="00235D35"/>
+    <w:rsid w:val="00236183"/>
+    <w:rsid w:val="00236D6F"/>
+    <w:rsid w:val="00236FF5"/>
+    <w:rsid w:val="002370D0"/>
+    <w:rsid w:val="002414FD"/>
+    <w:rsid w:val="00241D3F"/>
+    <w:rsid w:val="0024246E"/>
+    <w:rsid w:val="0024265D"/>
+    <w:rsid w:val="00242CD2"/>
+    <w:rsid w:val="00242DD1"/>
+    <w:rsid w:val="00244EE8"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
+    <w:rsid w:val="00246BA8"/>
+    <w:rsid w:val="002470EE"/>
+    <w:rsid w:val="00247887"/>
+    <w:rsid w:val="00250052"/>
+    <w:rsid w:val="00250C11"/>
     <w:rsid w:val="00250C62"/>
-    <w:rsid w:val="00252216"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00253C73"/>
+    <w:rsid w:val="002532AF"/>
+    <w:rsid w:val="00253AC3"/>
+    <w:rsid w:val="00253B76"/>
     <w:rsid w:val="00254316"/>
-    <w:rsid w:val="002550C9"/>
-[...3 lines deleted...]
-    <w:rsid w:val="002710C5"/>
+    <w:rsid w:val="0025563A"/>
+    <w:rsid w:val="00257280"/>
+    <w:rsid w:val="00260020"/>
+    <w:rsid w:val="0026083F"/>
+    <w:rsid w:val="0026095E"/>
+    <w:rsid w:val="00260A4B"/>
+    <w:rsid w:val="0026125B"/>
+    <w:rsid w:val="00261697"/>
+    <w:rsid w:val="00262A45"/>
+    <w:rsid w:val="002638F7"/>
+    <w:rsid w:val="00263C93"/>
+    <w:rsid w:val="00263D0E"/>
+    <w:rsid w:val="002702C4"/>
+    <w:rsid w:val="002705C4"/>
+    <w:rsid w:val="002743A9"/>
+    <w:rsid w:val="0027473C"/>
     <w:rsid w:val="0027609B"/>
-    <w:rsid w:val="00280A6A"/>
-[...4 lines deleted...]
-    <w:rsid w:val="002851C5"/>
+    <w:rsid w:val="002760A0"/>
+    <w:rsid w:val="002765B1"/>
+    <w:rsid w:val="00277E83"/>
+    <w:rsid w:val="00280B45"/>
+    <w:rsid w:val="00280FE0"/>
+    <w:rsid w:val="00281B57"/>
+    <w:rsid w:val="00281D62"/>
+    <w:rsid w:val="00281D65"/>
+    <w:rsid w:val="00282617"/>
+    <w:rsid w:val="00282C2B"/>
+    <w:rsid w:val="0028342B"/>
+    <w:rsid w:val="00283725"/>
+    <w:rsid w:val="00284844"/>
+    <w:rsid w:val="00285067"/>
+    <w:rsid w:val="002856A7"/>
     <w:rsid w:val="00285795"/>
-    <w:rsid w:val="002918E6"/>
-[...14 lines deleted...]
-    <w:rsid w:val="002E4245"/>
+    <w:rsid w:val="00286136"/>
+    <w:rsid w:val="002873E6"/>
+    <w:rsid w:val="00291906"/>
+    <w:rsid w:val="0029255A"/>
+    <w:rsid w:val="00292CF7"/>
+    <w:rsid w:val="00293EC1"/>
+    <w:rsid w:val="00293FCC"/>
+    <w:rsid w:val="00294E22"/>
+    <w:rsid w:val="00295673"/>
+    <w:rsid w:val="00295EE5"/>
+    <w:rsid w:val="00296A8F"/>
+    <w:rsid w:val="00296DF6"/>
+    <w:rsid w:val="002977C8"/>
+    <w:rsid w:val="00297DD0"/>
+    <w:rsid w:val="00297DE6"/>
+    <w:rsid w:val="00297E7B"/>
+    <w:rsid w:val="002A0C1C"/>
+    <w:rsid w:val="002A0E24"/>
+    <w:rsid w:val="002A261A"/>
+    <w:rsid w:val="002A2A6F"/>
+    <w:rsid w:val="002A2B4F"/>
+    <w:rsid w:val="002A2DF8"/>
+    <w:rsid w:val="002A3776"/>
+    <w:rsid w:val="002A46BF"/>
+    <w:rsid w:val="002A6439"/>
+    <w:rsid w:val="002A6A3F"/>
+    <w:rsid w:val="002A7835"/>
+    <w:rsid w:val="002B160A"/>
+    <w:rsid w:val="002B3B8D"/>
+    <w:rsid w:val="002B4988"/>
+    <w:rsid w:val="002B4F85"/>
+    <w:rsid w:val="002C092D"/>
+    <w:rsid w:val="002C1965"/>
+    <w:rsid w:val="002C1C5D"/>
+    <w:rsid w:val="002C1C8D"/>
+    <w:rsid w:val="002C3233"/>
+    <w:rsid w:val="002C589C"/>
+    <w:rsid w:val="002C62B9"/>
+    <w:rsid w:val="002C67BC"/>
+    <w:rsid w:val="002C6BF9"/>
+    <w:rsid w:val="002C71B9"/>
+    <w:rsid w:val="002C71F3"/>
+    <w:rsid w:val="002D16A8"/>
+    <w:rsid w:val="002D1848"/>
+    <w:rsid w:val="002D2226"/>
+    <w:rsid w:val="002D286F"/>
+    <w:rsid w:val="002D3002"/>
+    <w:rsid w:val="002D36A4"/>
+    <w:rsid w:val="002D525C"/>
+    <w:rsid w:val="002D5AF1"/>
+    <w:rsid w:val="002D64DC"/>
+    <w:rsid w:val="002D7E3C"/>
+    <w:rsid w:val="002E0155"/>
+    <w:rsid w:val="002E03C1"/>
+    <w:rsid w:val="002E06C8"/>
+    <w:rsid w:val="002E1735"/>
+    <w:rsid w:val="002E1902"/>
+    <w:rsid w:val="002E298A"/>
+    <w:rsid w:val="002E33B7"/>
+    <w:rsid w:val="002E33E9"/>
+    <w:rsid w:val="002E3745"/>
+    <w:rsid w:val="002E3761"/>
+    <w:rsid w:val="002E3E3E"/>
+    <w:rsid w:val="002E5756"/>
+    <w:rsid w:val="002E6C51"/>
     <w:rsid w:val="002E6F7B"/>
-    <w:rsid w:val="002F3DB9"/>
-    <w:rsid w:val="002F5F6B"/>
+    <w:rsid w:val="002F008E"/>
+    <w:rsid w:val="002F228E"/>
+    <w:rsid w:val="002F29E0"/>
+    <w:rsid w:val="002F33C1"/>
+    <w:rsid w:val="002F38CE"/>
+    <w:rsid w:val="002F5265"/>
+    <w:rsid w:val="002F5372"/>
+    <w:rsid w:val="002F59D8"/>
+    <w:rsid w:val="002F65C4"/>
+    <w:rsid w:val="002F676C"/>
+    <w:rsid w:val="002F68AE"/>
+    <w:rsid w:val="002F69D7"/>
+    <w:rsid w:val="00300D12"/>
     <w:rsid w:val="00302144"/>
-    <w:rsid w:val="00302EDA"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003077CA"/>
+    <w:rsid w:val="00303101"/>
+    <w:rsid w:val="003042F2"/>
+    <w:rsid w:val="0030444D"/>
+    <w:rsid w:val="0030446D"/>
+    <w:rsid w:val="00304D7D"/>
+    <w:rsid w:val="00306456"/>
+    <w:rsid w:val="003066A7"/>
+    <w:rsid w:val="0030682A"/>
+    <w:rsid w:val="00306CC6"/>
+    <w:rsid w:val="00307018"/>
     <w:rsid w:val="00307964"/>
-    <w:rsid w:val="003130D9"/>
-[...38 lines deleted...]
-    <w:rsid w:val="0037520D"/>
+    <w:rsid w:val="0031129E"/>
+    <w:rsid w:val="00312757"/>
+    <w:rsid w:val="00314241"/>
+    <w:rsid w:val="00316ACC"/>
+    <w:rsid w:val="00316D78"/>
+    <w:rsid w:val="00316F99"/>
+    <w:rsid w:val="00317323"/>
+    <w:rsid w:val="00317F2D"/>
+    <w:rsid w:val="00321086"/>
+    <w:rsid w:val="003214E4"/>
+    <w:rsid w:val="003215A0"/>
+    <w:rsid w:val="003234F6"/>
+    <w:rsid w:val="00323703"/>
+    <w:rsid w:val="003253E2"/>
+    <w:rsid w:val="0032582C"/>
+    <w:rsid w:val="00325BC8"/>
+    <w:rsid w:val="00326A09"/>
+    <w:rsid w:val="00327FB3"/>
+    <w:rsid w:val="00327FD5"/>
+    <w:rsid w:val="00330307"/>
+    <w:rsid w:val="00330FFF"/>
+    <w:rsid w:val="00333E13"/>
+    <w:rsid w:val="003351B9"/>
+    <w:rsid w:val="00335D18"/>
+    <w:rsid w:val="003360CB"/>
+    <w:rsid w:val="00336DD3"/>
+    <w:rsid w:val="00336F99"/>
+    <w:rsid w:val="00337D71"/>
+    <w:rsid w:val="0034170D"/>
+    <w:rsid w:val="0034287B"/>
+    <w:rsid w:val="00342963"/>
+    <w:rsid w:val="003429DC"/>
+    <w:rsid w:val="00345B83"/>
+    <w:rsid w:val="003479E5"/>
+    <w:rsid w:val="00347A19"/>
+    <w:rsid w:val="00350DD2"/>
+    <w:rsid w:val="003511C6"/>
+    <w:rsid w:val="00356B04"/>
+    <w:rsid w:val="00357B09"/>
+    <w:rsid w:val="0036006D"/>
+    <w:rsid w:val="00360F18"/>
+    <w:rsid w:val="00361710"/>
+    <w:rsid w:val="00361A04"/>
+    <w:rsid w:val="00361B33"/>
+    <w:rsid w:val="0036277A"/>
+    <w:rsid w:val="00362C1C"/>
+    <w:rsid w:val="00363367"/>
+    <w:rsid w:val="003633A3"/>
+    <w:rsid w:val="00363534"/>
+    <w:rsid w:val="00364437"/>
+    <w:rsid w:val="00364464"/>
+    <w:rsid w:val="00366105"/>
+    <w:rsid w:val="00371225"/>
+    <w:rsid w:val="00371F81"/>
+    <w:rsid w:val="00372135"/>
+    <w:rsid w:val="00372697"/>
+    <w:rsid w:val="00374D48"/>
+    <w:rsid w:val="003750A7"/>
+    <w:rsid w:val="00375142"/>
+    <w:rsid w:val="003754DC"/>
+    <w:rsid w:val="00375CA9"/>
+    <w:rsid w:val="00376429"/>
+    <w:rsid w:val="003771FB"/>
+    <w:rsid w:val="00377430"/>
     <w:rsid w:val="00380258"/>
-    <w:rsid w:val="00380E2F"/>
-[...15 lines deleted...]
-    <w:rsid w:val="003C021D"/>
+    <w:rsid w:val="003807AB"/>
+    <w:rsid w:val="00380E85"/>
+    <w:rsid w:val="00381BA9"/>
+    <w:rsid w:val="00381ECD"/>
+    <w:rsid w:val="00382ECB"/>
+    <w:rsid w:val="00383A75"/>
+    <w:rsid w:val="00383CF7"/>
+    <w:rsid w:val="00385026"/>
+    <w:rsid w:val="00385A1B"/>
+    <w:rsid w:val="00386ADB"/>
+    <w:rsid w:val="0038760F"/>
+    <w:rsid w:val="003907F5"/>
+    <w:rsid w:val="00392618"/>
+    <w:rsid w:val="00392EA4"/>
+    <w:rsid w:val="00392FBD"/>
+    <w:rsid w:val="00393187"/>
+    <w:rsid w:val="003936F1"/>
+    <w:rsid w:val="00394E38"/>
+    <w:rsid w:val="0039574C"/>
+    <w:rsid w:val="00395913"/>
+    <w:rsid w:val="003A0280"/>
+    <w:rsid w:val="003A1BDC"/>
+    <w:rsid w:val="003A1D91"/>
+    <w:rsid w:val="003A2B4E"/>
+    <w:rsid w:val="003A35D2"/>
+    <w:rsid w:val="003A3E52"/>
+    <w:rsid w:val="003A5A2A"/>
+    <w:rsid w:val="003A5D3C"/>
+    <w:rsid w:val="003A602E"/>
+    <w:rsid w:val="003A68B8"/>
+    <w:rsid w:val="003A6C5B"/>
+    <w:rsid w:val="003A7940"/>
+    <w:rsid w:val="003B0A39"/>
+    <w:rsid w:val="003B3AF4"/>
+    <w:rsid w:val="003B52A7"/>
+    <w:rsid w:val="003B5CA0"/>
+    <w:rsid w:val="003B6425"/>
+    <w:rsid w:val="003B7859"/>
+    <w:rsid w:val="003B7F1E"/>
     <w:rsid w:val="003C1B90"/>
-    <w:rsid w:val="003C4C57"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003D698C"/>
+    <w:rsid w:val="003C1CA4"/>
+    <w:rsid w:val="003C22A1"/>
+    <w:rsid w:val="003C390A"/>
+    <w:rsid w:val="003C4620"/>
+    <w:rsid w:val="003C4BAE"/>
+    <w:rsid w:val="003C6D62"/>
+    <w:rsid w:val="003D0654"/>
+    <w:rsid w:val="003D0C8B"/>
+    <w:rsid w:val="003D228A"/>
+    <w:rsid w:val="003D45BF"/>
+    <w:rsid w:val="003D5245"/>
+    <w:rsid w:val="003D6595"/>
     <w:rsid w:val="003D708E"/>
-    <w:rsid w:val="003D71A4"/>
-[...5 lines deleted...]
-    <w:rsid w:val="003E69A8"/>
+    <w:rsid w:val="003D7B4A"/>
+    <w:rsid w:val="003D7F8F"/>
+    <w:rsid w:val="003E061B"/>
+    <w:rsid w:val="003E0AFE"/>
+    <w:rsid w:val="003E2179"/>
+    <w:rsid w:val="003E26E0"/>
+    <w:rsid w:val="003E2C25"/>
+    <w:rsid w:val="003E3966"/>
+    <w:rsid w:val="003E3FFB"/>
+    <w:rsid w:val="003E473B"/>
+    <w:rsid w:val="003E5369"/>
+    <w:rsid w:val="003E6014"/>
     <w:rsid w:val="003E6CE1"/>
-    <w:rsid w:val="003F26C5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="003F5AFC"/>
+    <w:rsid w:val="003E7C5D"/>
+    <w:rsid w:val="003F00A5"/>
+    <w:rsid w:val="003F30E1"/>
+    <w:rsid w:val="003F3245"/>
+    <w:rsid w:val="003F416B"/>
+    <w:rsid w:val="003F53B0"/>
+    <w:rsid w:val="003F62B4"/>
+    <w:rsid w:val="003F6782"/>
+    <w:rsid w:val="00400CAE"/>
     <w:rsid w:val="00400DF5"/>
-    <w:rsid w:val="0040104E"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00405BBE"/>
+    <w:rsid w:val="004012F3"/>
+    <w:rsid w:val="004018D4"/>
+    <w:rsid w:val="00402A67"/>
+    <w:rsid w:val="004033A4"/>
+    <w:rsid w:val="00403FC7"/>
+    <w:rsid w:val="0040417B"/>
+    <w:rsid w:val="00406EC3"/>
+    <w:rsid w:val="004070ED"/>
     <w:rsid w:val="0040796F"/>
-    <w:rsid w:val="004079CA"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00456F1E"/>
+    <w:rsid w:val="00410777"/>
+    <w:rsid w:val="00412CFC"/>
+    <w:rsid w:val="004130EC"/>
+    <w:rsid w:val="00413C2A"/>
+    <w:rsid w:val="00413D4B"/>
+    <w:rsid w:val="0041550A"/>
+    <w:rsid w:val="00415D19"/>
+    <w:rsid w:val="00416559"/>
+    <w:rsid w:val="004169A7"/>
+    <w:rsid w:val="00417148"/>
+    <w:rsid w:val="00421C23"/>
+    <w:rsid w:val="00421DE6"/>
+    <w:rsid w:val="00423D58"/>
+    <w:rsid w:val="00425BF4"/>
+    <w:rsid w:val="00426D90"/>
+    <w:rsid w:val="00426F2D"/>
+    <w:rsid w:val="004303E3"/>
+    <w:rsid w:val="004312A2"/>
+    <w:rsid w:val="00432AD3"/>
+    <w:rsid w:val="00432F04"/>
+    <w:rsid w:val="00433988"/>
+    <w:rsid w:val="00433C05"/>
+    <w:rsid w:val="00433C9F"/>
+    <w:rsid w:val="00433CCF"/>
+    <w:rsid w:val="0043547C"/>
+    <w:rsid w:val="00435500"/>
+    <w:rsid w:val="004356EB"/>
+    <w:rsid w:val="00435889"/>
+    <w:rsid w:val="00435AA3"/>
+    <w:rsid w:val="00436503"/>
+    <w:rsid w:val="00436791"/>
+    <w:rsid w:val="00437471"/>
+    <w:rsid w:val="00440F77"/>
+    <w:rsid w:val="004417AC"/>
+    <w:rsid w:val="004420C9"/>
+    <w:rsid w:val="0044314B"/>
+    <w:rsid w:val="00444EFC"/>
+    <w:rsid w:val="0044517D"/>
+    <w:rsid w:val="004454AF"/>
+    <w:rsid w:val="004458E5"/>
+    <w:rsid w:val="00445B68"/>
+    <w:rsid w:val="0044636E"/>
+    <w:rsid w:val="004466E7"/>
+    <w:rsid w:val="004467AF"/>
+    <w:rsid w:val="00446E2C"/>
+    <w:rsid w:val="004478FC"/>
+    <w:rsid w:val="00447ED3"/>
+    <w:rsid w:val="0045118D"/>
+    <w:rsid w:val="00451CDC"/>
+    <w:rsid w:val="00451FDE"/>
+    <w:rsid w:val="00452326"/>
+    <w:rsid w:val="00453168"/>
+    <w:rsid w:val="00453B66"/>
+    <w:rsid w:val="00455E08"/>
     <w:rsid w:val="00457598"/>
+    <w:rsid w:val="00457BF7"/>
+    <w:rsid w:val="00460598"/>
+    <w:rsid w:val="004618F1"/>
+    <w:rsid w:val="004633C2"/>
+    <w:rsid w:val="004647AA"/>
     <w:rsid w:val="00464E72"/>
-    <w:rsid w:val="00472903"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00476C67"/>
+    <w:rsid w:val="004654A7"/>
+    <w:rsid w:val="0046560C"/>
+    <w:rsid w:val="00466B97"/>
+    <w:rsid w:val="00467465"/>
+    <w:rsid w:val="00467B5E"/>
+    <w:rsid w:val="00470821"/>
+    <w:rsid w:val="00470B95"/>
+    <w:rsid w:val="00470D2E"/>
+    <w:rsid w:val="0047232E"/>
+    <w:rsid w:val="004725DF"/>
+    <w:rsid w:val="004731BB"/>
+    <w:rsid w:val="004752EC"/>
+    <w:rsid w:val="004766AC"/>
+    <w:rsid w:val="00477670"/>
+    <w:rsid w:val="00477C7A"/>
+    <w:rsid w:val="0048017F"/>
+    <w:rsid w:val="00480602"/>
+    <w:rsid w:val="00480EDC"/>
+    <w:rsid w:val="004811EF"/>
+    <w:rsid w:val="0048174B"/>
+    <w:rsid w:val="00482483"/>
+    <w:rsid w:val="004824F3"/>
+    <w:rsid w:val="00482B40"/>
+    <w:rsid w:val="004831A7"/>
+    <w:rsid w:val="00483241"/>
+    <w:rsid w:val="004834FF"/>
+    <w:rsid w:val="00483506"/>
+    <w:rsid w:val="004839E9"/>
+    <w:rsid w:val="004839F5"/>
+    <w:rsid w:val="004852A9"/>
+    <w:rsid w:val="0048557C"/>
+    <w:rsid w:val="00486250"/>
+    <w:rsid w:val="00486555"/>
+    <w:rsid w:val="00486604"/>
+    <w:rsid w:val="00487A0D"/>
+    <w:rsid w:val="0049037C"/>
     <w:rsid w:val="00490500"/>
-    <w:rsid w:val="00490897"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004A53D2"/>
+    <w:rsid w:val="0049192F"/>
+    <w:rsid w:val="004943A0"/>
+    <w:rsid w:val="004959B3"/>
+    <w:rsid w:val="00496B72"/>
+    <w:rsid w:val="00496E0D"/>
+    <w:rsid w:val="00497206"/>
+    <w:rsid w:val="00497764"/>
+    <w:rsid w:val="004A0122"/>
+    <w:rsid w:val="004A0289"/>
+    <w:rsid w:val="004A0325"/>
+    <w:rsid w:val="004A071B"/>
+    <w:rsid w:val="004A0EED"/>
+    <w:rsid w:val="004A3CF0"/>
+    <w:rsid w:val="004A468C"/>
+    <w:rsid w:val="004A475B"/>
+    <w:rsid w:val="004A4D5B"/>
+    <w:rsid w:val="004A4DF4"/>
+    <w:rsid w:val="004A543B"/>
+    <w:rsid w:val="004A551A"/>
+    <w:rsid w:val="004A5921"/>
+    <w:rsid w:val="004A7A02"/>
+    <w:rsid w:val="004B01D9"/>
+    <w:rsid w:val="004B054E"/>
+    <w:rsid w:val="004B126D"/>
+    <w:rsid w:val="004B15CD"/>
+    <w:rsid w:val="004B26B3"/>
+    <w:rsid w:val="004B299C"/>
+    <w:rsid w:val="004B2C03"/>
     <w:rsid w:val="004B307A"/>
-    <w:rsid w:val="004B4C2C"/>
-    <w:rsid w:val="004B59FD"/>
+    <w:rsid w:val="004B30D2"/>
+    <w:rsid w:val="004B3DEF"/>
+    <w:rsid w:val="004B47D8"/>
+    <w:rsid w:val="004B499C"/>
     <w:rsid w:val="004B6106"/>
-    <w:rsid w:val="004B747F"/>
+    <w:rsid w:val="004B619B"/>
+    <w:rsid w:val="004B651C"/>
+    <w:rsid w:val="004B7A39"/>
+    <w:rsid w:val="004B7A8C"/>
+    <w:rsid w:val="004B7F7C"/>
     <w:rsid w:val="004C040F"/>
-    <w:rsid w:val="004C3A3E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="004C7DE0"/>
+    <w:rsid w:val="004C14E3"/>
+    <w:rsid w:val="004C35C5"/>
+    <w:rsid w:val="004C40F9"/>
+    <w:rsid w:val="004C503F"/>
+    <w:rsid w:val="004C5848"/>
+    <w:rsid w:val="004C629D"/>
     <w:rsid w:val="004D040B"/>
-    <w:rsid w:val="004D1133"/>
-[...7 lines deleted...]
-    <w:rsid w:val="004E5434"/>
+    <w:rsid w:val="004D0C61"/>
+    <w:rsid w:val="004D1612"/>
+    <w:rsid w:val="004D1ED7"/>
+    <w:rsid w:val="004D3A71"/>
+    <w:rsid w:val="004D3E1E"/>
+    <w:rsid w:val="004D43E8"/>
+    <w:rsid w:val="004D52BC"/>
+    <w:rsid w:val="004D5417"/>
+    <w:rsid w:val="004D77D7"/>
+    <w:rsid w:val="004E02CB"/>
+    <w:rsid w:val="004E0C78"/>
+    <w:rsid w:val="004E4366"/>
+    <w:rsid w:val="004E526C"/>
     <w:rsid w:val="004E571B"/>
-    <w:rsid w:val="004E6157"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00520E13"/>
+    <w:rsid w:val="004E5E6E"/>
+    <w:rsid w:val="004E6263"/>
+    <w:rsid w:val="004E67F5"/>
+    <w:rsid w:val="004E7321"/>
+    <w:rsid w:val="004E74B7"/>
+    <w:rsid w:val="004E7F2E"/>
+    <w:rsid w:val="004F01E4"/>
+    <w:rsid w:val="004F0E67"/>
+    <w:rsid w:val="004F19FC"/>
+    <w:rsid w:val="004F1B31"/>
+    <w:rsid w:val="004F20F8"/>
+    <w:rsid w:val="004F2CA2"/>
+    <w:rsid w:val="004F34D4"/>
+    <w:rsid w:val="004F4416"/>
+    <w:rsid w:val="004F60B8"/>
+    <w:rsid w:val="004F633C"/>
+    <w:rsid w:val="004F7CA5"/>
+    <w:rsid w:val="004F7D39"/>
+    <w:rsid w:val="0050029A"/>
+    <w:rsid w:val="00500333"/>
+    <w:rsid w:val="005005AF"/>
+    <w:rsid w:val="0050086D"/>
+    <w:rsid w:val="00500D2B"/>
+    <w:rsid w:val="00501214"/>
+    <w:rsid w:val="005012E2"/>
+    <w:rsid w:val="00501931"/>
+    <w:rsid w:val="00504587"/>
+    <w:rsid w:val="00504F31"/>
+    <w:rsid w:val="00505574"/>
+    <w:rsid w:val="00505EDF"/>
+    <w:rsid w:val="00506154"/>
+    <w:rsid w:val="005061A7"/>
+    <w:rsid w:val="00507080"/>
+    <w:rsid w:val="005106E0"/>
+    <w:rsid w:val="005120FE"/>
+    <w:rsid w:val="0051279A"/>
+    <w:rsid w:val="005129ED"/>
+    <w:rsid w:val="00512ACB"/>
+    <w:rsid w:val="00513607"/>
+    <w:rsid w:val="005146F8"/>
+    <w:rsid w:val="00514B8E"/>
+    <w:rsid w:val="005151B8"/>
+    <w:rsid w:val="005159D0"/>
+    <w:rsid w:val="00516177"/>
+    <w:rsid w:val="005166C8"/>
+    <w:rsid w:val="00516B53"/>
+    <w:rsid w:val="005173D7"/>
+    <w:rsid w:val="00520A58"/>
+    <w:rsid w:val="00520B4E"/>
+    <w:rsid w:val="00521178"/>
+    <w:rsid w:val="00521559"/>
     <w:rsid w:val="00521AF0"/>
-    <w:rsid w:val="00521CC7"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00553B92"/>
+    <w:rsid w:val="005235CF"/>
+    <w:rsid w:val="00525ACB"/>
+    <w:rsid w:val="005260DA"/>
+    <w:rsid w:val="00526593"/>
+    <w:rsid w:val="00526942"/>
+    <w:rsid w:val="00527CF9"/>
+    <w:rsid w:val="0053143E"/>
+    <w:rsid w:val="00532369"/>
+    <w:rsid w:val="00534C22"/>
+    <w:rsid w:val="0053588A"/>
+    <w:rsid w:val="00536780"/>
+    <w:rsid w:val="00537D96"/>
+    <w:rsid w:val="005401B9"/>
+    <w:rsid w:val="00540BDB"/>
+    <w:rsid w:val="00540E6E"/>
+    <w:rsid w:val="00540E88"/>
+    <w:rsid w:val="005411A5"/>
+    <w:rsid w:val="0054247E"/>
+    <w:rsid w:val="00543324"/>
+    <w:rsid w:val="00543328"/>
+    <w:rsid w:val="00543355"/>
+    <w:rsid w:val="00543A30"/>
+    <w:rsid w:val="00544459"/>
+    <w:rsid w:val="00544F31"/>
+    <w:rsid w:val="00546218"/>
+    <w:rsid w:val="00546519"/>
+    <w:rsid w:val="00547C8E"/>
+    <w:rsid w:val="00550126"/>
+    <w:rsid w:val="0055047C"/>
+    <w:rsid w:val="00550657"/>
+    <w:rsid w:val="00552318"/>
+    <w:rsid w:val="00553316"/>
     <w:rsid w:val="00554385"/>
-    <w:rsid w:val="00554FE6"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00563B38"/>
+    <w:rsid w:val="00555DEB"/>
+    <w:rsid w:val="00556A55"/>
+    <w:rsid w:val="00557C28"/>
+    <w:rsid w:val="00560920"/>
+    <w:rsid w:val="0056119A"/>
+    <w:rsid w:val="005619B9"/>
+    <w:rsid w:val="00561FCA"/>
+    <w:rsid w:val="005622AE"/>
+    <w:rsid w:val="00562978"/>
+    <w:rsid w:val="00562FEC"/>
+    <w:rsid w:val="00563752"/>
     <w:rsid w:val="005657AE"/>
-    <w:rsid w:val="00566FDF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="0057461B"/>
+    <w:rsid w:val="00565D1A"/>
+    <w:rsid w:val="00567A1C"/>
+    <w:rsid w:val="00571CB9"/>
+    <w:rsid w:val="00574F66"/>
+    <w:rsid w:val="005762F3"/>
     <w:rsid w:val="00576EFF"/>
-    <w:rsid w:val="00580441"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00591863"/>
+    <w:rsid w:val="005770CF"/>
+    <w:rsid w:val="005771C6"/>
+    <w:rsid w:val="00577830"/>
+    <w:rsid w:val="005809B2"/>
+    <w:rsid w:val="00581C57"/>
+    <w:rsid w:val="00581D16"/>
+    <w:rsid w:val="0058252B"/>
+    <w:rsid w:val="00582659"/>
+    <w:rsid w:val="0058342E"/>
+    <w:rsid w:val="0058396F"/>
+    <w:rsid w:val="005839C6"/>
+    <w:rsid w:val="00584DBC"/>
+    <w:rsid w:val="005866CE"/>
+    <w:rsid w:val="00587FAE"/>
+    <w:rsid w:val="00590064"/>
+    <w:rsid w:val="005904BC"/>
+    <w:rsid w:val="00590853"/>
     <w:rsid w:val="00592112"/>
-    <w:rsid w:val="00594145"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005A2191"/>
+    <w:rsid w:val="005926A1"/>
+    <w:rsid w:val="005935EE"/>
+    <w:rsid w:val="005939FE"/>
+    <w:rsid w:val="005944F5"/>
+    <w:rsid w:val="005959E4"/>
+    <w:rsid w:val="005961DA"/>
+    <w:rsid w:val="005A26A7"/>
+    <w:rsid w:val="005A33E4"/>
     <w:rsid w:val="005A3EA6"/>
-    <w:rsid w:val="005A6502"/>
-[...10 lines deleted...]
-    <w:rsid w:val="005D6DC9"/>
+    <w:rsid w:val="005A3EEE"/>
+    <w:rsid w:val="005A465A"/>
+    <w:rsid w:val="005A4761"/>
+    <w:rsid w:val="005A7DCB"/>
+    <w:rsid w:val="005B031E"/>
+    <w:rsid w:val="005B0483"/>
+    <w:rsid w:val="005B052C"/>
+    <w:rsid w:val="005B0775"/>
+    <w:rsid w:val="005B1348"/>
+    <w:rsid w:val="005B1BA6"/>
+    <w:rsid w:val="005B255D"/>
+    <w:rsid w:val="005B3C5D"/>
+    <w:rsid w:val="005B49B0"/>
+    <w:rsid w:val="005B4F79"/>
+    <w:rsid w:val="005B4FFF"/>
+    <w:rsid w:val="005B5107"/>
+    <w:rsid w:val="005B5603"/>
+    <w:rsid w:val="005B5F52"/>
+    <w:rsid w:val="005B72F2"/>
+    <w:rsid w:val="005B7785"/>
+    <w:rsid w:val="005C10B4"/>
+    <w:rsid w:val="005C13F5"/>
+    <w:rsid w:val="005C1E47"/>
+    <w:rsid w:val="005C2852"/>
+    <w:rsid w:val="005C3609"/>
+    <w:rsid w:val="005C5DBD"/>
+    <w:rsid w:val="005C659E"/>
+    <w:rsid w:val="005C6F38"/>
+    <w:rsid w:val="005C7091"/>
+    <w:rsid w:val="005D140D"/>
+    <w:rsid w:val="005D156B"/>
+    <w:rsid w:val="005D1C7F"/>
+    <w:rsid w:val="005D30C6"/>
+    <w:rsid w:val="005D33A5"/>
+    <w:rsid w:val="005D3DAA"/>
+    <w:rsid w:val="005D519E"/>
+    <w:rsid w:val="005D7137"/>
+    <w:rsid w:val="005D7D0D"/>
+    <w:rsid w:val="005E0C4C"/>
+    <w:rsid w:val="005E100A"/>
+    <w:rsid w:val="005E1047"/>
+    <w:rsid w:val="005E1844"/>
+    <w:rsid w:val="005E18B5"/>
+    <w:rsid w:val="005E32A5"/>
+    <w:rsid w:val="005E32AA"/>
+    <w:rsid w:val="005E38D0"/>
+    <w:rsid w:val="005E3CE2"/>
     <w:rsid w:val="005E566A"/>
-    <w:rsid w:val="005E6660"/>
-[...14 lines deleted...]
-    <w:rsid w:val="0062505A"/>
+    <w:rsid w:val="005E5EB6"/>
+    <w:rsid w:val="005E6683"/>
+    <w:rsid w:val="005F08FE"/>
+    <w:rsid w:val="005F0A53"/>
+    <w:rsid w:val="005F1CA4"/>
+    <w:rsid w:val="005F224C"/>
+    <w:rsid w:val="005F29B8"/>
+    <w:rsid w:val="005F3399"/>
+    <w:rsid w:val="005F41D0"/>
+    <w:rsid w:val="005F452F"/>
+    <w:rsid w:val="005F5500"/>
+    <w:rsid w:val="005F5CFA"/>
+    <w:rsid w:val="005F60A4"/>
+    <w:rsid w:val="005F657D"/>
+    <w:rsid w:val="005F6C83"/>
+    <w:rsid w:val="005F6F02"/>
+    <w:rsid w:val="005F7753"/>
+    <w:rsid w:val="00600CAD"/>
+    <w:rsid w:val="006014EF"/>
+    <w:rsid w:val="00602A49"/>
+    <w:rsid w:val="00602AAC"/>
+    <w:rsid w:val="00602CAE"/>
+    <w:rsid w:val="00603F17"/>
+    <w:rsid w:val="00604EBC"/>
+    <w:rsid w:val="00606799"/>
+    <w:rsid w:val="006074E2"/>
+    <w:rsid w:val="0060775C"/>
+    <w:rsid w:val="0060778D"/>
+    <w:rsid w:val="00610CD4"/>
+    <w:rsid w:val="006125B6"/>
+    <w:rsid w:val="00612790"/>
+    <w:rsid w:val="00613BD5"/>
+    <w:rsid w:val="00613D50"/>
+    <w:rsid w:val="006148CB"/>
+    <w:rsid w:val="00614D02"/>
+    <w:rsid w:val="006167E6"/>
+    <w:rsid w:val="00616EC4"/>
+    <w:rsid w:val="0061700C"/>
+    <w:rsid w:val="00620302"/>
+    <w:rsid w:val="00620B6F"/>
+    <w:rsid w:val="00620C30"/>
+    <w:rsid w:val="0062249C"/>
+    <w:rsid w:val="00622592"/>
+    <w:rsid w:val="00622ADB"/>
+    <w:rsid w:val="00623741"/>
+    <w:rsid w:val="00625693"/>
+    <w:rsid w:val="00625CE2"/>
+    <w:rsid w:val="00626707"/>
+    <w:rsid w:val="006273E7"/>
     <w:rsid w:val="00627992"/>
+    <w:rsid w:val="006304DA"/>
+    <w:rsid w:val="00631136"/>
+    <w:rsid w:val="00632AD7"/>
+    <w:rsid w:val="00632C53"/>
+    <w:rsid w:val="00633033"/>
     <w:rsid w:val="006335A4"/>
-    <w:rsid w:val="00633D62"/>
+    <w:rsid w:val="006336A1"/>
+    <w:rsid w:val="006339A3"/>
+    <w:rsid w:val="00634A04"/>
+    <w:rsid w:val="00634C4F"/>
     <w:rsid w:val="00634C54"/>
-    <w:rsid w:val="00635EA6"/>
-    <w:rsid w:val="00642F0E"/>
+    <w:rsid w:val="00634E2A"/>
+    <w:rsid w:val="00635649"/>
+    <w:rsid w:val="0064220D"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
-    <w:rsid w:val="00646F5B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0065563B"/>
+    <w:rsid w:val="00644DF1"/>
+    <w:rsid w:val="00645A18"/>
+    <w:rsid w:val="00645AB4"/>
+    <w:rsid w:val="00645FBF"/>
+    <w:rsid w:val="00646047"/>
+    <w:rsid w:val="00646D2D"/>
+    <w:rsid w:val="006470E4"/>
+    <w:rsid w:val="00647186"/>
+    <w:rsid w:val="00647EAE"/>
+    <w:rsid w:val="00651182"/>
+    <w:rsid w:val="00651526"/>
+    <w:rsid w:val="00652046"/>
+    <w:rsid w:val="00654A05"/>
+    <w:rsid w:val="00654CD3"/>
+    <w:rsid w:val="00654D32"/>
+    <w:rsid w:val="006556C0"/>
+    <w:rsid w:val="00655826"/>
+    <w:rsid w:val="00655B10"/>
+    <w:rsid w:val="00656210"/>
     <w:rsid w:val="00656F4A"/>
-    <w:rsid w:val="006601C1"/>
-[...17 lines deleted...]
-    <w:rsid w:val="0069716B"/>
+    <w:rsid w:val="00660593"/>
+    <w:rsid w:val="006611E3"/>
+    <w:rsid w:val="00662094"/>
+    <w:rsid w:val="0066351A"/>
+    <w:rsid w:val="00663830"/>
+    <w:rsid w:val="0066415A"/>
+    <w:rsid w:val="00664215"/>
+    <w:rsid w:val="006642EC"/>
+    <w:rsid w:val="006654A0"/>
+    <w:rsid w:val="00665544"/>
+    <w:rsid w:val="00666EE9"/>
+    <w:rsid w:val="00671008"/>
+    <w:rsid w:val="006717A1"/>
+    <w:rsid w:val="00672CB5"/>
+    <w:rsid w:val="00673BD2"/>
+    <w:rsid w:val="00673CE1"/>
+    <w:rsid w:val="006745B2"/>
+    <w:rsid w:val="00675498"/>
+    <w:rsid w:val="00676829"/>
+    <w:rsid w:val="0067771F"/>
+    <w:rsid w:val="00680344"/>
+    <w:rsid w:val="00680A95"/>
+    <w:rsid w:val="00680E07"/>
+    <w:rsid w:val="00680E87"/>
+    <w:rsid w:val="006812D5"/>
+    <w:rsid w:val="006815D0"/>
+    <w:rsid w:val="006822DB"/>
+    <w:rsid w:val="006824BD"/>
+    <w:rsid w:val="006849AF"/>
+    <w:rsid w:val="00684B8B"/>
+    <w:rsid w:val="00685585"/>
+    <w:rsid w:val="00686431"/>
+    <w:rsid w:val="006873E2"/>
+    <w:rsid w:val="00687761"/>
+    <w:rsid w:val="00687B14"/>
+    <w:rsid w:val="006903F1"/>
+    <w:rsid w:val="006905F4"/>
+    <w:rsid w:val="006919DF"/>
+    <w:rsid w:val="00691C36"/>
+    <w:rsid w:val="0069208D"/>
+    <w:rsid w:val="00692E97"/>
+    <w:rsid w:val="006931CB"/>
+    <w:rsid w:val="006932D0"/>
+    <w:rsid w:val="006937FA"/>
+    <w:rsid w:val="006938F3"/>
+    <w:rsid w:val="00694537"/>
+    <w:rsid w:val="00695511"/>
+    <w:rsid w:val="0069590E"/>
+    <w:rsid w:val="00695D41"/>
+    <w:rsid w:val="006964E2"/>
+    <w:rsid w:val="00696CE3"/>
     <w:rsid w:val="00697590"/>
-    <w:rsid w:val="006A0C3B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006B16B1"/>
+    <w:rsid w:val="006979F1"/>
+    <w:rsid w:val="00697BBA"/>
+    <w:rsid w:val="00697F56"/>
+    <w:rsid w:val="006A131E"/>
+    <w:rsid w:val="006A1331"/>
+    <w:rsid w:val="006A4A0D"/>
+    <w:rsid w:val="006A6634"/>
+    <w:rsid w:val="006A7955"/>
+    <w:rsid w:val="006B258E"/>
     <w:rsid w:val="006B3601"/>
-    <w:rsid w:val="006C0286"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00707BD4"/>
+    <w:rsid w:val="006B4757"/>
+    <w:rsid w:val="006B4E16"/>
+    <w:rsid w:val="006B5845"/>
+    <w:rsid w:val="006C16A7"/>
+    <w:rsid w:val="006C21BD"/>
+    <w:rsid w:val="006C24A9"/>
+    <w:rsid w:val="006C2EF3"/>
+    <w:rsid w:val="006C3190"/>
+    <w:rsid w:val="006C35F6"/>
+    <w:rsid w:val="006C4237"/>
+    <w:rsid w:val="006C4F83"/>
+    <w:rsid w:val="006C5FC0"/>
+    <w:rsid w:val="006C65C8"/>
+    <w:rsid w:val="006C6615"/>
+    <w:rsid w:val="006C682B"/>
+    <w:rsid w:val="006C735F"/>
+    <w:rsid w:val="006C78EA"/>
+    <w:rsid w:val="006D0B5D"/>
+    <w:rsid w:val="006D0D30"/>
+    <w:rsid w:val="006D13C3"/>
+    <w:rsid w:val="006D23B0"/>
+    <w:rsid w:val="006D2A92"/>
+    <w:rsid w:val="006D30D8"/>
+    <w:rsid w:val="006D4722"/>
+    <w:rsid w:val="006D47E6"/>
+    <w:rsid w:val="006D4F64"/>
+    <w:rsid w:val="006D5848"/>
+    <w:rsid w:val="006D6FF9"/>
+    <w:rsid w:val="006E0935"/>
+    <w:rsid w:val="006E13EE"/>
+    <w:rsid w:val="006E1A5A"/>
+    <w:rsid w:val="006E1F5E"/>
+    <w:rsid w:val="006E2930"/>
+    <w:rsid w:val="006E29AC"/>
+    <w:rsid w:val="006E5581"/>
+    <w:rsid w:val="006E68AF"/>
+    <w:rsid w:val="006E76E8"/>
+    <w:rsid w:val="006E7B64"/>
+    <w:rsid w:val="006E7CEA"/>
+    <w:rsid w:val="006F14BC"/>
+    <w:rsid w:val="006F19C0"/>
+    <w:rsid w:val="006F252D"/>
+    <w:rsid w:val="006F265A"/>
+    <w:rsid w:val="006F3AF0"/>
+    <w:rsid w:val="006F3E28"/>
+    <w:rsid w:val="006F4050"/>
+    <w:rsid w:val="006F41B9"/>
+    <w:rsid w:val="006F572A"/>
+    <w:rsid w:val="006F6A4F"/>
+    <w:rsid w:val="006F75F6"/>
+    <w:rsid w:val="006F7A53"/>
+    <w:rsid w:val="006F7F5F"/>
+    <w:rsid w:val="00701542"/>
+    <w:rsid w:val="00701BD7"/>
+    <w:rsid w:val="00702157"/>
+    <w:rsid w:val="007045DF"/>
+    <w:rsid w:val="0070483E"/>
+    <w:rsid w:val="00704966"/>
+    <w:rsid w:val="00704B45"/>
+    <w:rsid w:val="00705563"/>
+    <w:rsid w:val="00705B24"/>
+    <w:rsid w:val="007062EC"/>
+    <w:rsid w:val="0070758D"/>
+    <w:rsid w:val="007079E4"/>
+    <w:rsid w:val="00710A2E"/>
+    <w:rsid w:val="00710EF7"/>
+    <w:rsid w:val="0071185C"/>
     <w:rsid w:val="00711C79"/>
-    <w:rsid w:val="00712188"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00715294"/>
+    <w:rsid w:val="00712BF4"/>
+    <w:rsid w:val="007135E8"/>
+    <w:rsid w:val="007137FE"/>
+    <w:rsid w:val="00713D4B"/>
     <w:rsid w:val="00715807"/>
-    <w:rsid w:val="0071668D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00741FB4"/>
+    <w:rsid w:val="00716601"/>
+    <w:rsid w:val="00717D4F"/>
+    <w:rsid w:val="00720289"/>
+    <w:rsid w:val="00720718"/>
+    <w:rsid w:val="0072072E"/>
+    <w:rsid w:val="00722716"/>
+    <w:rsid w:val="007235B2"/>
+    <w:rsid w:val="00723AAA"/>
+    <w:rsid w:val="00724304"/>
+    <w:rsid w:val="00725077"/>
+    <w:rsid w:val="00725584"/>
+    <w:rsid w:val="007258C4"/>
+    <w:rsid w:val="00725C0A"/>
+    <w:rsid w:val="00725F4A"/>
+    <w:rsid w:val="00726B5B"/>
+    <w:rsid w:val="00727265"/>
+    <w:rsid w:val="00727841"/>
+    <w:rsid w:val="00731B51"/>
+    <w:rsid w:val="00732174"/>
+    <w:rsid w:val="00733794"/>
+    <w:rsid w:val="00735959"/>
+    <w:rsid w:val="00735AD7"/>
+    <w:rsid w:val="0073690F"/>
+    <w:rsid w:val="00742718"/>
+    <w:rsid w:val="00743F57"/>
     <w:rsid w:val="007444AC"/>
-    <w:rsid w:val="00744E0B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="007517FE"/>
+    <w:rsid w:val="0074674B"/>
+    <w:rsid w:val="007470CA"/>
+    <w:rsid w:val="00747558"/>
+    <w:rsid w:val="00747664"/>
+    <w:rsid w:val="00747A61"/>
+    <w:rsid w:val="007507D6"/>
+    <w:rsid w:val="00751A86"/>
+    <w:rsid w:val="00751D0A"/>
     <w:rsid w:val="00752A9E"/>
-    <w:rsid w:val="00753F87"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00773C2F"/>
+    <w:rsid w:val="00752B52"/>
+    <w:rsid w:val="00753C9D"/>
+    <w:rsid w:val="00754F24"/>
+    <w:rsid w:val="007561FE"/>
+    <w:rsid w:val="00756BEB"/>
+    <w:rsid w:val="0075727B"/>
+    <w:rsid w:val="00760476"/>
+    <w:rsid w:val="007609ED"/>
+    <w:rsid w:val="0076142C"/>
+    <w:rsid w:val="00761852"/>
+    <w:rsid w:val="00761BC9"/>
+    <w:rsid w:val="00762EF3"/>
+    <w:rsid w:val="0076308F"/>
+    <w:rsid w:val="00763E6A"/>
+    <w:rsid w:val="00764442"/>
+    <w:rsid w:val="00765391"/>
+    <w:rsid w:val="00765826"/>
+    <w:rsid w:val="00767BE0"/>
+    <w:rsid w:val="00770626"/>
+    <w:rsid w:val="00770E11"/>
+    <w:rsid w:val="00771DF8"/>
+    <w:rsid w:val="0077226E"/>
+    <w:rsid w:val="00773D3E"/>
     <w:rsid w:val="00775238"/>
-    <w:rsid w:val="00780FEF"/>
-[...22 lines deleted...]
-    <w:rsid w:val="007D3193"/>
+    <w:rsid w:val="0077571E"/>
+    <w:rsid w:val="007757E5"/>
+    <w:rsid w:val="00775EB7"/>
+    <w:rsid w:val="00776F85"/>
+    <w:rsid w:val="00781AC9"/>
+    <w:rsid w:val="0078231A"/>
+    <w:rsid w:val="00782395"/>
+    <w:rsid w:val="00783234"/>
+    <w:rsid w:val="007832A9"/>
+    <w:rsid w:val="00783850"/>
+    <w:rsid w:val="00784638"/>
+    <w:rsid w:val="007848CB"/>
+    <w:rsid w:val="00785BA9"/>
+    <w:rsid w:val="00786226"/>
+    <w:rsid w:val="00790EF9"/>
+    <w:rsid w:val="007935AA"/>
+    <w:rsid w:val="0079394A"/>
+    <w:rsid w:val="0079464A"/>
+    <w:rsid w:val="007948FE"/>
+    <w:rsid w:val="00794B2F"/>
+    <w:rsid w:val="00795D0F"/>
+    <w:rsid w:val="00796051"/>
+    <w:rsid w:val="007961D6"/>
+    <w:rsid w:val="007964FA"/>
+    <w:rsid w:val="00797C5A"/>
+    <w:rsid w:val="007A0D2E"/>
+    <w:rsid w:val="007A1540"/>
+    <w:rsid w:val="007A15D1"/>
+    <w:rsid w:val="007A1FD4"/>
+    <w:rsid w:val="007A3EC1"/>
+    <w:rsid w:val="007A4C30"/>
+    <w:rsid w:val="007A64DD"/>
+    <w:rsid w:val="007A6F9D"/>
+    <w:rsid w:val="007A76D6"/>
+    <w:rsid w:val="007B1FCD"/>
+    <w:rsid w:val="007B2F81"/>
+    <w:rsid w:val="007B3432"/>
+    <w:rsid w:val="007B459E"/>
+    <w:rsid w:val="007B4D57"/>
+    <w:rsid w:val="007B5BEF"/>
+    <w:rsid w:val="007B7A34"/>
+    <w:rsid w:val="007C0694"/>
+    <w:rsid w:val="007C1439"/>
+    <w:rsid w:val="007C163D"/>
+    <w:rsid w:val="007C228D"/>
+    <w:rsid w:val="007C3BE3"/>
+    <w:rsid w:val="007C4F17"/>
+    <w:rsid w:val="007C50B8"/>
+    <w:rsid w:val="007C50BA"/>
+    <w:rsid w:val="007C7255"/>
+    <w:rsid w:val="007C7FDD"/>
+    <w:rsid w:val="007D034A"/>
+    <w:rsid w:val="007D07BB"/>
+    <w:rsid w:val="007D0A76"/>
+    <w:rsid w:val="007D3916"/>
     <w:rsid w:val="007D3C6F"/>
-    <w:rsid w:val="007D5114"/>
-    <w:rsid w:val="007E4483"/>
+    <w:rsid w:val="007D4CF3"/>
+    <w:rsid w:val="007D4F1A"/>
+    <w:rsid w:val="007D6201"/>
+    <w:rsid w:val="007D701E"/>
+    <w:rsid w:val="007D7B01"/>
+    <w:rsid w:val="007E1255"/>
+    <w:rsid w:val="007E169C"/>
+    <w:rsid w:val="007E2080"/>
+    <w:rsid w:val="007E2731"/>
+    <w:rsid w:val="007E28FE"/>
+    <w:rsid w:val="007E29A5"/>
+    <w:rsid w:val="007E2D76"/>
+    <w:rsid w:val="007E3CEF"/>
+    <w:rsid w:val="007E56D2"/>
+    <w:rsid w:val="007E5962"/>
+    <w:rsid w:val="007E66AC"/>
     <w:rsid w:val="007E67F4"/>
-    <w:rsid w:val="007E687B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="007F7D47"/>
+    <w:rsid w:val="007E6846"/>
+    <w:rsid w:val="007E71C5"/>
+    <w:rsid w:val="007E7491"/>
+    <w:rsid w:val="007E7F45"/>
+    <w:rsid w:val="007F00AD"/>
+    <w:rsid w:val="007F2136"/>
+    <w:rsid w:val="007F29A4"/>
+    <w:rsid w:val="007F35A5"/>
+    <w:rsid w:val="007F418F"/>
+    <w:rsid w:val="007F64FE"/>
     <w:rsid w:val="008000C6"/>
-    <w:rsid w:val="00801289"/>
-    <w:rsid w:val="00802F6D"/>
+    <w:rsid w:val="008002F1"/>
+    <w:rsid w:val="008008BF"/>
+    <w:rsid w:val="00801480"/>
+    <w:rsid w:val="00801E0F"/>
+    <w:rsid w:val="00802235"/>
+    <w:rsid w:val="008030D0"/>
     <w:rsid w:val="00803710"/>
-    <w:rsid w:val="00806BC5"/>
-    <w:rsid w:val="00807B83"/>
+    <w:rsid w:val="0080390E"/>
+    <w:rsid w:val="008039A6"/>
+    <w:rsid w:val="0080487F"/>
+    <w:rsid w:val="00804AA0"/>
+    <w:rsid w:val="0080503C"/>
+    <w:rsid w:val="00805559"/>
+    <w:rsid w:val="00805610"/>
+    <w:rsid w:val="00810690"/>
+    <w:rsid w:val="00810948"/>
+    <w:rsid w:val="00810DB3"/>
+    <w:rsid w:val="00811083"/>
+    <w:rsid w:val="008112A1"/>
     <w:rsid w:val="008114B3"/>
-    <w:rsid w:val="008127DC"/>
-[...15 lines deleted...]
-    <w:rsid w:val="0084361F"/>
+    <w:rsid w:val="00811739"/>
+    <w:rsid w:val="00812ABD"/>
+    <w:rsid w:val="008149C9"/>
+    <w:rsid w:val="00814AC5"/>
+    <w:rsid w:val="00817746"/>
+    <w:rsid w:val="0081797E"/>
+    <w:rsid w:val="00817FA4"/>
+    <w:rsid w:val="00820398"/>
+    <w:rsid w:val="00820695"/>
+    <w:rsid w:val="00820AAE"/>
+    <w:rsid w:val="00820F93"/>
+    <w:rsid w:val="00821688"/>
+    <w:rsid w:val="00822D9F"/>
+    <w:rsid w:val="00824587"/>
+    <w:rsid w:val="0082528A"/>
+    <w:rsid w:val="008252F4"/>
+    <w:rsid w:val="0082540D"/>
+    <w:rsid w:val="00825983"/>
+    <w:rsid w:val="00830C68"/>
+    <w:rsid w:val="00830EE4"/>
+    <w:rsid w:val="00831152"/>
+    <w:rsid w:val="00831154"/>
+    <w:rsid w:val="00834F6C"/>
+    <w:rsid w:val="0083513A"/>
+    <w:rsid w:val="008352CA"/>
+    <w:rsid w:val="008355C2"/>
+    <w:rsid w:val="00836B92"/>
+    <w:rsid w:val="00836D67"/>
+    <w:rsid w:val="00836E0A"/>
+    <w:rsid w:val="00837A71"/>
+    <w:rsid w:val="00840022"/>
+    <w:rsid w:val="008403C8"/>
+    <w:rsid w:val="008407A1"/>
+    <w:rsid w:val="0084297D"/>
     <w:rsid w:val="00844223"/>
-    <w:rsid w:val="00854448"/>
-    <w:rsid w:val="0085483B"/>
+    <w:rsid w:val="00845282"/>
+    <w:rsid w:val="008455E2"/>
+    <w:rsid w:val="00846A49"/>
+    <w:rsid w:val="0084727D"/>
+    <w:rsid w:val="00847905"/>
+    <w:rsid w:val="00847C9F"/>
+    <w:rsid w:val="00847FDB"/>
+    <w:rsid w:val="00851013"/>
+    <w:rsid w:val="0085108D"/>
+    <w:rsid w:val="00851961"/>
+    <w:rsid w:val="00851F4F"/>
+    <w:rsid w:val="00852AA6"/>
+    <w:rsid w:val="008535B4"/>
+    <w:rsid w:val="00853871"/>
+    <w:rsid w:val="00854873"/>
+    <w:rsid w:val="00854F58"/>
+    <w:rsid w:val="00855819"/>
+    <w:rsid w:val="00856799"/>
+    <w:rsid w:val="0085684F"/>
+    <w:rsid w:val="008568DE"/>
+    <w:rsid w:val="00857003"/>
+    <w:rsid w:val="00857732"/>
     <w:rsid w:val="00857A48"/>
-    <w:rsid w:val="00857D5D"/>
+    <w:rsid w:val="00857E69"/>
     <w:rsid w:val="0086067A"/>
-    <w:rsid w:val="00863BF0"/>
-[...11 lines deleted...]
-    <w:rsid w:val="008879A5"/>
+    <w:rsid w:val="008619C0"/>
+    <w:rsid w:val="00861CB8"/>
+    <w:rsid w:val="00862340"/>
+    <w:rsid w:val="00862EB7"/>
+    <w:rsid w:val="00862FA6"/>
+    <w:rsid w:val="008635C7"/>
+    <w:rsid w:val="00863D4E"/>
+    <w:rsid w:val="00863DBA"/>
+    <w:rsid w:val="00864E2D"/>
+    <w:rsid w:val="00866794"/>
+    <w:rsid w:val="00871479"/>
+    <w:rsid w:val="00871D1A"/>
+    <w:rsid w:val="008724B4"/>
+    <w:rsid w:val="00874472"/>
+    <w:rsid w:val="00874878"/>
+    <w:rsid w:val="00874C07"/>
+    <w:rsid w:val="008752C1"/>
+    <w:rsid w:val="008754C8"/>
+    <w:rsid w:val="008756DF"/>
+    <w:rsid w:val="00875F59"/>
+    <w:rsid w:val="008772A1"/>
+    <w:rsid w:val="00877748"/>
+    <w:rsid w:val="00877BD4"/>
+    <w:rsid w:val="00881774"/>
+    <w:rsid w:val="008823FE"/>
+    <w:rsid w:val="00882CF0"/>
+    <w:rsid w:val="0088307E"/>
+    <w:rsid w:val="00884666"/>
+    <w:rsid w:val="00887130"/>
+    <w:rsid w:val="00891045"/>
+    <w:rsid w:val="00891F4B"/>
+    <w:rsid w:val="00892112"/>
+    <w:rsid w:val="0089321B"/>
+    <w:rsid w:val="00894342"/>
+    <w:rsid w:val="0089587B"/>
+    <w:rsid w:val="0089648E"/>
     <w:rsid w:val="008976B1"/>
-    <w:rsid w:val="008A0205"/>
-[...10 lines deleted...]
-    <w:rsid w:val="008B4041"/>
+    <w:rsid w:val="00897D6C"/>
+    <w:rsid w:val="008A128C"/>
+    <w:rsid w:val="008A13B5"/>
+    <w:rsid w:val="008A1417"/>
+    <w:rsid w:val="008A154D"/>
+    <w:rsid w:val="008A1DE7"/>
+    <w:rsid w:val="008A2019"/>
+    <w:rsid w:val="008A24A8"/>
+    <w:rsid w:val="008A2BEC"/>
+    <w:rsid w:val="008A2D24"/>
+    <w:rsid w:val="008A3C4A"/>
+    <w:rsid w:val="008A3F84"/>
+    <w:rsid w:val="008A5FE7"/>
+    <w:rsid w:val="008A6007"/>
+    <w:rsid w:val="008A6338"/>
+    <w:rsid w:val="008A77CD"/>
+    <w:rsid w:val="008B002D"/>
+    <w:rsid w:val="008B065F"/>
+    <w:rsid w:val="008B0B5B"/>
+    <w:rsid w:val="008B2EB2"/>
+    <w:rsid w:val="008B2EE8"/>
+    <w:rsid w:val="008B48B6"/>
+    <w:rsid w:val="008B5B5C"/>
     <w:rsid w:val="008B5E88"/>
-    <w:rsid w:val="008C13C6"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008D3CF4"/>
+    <w:rsid w:val="008C1036"/>
+    <w:rsid w:val="008C2139"/>
+    <w:rsid w:val="008C2426"/>
+    <w:rsid w:val="008C4881"/>
+    <w:rsid w:val="008C676B"/>
+    <w:rsid w:val="008C687F"/>
+    <w:rsid w:val="008C6BCC"/>
+    <w:rsid w:val="008C776B"/>
+    <w:rsid w:val="008C7EE7"/>
+    <w:rsid w:val="008D03E5"/>
+    <w:rsid w:val="008D0DBC"/>
+    <w:rsid w:val="008D3773"/>
     <w:rsid w:val="008D3DE0"/>
-    <w:rsid w:val="008D4508"/>
-    <w:rsid w:val="008D511A"/>
+    <w:rsid w:val="008D51AE"/>
     <w:rsid w:val="008D51C1"/>
-    <w:rsid w:val="008E1AB2"/>
-[...12 lines deleted...]
-    <w:rsid w:val="0090595A"/>
+    <w:rsid w:val="008D5318"/>
+    <w:rsid w:val="008D55B1"/>
+    <w:rsid w:val="008D6EF5"/>
+    <w:rsid w:val="008E0DA9"/>
+    <w:rsid w:val="008E131E"/>
+    <w:rsid w:val="008E13E5"/>
+    <w:rsid w:val="008E21BD"/>
+    <w:rsid w:val="008E2B8F"/>
+    <w:rsid w:val="008E2C19"/>
+    <w:rsid w:val="008E30A2"/>
+    <w:rsid w:val="008E30AC"/>
+    <w:rsid w:val="008E4893"/>
+    <w:rsid w:val="008E53AB"/>
+    <w:rsid w:val="008E6337"/>
+    <w:rsid w:val="008E72E4"/>
+    <w:rsid w:val="008E76DC"/>
+    <w:rsid w:val="008E7CC7"/>
+    <w:rsid w:val="008E7EA0"/>
+    <w:rsid w:val="008F222D"/>
+    <w:rsid w:val="008F3472"/>
+    <w:rsid w:val="008F3ED7"/>
+    <w:rsid w:val="008F438E"/>
+    <w:rsid w:val="008F5951"/>
+    <w:rsid w:val="008F678A"/>
+    <w:rsid w:val="00900A33"/>
+    <w:rsid w:val="009031CC"/>
+    <w:rsid w:val="00903DED"/>
+    <w:rsid w:val="00904D7B"/>
+    <w:rsid w:val="0090754E"/>
+    <w:rsid w:val="00907CC4"/>
+    <w:rsid w:val="00910447"/>
+    <w:rsid w:val="00910468"/>
     <w:rsid w:val="0091065E"/>
-    <w:rsid w:val="00910CA2"/>
-[...8 lines deleted...]
-    <w:rsid w:val="0092592A"/>
+    <w:rsid w:val="00910F66"/>
+    <w:rsid w:val="0091173E"/>
+    <w:rsid w:val="009127B3"/>
+    <w:rsid w:val="00912813"/>
+    <w:rsid w:val="0091387D"/>
+    <w:rsid w:val="0091394A"/>
+    <w:rsid w:val="00915317"/>
+    <w:rsid w:val="00916168"/>
+    <w:rsid w:val="00917B4B"/>
+    <w:rsid w:val="00917BA3"/>
+    <w:rsid w:val="00922BDB"/>
+    <w:rsid w:val="00924F97"/>
+    <w:rsid w:val="00925165"/>
+    <w:rsid w:val="009251DD"/>
+    <w:rsid w:val="00927889"/>
+    <w:rsid w:val="0093065F"/>
     <w:rsid w:val="00930B45"/>
-    <w:rsid w:val="00930ED4"/>
-[...11 lines deleted...]
-    <w:rsid w:val="00953D0A"/>
+    <w:rsid w:val="00932719"/>
+    <w:rsid w:val="00933F6B"/>
+    <w:rsid w:val="009350F7"/>
+    <w:rsid w:val="009359F7"/>
+    <w:rsid w:val="009361AC"/>
+    <w:rsid w:val="0094132F"/>
+    <w:rsid w:val="00942977"/>
+    <w:rsid w:val="00942F04"/>
+    <w:rsid w:val="00942FB1"/>
+    <w:rsid w:val="00943E49"/>
+    <w:rsid w:val="0094481D"/>
+    <w:rsid w:val="009450B6"/>
+    <w:rsid w:val="0094556C"/>
+    <w:rsid w:val="00945B9E"/>
+    <w:rsid w:val="00946095"/>
+    <w:rsid w:val="00946C2A"/>
+    <w:rsid w:val="0094759B"/>
+    <w:rsid w:val="00947BF3"/>
+    <w:rsid w:val="00947D2D"/>
+    <w:rsid w:val="00950155"/>
+    <w:rsid w:val="00951529"/>
+    <w:rsid w:val="009515DC"/>
+    <w:rsid w:val="009516E1"/>
+    <w:rsid w:val="00951F8F"/>
+    <w:rsid w:val="0095228F"/>
+    <w:rsid w:val="0095233F"/>
+    <w:rsid w:val="009535FF"/>
+    <w:rsid w:val="009540DF"/>
+    <w:rsid w:val="00954ADB"/>
+    <w:rsid w:val="00954CA1"/>
+    <w:rsid w:val="0095655C"/>
     <w:rsid w:val="0096091F"/>
-    <w:rsid w:val="00961915"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00993674"/>
+    <w:rsid w:val="00961ED7"/>
+    <w:rsid w:val="00962395"/>
+    <w:rsid w:val="009625AE"/>
+    <w:rsid w:val="00963CB9"/>
+    <w:rsid w:val="00963D87"/>
+    <w:rsid w:val="00964267"/>
+    <w:rsid w:val="009658E5"/>
+    <w:rsid w:val="00965A4C"/>
+    <w:rsid w:val="00966086"/>
+    <w:rsid w:val="00966428"/>
+    <w:rsid w:val="009673DB"/>
+    <w:rsid w:val="00970643"/>
+    <w:rsid w:val="00970AAA"/>
+    <w:rsid w:val="009713FB"/>
+    <w:rsid w:val="00971AB2"/>
+    <w:rsid w:val="00972B64"/>
+    <w:rsid w:val="00973056"/>
+    <w:rsid w:val="009736B2"/>
+    <w:rsid w:val="00974AD4"/>
+    <w:rsid w:val="0097598A"/>
+    <w:rsid w:val="00977EA2"/>
+    <w:rsid w:val="00977EDD"/>
+    <w:rsid w:val="00977FC6"/>
+    <w:rsid w:val="00980929"/>
+    <w:rsid w:val="00980E6E"/>
+    <w:rsid w:val="009814BD"/>
+    <w:rsid w:val="0098217F"/>
+    <w:rsid w:val="00983430"/>
+    <w:rsid w:val="00984464"/>
+    <w:rsid w:val="00984C5F"/>
+    <w:rsid w:val="00985BDB"/>
+    <w:rsid w:val="00987390"/>
+    <w:rsid w:val="00987851"/>
+    <w:rsid w:val="00991987"/>
+    <w:rsid w:val="00991CB2"/>
+    <w:rsid w:val="00992336"/>
+    <w:rsid w:val="0099492F"/>
+    <w:rsid w:val="00995518"/>
     <w:rsid w:val="009962C0"/>
-    <w:rsid w:val="0099670F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009A08FF"/>
+    <w:rsid w:val="00996A78"/>
+    <w:rsid w:val="0099760A"/>
+    <w:rsid w:val="00997758"/>
+    <w:rsid w:val="00997A89"/>
+    <w:rsid w:val="009A0129"/>
+    <w:rsid w:val="009A02FF"/>
+    <w:rsid w:val="009A0660"/>
+    <w:rsid w:val="009A1459"/>
     <w:rsid w:val="009A19E1"/>
-    <w:rsid w:val="009A2325"/>
-[...7 lines deleted...]
-    <w:rsid w:val="009B5D53"/>
+    <w:rsid w:val="009A1B71"/>
+    <w:rsid w:val="009A218F"/>
+    <w:rsid w:val="009A2DA7"/>
+    <w:rsid w:val="009A48A5"/>
+    <w:rsid w:val="009A4A73"/>
+    <w:rsid w:val="009A5D6F"/>
+    <w:rsid w:val="009A63C9"/>
+    <w:rsid w:val="009A6FB6"/>
+    <w:rsid w:val="009B02C1"/>
+    <w:rsid w:val="009B0379"/>
+    <w:rsid w:val="009B0BC0"/>
+    <w:rsid w:val="009B1878"/>
+    <w:rsid w:val="009B1A7C"/>
+    <w:rsid w:val="009B21C9"/>
+    <w:rsid w:val="009B32BB"/>
+    <w:rsid w:val="009B330D"/>
+    <w:rsid w:val="009B3A73"/>
+    <w:rsid w:val="009B4308"/>
+    <w:rsid w:val="009B4CC7"/>
+    <w:rsid w:val="009B70F6"/>
+    <w:rsid w:val="009B7154"/>
+    <w:rsid w:val="009B74A7"/>
     <w:rsid w:val="009B751B"/>
-    <w:rsid w:val="009C0381"/>
-[...22 lines deleted...]
-    <w:rsid w:val="00A36565"/>
+    <w:rsid w:val="009B76EF"/>
+    <w:rsid w:val="009B7940"/>
+    <w:rsid w:val="009C23DD"/>
+    <w:rsid w:val="009C27FA"/>
+    <w:rsid w:val="009C332C"/>
+    <w:rsid w:val="009C3B8C"/>
+    <w:rsid w:val="009C3F50"/>
+    <w:rsid w:val="009C45E9"/>
+    <w:rsid w:val="009C4806"/>
+    <w:rsid w:val="009C4F0E"/>
+    <w:rsid w:val="009C54A9"/>
+    <w:rsid w:val="009C6CA6"/>
+    <w:rsid w:val="009C78BA"/>
+    <w:rsid w:val="009D00B6"/>
+    <w:rsid w:val="009D0508"/>
+    <w:rsid w:val="009D05D6"/>
+    <w:rsid w:val="009D1E5B"/>
+    <w:rsid w:val="009D2000"/>
+    <w:rsid w:val="009D205E"/>
+    <w:rsid w:val="009D2454"/>
+    <w:rsid w:val="009D2DFE"/>
+    <w:rsid w:val="009D3075"/>
+    <w:rsid w:val="009D398B"/>
+    <w:rsid w:val="009D42F6"/>
+    <w:rsid w:val="009D49F6"/>
+    <w:rsid w:val="009D4D49"/>
+    <w:rsid w:val="009D6E85"/>
+    <w:rsid w:val="009D764D"/>
+    <w:rsid w:val="009D7E62"/>
+    <w:rsid w:val="009E161C"/>
+    <w:rsid w:val="009E2FCC"/>
+    <w:rsid w:val="009E3954"/>
+    <w:rsid w:val="009E3ADA"/>
+    <w:rsid w:val="009E4CEE"/>
+    <w:rsid w:val="009E5FE2"/>
+    <w:rsid w:val="009E6BB3"/>
+    <w:rsid w:val="009F0549"/>
+    <w:rsid w:val="009F0AFB"/>
+    <w:rsid w:val="009F0EC1"/>
+    <w:rsid w:val="009F2338"/>
+    <w:rsid w:val="009F2FE5"/>
+    <w:rsid w:val="009F33A0"/>
+    <w:rsid w:val="009F3B4C"/>
+    <w:rsid w:val="009F3F87"/>
+    <w:rsid w:val="009F43CF"/>
+    <w:rsid w:val="009F5909"/>
+    <w:rsid w:val="009F60CE"/>
+    <w:rsid w:val="00A00A4F"/>
+    <w:rsid w:val="00A00BBD"/>
+    <w:rsid w:val="00A01C32"/>
+    <w:rsid w:val="00A0231C"/>
+    <w:rsid w:val="00A02464"/>
+    <w:rsid w:val="00A02680"/>
+    <w:rsid w:val="00A02C62"/>
+    <w:rsid w:val="00A02D46"/>
+    <w:rsid w:val="00A02DB2"/>
+    <w:rsid w:val="00A036EC"/>
+    <w:rsid w:val="00A03BF6"/>
+    <w:rsid w:val="00A043DC"/>
+    <w:rsid w:val="00A04438"/>
+    <w:rsid w:val="00A0693B"/>
+    <w:rsid w:val="00A06E43"/>
+    <w:rsid w:val="00A07193"/>
+    <w:rsid w:val="00A07D07"/>
+    <w:rsid w:val="00A10E6F"/>
+    <w:rsid w:val="00A11211"/>
+    <w:rsid w:val="00A11BE4"/>
+    <w:rsid w:val="00A12960"/>
+    <w:rsid w:val="00A12E97"/>
+    <w:rsid w:val="00A14040"/>
+    <w:rsid w:val="00A14C30"/>
+    <w:rsid w:val="00A16200"/>
+    <w:rsid w:val="00A16E8C"/>
+    <w:rsid w:val="00A175DC"/>
+    <w:rsid w:val="00A1772D"/>
+    <w:rsid w:val="00A177FA"/>
+    <w:rsid w:val="00A208EB"/>
+    <w:rsid w:val="00A214EF"/>
+    <w:rsid w:val="00A22069"/>
+    <w:rsid w:val="00A22421"/>
+    <w:rsid w:val="00A22E46"/>
+    <w:rsid w:val="00A24493"/>
+    <w:rsid w:val="00A2467D"/>
+    <w:rsid w:val="00A249D0"/>
+    <w:rsid w:val="00A268C2"/>
+    <w:rsid w:val="00A26F76"/>
+    <w:rsid w:val="00A34452"/>
+    <w:rsid w:val="00A350DE"/>
+    <w:rsid w:val="00A36875"/>
+    <w:rsid w:val="00A37301"/>
     <w:rsid w:val="00A37664"/>
+    <w:rsid w:val="00A40F36"/>
+    <w:rsid w:val="00A418B6"/>
     <w:rsid w:val="00A43D05"/>
-    <w:rsid w:val="00A43D18"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00A81E50"/>
+    <w:rsid w:val="00A441A4"/>
+    <w:rsid w:val="00A453DB"/>
+    <w:rsid w:val="00A51781"/>
+    <w:rsid w:val="00A52A7E"/>
+    <w:rsid w:val="00A52DB1"/>
+    <w:rsid w:val="00A53102"/>
+    <w:rsid w:val="00A53995"/>
+    <w:rsid w:val="00A541AA"/>
+    <w:rsid w:val="00A547EA"/>
+    <w:rsid w:val="00A551E2"/>
+    <w:rsid w:val="00A56CD8"/>
+    <w:rsid w:val="00A576E6"/>
+    <w:rsid w:val="00A6009D"/>
+    <w:rsid w:val="00A6099A"/>
+    <w:rsid w:val="00A61935"/>
+    <w:rsid w:val="00A61ECC"/>
+    <w:rsid w:val="00A631C0"/>
+    <w:rsid w:val="00A644FA"/>
+    <w:rsid w:val="00A65EB1"/>
+    <w:rsid w:val="00A66CF8"/>
+    <w:rsid w:val="00A675E9"/>
+    <w:rsid w:val="00A7036F"/>
+    <w:rsid w:val="00A7118E"/>
+    <w:rsid w:val="00A71352"/>
+    <w:rsid w:val="00A71A99"/>
+    <w:rsid w:val="00A72430"/>
+    <w:rsid w:val="00A726E5"/>
+    <w:rsid w:val="00A73628"/>
+    <w:rsid w:val="00A74802"/>
+    <w:rsid w:val="00A768EC"/>
+    <w:rsid w:val="00A77708"/>
+    <w:rsid w:val="00A815A3"/>
+    <w:rsid w:val="00A8175B"/>
     <w:rsid w:val="00A820CD"/>
-    <w:rsid w:val="00A8301C"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00AC4210"/>
+    <w:rsid w:val="00A823CC"/>
+    <w:rsid w:val="00A82524"/>
+    <w:rsid w:val="00A8292E"/>
+    <w:rsid w:val="00A829E5"/>
+    <w:rsid w:val="00A84466"/>
+    <w:rsid w:val="00A854CC"/>
+    <w:rsid w:val="00A859F6"/>
+    <w:rsid w:val="00A86D73"/>
+    <w:rsid w:val="00A8770E"/>
+    <w:rsid w:val="00A87B87"/>
+    <w:rsid w:val="00A87E5B"/>
+    <w:rsid w:val="00A92137"/>
+    <w:rsid w:val="00A937F9"/>
+    <w:rsid w:val="00A94E00"/>
+    <w:rsid w:val="00A9612F"/>
+    <w:rsid w:val="00A96250"/>
+    <w:rsid w:val="00A97C63"/>
+    <w:rsid w:val="00A97F72"/>
+    <w:rsid w:val="00AA17B7"/>
+    <w:rsid w:val="00AA3858"/>
+    <w:rsid w:val="00AA4865"/>
+    <w:rsid w:val="00AA4C3D"/>
+    <w:rsid w:val="00AA60DA"/>
+    <w:rsid w:val="00AB1130"/>
+    <w:rsid w:val="00AB16E5"/>
+    <w:rsid w:val="00AB1E44"/>
+    <w:rsid w:val="00AB25DE"/>
+    <w:rsid w:val="00AB58FA"/>
+    <w:rsid w:val="00AB5A64"/>
+    <w:rsid w:val="00AB7DF6"/>
+    <w:rsid w:val="00AC0A1F"/>
+    <w:rsid w:val="00AC1E1E"/>
+    <w:rsid w:val="00AC2FD0"/>
+    <w:rsid w:val="00AC4029"/>
+    <w:rsid w:val="00AC43A6"/>
+    <w:rsid w:val="00AC47E1"/>
+    <w:rsid w:val="00AC5153"/>
+    <w:rsid w:val="00AC539E"/>
     <w:rsid w:val="00AC5EAE"/>
-    <w:rsid w:val="00AD0F8B"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AD5711"/>
+    <w:rsid w:val="00AC6E64"/>
+    <w:rsid w:val="00AC7554"/>
+    <w:rsid w:val="00AC7F33"/>
+    <w:rsid w:val="00AD03F9"/>
+    <w:rsid w:val="00AD3F06"/>
+    <w:rsid w:val="00AD41F4"/>
+    <w:rsid w:val="00AD4F12"/>
+    <w:rsid w:val="00AD6496"/>
+    <w:rsid w:val="00AD67FA"/>
+    <w:rsid w:val="00AD70AB"/>
+    <w:rsid w:val="00AD7ED5"/>
+    <w:rsid w:val="00AE0B09"/>
+    <w:rsid w:val="00AE0EE3"/>
+    <w:rsid w:val="00AE15D0"/>
+    <w:rsid w:val="00AE1695"/>
+    <w:rsid w:val="00AE1864"/>
+    <w:rsid w:val="00AE1E16"/>
+    <w:rsid w:val="00AE2477"/>
+    <w:rsid w:val="00AE2588"/>
     <w:rsid w:val="00AE3362"/>
-    <w:rsid w:val="00AE52B5"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AF0532"/>
+    <w:rsid w:val="00AE35C2"/>
+    <w:rsid w:val="00AE3A90"/>
+    <w:rsid w:val="00AE4812"/>
+    <w:rsid w:val="00AE4BAE"/>
+    <w:rsid w:val="00AE5029"/>
+    <w:rsid w:val="00AE5DE3"/>
+    <w:rsid w:val="00AE6440"/>
+    <w:rsid w:val="00AE6704"/>
+    <w:rsid w:val="00AF0424"/>
+    <w:rsid w:val="00AF27A5"/>
+    <w:rsid w:val="00AF27F9"/>
+    <w:rsid w:val="00AF29B8"/>
+    <w:rsid w:val="00AF304D"/>
     <w:rsid w:val="00AF4C82"/>
-    <w:rsid w:val="00AF5144"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AF70A9"/>
+    <w:rsid w:val="00AF5048"/>
+    <w:rsid w:val="00AF51BE"/>
+    <w:rsid w:val="00AF640F"/>
+    <w:rsid w:val="00AF6632"/>
+    <w:rsid w:val="00AF7046"/>
+    <w:rsid w:val="00AF77F7"/>
     <w:rsid w:val="00AF7DDC"/>
-    <w:rsid w:val="00B00462"/>
+    <w:rsid w:val="00B00842"/>
     <w:rsid w:val="00B02B08"/>
-    <w:rsid w:val="00B062C3"/>
-[...35 lines deleted...]
-    <w:rsid w:val="00B869CC"/>
+    <w:rsid w:val="00B02DBB"/>
+    <w:rsid w:val="00B042EA"/>
+    <w:rsid w:val="00B06259"/>
+    <w:rsid w:val="00B067D4"/>
+    <w:rsid w:val="00B07333"/>
+    <w:rsid w:val="00B10E9C"/>
+    <w:rsid w:val="00B12937"/>
+    <w:rsid w:val="00B129B8"/>
+    <w:rsid w:val="00B129E9"/>
+    <w:rsid w:val="00B13F57"/>
+    <w:rsid w:val="00B14C23"/>
+    <w:rsid w:val="00B15596"/>
+    <w:rsid w:val="00B1566C"/>
+    <w:rsid w:val="00B21264"/>
+    <w:rsid w:val="00B2273A"/>
+    <w:rsid w:val="00B23628"/>
+    <w:rsid w:val="00B236FC"/>
+    <w:rsid w:val="00B25582"/>
+    <w:rsid w:val="00B273D9"/>
+    <w:rsid w:val="00B277C3"/>
+    <w:rsid w:val="00B30232"/>
+    <w:rsid w:val="00B309BC"/>
+    <w:rsid w:val="00B32EF3"/>
+    <w:rsid w:val="00B337FE"/>
+    <w:rsid w:val="00B3427D"/>
+    <w:rsid w:val="00B35C12"/>
+    <w:rsid w:val="00B361EA"/>
+    <w:rsid w:val="00B365DB"/>
+    <w:rsid w:val="00B36B0A"/>
+    <w:rsid w:val="00B37745"/>
+    <w:rsid w:val="00B37842"/>
+    <w:rsid w:val="00B4032D"/>
+    <w:rsid w:val="00B40D7A"/>
+    <w:rsid w:val="00B412B6"/>
+    <w:rsid w:val="00B4270E"/>
+    <w:rsid w:val="00B42749"/>
+    <w:rsid w:val="00B42A77"/>
+    <w:rsid w:val="00B42BCE"/>
+    <w:rsid w:val="00B43050"/>
+    <w:rsid w:val="00B43D3D"/>
+    <w:rsid w:val="00B43EE5"/>
+    <w:rsid w:val="00B447CB"/>
+    <w:rsid w:val="00B46146"/>
+    <w:rsid w:val="00B46304"/>
+    <w:rsid w:val="00B46AE4"/>
+    <w:rsid w:val="00B474B9"/>
+    <w:rsid w:val="00B47770"/>
+    <w:rsid w:val="00B47A89"/>
+    <w:rsid w:val="00B50F92"/>
+    <w:rsid w:val="00B52124"/>
+    <w:rsid w:val="00B52750"/>
+    <w:rsid w:val="00B5329E"/>
+    <w:rsid w:val="00B54473"/>
+    <w:rsid w:val="00B54EA0"/>
+    <w:rsid w:val="00B56800"/>
+    <w:rsid w:val="00B57B0F"/>
+    <w:rsid w:val="00B60251"/>
+    <w:rsid w:val="00B60B5E"/>
+    <w:rsid w:val="00B623CC"/>
+    <w:rsid w:val="00B6398E"/>
+    <w:rsid w:val="00B65605"/>
+    <w:rsid w:val="00B66450"/>
+    <w:rsid w:val="00B667EB"/>
+    <w:rsid w:val="00B6736A"/>
+    <w:rsid w:val="00B706C2"/>
+    <w:rsid w:val="00B709DF"/>
+    <w:rsid w:val="00B70E21"/>
+    <w:rsid w:val="00B711AC"/>
+    <w:rsid w:val="00B71273"/>
+    <w:rsid w:val="00B71714"/>
+    <w:rsid w:val="00B731D8"/>
+    <w:rsid w:val="00B7360B"/>
+    <w:rsid w:val="00B744CC"/>
+    <w:rsid w:val="00B75D2B"/>
+    <w:rsid w:val="00B811C8"/>
+    <w:rsid w:val="00B815FE"/>
+    <w:rsid w:val="00B8209E"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rsid w:val="00B836C5"/>
+    <w:rsid w:val="00B84CCE"/>
+    <w:rsid w:val="00B84EE1"/>
+    <w:rsid w:val="00B8505C"/>
+    <w:rsid w:val="00B86588"/>
+    <w:rsid w:val="00B87297"/>
+    <w:rsid w:val="00B87543"/>
+    <w:rsid w:val="00B87C3C"/>
+    <w:rsid w:val="00B902FC"/>
+    <w:rsid w:val="00B9092F"/>
+    <w:rsid w:val="00B91300"/>
+    <w:rsid w:val="00B91585"/>
+    <w:rsid w:val="00B921FC"/>
+    <w:rsid w:val="00B92213"/>
+    <w:rsid w:val="00B92375"/>
+    <w:rsid w:val="00B92C4D"/>
     <w:rsid w:val="00B937D8"/>
-    <w:rsid w:val="00B94257"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00C05D8F"/>
+    <w:rsid w:val="00B94B28"/>
+    <w:rsid w:val="00B95AC6"/>
+    <w:rsid w:val="00B96146"/>
+    <w:rsid w:val="00B968F7"/>
+    <w:rsid w:val="00B97108"/>
+    <w:rsid w:val="00B97960"/>
+    <w:rsid w:val="00B97F7D"/>
+    <w:rsid w:val="00BA22F2"/>
+    <w:rsid w:val="00BA272F"/>
+    <w:rsid w:val="00BA2F00"/>
+    <w:rsid w:val="00BA5C18"/>
+    <w:rsid w:val="00BA6974"/>
+    <w:rsid w:val="00BB082A"/>
+    <w:rsid w:val="00BB0893"/>
+    <w:rsid w:val="00BB0D1A"/>
+    <w:rsid w:val="00BB1F11"/>
+    <w:rsid w:val="00BB225C"/>
+    <w:rsid w:val="00BB2D79"/>
+    <w:rsid w:val="00BB5D6F"/>
+    <w:rsid w:val="00BB7661"/>
+    <w:rsid w:val="00BC02C9"/>
+    <w:rsid w:val="00BC0E57"/>
+    <w:rsid w:val="00BC2088"/>
+    <w:rsid w:val="00BC2465"/>
+    <w:rsid w:val="00BC26EA"/>
+    <w:rsid w:val="00BC36FA"/>
+    <w:rsid w:val="00BC38CE"/>
+    <w:rsid w:val="00BC3BB9"/>
+    <w:rsid w:val="00BC434F"/>
+    <w:rsid w:val="00BC5370"/>
+    <w:rsid w:val="00BC71BC"/>
+    <w:rsid w:val="00BC7265"/>
+    <w:rsid w:val="00BC7688"/>
+    <w:rsid w:val="00BC78FA"/>
+    <w:rsid w:val="00BD0250"/>
+    <w:rsid w:val="00BD1075"/>
+    <w:rsid w:val="00BD1343"/>
+    <w:rsid w:val="00BD1892"/>
+    <w:rsid w:val="00BD193A"/>
+    <w:rsid w:val="00BD194F"/>
+    <w:rsid w:val="00BD1E69"/>
+    <w:rsid w:val="00BD2DB6"/>
+    <w:rsid w:val="00BD4ECF"/>
+    <w:rsid w:val="00BD5340"/>
+    <w:rsid w:val="00BD68C2"/>
+    <w:rsid w:val="00BD6EA4"/>
+    <w:rsid w:val="00BE03D4"/>
+    <w:rsid w:val="00BE073C"/>
+    <w:rsid w:val="00BE15B3"/>
+    <w:rsid w:val="00BE1661"/>
+    <w:rsid w:val="00BE184C"/>
+    <w:rsid w:val="00BE223F"/>
+    <w:rsid w:val="00BE257D"/>
+    <w:rsid w:val="00BE2CB6"/>
+    <w:rsid w:val="00BE5557"/>
+    <w:rsid w:val="00BE5694"/>
+    <w:rsid w:val="00BE6EB6"/>
+    <w:rsid w:val="00BE6F8C"/>
+    <w:rsid w:val="00BE711A"/>
+    <w:rsid w:val="00BF01B5"/>
+    <w:rsid w:val="00BF0D62"/>
+    <w:rsid w:val="00BF2EB5"/>
+    <w:rsid w:val="00BF36CB"/>
+    <w:rsid w:val="00BF3EB9"/>
+    <w:rsid w:val="00BF3EE3"/>
+    <w:rsid w:val="00BF5222"/>
+    <w:rsid w:val="00BF5A8A"/>
+    <w:rsid w:val="00BF66F6"/>
+    <w:rsid w:val="00BF73E4"/>
+    <w:rsid w:val="00C00C87"/>
+    <w:rsid w:val="00C00F6D"/>
+    <w:rsid w:val="00C015E8"/>
+    <w:rsid w:val="00C026DD"/>
+    <w:rsid w:val="00C03348"/>
+    <w:rsid w:val="00C033D0"/>
+    <w:rsid w:val="00C05544"/>
+    <w:rsid w:val="00C05F52"/>
+    <w:rsid w:val="00C067B8"/>
     <w:rsid w:val="00C06A93"/>
-    <w:rsid w:val="00C07611"/>
     <w:rsid w:val="00C0767A"/>
-    <w:rsid w:val="00C10E12"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C113F1"/>
+    <w:rsid w:val="00C1185A"/>
     <w:rsid w:val="00C11C3C"/>
+    <w:rsid w:val="00C120DE"/>
+    <w:rsid w:val="00C123EB"/>
+    <w:rsid w:val="00C12EA9"/>
+    <w:rsid w:val="00C12F9E"/>
+    <w:rsid w:val="00C13E2A"/>
+    <w:rsid w:val="00C14D59"/>
+    <w:rsid w:val="00C14FA8"/>
+    <w:rsid w:val="00C153CF"/>
     <w:rsid w:val="00C15484"/>
+    <w:rsid w:val="00C16155"/>
     <w:rsid w:val="00C2101E"/>
-    <w:rsid w:val="00C214A5"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00C31BAE"/>
+    <w:rsid w:val="00C21F02"/>
+    <w:rsid w:val="00C224BF"/>
+    <w:rsid w:val="00C23755"/>
+    <w:rsid w:val="00C251B0"/>
+    <w:rsid w:val="00C266C2"/>
+    <w:rsid w:val="00C27374"/>
+    <w:rsid w:val="00C27D17"/>
+    <w:rsid w:val="00C3353B"/>
+    <w:rsid w:val="00C33560"/>
+    <w:rsid w:val="00C338F5"/>
+    <w:rsid w:val="00C33ADA"/>
     <w:rsid w:val="00C34111"/>
-    <w:rsid w:val="00C34122"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00C802CC"/>
+    <w:rsid w:val="00C34B64"/>
+    <w:rsid w:val="00C36B5B"/>
+    <w:rsid w:val="00C402FD"/>
+    <w:rsid w:val="00C430D9"/>
+    <w:rsid w:val="00C43351"/>
+    <w:rsid w:val="00C436E4"/>
+    <w:rsid w:val="00C43AE8"/>
+    <w:rsid w:val="00C44AF5"/>
+    <w:rsid w:val="00C45677"/>
+    <w:rsid w:val="00C46EE0"/>
+    <w:rsid w:val="00C503F9"/>
+    <w:rsid w:val="00C508E6"/>
+    <w:rsid w:val="00C51078"/>
+    <w:rsid w:val="00C51841"/>
+    <w:rsid w:val="00C5277F"/>
+    <w:rsid w:val="00C5318A"/>
+    <w:rsid w:val="00C5401E"/>
+    <w:rsid w:val="00C54665"/>
+    <w:rsid w:val="00C54CFD"/>
+    <w:rsid w:val="00C55650"/>
+    <w:rsid w:val="00C556C1"/>
+    <w:rsid w:val="00C55C22"/>
+    <w:rsid w:val="00C57F0E"/>
+    <w:rsid w:val="00C6099C"/>
+    <w:rsid w:val="00C60B81"/>
+    <w:rsid w:val="00C615B9"/>
+    <w:rsid w:val="00C61A79"/>
+    <w:rsid w:val="00C61B65"/>
+    <w:rsid w:val="00C644AF"/>
+    <w:rsid w:val="00C64784"/>
+    <w:rsid w:val="00C64FD6"/>
+    <w:rsid w:val="00C65FCD"/>
+    <w:rsid w:val="00C6642F"/>
+    <w:rsid w:val="00C66634"/>
+    <w:rsid w:val="00C6708E"/>
+    <w:rsid w:val="00C67780"/>
+    <w:rsid w:val="00C679E1"/>
+    <w:rsid w:val="00C7090D"/>
+    <w:rsid w:val="00C70E6A"/>
+    <w:rsid w:val="00C71683"/>
+    <w:rsid w:val="00C71A10"/>
+    <w:rsid w:val="00C71D9F"/>
+    <w:rsid w:val="00C72510"/>
+    <w:rsid w:val="00C73226"/>
+    <w:rsid w:val="00C733FE"/>
+    <w:rsid w:val="00C756C2"/>
+    <w:rsid w:val="00C75904"/>
+    <w:rsid w:val="00C75F8C"/>
+    <w:rsid w:val="00C75FF2"/>
+    <w:rsid w:val="00C7677C"/>
+    <w:rsid w:val="00C77F9B"/>
+    <w:rsid w:val="00C80C84"/>
+    <w:rsid w:val="00C8138D"/>
+    <w:rsid w:val="00C815B0"/>
+    <w:rsid w:val="00C817D6"/>
+    <w:rsid w:val="00C81FDD"/>
+    <w:rsid w:val="00C82194"/>
+    <w:rsid w:val="00C82558"/>
     <w:rsid w:val="00C8272F"/>
-    <w:rsid w:val="00C84569"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00CE011C"/>
+    <w:rsid w:val="00C82B78"/>
+    <w:rsid w:val="00C84761"/>
+    <w:rsid w:val="00C85184"/>
+    <w:rsid w:val="00C872B5"/>
+    <w:rsid w:val="00C87650"/>
+    <w:rsid w:val="00C902C6"/>
+    <w:rsid w:val="00C9192B"/>
+    <w:rsid w:val="00C925F9"/>
+    <w:rsid w:val="00C92C12"/>
+    <w:rsid w:val="00C93927"/>
+    <w:rsid w:val="00C93934"/>
+    <w:rsid w:val="00C9427A"/>
+    <w:rsid w:val="00C94B15"/>
+    <w:rsid w:val="00C94D9C"/>
+    <w:rsid w:val="00C94F30"/>
+    <w:rsid w:val="00C9656F"/>
+    <w:rsid w:val="00C969B4"/>
+    <w:rsid w:val="00C9790A"/>
+    <w:rsid w:val="00C97A42"/>
+    <w:rsid w:val="00CA00A8"/>
+    <w:rsid w:val="00CA0968"/>
+    <w:rsid w:val="00CA1E0A"/>
+    <w:rsid w:val="00CA3055"/>
+    <w:rsid w:val="00CA3FAB"/>
+    <w:rsid w:val="00CA4129"/>
+    <w:rsid w:val="00CA4F06"/>
+    <w:rsid w:val="00CA56A3"/>
+    <w:rsid w:val="00CB0853"/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:rsid w:val="00CB251D"/>
+    <w:rsid w:val="00CB2BFD"/>
+    <w:rsid w:val="00CB2C3A"/>
+    <w:rsid w:val="00CB2C60"/>
+    <w:rsid w:val="00CB3DAC"/>
+    <w:rsid w:val="00CB59D8"/>
+    <w:rsid w:val="00CB5A8B"/>
+    <w:rsid w:val="00CB66A4"/>
+    <w:rsid w:val="00CB7285"/>
+    <w:rsid w:val="00CC095F"/>
+    <w:rsid w:val="00CC1791"/>
+    <w:rsid w:val="00CC1C58"/>
+    <w:rsid w:val="00CC331B"/>
+    <w:rsid w:val="00CC458A"/>
+    <w:rsid w:val="00CC47AF"/>
+    <w:rsid w:val="00CC5456"/>
+    <w:rsid w:val="00CC5597"/>
+    <w:rsid w:val="00CC6BE0"/>
+    <w:rsid w:val="00CC7E80"/>
+    <w:rsid w:val="00CD017F"/>
+    <w:rsid w:val="00CD0B94"/>
+    <w:rsid w:val="00CD11DB"/>
+    <w:rsid w:val="00CD2C54"/>
+    <w:rsid w:val="00CD2E12"/>
+    <w:rsid w:val="00CD3EAD"/>
+    <w:rsid w:val="00CD4C72"/>
+    <w:rsid w:val="00CD612F"/>
+    <w:rsid w:val="00CD6541"/>
+    <w:rsid w:val="00CD6892"/>
+    <w:rsid w:val="00CE0E73"/>
+    <w:rsid w:val="00CE136F"/>
     <w:rsid w:val="00CE1A06"/>
-    <w:rsid w:val="00CE3353"/>
-[...18 lines deleted...]
-    <w:rsid w:val="00D05938"/>
+    <w:rsid w:val="00CE2C00"/>
+    <w:rsid w:val="00CE2FB9"/>
+    <w:rsid w:val="00CE4016"/>
+    <w:rsid w:val="00CE56C2"/>
+    <w:rsid w:val="00CE5843"/>
+    <w:rsid w:val="00CE5D60"/>
+    <w:rsid w:val="00CE6BB8"/>
+    <w:rsid w:val="00CF010A"/>
+    <w:rsid w:val="00CF09F5"/>
+    <w:rsid w:val="00CF41C2"/>
+    <w:rsid w:val="00CF4520"/>
+    <w:rsid w:val="00CF4CA1"/>
+    <w:rsid w:val="00CF5750"/>
+    <w:rsid w:val="00CF5E13"/>
+    <w:rsid w:val="00CF6457"/>
+    <w:rsid w:val="00CF6E16"/>
+    <w:rsid w:val="00CF6F0D"/>
+    <w:rsid w:val="00CF703E"/>
+    <w:rsid w:val="00CF7ABA"/>
+    <w:rsid w:val="00CF7D64"/>
+    <w:rsid w:val="00CF7F76"/>
+    <w:rsid w:val="00D00B6A"/>
+    <w:rsid w:val="00D037E9"/>
+    <w:rsid w:val="00D0398C"/>
+    <w:rsid w:val="00D04CFC"/>
     <w:rsid w:val="00D05B49"/>
-    <w:rsid w:val="00D06CA7"/>
+    <w:rsid w:val="00D064E1"/>
+    <w:rsid w:val="00D0672E"/>
     <w:rsid w:val="00D06E62"/>
-    <w:rsid w:val="00D10F6D"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D20600"/>
+    <w:rsid w:val="00D07D58"/>
+    <w:rsid w:val="00D10925"/>
+    <w:rsid w:val="00D1242C"/>
+    <w:rsid w:val="00D12DF0"/>
+    <w:rsid w:val="00D1388A"/>
+    <w:rsid w:val="00D1389A"/>
+    <w:rsid w:val="00D149C5"/>
+    <w:rsid w:val="00D14C4D"/>
+    <w:rsid w:val="00D1793C"/>
+    <w:rsid w:val="00D17D6B"/>
+    <w:rsid w:val="00D17EE5"/>
+    <w:rsid w:val="00D202A3"/>
+    <w:rsid w:val="00D20606"/>
+    <w:rsid w:val="00D209EF"/>
     <w:rsid w:val="00D20E41"/>
-    <w:rsid w:val="00D300D5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00D45E5C"/>
+    <w:rsid w:val="00D218DE"/>
+    <w:rsid w:val="00D23451"/>
+    <w:rsid w:val="00D23605"/>
+    <w:rsid w:val="00D24A4F"/>
+    <w:rsid w:val="00D24C01"/>
+    <w:rsid w:val="00D260F5"/>
+    <w:rsid w:val="00D26C43"/>
+    <w:rsid w:val="00D26F8C"/>
+    <w:rsid w:val="00D27144"/>
+    <w:rsid w:val="00D27F7D"/>
+    <w:rsid w:val="00D30562"/>
+    <w:rsid w:val="00D321C1"/>
+    <w:rsid w:val="00D32C5E"/>
+    <w:rsid w:val="00D32D6A"/>
+    <w:rsid w:val="00D32D77"/>
+    <w:rsid w:val="00D359AA"/>
+    <w:rsid w:val="00D363CF"/>
+    <w:rsid w:val="00D36F59"/>
+    <w:rsid w:val="00D40F0E"/>
+    <w:rsid w:val="00D4199E"/>
+    <w:rsid w:val="00D41A89"/>
+    <w:rsid w:val="00D41FAA"/>
+    <w:rsid w:val="00D42110"/>
+    <w:rsid w:val="00D434B5"/>
+    <w:rsid w:val="00D43656"/>
+    <w:rsid w:val="00D436DA"/>
+    <w:rsid w:val="00D43F2F"/>
+    <w:rsid w:val="00D44AD7"/>
+    <w:rsid w:val="00D47136"/>
+    <w:rsid w:val="00D47E57"/>
+    <w:rsid w:val="00D507CC"/>
+    <w:rsid w:val="00D5196F"/>
+    <w:rsid w:val="00D51D49"/>
     <w:rsid w:val="00D52373"/>
-    <w:rsid w:val="00D53380"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00D8705F"/>
+    <w:rsid w:val="00D530C5"/>
+    <w:rsid w:val="00D53FBF"/>
+    <w:rsid w:val="00D541DA"/>
+    <w:rsid w:val="00D55208"/>
+    <w:rsid w:val="00D55AA6"/>
+    <w:rsid w:val="00D565AE"/>
+    <w:rsid w:val="00D579C6"/>
+    <w:rsid w:val="00D57C68"/>
+    <w:rsid w:val="00D61359"/>
+    <w:rsid w:val="00D643C5"/>
+    <w:rsid w:val="00D6458C"/>
+    <w:rsid w:val="00D6513C"/>
+    <w:rsid w:val="00D660B0"/>
+    <w:rsid w:val="00D660EB"/>
+    <w:rsid w:val="00D66706"/>
+    <w:rsid w:val="00D66962"/>
+    <w:rsid w:val="00D67190"/>
+    <w:rsid w:val="00D70ADA"/>
+    <w:rsid w:val="00D72366"/>
+    <w:rsid w:val="00D728CB"/>
+    <w:rsid w:val="00D742C6"/>
+    <w:rsid w:val="00D75313"/>
+    <w:rsid w:val="00D75FEF"/>
+    <w:rsid w:val="00D7691F"/>
+    <w:rsid w:val="00D8003D"/>
+    <w:rsid w:val="00D80E8E"/>
+    <w:rsid w:val="00D813B7"/>
+    <w:rsid w:val="00D81CC9"/>
+    <w:rsid w:val="00D82CBC"/>
+    <w:rsid w:val="00D836D6"/>
+    <w:rsid w:val="00D83B0D"/>
+    <w:rsid w:val="00D83F3F"/>
+    <w:rsid w:val="00D8493E"/>
+    <w:rsid w:val="00D84D15"/>
+    <w:rsid w:val="00D879F1"/>
+    <w:rsid w:val="00D9026E"/>
+    <w:rsid w:val="00D90FB1"/>
+    <w:rsid w:val="00D922F6"/>
+    <w:rsid w:val="00D92D5E"/>
     <w:rsid w:val="00D9330E"/>
-    <w:rsid w:val="00D94769"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00DF5769"/>
+    <w:rsid w:val="00D94101"/>
+    <w:rsid w:val="00D94AC9"/>
+    <w:rsid w:val="00D9640B"/>
+    <w:rsid w:val="00D96B76"/>
+    <w:rsid w:val="00D976BE"/>
+    <w:rsid w:val="00DA01B4"/>
+    <w:rsid w:val="00DA0475"/>
+    <w:rsid w:val="00DA0581"/>
+    <w:rsid w:val="00DA095E"/>
+    <w:rsid w:val="00DA0983"/>
+    <w:rsid w:val="00DA3A5F"/>
+    <w:rsid w:val="00DA5F82"/>
+    <w:rsid w:val="00DA5FC6"/>
+    <w:rsid w:val="00DB0C99"/>
+    <w:rsid w:val="00DB0D12"/>
+    <w:rsid w:val="00DB0DA9"/>
+    <w:rsid w:val="00DB12F1"/>
+    <w:rsid w:val="00DB2CAC"/>
+    <w:rsid w:val="00DB3F29"/>
+    <w:rsid w:val="00DB3F96"/>
+    <w:rsid w:val="00DB7020"/>
+    <w:rsid w:val="00DB72C1"/>
+    <w:rsid w:val="00DB734C"/>
+    <w:rsid w:val="00DB7719"/>
+    <w:rsid w:val="00DC0221"/>
+    <w:rsid w:val="00DC0714"/>
+    <w:rsid w:val="00DC0D30"/>
+    <w:rsid w:val="00DC0D6D"/>
+    <w:rsid w:val="00DC0E76"/>
+    <w:rsid w:val="00DC14B5"/>
+    <w:rsid w:val="00DC2DBC"/>
+    <w:rsid w:val="00DC3FC3"/>
+    <w:rsid w:val="00DC42F3"/>
+    <w:rsid w:val="00DC4355"/>
+    <w:rsid w:val="00DC468E"/>
+    <w:rsid w:val="00DC4ED6"/>
+    <w:rsid w:val="00DC56B3"/>
+    <w:rsid w:val="00DC57A2"/>
+    <w:rsid w:val="00DC5BDD"/>
+    <w:rsid w:val="00DC6412"/>
+    <w:rsid w:val="00DD0FBB"/>
+    <w:rsid w:val="00DD16FD"/>
+    <w:rsid w:val="00DD2043"/>
+    <w:rsid w:val="00DD283F"/>
+    <w:rsid w:val="00DD53FA"/>
+    <w:rsid w:val="00DD66C5"/>
+    <w:rsid w:val="00DD71E4"/>
+    <w:rsid w:val="00DE019B"/>
+    <w:rsid w:val="00DE1567"/>
+    <w:rsid w:val="00DE4B5E"/>
+    <w:rsid w:val="00DE554A"/>
+    <w:rsid w:val="00DE7AC7"/>
+    <w:rsid w:val="00DF0B82"/>
+    <w:rsid w:val="00DF0EE8"/>
+    <w:rsid w:val="00DF1600"/>
+    <w:rsid w:val="00DF183C"/>
+    <w:rsid w:val="00DF271D"/>
+    <w:rsid w:val="00DF406F"/>
+    <w:rsid w:val="00DF54B7"/>
+    <w:rsid w:val="00DF5DEC"/>
+    <w:rsid w:val="00DF5F1A"/>
+    <w:rsid w:val="00DF68DA"/>
+    <w:rsid w:val="00DF6FEF"/>
     <w:rsid w:val="00DF778C"/>
-    <w:rsid w:val="00E037A2"/>
+    <w:rsid w:val="00DF7A03"/>
+    <w:rsid w:val="00DF7CBA"/>
+    <w:rsid w:val="00E001F6"/>
+    <w:rsid w:val="00E015F2"/>
+    <w:rsid w:val="00E01B4C"/>
+    <w:rsid w:val="00E01BA5"/>
+    <w:rsid w:val="00E04428"/>
+    <w:rsid w:val="00E04B36"/>
+    <w:rsid w:val="00E05333"/>
+    <w:rsid w:val="00E06A3D"/>
     <w:rsid w:val="00E102E9"/>
-    <w:rsid w:val="00E11D70"/>
-[...30 lines deleted...]
-    <w:rsid w:val="00E843F3"/>
+    <w:rsid w:val="00E10782"/>
+    <w:rsid w:val="00E10DCF"/>
+    <w:rsid w:val="00E13418"/>
+    <w:rsid w:val="00E14110"/>
+    <w:rsid w:val="00E14351"/>
+    <w:rsid w:val="00E16C75"/>
+    <w:rsid w:val="00E2019C"/>
+    <w:rsid w:val="00E204A2"/>
+    <w:rsid w:val="00E21BE8"/>
+    <w:rsid w:val="00E22A00"/>
+    <w:rsid w:val="00E24E19"/>
+    <w:rsid w:val="00E2625C"/>
+    <w:rsid w:val="00E268A7"/>
+    <w:rsid w:val="00E26D22"/>
+    <w:rsid w:val="00E305C5"/>
+    <w:rsid w:val="00E30603"/>
+    <w:rsid w:val="00E30924"/>
+    <w:rsid w:val="00E30A44"/>
+    <w:rsid w:val="00E30B2B"/>
+    <w:rsid w:val="00E3102B"/>
+    <w:rsid w:val="00E31527"/>
+    <w:rsid w:val="00E31D93"/>
+    <w:rsid w:val="00E3204B"/>
+    <w:rsid w:val="00E33583"/>
+    <w:rsid w:val="00E33FED"/>
+    <w:rsid w:val="00E34318"/>
+    <w:rsid w:val="00E344A8"/>
+    <w:rsid w:val="00E3576D"/>
+    <w:rsid w:val="00E36113"/>
+    <w:rsid w:val="00E4073D"/>
+    <w:rsid w:val="00E40E69"/>
+    <w:rsid w:val="00E4205B"/>
+    <w:rsid w:val="00E4287C"/>
+    <w:rsid w:val="00E42E6D"/>
+    <w:rsid w:val="00E438E0"/>
+    <w:rsid w:val="00E448B6"/>
+    <w:rsid w:val="00E45721"/>
+    <w:rsid w:val="00E4681A"/>
+    <w:rsid w:val="00E47DF4"/>
+    <w:rsid w:val="00E5042C"/>
+    <w:rsid w:val="00E5117D"/>
+    <w:rsid w:val="00E514FC"/>
+    <w:rsid w:val="00E520A1"/>
+    <w:rsid w:val="00E5265D"/>
+    <w:rsid w:val="00E53190"/>
+    <w:rsid w:val="00E5550A"/>
+    <w:rsid w:val="00E56ACD"/>
+    <w:rsid w:val="00E57A66"/>
+    <w:rsid w:val="00E609BF"/>
+    <w:rsid w:val="00E60DCE"/>
+    <w:rsid w:val="00E61478"/>
+    <w:rsid w:val="00E61BD2"/>
+    <w:rsid w:val="00E62276"/>
+    <w:rsid w:val="00E62E5D"/>
+    <w:rsid w:val="00E62EA8"/>
+    <w:rsid w:val="00E638E1"/>
+    <w:rsid w:val="00E64A0B"/>
+    <w:rsid w:val="00E6547D"/>
+    <w:rsid w:val="00E668E7"/>
+    <w:rsid w:val="00E66FCB"/>
+    <w:rsid w:val="00E674EA"/>
+    <w:rsid w:val="00E676B4"/>
+    <w:rsid w:val="00E6786D"/>
+    <w:rsid w:val="00E7074A"/>
+    <w:rsid w:val="00E71771"/>
+    <w:rsid w:val="00E7188B"/>
+    <w:rsid w:val="00E71BCC"/>
+    <w:rsid w:val="00E7294F"/>
+    <w:rsid w:val="00E73232"/>
+    <w:rsid w:val="00E73464"/>
+    <w:rsid w:val="00E741B4"/>
+    <w:rsid w:val="00E74566"/>
+    <w:rsid w:val="00E7518D"/>
+    <w:rsid w:val="00E7527C"/>
+    <w:rsid w:val="00E76EE2"/>
+    <w:rsid w:val="00E77EF2"/>
+    <w:rsid w:val="00E77F1D"/>
+    <w:rsid w:val="00E80424"/>
+    <w:rsid w:val="00E80D77"/>
+    <w:rsid w:val="00E80E89"/>
+    <w:rsid w:val="00E8149D"/>
+    <w:rsid w:val="00E81AA3"/>
+    <w:rsid w:val="00E81ABA"/>
+    <w:rsid w:val="00E82491"/>
+    <w:rsid w:val="00E82603"/>
+    <w:rsid w:val="00E826FF"/>
+    <w:rsid w:val="00E82FB8"/>
     <w:rsid w:val="00E84D53"/>
-    <w:rsid w:val="00E92A5D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00EA2702"/>
+    <w:rsid w:val="00E84F3E"/>
+    <w:rsid w:val="00E858E3"/>
+    <w:rsid w:val="00E85BB8"/>
+    <w:rsid w:val="00E86090"/>
+    <w:rsid w:val="00E90A30"/>
+    <w:rsid w:val="00E92C43"/>
+    <w:rsid w:val="00E935AB"/>
+    <w:rsid w:val="00E93D28"/>
+    <w:rsid w:val="00E94E69"/>
+    <w:rsid w:val="00E95144"/>
+    <w:rsid w:val="00E95441"/>
+    <w:rsid w:val="00E95807"/>
+    <w:rsid w:val="00E95DC9"/>
+    <w:rsid w:val="00E95E0A"/>
+    <w:rsid w:val="00E95F5E"/>
+    <w:rsid w:val="00E9614C"/>
+    <w:rsid w:val="00E96BA3"/>
+    <w:rsid w:val="00E97395"/>
+    <w:rsid w:val="00E97C32"/>
     <w:rsid w:val="00EA2F74"/>
-    <w:rsid w:val="00EA2FC8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EA4FA5"/>
+    <w:rsid w:val="00EA37C1"/>
+    <w:rsid w:val="00EA4009"/>
+    <w:rsid w:val="00EA408F"/>
+    <w:rsid w:val="00EA5468"/>
+    <w:rsid w:val="00EA625D"/>
     <w:rsid w:val="00EA6531"/>
-    <w:rsid w:val="00EA69C2"/>
+    <w:rsid w:val="00EA7DF9"/>
     <w:rsid w:val="00EA7EAC"/>
-    <w:rsid w:val="00EB4E52"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00EB7D63"/>
+    <w:rsid w:val="00EB18ED"/>
+    <w:rsid w:val="00EB2AB4"/>
+    <w:rsid w:val="00EB5568"/>
+    <w:rsid w:val="00EB568D"/>
+    <w:rsid w:val="00EB6377"/>
+    <w:rsid w:val="00EC0E20"/>
     <w:rsid w:val="00EC11D3"/>
+    <w:rsid w:val="00EC15F4"/>
+    <w:rsid w:val="00EC1B19"/>
     <w:rsid w:val="00EC2113"/>
-    <w:rsid w:val="00EC39D8"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EC4653"/>
+    <w:rsid w:val="00EC22D7"/>
+    <w:rsid w:val="00EC3AEE"/>
+    <w:rsid w:val="00EC51A0"/>
+    <w:rsid w:val="00EC53DE"/>
     <w:rsid w:val="00EC5AF1"/>
-    <w:rsid w:val="00EC5D8E"/>
-    <w:rsid w:val="00EC6C74"/>
+    <w:rsid w:val="00EC7115"/>
+    <w:rsid w:val="00EC7209"/>
+    <w:rsid w:val="00EC75D1"/>
     <w:rsid w:val="00EC7AB2"/>
-    <w:rsid w:val="00ED148A"/>
-[...9 lines deleted...]
-    <w:rsid w:val="00EF0F67"/>
+    <w:rsid w:val="00ED19EA"/>
+    <w:rsid w:val="00ED1BB8"/>
+    <w:rsid w:val="00ED244F"/>
+    <w:rsid w:val="00ED346B"/>
+    <w:rsid w:val="00ED3A21"/>
+    <w:rsid w:val="00ED3D9A"/>
+    <w:rsid w:val="00ED3F27"/>
+    <w:rsid w:val="00ED4319"/>
+    <w:rsid w:val="00ED494C"/>
+    <w:rsid w:val="00ED4AB3"/>
+    <w:rsid w:val="00ED5C25"/>
+    <w:rsid w:val="00ED681B"/>
+    <w:rsid w:val="00ED6AFA"/>
+    <w:rsid w:val="00ED725F"/>
+    <w:rsid w:val="00ED7903"/>
+    <w:rsid w:val="00ED7C25"/>
+    <w:rsid w:val="00EE0CDD"/>
+    <w:rsid w:val="00EE1748"/>
+    <w:rsid w:val="00EE22D0"/>
+    <w:rsid w:val="00EE25ED"/>
+    <w:rsid w:val="00EE3ABE"/>
+    <w:rsid w:val="00EE43FC"/>
+    <w:rsid w:val="00EE5190"/>
+    <w:rsid w:val="00EE6268"/>
+    <w:rsid w:val="00EE6A93"/>
+    <w:rsid w:val="00EE78F5"/>
+    <w:rsid w:val="00EF00F3"/>
     <w:rsid w:val="00EF1CBD"/>
+    <w:rsid w:val="00EF20E0"/>
     <w:rsid w:val="00EF2200"/>
-    <w:rsid w:val="00EF2351"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00F44776"/>
+    <w:rsid w:val="00EF2705"/>
+    <w:rsid w:val="00EF2990"/>
+    <w:rsid w:val="00EF2B1B"/>
+    <w:rsid w:val="00EF2B74"/>
+    <w:rsid w:val="00EF2F18"/>
+    <w:rsid w:val="00EF4899"/>
+    <w:rsid w:val="00EF4CE1"/>
+    <w:rsid w:val="00EF5617"/>
+    <w:rsid w:val="00EF6C6A"/>
+    <w:rsid w:val="00EF6CA7"/>
+    <w:rsid w:val="00EF72D2"/>
+    <w:rsid w:val="00F009F2"/>
+    <w:rsid w:val="00F015EC"/>
+    <w:rsid w:val="00F02E5D"/>
+    <w:rsid w:val="00F0512A"/>
+    <w:rsid w:val="00F061BC"/>
+    <w:rsid w:val="00F069CD"/>
+    <w:rsid w:val="00F078DD"/>
+    <w:rsid w:val="00F07E0D"/>
+    <w:rsid w:val="00F10611"/>
+    <w:rsid w:val="00F108FF"/>
+    <w:rsid w:val="00F10E95"/>
+    <w:rsid w:val="00F11954"/>
+    <w:rsid w:val="00F11A1A"/>
+    <w:rsid w:val="00F125F1"/>
+    <w:rsid w:val="00F134A6"/>
+    <w:rsid w:val="00F13F2E"/>
+    <w:rsid w:val="00F14238"/>
+    <w:rsid w:val="00F14A3A"/>
+    <w:rsid w:val="00F1516C"/>
+    <w:rsid w:val="00F15A99"/>
+    <w:rsid w:val="00F15D17"/>
+    <w:rsid w:val="00F16FCC"/>
+    <w:rsid w:val="00F171C4"/>
+    <w:rsid w:val="00F17451"/>
+    <w:rsid w:val="00F17766"/>
+    <w:rsid w:val="00F22482"/>
+    <w:rsid w:val="00F22838"/>
+    <w:rsid w:val="00F22D1F"/>
+    <w:rsid w:val="00F22FBB"/>
+    <w:rsid w:val="00F233E5"/>
+    <w:rsid w:val="00F244FE"/>
+    <w:rsid w:val="00F25767"/>
+    <w:rsid w:val="00F27091"/>
+    <w:rsid w:val="00F2796F"/>
+    <w:rsid w:val="00F27CCA"/>
+    <w:rsid w:val="00F3054C"/>
+    <w:rsid w:val="00F31923"/>
+    <w:rsid w:val="00F34852"/>
+    <w:rsid w:val="00F352DF"/>
+    <w:rsid w:val="00F3570A"/>
+    <w:rsid w:val="00F35787"/>
+    <w:rsid w:val="00F367D5"/>
+    <w:rsid w:val="00F403A1"/>
+    <w:rsid w:val="00F41AD6"/>
+    <w:rsid w:val="00F43043"/>
+    <w:rsid w:val="00F4367A"/>
+    <w:rsid w:val="00F437D7"/>
+    <w:rsid w:val="00F43B2C"/>
+    <w:rsid w:val="00F4414B"/>
+    <w:rsid w:val="00F4483B"/>
     <w:rsid w:val="00F45492"/>
-    <w:rsid w:val="00F502EF"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00F577DA"/>
+    <w:rsid w:val="00F473D1"/>
+    <w:rsid w:val="00F47EF0"/>
+    <w:rsid w:val="00F50E60"/>
+    <w:rsid w:val="00F50F2F"/>
+    <w:rsid w:val="00F51464"/>
+    <w:rsid w:val="00F529C4"/>
+    <w:rsid w:val="00F54936"/>
+    <w:rsid w:val="00F549E7"/>
+    <w:rsid w:val="00F56A08"/>
+    <w:rsid w:val="00F56FCA"/>
+    <w:rsid w:val="00F57016"/>
+    <w:rsid w:val="00F57E17"/>
     <w:rsid w:val="00F60389"/>
-    <w:rsid w:val="00F6041C"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00F91705"/>
+    <w:rsid w:val="00F63964"/>
+    <w:rsid w:val="00F644C5"/>
+    <w:rsid w:val="00F64887"/>
+    <w:rsid w:val="00F6489E"/>
+    <w:rsid w:val="00F6533C"/>
+    <w:rsid w:val="00F660AF"/>
+    <w:rsid w:val="00F660C1"/>
+    <w:rsid w:val="00F660F1"/>
+    <w:rsid w:val="00F66637"/>
+    <w:rsid w:val="00F67F8A"/>
+    <w:rsid w:val="00F70ABC"/>
+    <w:rsid w:val="00F72908"/>
+    <w:rsid w:val="00F73486"/>
+    <w:rsid w:val="00F75075"/>
+    <w:rsid w:val="00F765B8"/>
+    <w:rsid w:val="00F76CA7"/>
+    <w:rsid w:val="00F77CAA"/>
+    <w:rsid w:val="00F81C0B"/>
+    <w:rsid w:val="00F82FAC"/>
+    <w:rsid w:val="00F830DE"/>
+    <w:rsid w:val="00F83778"/>
+    <w:rsid w:val="00F839B2"/>
+    <w:rsid w:val="00F84960"/>
+    <w:rsid w:val="00F84A39"/>
+    <w:rsid w:val="00F856DA"/>
+    <w:rsid w:val="00F86017"/>
+    <w:rsid w:val="00F86E40"/>
+    <w:rsid w:val="00F878B7"/>
+    <w:rsid w:val="00F901E2"/>
+    <w:rsid w:val="00F90A48"/>
+    <w:rsid w:val="00F91AF8"/>
+    <w:rsid w:val="00F91FFD"/>
+    <w:rsid w:val="00F920D1"/>
+    <w:rsid w:val="00F92FD4"/>
+    <w:rsid w:val="00F92FDA"/>
     <w:rsid w:val="00F933CE"/>
-    <w:rsid w:val="00F9452A"/>
     <w:rsid w:val="00F948E8"/>
-    <w:rsid w:val="00F95122"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA0959"/>
+    <w:rsid w:val="00F94F06"/>
+    <w:rsid w:val="00F95DE4"/>
+    <w:rsid w:val="00F95FB5"/>
+    <w:rsid w:val="00F95FDD"/>
+    <w:rsid w:val="00F96B60"/>
+    <w:rsid w:val="00F96B61"/>
+    <w:rsid w:val="00FA0535"/>
     <w:rsid w:val="00FA1D8B"/>
+    <w:rsid w:val="00FA2155"/>
+    <w:rsid w:val="00FA3715"/>
+    <w:rsid w:val="00FA3E70"/>
     <w:rsid w:val="00FA430D"/>
-    <w:rsid w:val="00FA493C"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00FD5177"/>
+    <w:rsid w:val="00FA48C6"/>
+    <w:rsid w:val="00FA4BD1"/>
+    <w:rsid w:val="00FA735B"/>
+    <w:rsid w:val="00FA7F26"/>
+    <w:rsid w:val="00FA7F2C"/>
+    <w:rsid w:val="00FB1707"/>
+    <w:rsid w:val="00FB21A1"/>
+    <w:rsid w:val="00FB35B4"/>
+    <w:rsid w:val="00FB47C6"/>
+    <w:rsid w:val="00FB4B7F"/>
+    <w:rsid w:val="00FB56B4"/>
+    <w:rsid w:val="00FB5FAC"/>
+    <w:rsid w:val="00FB7012"/>
+    <w:rsid w:val="00FB73A0"/>
+    <w:rsid w:val="00FC24C0"/>
+    <w:rsid w:val="00FC3041"/>
+    <w:rsid w:val="00FC31E6"/>
+    <w:rsid w:val="00FC361B"/>
+    <w:rsid w:val="00FC386F"/>
+    <w:rsid w:val="00FC416A"/>
+    <w:rsid w:val="00FC568C"/>
+    <w:rsid w:val="00FC5CE9"/>
+    <w:rsid w:val="00FD0955"/>
+    <w:rsid w:val="00FD22BF"/>
+    <w:rsid w:val="00FD2414"/>
+    <w:rsid w:val="00FD27BF"/>
+    <w:rsid w:val="00FD299D"/>
+    <w:rsid w:val="00FD3776"/>
+    <w:rsid w:val="00FD4D99"/>
+    <w:rsid w:val="00FD59C7"/>
+    <w:rsid w:val="00FD65C4"/>
+    <w:rsid w:val="00FD71F7"/>
+    <w:rsid w:val="00FD7AC9"/>
+    <w:rsid w:val="00FE009F"/>
+    <w:rsid w:val="00FE00CC"/>
+    <w:rsid w:val="00FE1E4D"/>
     <w:rsid w:val="00FE207C"/>
-    <w:rsid w:val="00FE37C8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00FF633B"/>
+    <w:rsid w:val="00FE2C52"/>
+    <w:rsid w:val="00FE30D8"/>
+    <w:rsid w:val="00FE324B"/>
+    <w:rsid w:val="00FE33C5"/>
+    <w:rsid w:val="00FE3523"/>
+    <w:rsid w:val="00FE429B"/>
+    <w:rsid w:val="00FE4B3A"/>
+    <w:rsid w:val="00FE4BCF"/>
+    <w:rsid w:val="00FE4DDA"/>
+    <w:rsid w:val="00FE568B"/>
+    <w:rsid w:val="00FE5FB4"/>
+    <w:rsid w:val="00FE60BA"/>
+    <w:rsid w:val="00FE6322"/>
+    <w:rsid w:val="00FE68A3"/>
+    <w:rsid w:val="00FF0147"/>
+    <w:rsid w:val="00FF1837"/>
+    <w:rsid w:val="00FF1EDC"/>
+    <w:rsid w:val="00FF22ED"/>
+    <w:rsid w:val="00FF25D4"/>
+    <w:rsid w:val="00FF43A6"/>
+    <w:rsid w:val="00FF5E3D"/>
+    <w:rsid w:val="00FF6DDF"/>
+    <w:rsid w:val="00FF753F"/>
+    <w:rsid w:val="00FF774C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="73C98CAB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{6A88D526-7455-461D-8CD7-CF01EF8EC38B}"/>
+  <w14:docId w14:val="4A8BCC64"/>
+  <w15:docId w15:val="{2D7ADBA5-5088-4CAA-BE78-89EA7B21C549}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
-    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="62"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="64" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="65" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -12001,122 +14669,126 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DF778C"/>
+    <w:rsid w:val="002E5756"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="007517FE"/>
+    <w:rsid w:val="000A6879"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000755EE"/>
+    <w:rsid w:val="000A6879"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
+      <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:bCs w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00C34111"/>
+    <w:rsid w:val="000A6879"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
-      <w:spacing w:before="200"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="1571"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b w:val="0"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
@@ -12266,202 +14938,195 @@
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C1B90"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:link w:val="BalloonText"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003C1B90"/>
     <w:rPr>
       <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande" w:cs="Lucida Grande"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
     <w:rsid w:val="000D69A3"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Documentdetails">
     <w:name w:val="Document details"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00250C62"/>
     <w:pPr>
       <w:spacing w:before="60" w:after="60"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
-    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004D040B"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:link w:val="Header"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="004D040B"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
-    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00592112"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:ind w:left="-284"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
-    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00592112"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DF778C"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="007517FE"/>
+    <w:rsid w:val="000A6879"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000755EE"/>
+    <w:rsid w:val="000A6879"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
+      <w:rFonts w:ascii="Arial Bold" w:eastAsia="MS Gothic" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00C34111"/>
+    <w:rsid w:val="000A6879"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="MS Gothic" w:hAnsi="Arial"/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000755EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
@@ -12525,171 +15190,171 @@
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="000755EE"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Instructionalnote">
     <w:name w:val="Instructional note"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rPr>
       <w:color w:val="C00000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FA1D8B"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="0"/>
       </w:numPr>
       <w:spacing w:before="480" w:after="0" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:color w:val="365F91"/>
       <w:lang w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00697590"/>
+    <w:rsid w:val="00961ED7"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="480"/>
+        <w:tab w:val="left" w:pos="426"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
       </w:tabs>
       <w:spacing w:after="100"/>
     </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00822499"/>
+    <w:rsid w:val="002E5756"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="left" w:pos="1100"/>
+        <w:tab w:val="left" w:pos="1022"/>
         <w:tab w:val="right" w:leader="dot" w:pos="9168"/>
       </w:tabs>
       <w:spacing w:after="100"/>
-      <w:ind w:left="240"/>
+      <w:ind w:left="240" w:firstLine="194"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007444AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
-    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="008D51C1"/>
+    <w:rsid w:val="00A547EA"/>
     <w:pPr>
-      <w:spacing w:before="1680" w:after="240"/>
+      <w:spacing w:before="2280" w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="6A1A41"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
-    <w:uiPriority w:val="10"/>
-    <w:rsid w:val="008D51C1"/>
+    <w:rsid w:val="00A547EA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="6A1A41"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="56"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00126611"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="565A5C"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00126611"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="565A5C"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00193880"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Classification">
     <w:name w:val="Classification"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00193880"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
@@ -12730,51 +15395,51 @@
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BBB69F"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="BBB69F"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="BBB69F"/>
           <w:tl2br w:val="nil"/>
           <w:tr2bl w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DAD7CB"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListBullet">
     <w:name w:val="List Bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007517FE"/>
+    <w:rsid w:val="00A547EA"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="LightGrid-Accent2">
     <w:name w:val="Light Grid Accent 2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="62"/>
     <w:rsid w:val="003D708E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
@@ -12915,298 +15580,1718 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tableheading">
     <w:name w:val="Table heading"/>
     <w:basedOn w:val="Tabledata"/>
     <w:qFormat/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:b/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Publicationtitle">
     <w:name w:val="Publicationtitle"/>
     <w:basedOn w:val="Subtitle"/>
     <w:qFormat/>
     <w:rsid w:val="008D51C1"/>
     <w:pPr>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
-[...4 lines deleted...]
-    <w:uiPriority w:val="39"/>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="ListParagraph"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007928EE"/>
+    <w:rsid w:val="002E5756"/>
     <w:pPr>
-      <w:spacing w:after="100"/>
-      <w:ind w:left="480"/>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:hanging="578"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="007928EE"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:szCs w:val="22"/>
     </w:rPr>
-    <w:tblPr>
-[...8 lines deleted...]
-    </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0087333E"/>
+    <w:rsid w:val="00C73226"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0087333E"/>
+    <w:rsid w:val="00C73226"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0087333E"/>
+    <w:rsid w:val="00C73226"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0087333E"/>
+    <w:rsid w:val="00C73226"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
-    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0087333E"/>
+    <w:rsid w:val="00C73226"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
-    <w:name w:val="footnote reference"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading112ptLeft0cmBefore0pt1">
+    <w:name w:val="Style Heading 1 + 12 pt Left:  0 cm Before:  0 pt1"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:keepLines w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="4"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+      </w:tabs>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="720"/>
+        <w:tab w:val="num" w:pos="1418"/>
+      </w:tabs>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="1418" w:hanging="284"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:color w:val="800080"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Style1">
+    <w:name w:val="Style1"/>
+    <w:basedOn w:val="Heading3"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:keepNext w:val="0"/>
+      <w:keepLines w:val="0"/>
+      <w:spacing w:before="0"/>
+      <w:ind w:hanging="851"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Dotum"/>
+      <w:color w:val="auto"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="1440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading2Before6ptAfter6pt">
+    <w:name w:val="Style Heading 2 + Before:  6 pt After:  6 pt"/>
+    <w:basedOn w:val="Heading2"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:keepLines w:val="0"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="auto"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2Arial12ptNotBoldBottomNoborder">
+    <w:name w:val="Heading 2 + Arial 12 pt Not Bold Bottom: (No border)"/>
+    <w:basedOn w:val="TOC3"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Tabletext">
+    <w:name w:val="Table text"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="40" w:line="200" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:eastAsia="Times New Roman" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading1Arial12ptJustifiedBottomNoborder">
+    <w:name w:val="Style Heading 1 + Arial 12 pt Justified Bottom: (No border)"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:keepLines w:val="0"/>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+      </w:tabs>
+      <w:spacing w:before="360"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:color w:val="auto"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading1Arial12ptJustifiedBottomNoborder1">
+    <w:name w:val="Style Heading 1 + Arial 12 pt Justified Bottom: (No border)1"/>
+    <w:basedOn w:val="TOC2"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="1022"/>
+        <w:tab w:val="clear" w:pos="9168"/>
+        <w:tab w:val="left" w:pos="709"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9599"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+      <w:ind w:left="720" w:hanging="720"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msolistparagraph0">
+    <w:name w:val="msolistparagraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC4">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC5">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="960"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC6">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="1200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC7">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="1440"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC8">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="1680"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC9">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:ind w:left="1920"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana"/>
+      <w:sz w:val="19"/>
+      <w:szCs w:val="19"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:rFonts w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="DocumentMap">
+    <w:name w:val="Document Map"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="DocumentMapChar"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00E11D70"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+    </w:pPr>
     <w:rPr>
-      <w:vertAlign w:val="superscript"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="DocumentMapChar">
+    <w:name w:val="Document Map Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="DocumentMap"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="1ai">
+    <w:name w:val="Outline List 1"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleHeading1Before0ptBottomSinglesolidlineAuto">
+    <w:name w:val="Style Heading 1 + Before:  0 pt Bottom: (Single solid line Auto ..."/>
+    <w:basedOn w:val="TOC1"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="8"/>
+      </w:numPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="18" w:space="6" w:color="auto"/>
+      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9600"/>
+      </w:tabs>
+      <w:spacing w:after="0"/>
+      <w:ind w:right="187"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Dotum"/>
+      <w:noProof/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00B82BF8"/>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="StyleNumbered13ptBold">
+    <w:name w:val="Style Numbered 13 pt Bold"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="10"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:styleId="111111">
+    <w:name w:val="Outline List 2"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="9"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="StyleOutlinenumbered13ptBold">
+    <w:name w:val="Style Outline numbered 13 pt Bold"/>
+    <w:basedOn w:val="NoList"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleStyleHeading113ptJustifiedBefore0pt125pt">
+    <w:name w:val="Style Style Heading 1 + 13 pt Justified Before:  0 pt + 12.5 pt"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="11"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9599"/>
+      </w:tabs>
+      <w:ind w:left="680"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StyleStyleHeading113ptJustifiedBefore0pt125pt1">
+    <w:name w:val="Style Style Heading 1 + 13 pt Justified Before:  0 pt + 12.5 pt1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="709"/>
+        <w:tab w:val="num" w:pos="1644"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9599"/>
+      </w:tabs>
+      <w:ind w:left="680" w:hanging="680"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Bold" w:eastAsia="Times New Roman" w:hAnsi="Arial Bold"/>
+      <w:b/>
+      <w:bCs/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent2Char"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent2Char">
+    <w:name w:val="Body Text Indent 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent2"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00B82BF8"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00B6736A"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CA4B18"/>
+    <w:rsid w:val="00E609BF"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CA4B18"/>
+    <w:rsid w:val="00E609BF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
-    <w:name w:val="FollowedHyperlink"/>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00EE11BF"/>
+    <w:rsid w:val="00E609BF"/>
     <w:rPr>
-      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
-      <w:u w:val="single"/>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...4 lines deleted...]
-    <w:rsid w:val="0092086E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACRuleHeader1">
+    <w:name w:val="AC Rule Header 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="ACRuleBody2"/>
+    <w:rsid w:val="006745B2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:spacing w:before="240" w:after="120"/>
+      <w:ind w:left="567" w:hanging="567"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-      <w:sz w:val="24"/>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:b/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACRuleHeader2">
+    <w:name w:val="AC Rule Header 2"/>
+    <w:basedOn w:val="ACRuleHeader1"/>
+    <w:next w:val="ACRuleBody3"/>
+    <w:rsid w:val="006745B2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="1560" w:hanging="993"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACRuleBody2">
+    <w:name w:val="AC Rule Body 2"/>
+    <w:basedOn w:val="ACRuleHeader2"/>
+    <w:rsid w:val="006745B2"/>
+    <w:pPr>
+      <w:ind w:left="1276" w:hanging="709"/>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ACRuleBody3">
+    <w:name w:val="AC Rule Body 3"/>
+    <w:basedOn w:val="ACRuleBody2"/>
+    <w:rsid w:val="006745B2"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+      </w:numPr>
+      <w:ind w:left="2552" w:hanging="992"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sectionheading">
+    <w:name w:val="Section heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:spacing w:before="360" w:after="180"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:sz w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subsectionheading">
+    <w:name w:val="Subsection heading"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="12"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="14"/>
+      </w:numPr>
+      <w:spacing w:before="360" w:after="180"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MediumShading1-Accent11">
+    <w:name w:val="Medium Shading 1 - Accent 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="60"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="720"/>
+      </w:tabs>
+      <w:spacing w:after="180"/>
+      <w:ind w:left="1077" w:hanging="357"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MediumShading2-Accent11">
+    <w:name w:val="Medium Shading 2 - Accent 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="1440"/>
+      </w:tabs>
+      <w:spacing w:after="180"/>
+      <w:ind w:left="1797" w:hanging="357"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MediumList1-Accent11">
+    <w:name w:val="Medium List 1 - Accent 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="2160"/>
+      </w:tabs>
+      <w:spacing w:after="180"/>
+      <w:ind w:left="2520" w:hanging="360"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="64"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="4320"/>
+      </w:tabs>
+      <w:spacing w:after="180"/>
+      <w:ind w:left="4680" w:hanging="360"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="65"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="5040"/>
+      </w:tabs>
+      <w:spacing w:after="180"/>
+      <w:ind w:left="5400" w:hanging="360"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MediumList2-Accent11">
+    <w:name w:val="Medium List 2 - Accent 11"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB1C76"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="num" w:pos="5760"/>
+      </w:tabs>
+      <w:spacing w:after="180"/>
+      <w:ind w:left="6120" w:hanging="360"/>
+      <w:contextualSpacing/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="EndnoteText">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B74EB3"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="002B3B8D"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman"/>
-      <w:lang w:eastAsia="en-AU"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="EndnoteText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002B3B8D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="EndnoteReference">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="002B3B8D"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00414575"/>
+    <w:rsid w:val="00C81FDD"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="InTableHeadingsChar">
+    <w:name w:val="In Table Headings Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="InTableHeadings"/>
+    <w:locked/>
+    <w:rsid w:val="00984C5F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="InTableHeadings">
+    <w:name w:val="In Table Headings"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="InTableHeadingsChar"/>
+    <w:rsid w:val="00984C5F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TableDataChar">
+    <w:name w:val="Table Data Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="TableData0"/>
+    <w:locked/>
+    <w:rsid w:val="00984C5F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableData0">
+    <w:name w:val="Table Data"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TableDataChar"/>
+    <w:rsid w:val="00984C5F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CharDefText">
+    <w:name w:val="CharDefText"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00773D3E"/>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="81609467">
+    <w:div w:id="63797158">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="825"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1939560574">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="550726022">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1317144614">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1209537840">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2025396995">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="360"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="551422529">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="825"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1854106579">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="446895745">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1715930463">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2061980854">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="190848215">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="360"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="844320517">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="825511421">
+    <w:div w:id="951672901">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="995113650">
+    <w:div w:id="960845774">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1440880625">
+    <w:div w:id="1152452026">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1184438510">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1754547533">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1412384162">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="802309284">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="100"/>
+                  <w:marBottom w:val="100"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="493494809">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="636498635">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1104617692">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="764810557">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="590891578">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="869806661">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="75"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="530804678">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1230338439">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1974600069">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="363751921">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1898474521">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="100"/>
+                  <w:marBottom w:val="100"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="457526817">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1193348127">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1692340017">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1392075308">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1336497590">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1916278804">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="75"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1552379474">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1288196995">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1292520932">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1618901872">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1815100465">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1887637143">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1272010114">
+          <w:blockQuote w:val="1"/>
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="720"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1643583738">
+          <w:blockQuote w:val="1"/>
+          <w:marLeft w:val="720"/>
+          <w:marRight w:val="720"/>
+          <w:marTop w:val="100"/>
+          <w:marBottom w:val="100"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="213197472">
+              <w:blockQuote w:val="1"/>
+              <w:marLeft w:val="720"/>
+              <w:marRight w:val="720"/>
+              <w:marTop w:val="100"/>
+              <w:marBottom w:val="100"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+            <w:div w:id="1743259302">
+              <w:blockQuote w:val="1"/>
+              <w:marLeft w:val="720"/>
+              <w:marRight w:val="720"/>
+              <w:marTop w:val="100"/>
+              <w:marBottom w:val="100"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
   </w:divs>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techterms.com/definition/laptop" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techterms.com/definition/inputdevice" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=operational%20compliance&amp;ql=3081" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/Pages/srs-operational-guidance.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=operational%20compliance&amp;ql=3081" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techterms.com/definition/touchscreen" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.wa.gov.au/legislation/statutes.nsf/main_mrtitle_1101_homepage.html" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://childsafe.humanrights.gov.au/national-principles/about-national-principles" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=operational%20compliance&amp;ql=3081" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techterms.com/definition/touchscreen" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ayja.org.au/wp-content/uploads/2019/04/AYJA-Poster-April-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/Pages/emf.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/Pages/srs-operational-guidance.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.wa.gov.au/legislation/statutes.nsf/main_mrtitle_1101_homepage.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/Pages/emf.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=operational%20compliance&amp;ql=3081" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techterms.com/definition/laptop" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ohchr.org/en/instruments-mechanisms/instruments/united-nations-standard-minimum-rules-administration-juvenile" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/youth-custodial-rules.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/bhdc-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://techterms.com/definition/inputdevice" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -13475,55 +17560,122 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Rules</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8c30193b-5862-40d3-b22f-a5f0b3dcbefd</TermId>
+        </TermInfo>
+      </Terms>
+    </pa8a0a93780a4945b3173f20d8e45055>
+    <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
+    <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce9ba758-ea71-457b-9a14-44db9922bfb4</TermId>
+        </TermInfo>
+      </Terms>
+    </n398ab4bf91e43a0a550736abedc299f>
+    <TaxCatchAll xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Value>10</Value>
+      <Value>9</Value>
+      <Value>8</Value>
+      <Value>7</Value>
+    </TaxCatchAll>
+    <kf620cb349b946fa81ca1074c0b3c5af xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Youth Justice Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">14213a7b-7f8e-4379-95a6-7270f474aaf7</TermId>
+        </TermInfo>
+      </Terms>
+    </kf620cb349b946fa81ca1074c0b3c5af>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 4.7 Mentally Impaired Accused Prisoners - Banksia Hill Detention Centre</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Youth</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">86dadb23-f3e8-45d0-a50e-683c2dd71471</TermId>
+        </TermInfo>
+      </Terms>
+    </g2cdfbdd30c849e9bbb5c12aa747ff35>
+    <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C00F0D83A50F2144C42ACB5D0D7865205AD" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="42bbab49f36ed8fec9b3c3a5d5a50fb9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5803bea382f296392a5d9361e4ac8430" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -13773,218 +17925,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...66 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8E66859-B66A-4A5F-9CCA-7296C26B2156}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{734891CD-0402-4469-9D8D-E9985E0D0EEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3385</Words>
-  <Characters>19295</Characters>
+  <Words>3556</Words>
+  <Characters>20274</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>12</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>45</Paragraphs>
+  <DocSecurity>8</DocSecurity>
+  <Lines>168</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>COPP 9.5 Approved and Unauthorised Items (Staff and Visitors)</vt:lpstr>
+      <vt:lpstr>COPP 4.7 Mentally Impaired Accused Prisoners - Banksia Hill Detention Centre</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22635</CharactersWithSpaces>
+  <CharactersWithSpaces>23783</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -14025,55 +18110,61 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819791</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>COPP 9.5 Approved and Unauthorised Items (Staff and Visitors)</dc:title>
-[...1 lines deleted...]
-  <cp:keywords>Commissioner's Operating Policy and Procedure (COPP); Prison Operations; Adult Custodial; Procedures; Policies; 9.5; Approve; Unauthorised; Property; Item.</cp:keywords>
+  <dc:title>COPP 4.7 Mentally Impaired Accused Prisoners - Banksia Hill Detention Centre</dc:title>
+  <dc:subject/>
+  <dc:creator>Scott.Rumbold@justice.wa.gov.au</dc:creator>
+  <cp:keywords>Department of Justice; Corrective Services; DoJ; Commissioner; Procedure; Policy; COPP; COPPs; Detention Centre; Juvenile; Youth; Young; Person; Rule; Rules; Western Australia; Instrument; Instruments; Operations; BHDC; 4.7; Mentally; Impaired; Accused.</cp:keywords>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D63A055CE82242A2E4B837C82D470C00F0D83A50F2144C42ACB5D0D7865205AD</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>10;#Advisory Services|8cc1496a-6584-483e-8dcd-3e26a031bf44</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Type">
     <vt:lpwstr>9;#Templates|d73d990e-b5bb-4bad-9fd6-d25e3a2f8bb9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Function">
     <vt:lpwstr>8;#Community Relations|ffba8bc2-640c-4bfe-8f63-b1fc456e246a</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Business Area">
     <vt:lpwstr>7;#Strategic Communications|f79bcab4-4348-403e-ad4c-9761a12bb89b</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Base Target">
+    <vt:lpwstr>_blank</vt:lpwstr>
+  </property>
 </Properties>
 </file>