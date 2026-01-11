--- v0 (2025-12-10)
+++ v1 (2026-01-11)
@@ -196,3214 +196,3214 @@
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EB8EC58" w14:textId="77777777" w:rsidR="00E15638" w:rsidRPr="005C4CF0" w:rsidRDefault="00E15638" w:rsidP="005C4CF0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="374FA464" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF7DDC">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C0EFE4F" w14:textId="5909A083" w:rsidR="00795DCD" w:rsidRDefault="001E7E86">
+    <w:p w14:paraId="1A9F1F3E" w14:textId="5FC64203" w:rsidR="00EB71C2" w:rsidRDefault="001E7E86">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc214612213" w:history="1">
-        <w:r w:rsidR="00795DCD" w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426670" w:history="1">
+        <w:r w:rsidR="00EB71C2" w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00795DCD">
+        <w:r w:rsidR="00EB71C2">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00795DCD" w:rsidRPr="00E37899">
+        <w:r w:rsidR="00EB71C2" w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00795DCD">
+        <w:r w:rsidR="00EB71C2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00795DCD">
+        <w:r w:rsidR="00EB71C2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00795DCD">
-[...12 lines deleted...]
-        <w:r w:rsidR="00795DCD">
+        <w:r w:rsidR="00EB71C2">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426670 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EB71C2">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00EB71C2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00795DCD">
+        <w:r w:rsidR="00EB71C2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00795DCD">
+        <w:r w:rsidR="00EB71C2">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="463EF5DD" w14:textId="1E05DA2F" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="657E420C" w14:textId="1AF9D7CF" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612214" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426671" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612214 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426671 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="786AFEF7" w14:textId="5087AD3C" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="37B8ACDD" w14:textId="4D4CD00C" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612215" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426672" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Occurrence Books</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612215 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426672 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3BC44836" w14:textId="4F7DBDC9" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="42CC6058" w14:textId="7FDC4952" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612216" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426673" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Responsibility</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612216 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426673 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="74130A78" w14:textId="6E169B59" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="3598E371" w14:textId="5F361359" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612217" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426674" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Entries into the unit occurrence book</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612217 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426674 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1985890B" w14:textId="068E9D04" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="455A26DD" w14:textId="1D237DE5" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612218" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426675" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Conducting Prisoner Counts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612218 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426675 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32E730C1" w14:textId="4BE4B2A7" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="2E91CAB2" w14:textId="43C31B84" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612219" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426676" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612219 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426676 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A463A12" w14:textId="72C05983" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="2A19E369" w14:textId="3EBDCB88" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612220" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426677" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Formal count procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612220 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426677 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="232EBC34" w14:textId="0CE8E106" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="3E35F754" w14:textId="4AE7B79C" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612221" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426678" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Informal counts procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612221 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426678 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="52F6CD70" w14:textId="66F7808E" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="375E3698" w14:textId="2A3EE01A" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612222" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426679" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Night cell counts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612222 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426679 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="61342484" w14:textId="3A33A053" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="34614055" w14:textId="6D7A06ED" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612223" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426680" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Recount/incorrect count procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612223 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426680 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2869CC33" w14:textId="2F3AE98E" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="11EDD1ED" w14:textId="54E0B719" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612224" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426681" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Emergency counts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612224 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426681 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7DCB77BF" w14:textId="162ECBA9" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="6B9B2ACA" w14:textId="0B6BBD78" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612225" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426682" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Conducting Prisoner Unlock and Lockup</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612225 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426682 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="01BDD593" w14:textId="6F698041" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="3AC58257" w14:textId="79AD3973" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612226" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426683" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612226 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426683 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6AB70D31" w14:textId="618D7310" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="4626204B" w14:textId="2E509218" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612227" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426684" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General unlock procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612227 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426684 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0B81F1C4" w14:textId="38275DC8" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="3FB1AB2C" w14:textId="51958CCC" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612228" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426685" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General lockup procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612228 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426685 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="132491F8" w14:textId="25580170" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="1E008D3B" w14:textId="69BECFFA" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612229" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426686" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner Welfare</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612229 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426686 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D009F8C" w14:textId="41B21A1C" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="1636C689" w14:textId="4702E388" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612230" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426687" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Welfare checks</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612230 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426687 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BF5B081" w14:textId="2BE1356E" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="4E6B2ECA" w14:textId="7DE7880C" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612231" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426688" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scheduled Movements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612231 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426688 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B80F50B" w14:textId="0C8B51B9" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="00EEDDFE" w14:textId="72EAEC36" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612232" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426689" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Internal prisoner movements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612232 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426689 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D4578F7" w14:textId="2E4BECA2" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="66C70E3F" w14:textId="3147B659" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612233" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426690" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Supervision of Male and Women Prisoners</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612233 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426690 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D3E90FE" w14:textId="0AD27798" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="7D7A70D5" w14:textId="0DDA3AF9" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612234" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426691" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Out of Cell Evening Association</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612234 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426691 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="744D4460" w14:textId="58654E38" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="5D47A0E6" w14:textId="43F8534B" w:rsidR="00EB71C2" w:rsidRPr="006D448F" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612235" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426692" w:history="1">
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Out of Cell Hours Recording and Reporting Requirements</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Lockdown and Out of Cell Hours Recording and Reporting Requirements</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...12 lines deleted...]
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426692 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="006D448F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="53450A7D" w14:textId="70A074B2" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="1FF48BC5" w14:textId="71A2F2EB" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612236" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426693" w:history="1">
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.1</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Out of Cell Hours classification</w:t>
-[...1 lines deleted...]
-        <w:r>
+          <w:t>Lockdown and Out of Cell Hours classification</w:t>
+        </w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
-[...12 lines deleted...]
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426693 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidRPr="006D448F">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r>
+        <w:r w:rsidRPr="006D448F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AB041BE" w14:textId="13817F9D" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="03A2D3D8" w14:textId="3461AEE4" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612237" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426694" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Out of cell hours recording and reporting requirements</w:t>
+          <w:t>Lockdown and Out of cell hours recording and reporting requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612237 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426694 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="76D6D1D0" w14:textId="31828383" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="18A5BFB1" w14:textId="67298169" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612238" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426695" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Night Shift</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612238 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426695 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A3C16D1" w14:textId="4B8A412B" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="29B7A1F3" w14:textId="58578E18" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612239" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426696" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Superintendent responsibilities</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612239 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426696 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E442C50" w14:textId="1866379D" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="04CCA70C" w14:textId="0AAC1DEA" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612240" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426697" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prison Officer responsibilities</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612240 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426697 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7864D17A" w14:textId="5AD3C312" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="3A311A94" w14:textId="15B49EF1" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612241" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426698" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Fatigue Management</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612241 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426698 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4EC51C0C" w14:textId="433FAE9D" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="08D5617B" w14:textId="08EA3DD7" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612242" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426699" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Standing Orders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612242 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426699 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7AD1D365" w14:textId="57E19994" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="7D096A9F" w14:textId="7C21630D" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612243" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426700" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612243 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426700 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EA7BE21" w14:textId="328A2015" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="6D4C45C7" w14:textId="63CDA8D7" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612244" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426701" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPs and documents</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612244 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426701 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6435DC51" w14:textId="5AFB959B" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="221DD26A" w14:textId="72A6604B" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612245" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426702" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612245 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426702 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0151F196" w14:textId="63BBF9C2" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="6D1DEE5E" w14:textId="10D399F8" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612246" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426703" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612246 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426703 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FADB905" w14:textId="6497C7D2" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="304E7F64" w14:textId="7C4C5140" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612247" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426704" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612247 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426704 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="069FD122" w14:textId="15E87AC0" w:rsidR="00795DCD" w:rsidRDefault="00795DCD">
+    <w:p w14:paraId="4E79E0E4" w14:textId="504D3770" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc214612248" w:history="1">
-        <w:r w:rsidRPr="00E37899">
+      <w:hyperlink w:anchor="_Toc216426705" w:history="1">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00E37899">
+        <w:r w:rsidRPr="00B54A32">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document Version History</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc214612248 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc216426705 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7998D19C" w14:textId="3C26BBE6" w:rsidR="006259EF" w:rsidRPr="003D6E5C" w:rsidRDefault="001E7E86">
+    <w:p w14:paraId="7998D19C" w14:textId="34B56232" w:rsidR="006259EF" w:rsidRPr="003D6E5C" w:rsidRDefault="001E7E86">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc214612213"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc216426670"/>
       <w:r w:rsidR="00C8272F" w:rsidRPr="003D6E5C">
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="15B535BB" w14:textId="451A3D7A" w:rsidR="00B01297" w:rsidRPr="006259EF" w:rsidRDefault="006259EF" w:rsidP="006259EF">
       <w:r>
         <w:t xml:space="preserve">This Commissioner’s Operating Policy and Procedure (COPP) applies to all public and private prisons administered by or on behalf of the Department of Justice (the Department). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DB0B57" w14:textId="77777777" w:rsidR="00920EDE" w:rsidRPr="005C4CF0" w:rsidRDefault="00920EDE" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc526229948"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc214612214"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc216426671"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0E5770" w14:textId="06803817" w:rsidR="003D6E5C" w:rsidRPr="003D6E5C" w:rsidRDefault="000A7054" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="003D6E5C">
         <w:t>The prison</w:t>
       </w:r>
       <w:r w:rsidR="00C9098A" w:rsidRPr="003D6E5C">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> daily routine </w:t>
       </w:r>
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">shall </w:t>
@@ -3629,66 +3629,66 @@
       <w:r>
         <w:t>and report any concerns or issues which may jeopardise the security and good order of the prison or the welfare and safe custody of prisoners accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401B25A4" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A03F83A" w14:textId="77777777" w:rsidR="00034D3F" w:rsidRPr="003D6E5C" w:rsidRDefault="00034D3F" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2572433F" w14:textId="77777777" w:rsidR="003D6E5C" w:rsidRDefault="003D6E5C" w:rsidP="003D6E5C">
       <w:bookmarkStart w:id="3" w:name="_Toc68863179"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32086642" w14:textId="43C631D3" w:rsidR="003565A9" w:rsidRPr="005C4CF0" w:rsidRDefault="003565A9" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc214612215"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc216426672"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:lastRenderedPageBreak/>
         <w:t>Occurrence Books</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="0747B916" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="00280694" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc413567268"/>
       <w:bookmarkStart w:id="6" w:name="_Toc5282602"/>
       <w:bookmarkStart w:id="7" w:name="_Toc68863180"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc214612216"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc216426673"/>
       <w:bookmarkStart w:id="9" w:name="_Toc534982739"/>
       <w:bookmarkStart w:id="10" w:name="_Toc535302723"/>
       <w:bookmarkStart w:id="11" w:name="_Toc535304632"/>
       <w:bookmarkStart w:id="12" w:name="_Toc535305446"/>
       <w:bookmarkStart w:id="13" w:name="_Toc535309651"/>
       <w:bookmarkStart w:id="14" w:name="_Toc535573149"/>
       <w:r w:rsidRPr="00280694">
         <w:t>Responsibility</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="659442ED" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>Unit Manager</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
@@ -3843,51 +3843,51 @@
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> shift.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76807913" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Entries_into_the"/>
       <w:bookmarkStart w:id="16" w:name="_Toc413567269"/>
       <w:bookmarkStart w:id="17" w:name="_Toc5282603"/>
       <w:bookmarkStart w:id="18" w:name="_Toc68863181"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc214612217"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc216426674"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="003565A9">
         <w:t>Entries</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve"> into the </w:t>
       </w:r>
       <w:r w:rsidR="00866DFE">
         <w:t xml:space="preserve">unit </w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t>occurrence book</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="39B1CAE2" w14:textId="52C03960" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc534982740"/>
       <w:bookmarkStart w:id="21" w:name="_Toc535302724"/>
       <w:bookmarkStart w:id="22" w:name="_Toc535304633"/>
@@ -4183,51 +4183,51 @@
       <w:bookmarkStart w:id="50" w:name="_Toc89115310"/>
       <w:bookmarkStart w:id="51" w:name="_Toc89115169"/>
       <w:bookmarkStart w:id="52" w:name="_Toc89115311"/>
       <w:bookmarkStart w:id="53" w:name="_Toc89115170"/>
       <w:bookmarkStart w:id="54" w:name="_Toc89115312"/>
       <w:bookmarkStart w:id="55" w:name="_Toc89115171"/>
       <w:bookmarkStart w:id="56" w:name="_Toc89115313"/>
       <w:bookmarkStart w:id="57" w:name="_Toc89115172"/>
       <w:bookmarkStart w:id="58" w:name="_Toc89115314"/>
       <w:bookmarkStart w:id="59" w:name="_Toc89115173"/>
       <w:bookmarkStart w:id="60" w:name="_Toc89115315"/>
       <w:bookmarkStart w:id="61" w:name="_Toc89115174"/>
       <w:bookmarkStart w:id="62" w:name="_Toc89115316"/>
       <w:bookmarkStart w:id="63" w:name="_Toc89115175"/>
       <w:bookmarkStart w:id="64" w:name="_Toc89115317"/>
       <w:bookmarkStart w:id="65" w:name="_Toc89115176"/>
       <w:bookmarkStart w:id="66" w:name="_Toc89115318"/>
       <w:bookmarkStart w:id="67" w:name="_Toc89115177"/>
       <w:bookmarkStart w:id="68" w:name="_Toc89115319"/>
       <w:bookmarkStart w:id="69" w:name="_Toc89115178"/>
       <w:bookmarkStart w:id="70" w:name="_Toc89115320"/>
       <w:bookmarkStart w:id="71" w:name="_Toc89115179"/>
       <w:bookmarkStart w:id="72" w:name="_Toc89115321"/>
       <w:bookmarkStart w:id="73" w:name="_Toc89115180"/>
       <w:bookmarkStart w:id="74" w:name="_Toc89115322"/>
-      <w:bookmarkStart w:id="75" w:name="_Toc214612218"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc216426675"/>
       <w:bookmarkStart w:id="76" w:name="_Toc526229949"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
@@ -4238,51 +4238,51 @@
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Conducting Prisoner Counts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
     <w:p w14:paraId="5165C1D5" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc214612219"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc216426676"/>
       <w:r w:rsidRPr="00695834">
         <w:t>General requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="47C9DDDF" w14:textId="4B444D0D" w:rsidR="006B4999" w:rsidRDefault="006B4999" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Prisoners shall be placed onto the total prison count</w:t>
       </w:r>
       <w:r w:rsidR="00ED0B15">
         <w:t xml:space="preserve"> on the Total Offender Management </w:t>
       </w:r>
       <w:r w:rsidR="00A34594">
         <w:t xml:space="preserve">Solution </w:t>
       </w:r>
       <w:r w:rsidR="00ED0B15">
         <w:t>(</w:t>
       </w:r>
@@ -4761,51 +4761,51 @@
         <w:r w:rsidR="000F5B29" w:rsidRPr="00D44936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Management</w:t>
         </w:r>
         <w:r w:rsidR="00EE5EA5" w:rsidRPr="00D44936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F10D41" w:rsidRPr="00D44936">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00001777">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7196E4BC" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="_Formal_count_procedures"/>
-      <w:bookmarkStart w:id="80" w:name="_Toc214612220"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc216426677"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Formal count procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D1F2DD" w14:textId="5A1483FC" w:rsidR="00894D8F" w:rsidRDefault="00714A42" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A minimum of </w:t>
       </w:r>
       <w:r w:rsidR="007C4BEB">
         <w:t xml:space="preserve">4 </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
@@ -5721,51 +5721,51 @@
               <w:t xml:space="preserve">enior </w:t>
             </w:r>
             <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="007C4BEB">
               <w:t>fficer</w:t>
             </w:r>
             <w:r w:rsidR="003B1156">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A13E5B">
               <w:t xml:space="preserve">Gatehouse </w:t>
             </w:r>
             <w:r w:rsidR="003B1156">
               <w:t>or designated position</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01F2FEFE" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Toc214612221"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc216426678"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Informal count</w:t>
       </w:r>
       <w:r w:rsidR="002B6D15" w:rsidRPr="00695834">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B6D15" w:rsidRPr="00695834">
         <w:t>procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="622D131D" w14:textId="77777777" w:rsidR="00D13FEB" w:rsidRDefault="00D13FEB" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Prison Officers</w:t>
       </w:r>
       <w:r w:rsidRPr="00D13FEB">
         <w:t xml:space="preserve"> are required to know the location of all prisoners under their </w:t>
       </w:r>
       <w:r w:rsidR="0083663D">
@@ -5803,51 +5803,51 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="00D13FEB">
         <w:t>Officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall immediately </w:t>
       </w:r>
       <w:r w:rsidR="006B456C">
         <w:t>notify</w:t>
       </w:r>
       <w:r w:rsidR="003B1156">
         <w:t xml:space="preserve"> the relevant Unit Manager/Senior Officer when a prisoner cannot be accounted for.</w:t>
       </w:r>
       <w:r w:rsidR="00D13FEB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A20E12" w14:textId="77777777" w:rsidR="0071545B" w:rsidRPr="00695834" w:rsidRDefault="0071545B" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc214612222"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc216426679"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Night cell c</w:t>
       </w:r>
       <w:r w:rsidR="005B767A" w:rsidRPr="00695834">
         <w:t>ounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
     </w:p>
     <w:p w14:paraId="790289E0" w14:textId="77777777" w:rsidR="00A63522" w:rsidRPr="00A63522" w:rsidRDefault="0071545B" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall remain alert and vigilant</w:t>
       </w:r>
       <w:r w:rsidR="00BC706A">
         <w:t xml:space="preserve"> during night cell </w:t>
       </w:r>
       <w:r w:rsidR="006B4999">
@@ -6049,51 +6049,51 @@
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidR="00FC0215">
         <w:t>Unit Occurrence Book</w:t>
       </w:r>
       <w:r w:rsidRPr="0071545B">
         <w:t xml:space="preserve"> and report </w:t>
       </w:r>
       <w:r>
         <w:t>to the OIC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06461711" w14:textId="77777777" w:rsidR="00284D0A" w:rsidRDefault="00284D0A" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The OIC shall record all counts in the Gatehouse Occurrence Book and document on TOMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1DB28C" w14:textId="77777777" w:rsidR="00470B79" w:rsidRPr="00695834" w:rsidRDefault="00470B79" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="83" w:name="_Recount_/_Incorrect"/>
-      <w:bookmarkStart w:id="84" w:name="_Toc214612223"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc216426680"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidRPr="00695834">
         <w:lastRenderedPageBreak/>
         <w:t>Recount</w:t>
       </w:r>
       <w:r w:rsidR="004337C7" w:rsidRPr="00695834">
         <w:t>/i</w:t>
       </w:r>
       <w:r w:rsidRPr="00695834">
         <w:t>ncorrect count procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="305760E1" w14:textId="77777777" w:rsidR="00470B79" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="_When_there_is"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t xml:space="preserve">The following procedures apply when there is an incorrect prisoner </w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t xml:space="preserve">population </w:t>
       </w:r>
@@ -6553,51 +6553,51 @@
             <w:r w:rsidR="00143A9A">
               <w:t>as directed and notify the Superintendent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06192CE8" w14:textId="77777777" w:rsidR="00012BB5" w:rsidRDefault="004A787A" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Unit Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20F51660" w14:textId="3533B2A9" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="86" w:name="_Emergency_counts"/>
-      <w:bookmarkStart w:id="87" w:name="_Toc214612224"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc216426681"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Emergency counts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="75681F70" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00B41738" w:rsidRDefault="005D16EC" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve">Emergency </w:t>
       </w:r>
       <w:r w:rsidR="00D819E9">
         <w:t xml:space="preserve">prisoner population </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
         <w:t>ounts shall be conducted for the following reasons:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368AFF3A" w14:textId="37659AFC" w:rsidR="00012BB5" w:rsidRDefault="00012BB5" w:rsidP="003D6E5C">
       <w:pPr>
@@ -7425,66 +7425,66 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1236B083" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Superintendent</w:t>
             </w:r>
             <w:r w:rsidR="00B6600F">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00C62BEA">
               <w:t>OIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E55B393" w14:textId="1C878A1C" w:rsidR="0024052F" w:rsidRPr="005C4CF0" w:rsidRDefault="0024052F" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc214612225"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc216426682"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Conducting Prisoner Unlock and Lockup</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:r w:rsidR="00746266" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D6F20F" w14:textId="77777777" w:rsidR="001D6712" w:rsidRPr="00695834" w:rsidRDefault="0093173E" w:rsidP="00C35CDC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc214612226"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc216426683"/>
       <w:r w:rsidRPr="00695834">
         <w:t>General</w:t>
       </w:r>
       <w:r w:rsidR="009A0199" w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D6712" w:rsidRPr="00695834">
         <w:t>requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="7910F340" w14:textId="615D15AD" w:rsidR="00A63522" w:rsidRPr="00780EAF" w:rsidRDefault="00E87146" w:rsidP="00C35CDC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00780EAF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
@@ -7527,51 +7527,51 @@
         <w:t>their cell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF73F60" w14:textId="5AC0574B" w:rsidR="00002FE2" w:rsidRPr="00780EAF" w:rsidRDefault="00E87146" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780EAF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Prisoners may be unlocked early, prior to a general unlock, for the purpose of external escorts for court appearances or other appointments, discharge or operational needs in accordance with each Prison’s Standing Order. The Unit Manager/OIC is responsible for the coordination of the early unlocks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469D3C7A" w14:textId="77777777" w:rsidR="00E87146" w:rsidRDefault="00E87146" w:rsidP="00E87146"/>
     <w:p w14:paraId="5E0CE565" w14:textId="77777777" w:rsidR="00E87146" w:rsidRPr="00E87146" w:rsidRDefault="00E87146" w:rsidP="00E87146"/>
     <w:p w14:paraId="4356BB26" w14:textId="77777777" w:rsidR="00031F89" w:rsidRPr="00695834" w:rsidRDefault="009A0199" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc214612227"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc216426684"/>
       <w:r w:rsidRPr="00695834">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">General unlock </w:t>
       </w:r>
       <w:r w:rsidR="00525308" w:rsidRPr="00695834">
         <w:t>procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="71566A88" w14:textId="77777777" w:rsidR="00002FE2" w:rsidRPr="00002FE2" w:rsidRDefault="00002FE2" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The following procedures apply</w:t>
       </w:r>
       <w:r w:rsidR="00D46A66">
         <w:t>, where applicable,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> when unlocking prisoners from their cells.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -7852,51 +7852,51 @@
             </w:r>
             <w:r>
               <w:t>, document on TOMS and advise the Unit Manager.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0466112F" w14:textId="77777777" w:rsidR="00A52882" w:rsidRDefault="00A52882" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Prison Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BA2417D" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRPr="00695834" w:rsidRDefault="009F0951" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc214612228"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc216426685"/>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r w:rsidR="00C57A94" w:rsidRPr="00695834">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00DF7874" w:rsidRPr="00695834">
         <w:t>ockup</w:t>
       </w:r>
       <w:r w:rsidR="00525308" w:rsidRPr="00695834">
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="0AB71269" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
@@ -8425,62 +8425,62 @@
     </w:tbl>
     <w:p w14:paraId="4B2D6687" w14:textId="77777777" w:rsidR="0094243C" w:rsidRDefault="0094243C" w:rsidP="0094243C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17C88CC2" w14:textId="77777777" w:rsidR="0094243C" w:rsidRDefault="0094243C" w:rsidP="0094243C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3478AE87" w14:textId="7592B221" w:rsidR="0094243C" w:rsidRPr="0094243C" w:rsidRDefault="00DF7874" w:rsidP="0094243C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc214612229"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc216426686"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:lastRenderedPageBreak/>
         <w:t>Prisoner Welfare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w14:paraId="680ABF00" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRPr="00695834" w:rsidRDefault="00DF7874" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc214612230"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc216426687"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Welfare checks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="7F4E59C2" w14:textId="7F639C51" w:rsidR="00DF7874" w:rsidRPr="00DF7874" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison staff shall </w:t>
       </w:r>
       <w:r w:rsidR="00A946CD">
         <w:t>conduct regular</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> health and welfare check</w:t>
       </w:r>
       <w:r w:rsidR="00A946CD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of each prisoner (including residential children where applicable) during </w:t>
       </w:r>
       <w:r w:rsidR="00CA778B">
@@ -8728,61 +8728,61 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00B37DD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Risk Prisoners</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005F6C0F" w:rsidRPr="00B37DD4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="00B37DD4">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="006321F5">
         <w:t xml:space="preserve"> record on TOMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0112F0" w14:textId="77777777" w:rsidR="00811A5C" w:rsidRPr="005C4CF0" w:rsidRDefault="00811A5C" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc214612231"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc216426688"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Scheduled Movements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="0A407AA6" w14:textId="77777777" w:rsidR="005E6E28" w:rsidRPr="00695834" w:rsidRDefault="005E6E28" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc214612232"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc216426689"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Internal prisoner movements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:p w14:paraId="3ADE9E1A" w14:textId="6C0A0C69" w:rsidR="00D309E2" w:rsidRDefault="005E6E28" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00920EDE">
         <w:t>All internal prisoner movements to structured activities</w:t>
       </w:r>
       <w:r w:rsidR="000F5B29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">form </w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t>part of the prison</w:t>
       </w:r>
       <w:r w:rsidR="00512EB9">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
@@ -8920,51 +8920,51 @@
         <w:t xml:space="preserve">n the </w:t>
       </w:r>
       <w:r w:rsidR="00A91002">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Unit Count - By Cell/ Unit Count - By Wing and Cell </w:t>
       </w:r>
       <w:r w:rsidR="00B412F6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sheet</w:t>
       </w:r>
       <w:r w:rsidR="007F325D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22BE8060" w14:textId="57892813" w:rsidR="00F3376C" w:rsidRPr="005C4CF0" w:rsidRDefault="0033038D" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc214612233"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc216426690"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Supervision</w:t>
       </w:r>
       <w:r w:rsidR="00963033" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> of Male and </w:t>
       </w:r>
       <w:r w:rsidR="00601D29">
         <w:t>Women</w:t>
       </w:r>
       <w:r w:rsidR="00963033" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> Prisoners</w:t>
       </w:r>
       <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="66BA9BAF" w14:textId="748F41CB" w:rsidR="00A63522" w:rsidRPr="00A664E2" w:rsidRDefault="0033038D" w:rsidP="006321F5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9103,51 +9103,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0033038D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>rison dining rooms, recreation, work and visiting areas may be integrated, except where the Superintendent directs otherwise.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499499FC" w14:textId="77777777" w:rsidR="00355474" w:rsidRPr="005C4CF0" w:rsidRDefault="00E919CF" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc214612234"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc216426691"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Out of C</w:t>
       </w:r>
       <w:r w:rsidR="00414B86" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">ell </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00414B86" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">vening </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00414B86" w:rsidRPr="005C4CF0">
         <w:t>ssociation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="64E42366" w14:textId="77777777" w:rsidR="009F304D" w:rsidRPr="00D5155F" w:rsidRDefault="00750794" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -9250,620 +9250,713 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009426FC">
         <w:t>where the issuing of prisoner medication is not affected.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58454505" w14:textId="77777777" w:rsidR="00627297" w:rsidRDefault="008B122B" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall maintain an active and visual presence of prisoners during out of cell evening association</w:t>
       </w:r>
       <w:r w:rsidR="00401159">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7475C3E7" w14:textId="77777777" w:rsidR="005F6523" w:rsidRPr="005C4CF0" w:rsidRDefault="005F6523" w:rsidP="005C4CF0">
+    <w:p w14:paraId="7475C3E7" w14:textId="5A9CE9CA" w:rsidR="005F6523" w:rsidRPr="005C4CF0" w:rsidRDefault="009F38C1" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc214612235"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">Out of Cell Hours </w:t>
+      <w:bookmarkStart w:id="99" w:name="_Toc216426692"/>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve">Lockdown and </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:t>Out</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
+        <w:t xml:space="preserve"> of Cell Hours </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="005C4CF0">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C4CF0">
+      <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">ecording and </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="005C4CF0">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C4CF0">
+      <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">eporting </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="005C4CF0">
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="005C4CF0">
+      <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t>equirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
-    <w:p w14:paraId="64E9751E" w14:textId="7277502F" w:rsidR="005F6523" w:rsidRPr="00C00F8B" w:rsidRDefault="005F6523" w:rsidP="00C00F8B">
+    <w:p w14:paraId="64E9751E" w14:textId="0648FF23" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc214612236"/>
-      <w:r w:rsidRPr="00C00F8B">
+      <w:bookmarkStart w:id="100" w:name="_Toc216426693"/>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve">Lockdown and </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Out of </w:t>
       </w:r>
-      <w:r w:rsidR="003E067A" w:rsidRPr="00C00F8B">
+      <w:r w:rsidR="003E067A" w:rsidRPr="00FE374E">
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C00F8B">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">ell </w:t>
       </w:r>
-      <w:r w:rsidR="003E067A" w:rsidRPr="00C00F8B">
+      <w:r w:rsidR="003E067A" w:rsidRPr="00FE374E">
         <w:t>H</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C00F8B">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t>ours classification</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
     </w:p>
-    <w:p w14:paraId="2BD7AF5D" w14:textId="0B3FC7A1" w:rsidR="00B40362" w:rsidRDefault="00B40362" w:rsidP="003D6E5C">
+    <w:p w14:paraId="2BD7AF5D" w14:textId="5BBE2502" w:rsidR="00B40362" w:rsidRPr="00FE374E" w:rsidRDefault="00B40362" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="00CE6C0B">
-[...2 lines deleted...]
-      <w:r w:rsidR="00003128" w:rsidRPr="00CE6C0B">
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve">Out of Cell Hours </w:t>
+      </w:r>
+      <w:r w:rsidR="009F38C1" w:rsidRPr="00FE374E">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> calculated by the number of hours</w:t>
+      </w:r>
+      <w:r w:rsidR="00003128" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve"> in a 24</w:t>
       </w:r>
-      <w:r w:rsidR="001203AF" w:rsidRPr="00CE6C0B">
+      <w:r w:rsidR="001203AF" w:rsidRPr="00FE374E">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00003128" w:rsidRPr="00CE6C0B">
+      <w:r w:rsidR="00003128" w:rsidRPr="00FE374E">
         <w:t>hour period</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE6C0B">
-[...6 lines deleted...]
-    <w:p w14:paraId="6B3EF802" w14:textId="79BB97E5" w:rsidR="005F6523" w:rsidRPr="005F6523" w:rsidRDefault="00B40362" w:rsidP="003D6E5C">
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> that prisoners are not confined (or locked down) to their cell, wing or unit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B3EF802" w14:textId="63E741FA" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="005F6523" w:rsidRPr="005F6523">
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve">Lockdown hours </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">are classified as: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69BD4515" w14:textId="5DEB504B" w:rsidR="005F6523" w:rsidRPr="005F6523" w:rsidRDefault="00067BE2" w:rsidP="00A91002">
+    <w:p w14:paraId="69BD4515" w14:textId="0274B09B" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="00A91002">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Regular lockdown hours</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009426FC">
+        <w:t xml:space="preserve">Overnight </w:t>
+      </w:r>
+      <w:r w:rsidR="00067BE2" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lockdown hours</w:t>
+      </w:r>
+      <w:r w:rsidR="009426FC" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F6523" w:rsidRPr="005F6523">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="000945B9">
+      <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="005F6523" w:rsidRPr="005F6523">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>he time between lockup in the evening and unlock in the morning.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D102740" w14:textId="5507D6B8" w:rsidR="00E72F80" w:rsidRDefault="00067BE2" w:rsidP="00A91002">
+    <w:p w14:paraId="1D102740" w14:textId="79F37C70" w:rsidR="00E72F80" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="00A91002">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Irregular lockdown hours</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F136A" w:rsidRPr="005F6523">
+        <w:t xml:space="preserve">Daytime </w:t>
+      </w:r>
+      <w:r w:rsidR="00067BE2" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>lockdown hours</w:t>
+      </w:r>
+      <w:r w:rsidR="000F136A" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005F6523" w:rsidRPr="005F6523">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="00E72F80">
+      <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="000945B9">
+      <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="005F6523" w:rsidRPr="005F6523">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>imes when prisoners are confined to their cell, wing or unit during the daily unlock hours</w:t>
       </w:r>
-      <w:r w:rsidR="000945B9">
+      <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E72F80">
+      <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
-      <w:r w:rsidR="000945B9">
+      <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
-      <w:r w:rsidR="005F6523" w:rsidRPr="005F6523">
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
-      <w:r w:rsidR="00E72F80">
+      <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBE75F4" w14:textId="26A1DBF3" w:rsidR="00E72F80" w:rsidRDefault="005F6523" w:rsidP="00A91002">
+    <w:p w14:paraId="77BB2076" w14:textId="0E069135" w:rsidR="003B1228" w:rsidRPr="00FE374E" w:rsidRDefault="003B1228" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A63522">
+      <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>meal times</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="18BFD1DB" w14:textId="35535F41" w:rsidR="00E72F80" w:rsidRDefault="005F6523" w:rsidP="00A91002">
+        <w:t>when staffing shortfalls occur requiring adaption to the routine of the prison’s function</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBE75F4" w14:textId="55FBA55E" w:rsidR="00E72F80" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A63522">
+      <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">staff meetings or </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E72F80" w:rsidRPr="00A63522">
+        <w:t xml:space="preserve">staff </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>training</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="11E28B97" w14:textId="3EBB958A" w:rsidR="00E72F80" w:rsidRDefault="000945B9" w:rsidP="00A91002">
+        <w:t>meal</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>times</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18BFD1DB" w14:textId="35535F41" w:rsidR="00E72F80" w:rsidRPr="00FE374E" w:rsidRDefault="005F6523" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A63522">
+      <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">placement on specific </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005F6523" w:rsidRPr="00A63522">
+        <w:t xml:space="preserve">staff meetings or </w:t>
+      </w:r>
+      <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">supervision plans </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B11C8D8" w14:textId="189E2465" w:rsidR="005F6523" w:rsidRPr="00A63522" w:rsidRDefault="000945B9" w:rsidP="00A91002">
+        <w:t>training</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E28B97" w14:textId="3EBB958A" w:rsidR="00E72F80" w:rsidRDefault="000945B9" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63522">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">when it is necessary to </w:t>
+        <w:t xml:space="preserve">placement on specific </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00A63522">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">restore the good </w:t>
-[...192 lines deleted...]
-    <w:p w14:paraId="6E423497" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+        <w:t xml:space="preserve">supervision plans </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53C713ED" w14:textId="691AD78D" w:rsidR="001A512A" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F55679">
+      <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Prisoners are locked down or when prison rules restrict them to their cell, wing or unit during daily unlock hours.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7CE88175" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+        <w:t>late unlocks or early lockups, where there is a gap between the scheduled unlock/lockup time and the actual unlock/lockup time</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B11C8D8" w14:textId="5427F14A" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">incident management or </w:t>
+      </w:r>
+      <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">when it is necessary to </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">restore the good </w:t>
+      </w:r>
+      <w:r w:rsidR="009426FC" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">order and security </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>of the prison</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3452C7A8" w14:textId="09F41FEA" w:rsidR="005F6523" w:rsidRPr="00C00F8B" w:rsidRDefault="000C5B34" w:rsidP="00C00F8B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="_Toc216426694"/>
+      <w:r>
+        <w:t xml:space="preserve">Lockdown and </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00C00F8B">
+        <w:t>Out of cell hours recording and reporting requirements</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="101"/>
+    </w:p>
+    <w:p w14:paraId="2A0A4091" w14:textId="48EFB961" w:rsidR="00083ABE" w:rsidRPr="00FE374E" w:rsidRDefault="000C5B34" w:rsidP="00083ABE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t>Overnight</w:t>
+      </w:r>
+      <w:r w:rsidR="00083ABE" w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> lockdown hours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="665BCA8C" w14:textId="7AB7AC82" w:rsidR="00083ABE" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00F55679">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>The Daily Routine includes scheduled lockdowns for staff lunch periods or staff training or development.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EBB6866" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+        <w:t>Unit Managers shall ensure the accuracy of recorded unit unlock and lockup times as per the Daily Routine for each unit</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D6F38B" w14:textId="776AE32B" w:rsidR="000C5B34" w:rsidRPr="00FE374E" w:rsidRDefault="000C5B34" w:rsidP="00F55679">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Unit Managers can view unit unlock and lockup times in the Facility Schedules module on TOMS, which can be set for each day of the week</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429F9082" w14:textId="52A859F1" w:rsidR="001203AF" w:rsidRPr="00FE374E" w:rsidRDefault="007A47E3" w:rsidP="007A47E3">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="55"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Changes to the unlock and lockup times within the Facility Schedules module can be requested by the authorised officer via KIT TOMS Support.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3625D736" w14:textId="5BD73D0A" w:rsidR="00083ABE" w:rsidRPr="00FE374E" w:rsidRDefault="00BB7A70" w:rsidP="00083ABE">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t>Daytime</w:t>
+      </w:r>
+      <w:r w:rsidR="00083ABE" w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> lockdown hours</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BE0663" w14:textId="784FFD53" w:rsidR="00083ABE" w:rsidRPr="00A91002" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4758">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unit Managers shall ensure all lockdowns during daily unlock hours are </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>recorded in the</w:t>
+      </w:r>
+      <w:r w:rsidR="001203AF" w:rsidRPr="00CE6C0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C733B" w:rsidRPr="00CE6C0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Lockdown</w:t>
+      </w:r>
+      <w:r w:rsidR="008C315B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="004C733B" w:rsidRPr="00CE6C0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Module on TOMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>, as</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E4758">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> well as in the Unit Occurrence Book.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6907E0A6" w14:textId="53FBB0A2" w:rsidR="00083ABE" w:rsidRPr="00A91002" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="57"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:left="1134" w:hanging="425"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007E4758">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>A lockdown is to be recorded when:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E423497" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F55679">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Prisoners are locked down to maintain the good order of the prison.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7313426E" w14:textId="77777777" w:rsidR="000945B9" w:rsidRDefault="005F6523" w:rsidP="003D6E5C">
+        <w:t>Prisoners are locked down or when prison rules restrict them to their cell, wing or unit during daily unlock hours.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE88175" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55679">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>The Daily Routine includes scheduled lockdowns for staff lunch periods or staff training or development.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EBB6866" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00FE374E" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:ind w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F55679">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prisoners are locked </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>down to maintain the good order of the prison.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7313426E" w14:textId="61BD40BA" w:rsidR="000945B9" w:rsidRDefault="005F6523" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r w:rsidRPr="005F6523">
-        <w:t>Unit Managers shall also record OOCH for prisoners managed under a supervision plan</w:t>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve">Unit Managers shall also record </w:t>
+      </w:r>
+      <w:r w:rsidR="008C315B" w:rsidRPr="00FE374E">
+        <w:t>lockdowns</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> for prisoners managed under a supervision plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
+        <w:t>, relevant to the following COPPs</w:t>
       </w:r>
       <w:r w:rsidR="000945B9">
-        <w:t>, relevant to the following COPPs:</w:t>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2415A613" w14:textId="5EEB14EA" w:rsidR="000945B9" w:rsidRPr="00962EC7" w:rsidRDefault="00962EC7" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="39"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00962EC7">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00962EC7">
         <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx"</w:instrText>
       </w:r>
       <w:r w:rsidRPr="00962EC7">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
@@ -10009,65 +10102,65 @@
       <w:r w:rsidR="00CA3FEB">
         <w:t>P Mailbox</w:t>
       </w:r>
       <w:r w:rsidR="00CA3FEB" w:rsidRPr="00B4722A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00B4722A" w:rsidRPr="00B4722A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>AWP@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CA3FEB" w:rsidRPr="00B4722A">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00CA3FEB">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C764D8A" w14:textId="79360799" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="_Toc214612238"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc216426695"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:t>Night Shift</w:t>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61899474" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="103" w:name="_Toc214612239"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc216426696"/>
       <w:r>
         <w:t>Superintendent responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
     <w:p w14:paraId="76110093" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Superintendents shall consider the principles of fatigue management when drafting night shift duty statements to ensure staff are exposed to a variety of engaging tasks to reduce the risk of fatigue. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055010D3" w14:textId="55781028" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
@@ -10138,81 +10231,81 @@
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>display the statement in the Control Room</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71A6D67F" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">review the statement yearly and update accordingly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287FBBC7" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc214612240"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc216426697"/>
       <w:r>
         <w:t>Prison Officer responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47537BA9" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Officer in Charge during the night shift takes on the relevant responsibilities of the Superintendent during that period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68BBEF57" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prison Officers are responsible for carrying out the full range of duties included in the Night Shift Duty Statement and in accordance with legislation and Departmental policy and guidelines. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD9BA7E" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>Prison Officers have a responsibility to take reasonable care to ensure their own safety and health and that of others affected by their work and to report any hazards to the employer, regarding fatigue management.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D43E1B" w14:textId="09525581" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison Officer shall remain alert and able to complete their required allocated duties when on shift, in accordance with the Department’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="008E4153">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008E4153">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
@@ -10256,51 +10349,51 @@
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>sleeping</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF3B17D" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">unable to maintain operational responsibilities due to presenting as lethargic and/or intoxicated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68ED01B8" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="105" w:name="_Toc214612241"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc216426698"/>
       <w:r>
         <w:t>Fatigue Management</w:t>
       </w:r>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="6767CC9A" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison Officers who are experiencing fatigue at work shall advise their line manager as soon as practicable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14212B35" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the line manager shall complete the following: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57833C03" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -10319,51 +10412,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">take actions to relieve the Prison Officer from duty as soon as practicable, and manage in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="0042407A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fatigue Management Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0042407A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBEB972" w14:textId="5BB033CB" w:rsidR="006959F1" w:rsidRPr="005C4CF0" w:rsidRDefault="00D741F5" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="_Toc214612242"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc216426699"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Standing Orders</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
     <w:p w14:paraId="7EDCF8A4" w14:textId="77777777" w:rsidR="006959F1" w:rsidRPr="00766660" w:rsidRDefault="007D2226" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="798" w:hanging="809"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Superintendents may develop a Standing Order</w:t>
       </w:r>
       <w:r w:rsidR="003A2AB3">
         <w:rPr>
@@ -10634,80 +10727,80 @@
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>internal prisoner m</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t>ovements</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (e.g. medical appointments)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="419FE0EF" w14:textId="77777777" w:rsidR="00D741F5" w:rsidRPr="00920EDE" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">temporary placement leave </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D84F5FC" w14:textId="77777777" w:rsidR="00D741F5" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t>eneral lockdown (to facilitate staff training)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DD911F" w14:textId="77777777" w:rsidR="00D741F5" w:rsidRPr="00920EDE" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>prison visits schedules</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F154487" w14:textId="77777777" w:rsidR="003A2AB3" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>unit recreation/c</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t xml:space="preserve">anteen </w:t>
       </w:r>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t>pends</w:t>
       </w:r>
     </w:p>
@@ -10746,65 +10839,65 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00D741F5" w:rsidRPr="00920EDE">
         <w:t xml:space="preserve">ut of cell </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5">
         <w:t xml:space="preserve">evening </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5" w:rsidRPr="00920EDE">
         <w:t>association</w:t>
       </w:r>
       <w:r w:rsidR="00D741F5">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00683CA4">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="066E0839" w14:textId="77777777" w:rsidR="000755EE" w:rsidRPr="005C4CF0" w:rsidRDefault="003D708E" w:rsidP="004E0535">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="107" w:name="_Toc214612243"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc216426700"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Annexures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="107"/>
     </w:p>
     <w:p w14:paraId="463E1493" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="003D6E5C" w:rsidRDefault="003D708E" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="108" w:name="_Toc214612244"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc216426701"/>
       <w:r w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">Related </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">COPPs </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
         <w:t>and documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
     </w:p>
     <w:p w14:paraId="56A82923" w14:textId="77777777" w:rsidR="009D0DB4" w:rsidRPr="00C00F8B" w:rsidRDefault="00E15638" w:rsidP="00C00F8B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00F8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Related COPPs</w:t>
       </w:r>
@@ -11097,51 +11190,51 @@
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00B13E87">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Operational Policy and Procedure Framework</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="256E3D3D" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00695834" w:rsidRDefault="003D708E" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="109" w:name="_Toc214612245"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc216426702"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Definitions and acronyms</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2115"/>
         <w:gridCol w:w="7053"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="78E6A69E" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -11436,91 +11529,91 @@
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005615ED" w14:paraId="5FE34BAF" w14:textId="77777777" w:rsidTr="005E3371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08F18A91" w14:textId="043EE941" w:rsidR="005615ED" w:rsidRPr="00780EAF" w:rsidRDefault="005615ED" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780EAF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>General Lockup/unlock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="355D85D0" w14:textId="07F5530D" w:rsidR="005615ED" w:rsidRPr="00780EAF" w:rsidRDefault="005615ED" w:rsidP="005615ED">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780EAF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Prisoners are unlocked from accommodation units to commence the daily prison routine and secured in their cell during lockdown periods (eg lunchtime and night).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="3B5F8371" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E1A4CDC" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="005435AD" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Guiding Principles for Corrections in Australia, 2018 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62038057" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>The guidelines and the accompanying principles constitute outcomes or goals to be achieved, rather than a set of absolute standards or laws to be enforced. They represent a statement of intent that each Australian State and Territory can use to develop their own range of relevant legislative policy and performance standards to reflect best practice and community demands.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="4485CACB" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
@@ -12175,50 +12268,51 @@
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> to perform a function.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="78721FB9" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E1B1AD0" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="002E2693" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Standing Order</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40E05037" w14:textId="00902095" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Legislated Operational Instruments where the Superintendent of a prison may, with the approval of the Chief Executive Officer, make and issue written standing orders with respect to the management and routine of that prison (s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
@@ -12240,51 +12334,50 @@
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="256DFC8C" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4D3802ED" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="002E2693" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Superintendent</w:t>
             </w:r>
             <w:r w:rsidR="006A6CA4">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Prison)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78D52EB6" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F6924">
               <w:rPr>
                 <w:rFonts w:hint="eastAsia"/>
               </w:rPr>
@@ -12489,86 +12582,86 @@
           <w:p w14:paraId="6534D170" w14:textId="1C29464C" w:rsidR="006A332E" w:rsidRDefault="00427932" w:rsidP="006A332E">
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="006A332E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">n adult female human being. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71431852" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00695834" w:rsidRDefault="003D708E" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc214612246"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc216426703"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Related legislation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F70C38C" w14:textId="21F6B6DE" w:rsidR="008F053D" w:rsidRDefault="00C42434" w:rsidP="009511FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42434">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 198</w:t>
       </w:r>
       <w:r w:rsidR="00916434">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740A943E" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="005C4CF0" w:rsidRDefault="002E5756" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="111" w:name="_Toc178286"/>
-      <w:bookmarkStart w:id="112" w:name="_Toc214612247"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc216426704"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Assurance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
     </w:p>
     <w:p w14:paraId="54E60C2D" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="009D516D" w:rsidRDefault="002E5756" w:rsidP="002E5756">
       <w:r>
         <w:t>It is expected that</w:t>
       </w:r>
       <w:r w:rsidRPr="009D516D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="186E0BB8" w14:textId="0EC95B1F" w:rsidR="002E5756" w:rsidRPr="000F16F8" w:rsidRDefault="002E5756" w:rsidP="006813CD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="717"/>
         </w:tabs>
         <w:ind w:left="714"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prisons will undertake local </w:t>
@@ -12651,51 +12744,51 @@
       </w:r>
       <w:r w:rsidRPr="000F16F8">
         <w:t xml:space="preserve">versight </w:t>
       </w:r>
       <w:r>
         <w:t>will be undertaken as required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D2C2C2" w14:textId="4A48AB7F" w:rsidR="00E01891" w:rsidRDefault="00E01891" w:rsidP="00E01891">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="717"/>
         </w:tabs>
         <w:ind w:left="714"/>
       </w:pPr>
       <w:r w:rsidRPr="00E01891">
         <w:t xml:space="preserve">Records will be created and managed in accordance with the Department’s Information Management Policy and Procedures. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="795A916E" w14:textId="6BCFF0F0" w:rsidR="00245869" w:rsidRPr="00C00F8B" w:rsidRDefault="00245869" w:rsidP="006A332E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="113" w:name="_Toc214612248"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc216426705"/>
       <w:r w:rsidRPr="00C00F8B">
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="00695834" w:rsidRPr="00C00F8B">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00F8B">
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
       <w:r w:rsidR="00695834" w:rsidRPr="00C00F8B">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00F8B">
         <w:t>istory</w:t>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9657" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
@@ -12912,50 +13005,51 @@
             <w:tcW w:w="1750" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A42964B" w14:textId="16649676" w:rsidR="00DC0E0C" w:rsidRDefault="00DC0E0C" w:rsidP="009511FF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>16 August 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C30330" w:rsidRPr="007D3C6F" w14:paraId="2AAE5672" w14:textId="77777777" w:rsidTr="00DC0E0C">
         <w:trPr>
           <w:trHeight w:val="850"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7EE15CFE" w14:textId="25B7204D" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="009511FF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26B96852" w14:textId="7803A1F8" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="009511FF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Operational Policy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31E3E8EF" w14:textId="0D36266D" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="009511FF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
@@ -12988,51 +13082,50 @@
             <w:tcW w:w="1750" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36F68739" w14:textId="65960073" w:rsidR="00C30330" w:rsidRDefault="00000A1D" w:rsidP="009511FF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>16 December 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00427932" w:rsidRPr="007D3C6F" w14:paraId="4CA1EADD" w14:textId="77777777" w:rsidTr="00BC46E3">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C49B5FA" w14:textId="5E36D819" w:rsidR="00427932" w:rsidRDefault="00427932" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72D70AC4" w14:textId="34A73CAB" w:rsidR="00427932" w:rsidRDefault="00427932" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00A30F96">
               <w:t xml:space="preserve">Operational Policy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EC4F4F8" w14:textId="75D24008" w:rsidR="00427932" w:rsidRDefault="00427932" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
@@ -13219,50 +13312,140 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="303B3FFE" w14:textId="211641A1" w:rsidR="00FF3E9D" w:rsidRPr="0033770E" w:rsidRDefault="005927E2" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0033770E">
               <w:t>31 October 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1750" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C12CD2F" w14:textId="6628B3C2" w:rsidR="00FF3E9D" w:rsidRPr="0033770E" w:rsidRDefault="00CE6C0B" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0033770E">
               <w:t>21 November 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C16F2C" w:rsidRPr="007D3C6F" w14:paraId="7B037EC1" w14:textId="77777777" w:rsidTr="00DC0E0C">
+        <w:trPr>
+          <w:trHeight w:val="850"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B48B62E" w14:textId="1C734778" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00427932">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005E73CC">
+              <w:t>7.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2246" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F81E372" w14:textId="6D8E575B" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00427932">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005E73CC">
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2832" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B247F7" w14:textId="77777777" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00C16F2C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005E73CC">
+              <w:t>Approved by Deputy Commissioner Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04FF5300" w14:textId="7C161545" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00C16F2C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005E73CC">
+              <w:t>CM Ref:</w:t>
+            </w:r>
+            <w:r w:rsidR="00415ABF" w:rsidRPr="005E73CC">
+              <w:t>S25/128877</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="521FDE85" w14:textId="6CC38AFE" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="005E73CC" w:rsidP="00427932">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>24</w:t>
+            </w:r>
+            <w:r w:rsidR="00891C43" w:rsidRPr="005E73CC">
+              <w:t xml:space="preserve"> December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1750" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA88503" w14:textId="05743763" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="005E73CC" w:rsidP="00427932">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005E73CC">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005E73CC">
+              <w:t xml:space="preserve"> December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="19B2C583" w14:textId="77777777" w:rsidR="00245869" w:rsidRPr="00D05B49" w:rsidRDefault="00245869" w:rsidP="00D05B49"/>
     <w:sectPr w:rsidR="00245869" w:rsidRPr="00D05B49" w:rsidSect="00695834">
       <w:headerReference w:type="even" r:id="rId37"/>
       <w:headerReference w:type="default" r:id="rId38"/>
       <w:footerReference w:type="default" r:id="rId39"/>
       <w:headerReference w:type="first" r:id="rId40"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1304" w:header="709" w:footer="340" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2FCF618A" w14:textId="77777777" w:rsidR="00C848CA" w:rsidRDefault="00C848CA" w:rsidP="00D06E62">
@@ -13331,54 +13514,53 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Bold">
-    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Gotham">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="356AE230" w14:textId="38089EB1" w:rsidR="00076394" w:rsidRDefault="00076394" w:rsidP="00663830">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
@@ -14300,100 +14482,100 @@
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="FF0000">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="181B6B54" w14:textId="2C995813" w:rsidR="00076394" w:rsidRDefault="00076394" w:rsidP="004D040B">
+  <w:p w14:paraId="181B6B54" w14:textId="4B26FD5A" w:rsidR="00076394" w:rsidRDefault="00076394" w:rsidP="004D040B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-    <w:r w:rsidRPr="00CE6C0B">
+    <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00CE6C0B">
+    <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00CE6C0B">
+    <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00834467">
+    <w:r w:rsidR="00D06636">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 10.2 Daily Prison Routine and Population Counts</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CE6C0B">
+    <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00CE6C0B">
+    <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v</w:t>
     </w:r>
-    <w:r w:rsidR="00BA2C02" w:rsidRPr="00CE6C0B">
+    <w:r w:rsidR="003B1D58" w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidR="00000A1D" w:rsidRPr="00CE6C0B">
+    <w:r w:rsidR="00000A1D" w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="602C0477" w14:textId="77777777" w:rsidR="00076394" w:rsidRDefault="00076394">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="59C232AE" wp14:editId="0A1F273D">
               <wp:simplePos x="0" y="0"/>
@@ -19875,55 +20057,54 @@
   </w:num>
   <w:num w:numId="57" w16cid:durableId="779910448">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="1572502706">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="986858169">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="1677225424">
     <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="1190489099">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="94908036">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="56"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="C6L4H9cr7MSyuIVZzog9KLXcHkxqW9zS/d/3sNcLGh+UAYutc85JZVYQFf1wMg9IaupSpEl34OuQy3uPUfBQ8g==" w:salt="UqWhipfRe75yGZJuR9MQjQ=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sz1mtswuO6H0yBAXSrGiQsheljUTM8m2PXCtIu+8VtPUouHvWOK5AyZhtALt4upBzzrgI5RZwS7CJswYj3ujvQ==" w:salt="R2/TlcS5KO7BaT3EuxvJbw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
@@ -19965,202 +20146,212 @@
     <w:rsid w:val="00067BE2"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="00076394"/>
     <w:rsid w:val="000767E4"/>
     <w:rsid w:val="000826BD"/>
     <w:rsid w:val="00083ABE"/>
     <w:rsid w:val="0008402C"/>
     <w:rsid w:val="00087952"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="00093701"/>
     <w:rsid w:val="000937E9"/>
     <w:rsid w:val="00093F00"/>
     <w:rsid w:val="000945B9"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A2E9C"/>
     <w:rsid w:val="000A3D9C"/>
     <w:rsid w:val="000A5D24"/>
     <w:rsid w:val="000A6217"/>
     <w:rsid w:val="000A7054"/>
     <w:rsid w:val="000B1257"/>
     <w:rsid w:val="000B4376"/>
     <w:rsid w:val="000B6320"/>
     <w:rsid w:val="000C2ED5"/>
     <w:rsid w:val="000C3170"/>
     <w:rsid w:val="000C4573"/>
+    <w:rsid w:val="000C5B34"/>
     <w:rsid w:val="000D008C"/>
     <w:rsid w:val="000D1C5B"/>
     <w:rsid w:val="000D69A3"/>
     <w:rsid w:val="000E1235"/>
     <w:rsid w:val="000E1E7B"/>
     <w:rsid w:val="000E281C"/>
     <w:rsid w:val="000E5FF2"/>
     <w:rsid w:val="000F0E2C"/>
     <w:rsid w:val="000F136A"/>
     <w:rsid w:val="000F41F1"/>
     <w:rsid w:val="000F4546"/>
     <w:rsid w:val="000F57E2"/>
     <w:rsid w:val="000F5B29"/>
     <w:rsid w:val="000F7531"/>
     <w:rsid w:val="001035D6"/>
     <w:rsid w:val="0011569E"/>
     <w:rsid w:val="001158E9"/>
     <w:rsid w:val="001203AF"/>
     <w:rsid w:val="00124557"/>
     <w:rsid w:val="00126611"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="0013208A"/>
     <w:rsid w:val="00132B89"/>
     <w:rsid w:val="0013370F"/>
     <w:rsid w:val="0014033D"/>
     <w:rsid w:val="00143A9A"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="0014526C"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="00171A19"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="00184005"/>
     <w:rsid w:val="0018413C"/>
     <w:rsid w:val="00185F71"/>
     <w:rsid w:val="00187140"/>
     <w:rsid w:val="00187C89"/>
     <w:rsid w:val="00187E79"/>
     <w:rsid w:val="00193880"/>
     <w:rsid w:val="00197D68"/>
     <w:rsid w:val="001A068D"/>
+    <w:rsid w:val="001A512A"/>
     <w:rsid w:val="001B5CDB"/>
     <w:rsid w:val="001C7263"/>
     <w:rsid w:val="001C76EB"/>
     <w:rsid w:val="001D6712"/>
     <w:rsid w:val="001D7773"/>
     <w:rsid w:val="001D7FB9"/>
     <w:rsid w:val="001E2840"/>
     <w:rsid w:val="001E6E2C"/>
     <w:rsid w:val="001E7E86"/>
     <w:rsid w:val="001F1C60"/>
     <w:rsid w:val="001F44C2"/>
     <w:rsid w:val="001F48A4"/>
     <w:rsid w:val="002002DD"/>
     <w:rsid w:val="00202A29"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="00227B21"/>
     <w:rsid w:val="002317F6"/>
     <w:rsid w:val="0024052F"/>
     <w:rsid w:val="00240C2F"/>
     <w:rsid w:val="00241CF7"/>
     <w:rsid w:val="002452AC"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="002462FB"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="00253543"/>
     <w:rsid w:val="00254316"/>
     <w:rsid w:val="002549ED"/>
     <w:rsid w:val="00267DC2"/>
     <w:rsid w:val="00270F58"/>
     <w:rsid w:val="00273791"/>
     <w:rsid w:val="0027580C"/>
     <w:rsid w:val="0027609B"/>
     <w:rsid w:val="00280694"/>
     <w:rsid w:val="002836DD"/>
     <w:rsid w:val="00284D0A"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="00285B6E"/>
     <w:rsid w:val="00285FBF"/>
     <w:rsid w:val="00294008"/>
     <w:rsid w:val="002A4FA3"/>
     <w:rsid w:val="002A72D8"/>
     <w:rsid w:val="002A7512"/>
     <w:rsid w:val="002B6D15"/>
+    <w:rsid w:val="002C2C46"/>
     <w:rsid w:val="002C5289"/>
     <w:rsid w:val="002C6BB6"/>
     <w:rsid w:val="002C7555"/>
     <w:rsid w:val="002E15D1"/>
     <w:rsid w:val="002E553F"/>
     <w:rsid w:val="002E5756"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002F1F47"/>
     <w:rsid w:val="002F7287"/>
     <w:rsid w:val="002F7530"/>
     <w:rsid w:val="00302144"/>
+    <w:rsid w:val="00303222"/>
     <w:rsid w:val="003058A6"/>
     <w:rsid w:val="00306776"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="0031194C"/>
     <w:rsid w:val="00311CF2"/>
     <w:rsid w:val="003162AE"/>
+    <w:rsid w:val="003229BF"/>
     <w:rsid w:val="00325CF5"/>
     <w:rsid w:val="0033038D"/>
     <w:rsid w:val="003316B5"/>
     <w:rsid w:val="0033770E"/>
     <w:rsid w:val="00341802"/>
     <w:rsid w:val="0034705C"/>
     <w:rsid w:val="00350EE7"/>
     <w:rsid w:val="00355474"/>
     <w:rsid w:val="00355C83"/>
     <w:rsid w:val="003565A9"/>
     <w:rsid w:val="003577B7"/>
     <w:rsid w:val="00361463"/>
     <w:rsid w:val="00361662"/>
+    <w:rsid w:val="0036351D"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="00382A3D"/>
     <w:rsid w:val="00382C53"/>
     <w:rsid w:val="00385414"/>
     <w:rsid w:val="00387F65"/>
     <w:rsid w:val="003935BB"/>
     <w:rsid w:val="00393899"/>
     <w:rsid w:val="003A2AB3"/>
     <w:rsid w:val="003B1156"/>
+    <w:rsid w:val="003B1228"/>
+    <w:rsid w:val="003B1D58"/>
     <w:rsid w:val="003B2499"/>
     <w:rsid w:val="003B6820"/>
     <w:rsid w:val="003C0E8E"/>
     <w:rsid w:val="003C13E6"/>
     <w:rsid w:val="003C1B90"/>
     <w:rsid w:val="003C22D8"/>
     <w:rsid w:val="003C2CA9"/>
     <w:rsid w:val="003C3DB0"/>
     <w:rsid w:val="003C434A"/>
     <w:rsid w:val="003D3863"/>
     <w:rsid w:val="003D3C16"/>
     <w:rsid w:val="003D43E7"/>
     <w:rsid w:val="003D5DAA"/>
     <w:rsid w:val="003D6E5C"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003E067A"/>
     <w:rsid w:val="003E64E2"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003F48EF"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00401159"/>
     <w:rsid w:val="0040527E"/>
     <w:rsid w:val="004058B4"/>
     <w:rsid w:val="00405C36"/>
+    <w:rsid w:val="004061C3"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="00410E0D"/>
     <w:rsid w:val="00414B86"/>
+    <w:rsid w:val="00415ABF"/>
     <w:rsid w:val="00420EAF"/>
     <w:rsid w:val="00424034"/>
     <w:rsid w:val="0042407A"/>
     <w:rsid w:val="00424362"/>
     <w:rsid w:val="00427605"/>
     <w:rsid w:val="00427932"/>
     <w:rsid w:val="004330D8"/>
     <w:rsid w:val="004337C7"/>
     <w:rsid w:val="004410E6"/>
     <w:rsid w:val="0044277C"/>
     <w:rsid w:val="004516BF"/>
     <w:rsid w:val="00454B1B"/>
     <w:rsid w:val="00454EAE"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="0046249E"/>
     <w:rsid w:val="00464E72"/>
     <w:rsid w:val="004656C4"/>
     <w:rsid w:val="004657EF"/>
     <w:rsid w:val="00470B79"/>
     <w:rsid w:val="00471949"/>
     <w:rsid w:val="00472264"/>
     <w:rsid w:val="004862A0"/>
     <w:rsid w:val="00487B00"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="0049715A"/>
@@ -20194,217 +20385,230 @@
     <w:rsid w:val="00525308"/>
     <w:rsid w:val="00534F48"/>
     <w:rsid w:val="00540053"/>
     <w:rsid w:val="00541787"/>
     <w:rsid w:val="00541B33"/>
     <w:rsid w:val="00544EFE"/>
     <w:rsid w:val="00551282"/>
     <w:rsid w:val="00553F3F"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="00560DFC"/>
     <w:rsid w:val="00560E22"/>
     <w:rsid w:val="005615ED"/>
     <w:rsid w:val="00565344"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="00566A90"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="005775F9"/>
     <w:rsid w:val="0058070B"/>
     <w:rsid w:val="005829F2"/>
     <w:rsid w:val="005834E7"/>
     <w:rsid w:val="00592112"/>
     <w:rsid w:val="005927E2"/>
     <w:rsid w:val="00593602"/>
     <w:rsid w:val="005945B6"/>
     <w:rsid w:val="005A0383"/>
+    <w:rsid w:val="005A39FD"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005B1C72"/>
     <w:rsid w:val="005B3BD9"/>
     <w:rsid w:val="005B5EFC"/>
     <w:rsid w:val="005B6448"/>
     <w:rsid w:val="005B767A"/>
     <w:rsid w:val="005C1C95"/>
     <w:rsid w:val="005C4CF0"/>
     <w:rsid w:val="005D16EC"/>
     <w:rsid w:val="005D56F8"/>
     <w:rsid w:val="005D6CAA"/>
     <w:rsid w:val="005E3371"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E5F30"/>
     <w:rsid w:val="005E6E28"/>
+    <w:rsid w:val="005E73CC"/>
     <w:rsid w:val="005F2252"/>
     <w:rsid w:val="005F6523"/>
     <w:rsid w:val="005F6C0F"/>
     <w:rsid w:val="00601D29"/>
     <w:rsid w:val="0060741F"/>
     <w:rsid w:val="0061313A"/>
     <w:rsid w:val="00614243"/>
     <w:rsid w:val="00615CF4"/>
     <w:rsid w:val="006168C4"/>
     <w:rsid w:val="006259EF"/>
     <w:rsid w:val="00627297"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="00627AA0"/>
     <w:rsid w:val="006321F5"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="0063612B"/>
     <w:rsid w:val="00642371"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="00647135"/>
     <w:rsid w:val="006538FC"/>
     <w:rsid w:val="006556CD"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="00663830"/>
     <w:rsid w:val="00663970"/>
+    <w:rsid w:val="00663E65"/>
     <w:rsid w:val="00667707"/>
     <w:rsid w:val="006677D5"/>
     <w:rsid w:val="006735F2"/>
     <w:rsid w:val="0067450C"/>
     <w:rsid w:val="00676883"/>
     <w:rsid w:val="00676E2F"/>
     <w:rsid w:val="00677D79"/>
     <w:rsid w:val="006813CD"/>
     <w:rsid w:val="00683CA4"/>
     <w:rsid w:val="00687E57"/>
     <w:rsid w:val="00687E94"/>
     <w:rsid w:val="00695834"/>
     <w:rsid w:val="006959F1"/>
     <w:rsid w:val="006A0C3E"/>
     <w:rsid w:val="006A332E"/>
     <w:rsid w:val="006A6CA4"/>
     <w:rsid w:val="006A74D3"/>
     <w:rsid w:val="006B3414"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006B456C"/>
     <w:rsid w:val="006B4999"/>
     <w:rsid w:val="006C2E9E"/>
     <w:rsid w:val="006C3F56"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006C5005"/>
     <w:rsid w:val="006C63C8"/>
     <w:rsid w:val="006C6D8A"/>
     <w:rsid w:val="006C705E"/>
+    <w:rsid w:val="006D448F"/>
     <w:rsid w:val="006D77D2"/>
     <w:rsid w:val="006E49DD"/>
     <w:rsid w:val="006E736F"/>
+    <w:rsid w:val="006F15A4"/>
     <w:rsid w:val="006F61B4"/>
     <w:rsid w:val="007027AE"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="00714A42"/>
     <w:rsid w:val="0071545B"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00721625"/>
     <w:rsid w:val="0072346A"/>
     <w:rsid w:val="00725605"/>
     <w:rsid w:val="007256E0"/>
     <w:rsid w:val="00730C5A"/>
     <w:rsid w:val="00730E7B"/>
     <w:rsid w:val="00734BDC"/>
     <w:rsid w:val="00734DD5"/>
     <w:rsid w:val="00736655"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00746266"/>
     <w:rsid w:val="00750794"/>
     <w:rsid w:val="00751AB1"/>
     <w:rsid w:val="007520DA"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="00756977"/>
     <w:rsid w:val="007628A7"/>
     <w:rsid w:val="00766660"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="007755B6"/>
     <w:rsid w:val="007755D1"/>
     <w:rsid w:val="00775DFD"/>
     <w:rsid w:val="00777D4A"/>
     <w:rsid w:val="00780EAF"/>
     <w:rsid w:val="00781B9E"/>
     <w:rsid w:val="00787B85"/>
     <w:rsid w:val="00787DA0"/>
     <w:rsid w:val="00794F1F"/>
     <w:rsid w:val="00795DCD"/>
     <w:rsid w:val="007A449C"/>
     <w:rsid w:val="007A44C3"/>
+    <w:rsid w:val="007A47E3"/>
     <w:rsid w:val="007A7775"/>
     <w:rsid w:val="007B2EA9"/>
     <w:rsid w:val="007B7323"/>
     <w:rsid w:val="007C12CA"/>
     <w:rsid w:val="007C4BEB"/>
     <w:rsid w:val="007D2226"/>
     <w:rsid w:val="007D33EC"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007E1765"/>
+    <w:rsid w:val="007E1956"/>
     <w:rsid w:val="007E4758"/>
     <w:rsid w:val="007E5A78"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007F325D"/>
     <w:rsid w:val="007F48BF"/>
     <w:rsid w:val="007F72ED"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="008014CB"/>
     <w:rsid w:val="0080259E"/>
     <w:rsid w:val="00803710"/>
+    <w:rsid w:val="00804974"/>
     <w:rsid w:val="0080549E"/>
     <w:rsid w:val="00810901"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="008114C5"/>
     <w:rsid w:val="00811A5C"/>
     <w:rsid w:val="00816D79"/>
     <w:rsid w:val="0083238C"/>
     <w:rsid w:val="00834467"/>
     <w:rsid w:val="008353F5"/>
     <w:rsid w:val="00835B67"/>
     <w:rsid w:val="0083663D"/>
+    <w:rsid w:val="00841007"/>
     <w:rsid w:val="0084219B"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="00844AB3"/>
     <w:rsid w:val="00845C60"/>
     <w:rsid w:val="008471F8"/>
     <w:rsid w:val="008519A2"/>
     <w:rsid w:val="00856565"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="0086067A"/>
     <w:rsid w:val="0086273C"/>
+    <w:rsid w:val="00865AF9"/>
     <w:rsid w:val="00866DFE"/>
     <w:rsid w:val="00867DA6"/>
     <w:rsid w:val="008710B8"/>
     <w:rsid w:val="0089002F"/>
+    <w:rsid w:val="00891C43"/>
     <w:rsid w:val="00894D8F"/>
     <w:rsid w:val="008970BB"/>
     <w:rsid w:val="008976B1"/>
+    <w:rsid w:val="008A5203"/>
     <w:rsid w:val="008A5EAC"/>
     <w:rsid w:val="008A7BDF"/>
     <w:rsid w:val="008A7C83"/>
     <w:rsid w:val="008B047D"/>
     <w:rsid w:val="008B122B"/>
     <w:rsid w:val="008B470F"/>
     <w:rsid w:val="008B5E88"/>
     <w:rsid w:val="008B60EC"/>
     <w:rsid w:val="008B785A"/>
     <w:rsid w:val="008C1848"/>
     <w:rsid w:val="008C2F1A"/>
+    <w:rsid w:val="008C315B"/>
     <w:rsid w:val="008C6C8F"/>
     <w:rsid w:val="008D0361"/>
     <w:rsid w:val="008D2BE9"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D51C1"/>
     <w:rsid w:val="008E4153"/>
     <w:rsid w:val="008F01DD"/>
     <w:rsid w:val="008F053D"/>
     <w:rsid w:val="008F3B3B"/>
     <w:rsid w:val="008F3C0C"/>
     <w:rsid w:val="009027CD"/>
     <w:rsid w:val="009032D9"/>
     <w:rsid w:val="009060E8"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="00916434"/>
     <w:rsid w:val="00920EDE"/>
     <w:rsid w:val="00923D00"/>
     <w:rsid w:val="00925096"/>
     <w:rsid w:val="00925D6A"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="0093173E"/>
     <w:rsid w:val="009322C7"/>
     <w:rsid w:val="009342BA"/>
     <w:rsid w:val="00935664"/>
     <w:rsid w:val="0094243C"/>
@@ -20432,57 +20636,59 @@
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="00997057"/>
     <w:rsid w:val="00997D13"/>
     <w:rsid w:val="009A0199"/>
     <w:rsid w:val="009A0C5F"/>
     <w:rsid w:val="009A0E9F"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009B0548"/>
     <w:rsid w:val="009B3CEB"/>
     <w:rsid w:val="009B751B"/>
     <w:rsid w:val="009C0059"/>
     <w:rsid w:val="009C1FF2"/>
     <w:rsid w:val="009C32C1"/>
     <w:rsid w:val="009C3CAB"/>
     <w:rsid w:val="009C42BF"/>
     <w:rsid w:val="009C73EA"/>
     <w:rsid w:val="009D0A41"/>
     <w:rsid w:val="009D0DB4"/>
     <w:rsid w:val="009D2C29"/>
     <w:rsid w:val="009D3CD8"/>
     <w:rsid w:val="009D3FAA"/>
     <w:rsid w:val="009D75E0"/>
     <w:rsid w:val="009E5402"/>
     <w:rsid w:val="009F0951"/>
     <w:rsid w:val="009F304D"/>
+    <w:rsid w:val="009F38C1"/>
     <w:rsid w:val="00A0147A"/>
     <w:rsid w:val="00A02CA0"/>
     <w:rsid w:val="00A105CA"/>
     <w:rsid w:val="00A130E4"/>
     <w:rsid w:val="00A13E5B"/>
     <w:rsid w:val="00A20A69"/>
     <w:rsid w:val="00A213F7"/>
+    <w:rsid w:val="00A238D8"/>
     <w:rsid w:val="00A32187"/>
     <w:rsid w:val="00A34594"/>
     <w:rsid w:val="00A3586B"/>
     <w:rsid w:val="00A36B19"/>
     <w:rsid w:val="00A37664"/>
     <w:rsid w:val="00A43D05"/>
     <w:rsid w:val="00A44DCA"/>
     <w:rsid w:val="00A44EB9"/>
     <w:rsid w:val="00A479F1"/>
     <w:rsid w:val="00A52882"/>
     <w:rsid w:val="00A547EA"/>
     <w:rsid w:val="00A5751D"/>
     <w:rsid w:val="00A62982"/>
     <w:rsid w:val="00A63522"/>
     <w:rsid w:val="00A63EA1"/>
     <w:rsid w:val="00A664E2"/>
     <w:rsid w:val="00A67D1F"/>
     <w:rsid w:val="00A820CD"/>
     <w:rsid w:val="00A91002"/>
     <w:rsid w:val="00A929F9"/>
     <w:rsid w:val="00A92C06"/>
     <w:rsid w:val="00A946CD"/>
     <w:rsid w:val="00A94AA3"/>
     <w:rsid w:val="00A95182"/>
     <w:rsid w:val="00A97671"/>
@@ -20495,281 +20701,292 @@
     <w:rsid w:val="00AC6697"/>
     <w:rsid w:val="00AC6C7B"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE71E3"/>
     <w:rsid w:val="00AF3F13"/>
     <w:rsid w:val="00AF45DC"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B01297"/>
     <w:rsid w:val="00B015B9"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B06073"/>
     <w:rsid w:val="00B06DA0"/>
     <w:rsid w:val="00B10085"/>
     <w:rsid w:val="00B12105"/>
     <w:rsid w:val="00B13E87"/>
     <w:rsid w:val="00B14E4B"/>
     <w:rsid w:val="00B31BDC"/>
     <w:rsid w:val="00B3224B"/>
     <w:rsid w:val="00B340FC"/>
     <w:rsid w:val="00B3539B"/>
     <w:rsid w:val="00B37DD4"/>
     <w:rsid w:val="00B37DFB"/>
     <w:rsid w:val="00B40156"/>
     <w:rsid w:val="00B40362"/>
+    <w:rsid w:val="00B40C85"/>
     <w:rsid w:val="00B412F6"/>
     <w:rsid w:val="00B41738"/>
     <w:rsid w:val="00B418C2"/>
     <w:rsid w:val="00B4348F"/>
     <w:rsid w:val="00B453FD"/>
     <w:rsid w:val="00B4722A"/>
     <w:rsid w:val="00B65397"/>
     <w:rsid w:val="00B6600F"/>
     <w:rsid w:val="00B7391E"/>
     <w:rsid w:val="00B8047F"/>
     <w:rsid w:val="00B81916"/>
+    <w:rsid w:val="00B8295A"/>
     <w:rsid w:val="00B85D15"/>
     <w:rsid w:val="00B902F1"/>
     <w:rsid w:val="00B91595"/>
     <w:rsid w:val="00B9317E"/>
     <w:rsid w:val="00B937D8"/>
     <w:rsid w:val="00B968D9"/>
     <w:rsid w:val="00B97067"/>
     <w:rsid w:val="00B97424"/>
     <w:rsid w:val="00BA0109"/>
     <w:rsid w:val="00BA2C02"/>
     <w:rsid w:val="00BA7802"/>
     <w:rsid w:val="00BB1B8D"/>
+    <w:rsid w:val="00BB7A70"/>
     <w:rsid w:val="00BC1FA1"/>
     <w:rsid w:val="00BC232C"/>
     <w:rsid w:val="00BC46E3"/>
     <w:rsid w:val="00BC706A"/>
     <w:rsid w:val="00BD0E29"/>
     <w:rsid w:val="00BD1499"/>
     <w:rsid w:val="00BD4DC6"/>
     <w:rsid w:val="00BE5A63"/>
     <w:rsid w:val="00BE6170"/>
     <w:rsid w:val="00BF17D6"/>
     <w:rsid w:val="00BF23B0"/>
     <w:rsid w:val="00BF3130"/>
     <w:rsid w:val="00C00F8B"/>
     <w:rsid w:val="00C02FE3"/>
     <w:rsid w:val="00C03925"/>
     <w:rsid w:val="00C06818"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C11C3C"/>
     <w:rsid w:val="00C11D69"/>
     <w:rsid w:val="00C13A94"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C15FC4"/>
     <w:rsid w:val="00C162BB"/>
+    <w:rsid w:val="00C16F2C"/>
     <w:rsid w:val="00C17E13"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C272AC"/>
     <w:rsid w:val="00C30330"/>
     <w:rsid w:val="00C34111"/>
     <w:rsid w:val="00C35CDC"/>
     <w:rsid w:val="00C412AA"/>
     <w:rsid w:val="00C42434"/>
     <w:rsid w:val="00C447E1"/>
     <w:rsid w:val="00C44E69"/>
     <w:rsid w:val="00C46ADE"/>
     <w:rsid w:val="00C46B18"/>
     <w:rsid w:val="00C57A94"/>
     <w:rsid w:val="00C605B0"/>
     <w:rsid w:val="00C62BEA"/>
     <w:rsid w:val="00C62F07"/>
     <w:rsid w:val="00C77781"/>
     <w:rsid w:val="00C779CF"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C848CA"/>
     <w:rsid w:val="00C9098A"/>
     <w:rsid w:val="00C93ED4"/>
     <w:rsid w:val="00C95D3A"/>
     <w:rsid w:val="00CA3FEB"/>
     <w:rsid w:val="00CA592D"/>
     <w:rsid w:val="00CA597B"/>
     <w:rsid w:val="00CA7316"/>
     <w:rsid w:val="00CA778B"/>
     <w:rsid w:val="00CB1DC6"/>
     <w:rsid w:val="00CB3347"/>
     <w:rsid w:val="00CB3BFB"/>
     <w:rsid w:val="00CB40FE"/>
+    <w:rsid w:val="00CC269B"/>
     <w:rsid w:val="00CC2AA5"/>
     <w:rsid w:val="00CC47AF"/>
     <w:rsid w:val="00CC588F"/>
+    <w:rsid w:val="00CD0421"/>
     <w:rsid w:val="00CE1A06"/>
     <w:rsid w:val="00CE1DDF"/>
     <w:rsid w:val="00CE4D91"/>
     <w:rsid w:val="00CE5C44"/>
     <w:rsid w:val="00CE6C0B"/>
     <w:rsid w:val="00CF09B2"/>
     <w:rsid w:val="00D01018"/>
     <w:rsid w:val="00D03332"/>
     <w:rsid w:val="00D057ED"/>
     <w:rsid w:val="00D05B49"/>
+    <w:rsid w:val="00D06636"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D13FEB"/>
     <w:rsid w:val="00D160DB"/>
     <w:rsid w:val="00D20E41"/>
     <w:rsid w:val="00D21B47"/>
     <w:rsid w:val="00D309E2"/>
     <w:rsid w:val="00D32F97"/>
     <w:rsid w:val="00D34E72"/>
     <w:rsid w:val="00D44936"/>
     <w:rsid w:val="00D46A66"/>
     <w:rsid w:val="00D4739E"/>
     <w:rsid w:val="00D50567"/>
     <w:rsid w:val="00D5155F"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D526C2"/>
+    <w:rsid w:val="00D562AC"/>
     <w:rsid w:val="00D56BCA"/>
     <w:rsid w:val="00D60CDB"/>
     <w:rsid w:val="00D61BC6"/>
     <w:rsid w:val="00D63F5D"/>
     <w:rsid w:val="00D66C3A"/>
     <w:rsid w:val="00D73A6C"/>
     <w:rsid w:val="00D741F5"/>
     <w:rsid w:val="00D74DDE"/>
     <w:rsid w:val="00D74FBA"/>
     <w:rsid w:val="00D76BEA"/>
     <w:rsid w:val="00D76C80"/>
     <w:rsid w:val="00D773ED"/>
     <w:rsid w:val="00D8181D"/>
     <w:rsid w:val="00D819E9"/>
     <w:rsid w:val="00D902A7"/>
     <w:rsid w:val="00D91352"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D94F85"/>
     <w:rsid w:val="00D96BBC"/>
     <w:rsid w:val="00D97DDF"/>
     <w:rsid w:val="00DA1EDB"/>
     <w:rsid w:val="00DB614C"/>
     <w:rsid w:val="00DC0E0C"/>
     <w:rsid w:val="00DC7D90"/>
     <w:rsid w:val="00DD15D6"/>
     <w:rsid w:val="00DD2FE1"/>
     <w:rsid w:val="00DD3198"/>
     <w:rsid w:val="00DD4D9B"/>
     <w:rsid w:val="00DE38D9"/>
     <w:rsid w:val="00DE4ED8"/>
     <w:rsid w:val="00DF467C"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00DF7874"/>
     <w:rsid w:val="00E01891"/>
     <w:rsid w:val="00E01922"/>
     <w:rsid w:val="00E06608"/>
     <w:rsid w:val="00E06C34"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E15638"/>
     <w:rsid w:val="00E16FFF"/>
     <w:rsid w:val="00E17951"/>
     <w:rsid w:val="00E20D7E"/>
     <w:rsid w:val="00E2414A"/>
     <w:rsid w:val="00E27029"/>
     <w:rsid w:val="00E3449A"/>
     <w:rsid w:val="00E34A5F"/>
+    <w:rsid w:val="00E356F4"/>
     <w:rsid w:val="00E3604B"/>
     <w:rsid w:val="00E361E8"/>
     <w:rsid w:val="00E37A02"/>
     <w:rsid w:val="00E420E3"/>
     <w:rsid w:val="00E44A08"/>
     <w:rsid w:val="00E45FA8"/>
     <w:rsid w:val="00E47FF5"/>
     <w:rsid w:val="00E51075"/>
     <w:rsid w:val="00E573F2"/>
     <w:rsid w:val="00E70D24"/>
     <w:rsid w:val="00E72F80"/>
     <w:rsid w:val="00E7635A"/>
     <w:rsid w:val="00E84D53"/>
     <w:rsid w:val="00E85285"/>
     <w:rsid w:val="00E87146"/>
     <w:rsid w:val="00E90F56"/>
     <w:rsid w:val="00E911BC"/>
     <w:rsid w:val="00E919CF"/>
     <w:rsid w:val="00E955B6"/>
     <w:rsid w:val="00E97A84"/>
     <w:rsid w:val="00EA0BCE"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA5FDB"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rsid w:val="00EB068A"/>
     <w:rsid w:val="00EB1F74"/>
     <w:rsid w:val="00EB496D"/>
+    <w:rsid w:val="00EB71C2"/>
     <w:rsid w:val="00EC11D3"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC5876"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC7AB2"/>
     <w:rsid w:val="00ED0B15"/>
     <w:rsid w:val="00EE5EA5"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00F015B0"/>
     <w:rsid w:val="00F02174"/>
     <w:rsid w:val="00F02566"/>
     <w:rsid w:val="00F04AC2"/>
     <w:rsid w:val="00F050E4"/>
     <w:rsid w:val="00F10D41"/>
     <w:rsid w:val="00F134C1"/>
     <w:rsid w:val="00F17355"/>
     <w:rsid w:val="00F23254"/>
     <w:rsid w:val="00F3376C"/>
     <w:rsid w:val="00F3465E"/>
     <w:rsid w:val="00F43406"/>
     <w:rsid w:val="00F45492"/>
     <w:rsid w:val="00F51397"/>
     <w:rsid w:val="00F55679"/>
     <w:rsid w:val="00F56EFB"/>
     <w:rsid w:val="00F60389"/>
     <w:rsid w:val="00F60BBF"/>
     <w:rsid w:val="00F61C85"/>
     <w:rsid w:val="00F65327"/>
     <w:rsid w:val="00F67D91"/>
     <w:rsid w:val="00F7228A"/>
     <w:rsid w:val="00F740C1"/>
     <w:rsid w:val="00F84097"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00F974E5"/>
     <w:rsid w:val="00FA0407"/>
     <w:rsid w:val="00FA1B61"/>
     <w:rsid w:val="00FA1D8B"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FB2608"/>
     <w:rsid w:val="00FB3D29"/>
     <w:rsid w:val="00FC0215"/>
     <w:rsid w:val="00FC137F"/>
     <w:rsid w:val="00FC361B"/>
     <w:rsid w:val="00FC3D88"/>
     <w:rsid w:val="00FD43DD"/>
     <w:rsid w:val="00FE18B4"/>
     <w:rsid w:val="00FE207C"/>
     <w:rsid w:val="00FE2BD3"/>
+    <w:rsid w:val="00FE374E"/>
     <w:rsid w:val="00FF3E9D"/>
     <w:rsid w:val="00FF6530"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -22620,63 +22837,135 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Rules</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8c30193b-5862-40d3-b22f-a5f0b3dcbefd</TermId>
+        </TermInfo>
+      </Terms>
+    </pa8a0a93780a4945b3173f20d8e45055>
+    <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
+    <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce9ba758-ea71-457b-9a14-44db9922bfb4</TermId>
+        </TermInfo>
+      </Terms>
+    </n398ab4bf91e43a0a550736abedc299f>
+    <TaxCatchAll xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Value>10</Value>
+      <Value>9</Value>
+      <Value>8</Value>
+      <Value>7</Value>
+    </TaxCatchAll>
+    <kf620cb349b946fa81ca1074c0b3c5af xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Operations</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">748d3b9d-85b9-4c93-b36c-da437a8ebecd</TermId>
+        </TermInfo>
+      </Terms>
+    </kf620cb349b946fa81ca1074c0b3c5af>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 10.2 Daily Prison Routine and Population Counts</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Adults</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">60d2f251-dc34-41a1-bf8e-c8689923972e</TermId>
+        </TermInfo>
+      </Terms>
+    </g2cdfbdd30c849e9bbb5c12aa747ff35>
+    <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C00F0D83A50F2144C42ACB5D0D7865205AD" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="42bbab49f36ed8fec9b3c3a5d5a50fb9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5803bea382f296392a5d9361e4ac8430" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -22926,209 +23215,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...67 lines deleted...]
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CD17FA7-F6F0-4199-B1B9-EB19443AED9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{734891CD-0402-4469-9D8D-E9985E0D0EEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>5300</Words>
-  <Characters>29156</Characters>
+  <Words>5191</Words>
+  <Characters>29593</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>883</Lines>
-  <Paragraphs>594</Paragraphs>
+  <Lines>246</Lines>
+  <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 10.2 Daily Prison Routine and Population Counts</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>33862</CharactersWithSpaces>
+  <CharactersWithSpaces>34715</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>