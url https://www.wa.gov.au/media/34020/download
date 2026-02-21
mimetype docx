--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -147,3263 +147,3279 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F17E754" w14:textId="2AE87361" w:rsidR="00B14E4B" w:rsidRDefault="000937E9" w:rsidP="00B14E4B">
             <w:pPr>
               <w:pStyle w:val="Instructionalnote"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C272AC" w:rsidRPr="00C272AC">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>.4.1 Rules and routines provided to prisoners encourage their responsible behaviour and support the security, good order and management of the prison.</w:t>
+              <w:t xml:space="preserve">.4.1 Rules and routines provided to prisoners encourage their responsible behaviour and support the security, good </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00C272AC" w:rsidRPr="00C272AC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>order</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00C272AC" w:rsidRPr="00C272AC">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and management of the prison.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D70A8F1" w14:textId="2C9FF21C" w:rsidR="00034D3F" w:rsidRPr="000F5B29" w:rsidRDefault="00034D3F" w:rsidP="00B14E4B">
             <w:pPr>
               <w:pStyle w:val="Instructionalnote"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="496EDBFA" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00663830"/>
     <w:p w14:paraId="3CF9F251" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00663830"/>
     <w:p w14:paraId="5BD1E7DD" w14:textId="77777777" w:rsidR="00663830" w:rsidRDefault="00663830" w:rsidP="00803710">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:sectPr w:rsidR="00663830" w:rsidSect="002E5756">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EB8EC58" w14:textId="77777777" w:rsidR="00E15638" w:rsidRPr="005C4CF0" w:rsidRDefault="00E15638" w:rsidP="005C4CF0">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="374FA464" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF7DDC">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9F1F3E" w14:textId="5FC64203" w:rsidR="00EB71C2" w:rsidRDefault="001E7E86">
+    <w:p w14:paraId="7096A7C0" w14:textId="7E55D965" w:rsidR="006B4CA8" w:rsidRDefault="001E7E86">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc216426670" w:history="1">
-        <w:r w:rsidR="00EB71C2" w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784007" w:history="1">
+        <w:r w:rsidR="006B4CA8" w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00EB71C2">
+        <w:r w:rsidR="006B4CA8">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EB71C2" w:rsidRPr="00B54A32">
+        <w:r w:rsidR="006B4CA8" w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00EB71C2">
+        <w:r w:rsidR="006B4CA8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00EB71C2">
+        <w:r w:rsidR="006B4CA8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00EB71C2">
-[...12 lines deleted...]
-        <w:r w:rsidR="00EB71C2">
+        <w:r w:rsidR="006B4CA8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784007 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="006B4CA8">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="006B4CA8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00EB71C2">
+        <w:r w:rsidR="006B4CA8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00EB71C2">
+        <w:r w:rsidR="006B4CA8">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="657E420C" w14:textId="1AF9D7CF" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="5EAE64AA" w14:textId="1CE468EF" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426671" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784008" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426671 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784008 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="37B8ACDD" w14:textId="4D4CD00C" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="6358A798" w14:textId="1C44DFE8" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426672" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784009" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Occurrence Books</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426672 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784009 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="42CC6058" w14:textId="7FDC4952" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="5B226A41" w14:textId="76BEF3FF" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426673" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784010" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Responsibility</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426673 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784010 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3598E371" w14:textId="5F361359" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="52531900" w14:textId="15F64739" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426674" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784011" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Entries into the unit occurrence book</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426674 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784011 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="455A26DD" w14:textId="1D237DE5" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="58F30996" w14:textId="249CACAB" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426675" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784012" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Conducting Prisoner Counts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426675 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784012 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E91CAB2" w14:textId="43C31B84" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="7EC3B19B" w14:textId="69213291" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426676" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784013" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426676 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784013 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A19E369" w14:textId="3EBDCB88" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="348179A6" w14:textId="777C9343" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426677" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784014" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Formal count procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426677 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784014 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E35F754" w14:textId="4AE7B79C" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="6624B656" w14:textId="552489BA" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426678" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784015" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Informal counts procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426678 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784015 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="375E3698" w14:textId="2A3EE01A" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="2973E3B3" w14:textId="0F09F596" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426679" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784016" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Night cell counts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426679 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784016 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="34614055" w14:textId="6D7A06ED" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="5DF3176D" w14:textId="21C743E0" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426680" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784017" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Recount/incorrect count procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426680 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784017 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="11EDD1ED" w14:textId="54E0B719" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="51D6A2CA" w14:textId="78270A0E" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426681" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784018" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Emergency counts</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426681 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784018 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B9B2ACA" w14:textId="0B6BBD78" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="322FF254" w14:textId="495BF9C5" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426682" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784019" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Conducting Prisoner Unlock and Lockup</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426682 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784019 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3AC58257" w14:textId="79AD3973" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="74705D46" w14:textId="0DB16869" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426683" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784020" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426683 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784020 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4626204B" w14:textId="2E509218" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="15B741B1" w14:textId="7E508894" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426684" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784021" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General unlock procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426684 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784021 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3FB1AB2C" w14:textId="51958CCC" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="325FCF23" w14:textId="47E2CD15" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426685" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784022" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General lockup procedures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426685 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784022 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1E008D3B" w14:textId="69BECFFA" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="209A2F29" w14:textId="23F273C1" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426686" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784023" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner Welfare</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426686 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784023 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1636C689" w14:textId="4702E388" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="560FE945" w14:textId="2C3C3F3C" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426687" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784024" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Welfare checks</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426687 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784024 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E6B2ECA" w14:textId="7DE7880C" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="3B74F0CE" w14:textId="66505693" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426688" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784025" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scheduled Movements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426688 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784025 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00EEDDFE" w14:textId="72EAEC36" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="1046E887" w14:textId="76D56FDC" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426689" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784026" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Internal prisoner movements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426689 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784026 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="66C70E3F" w14:textId="3147B659" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="0B5346C8" w14:textId="7D38F218" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426690" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784027" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Supervision of Male and Women Prisoners</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426690 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784027 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D7A70D5" w14:textId="0DDA3AF9" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="14CF21ED" w14:textId="52695AFF" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426691" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784028" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Out of Cell Evening Association</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426691 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784028 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D47A0E6" w14:textId="43F8534B" w:rsidR="00EB71C2" w:rsidRPr="006D448F" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="69554E92" w14:textId="3401AAD0" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426692" w:history="1">
-        <w:r w:rsidRPr="006D448F">
+      <w:hyperlink w:anchor="_Toc221784029" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lockdown and Out of Cell Hours Recording and Reporting Requirements</w:t>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784029 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FF48BC5" w14:textId="71A2F2EB" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="08B43034" w14:textId="64FC9661" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426693" w:history="1">
-        <w:r w:rsidRPr="006D448F">
+      <w:hyperlink w:anchor="_Toc221784030" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.1</w:t>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lockdown and Out of Cell Hours classification</w:t>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
-[...12 lines deleted...]
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784030 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidRPr="006D448F">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03A2D3D8" w14:textId="3461AEE4" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="03A9E35B" w14:textId="346E264F" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426694" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784031" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Lockdown and Out of cell hours recording and reporting requirements</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426694 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784031 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="18A5BFB1" w14:textId="67298169" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="2783D0D5" w14:textId="71C0BCF4" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426695" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784032" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Night Shift</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426695 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784032 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="29B7A1F3" w14:textId="58578E18" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="06EF4CC1" w14:textId="322D7B8A" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426696" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784033" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Superintendent responsibilities</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426696 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784033 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="04CCA70C" w14:textId="0AAC1DEA" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="256045A2" w14:textId="2F255DAC" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426697" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784034" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prison Officer responsibilities</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426697 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784034 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3A311A94" w14:textId="15B49EF1" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="795C1032" w14:textId="3092CA51" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426698" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784035" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Fatigue Management</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426698 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784035 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08D5617B" w14:textId="08EA3DD7" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="5BE63EC8" w14:textId="6077ACBF" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426699" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784036" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Standing Orders</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426699 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784036 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D096A9F" w14:textId="7C21630D" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="2B0358CC" w14:textId="0DB25C60" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426700" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784037" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426700 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784037 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D4C45C7" w14:textId="63CDA8D7" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="3A72514B" w14:textId="0B65314B" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426701" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784038" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13.1</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPs and documents</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426701 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784038 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="221DD26A" w14:textId="72A6604B" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="4EA57327" w14:textId="3968795E" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426702" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784039" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13.2</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426702 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784039 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6D1DEE5E" w14:textId="10D399F8" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="3C3F6EE4" w14:textId="6EA0B1C7" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426703" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784040" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13.3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426703 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784040 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="304E7F64" w14:textId="7C4C5140" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="688E04DB" w14:textId="61A3E90A" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426704" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784041" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426704 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784041 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4E79E0E4" w14:textId="504D3770" w:rsidR="00EB71C2" w:rsidRDefault="00EB71C2">
+    <w:p w14:paraId="2B5D3235" w14:textId="15CC07EA" w:rsidR="006B4CA8" w:rsidRDefault="006B4CA8">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc216426705" w:history="1">
-        <w:r w:rsidRPr="00B54A32">
+      <w:hyperlink w:anchor="_Toc221784042" w:history="1">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidRPr="00B54A32">
+        <w:r w:rsidRPr="00D1178B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document Version History</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc216426705 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221784042 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7998D19C" w14:textId="34B56232" w:rsidR="006259EF" w:rsidRPr="003D6E5C" w:rsidRDefault="001E7E86">
+    <w:p w14:paraId="7998D19C" w14:textId="315BDD44" w:rsidR="006259EF" w:rsidRPr="003D6E5C" w:rsidRDefault="001E7E86">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Toc216426670"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc221784007"/>
       <w:r w:rsidR="00C8272F" w:rsidRPr="003D6E5C">
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="15B535BB" w14:textId="451A3D7A" w:rsidR="00B01297" w:rsidRPr="006259EF" w:rsidRDefault="006259EF" w:rsidP="006259EF">
       <w:r>
         <w:t xml:space="preserve">This Commissioner’s Operating Policy and Procedure (COPP) applies to all public and private prisons administered by or on behalf of the Department of Justice (the Department). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63DB0B57" w14:textId="77777777" w:rsidR="00920EDE" w:rsidRPr="005C4CF0" w:rsidRDefault="00920EDE" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc526229948"/>
-      <w:bookmarkStart w:id="2" w:name="_Toc216426671"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc221784008"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B0E5770" w14:textId="06803817" w:rsidR="003D6E5C" w:rsidRPr="003D6E5C" w:rsidRDefault="000A7054" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="003D6E5C">
         <w:t>The prison</w:t>
       </w:r>
       <w:r w:rsidR="00C9098A" w:rsidRPr="003D6E5C">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> daily routine </w:t>
       </w:r>
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">shall </w:t>
@@ -3435,63 +3451,79 @@
       <w:r w:rsidR="009D2C29" w:rsidRPr="003D6E5C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D76BEA" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> while offering activities that positively contribute to </w:t>
       </w:r>
       <w:r w:rsidR="009B3CEB" w:rsidRPr="003D6E5C">
         <w:t>a prisoner’s</w:t>
       </w:r>
       <w:r w:rsidR="00D76BEA" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> rehabilitation and community </w:t>
       </w:r>
       <w:r w:rsidR="00974A89" w:rsidRPr="003D6E5C">
         <w:t>reintegration</w:t>
       </w:r>
       <w:r w:rsidR="00003128">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D6E52C3" w14:textId="77777777" w:rsidR="0095314E" w:rsidRDefault="004A2437" w:rsidP="00003128">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="003D6E5C">
-        <w:t>The time a prisoner spends out of their cell supports a safe, secure and human</w:t>
+        <w:t xml:space="preserve">The time a prisoner spends out of their cell supports a safe, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D6E5C">
+        <w:t>secure</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D6E5C">
+        <w:t xml:space="preserve"> and human</w:t>
       </w:r>
       <w:r w:rsidR="002C7555">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> custodial environment. </w:t>
       </w:r>
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r w:rsidR="0086273C" w:rsidRPr="003D6E5C">
-        <w:t xml:space="preserve">efforts shall be made to provide </w:t>
+        <w:t xml:space="preserve">efforts shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0086273C" w:rsidRPr="003D6E5C">
+        <w:t>be made</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0086273C" w:rsidRPr="003D6E5C">
+        <w:t xml:space="preserve"> to provide </w:t>
       </w:r>
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">eligible prisoners </w:t>
       </w:r>
       <w:r w:rsidR="0086273C" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">with adequate time out of their cell to </w:t>
       </w:r>
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t>access</w:t>
       </w:r>
       <w:r w:rsidR="00C779CF" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00385414" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">and participate in </w:t>
       </w:r>
       <w:r w:rsidR="0086273C" w:rsidRPr="003D6E5C">
         <w:t>a range of</w:t>
       </w:r>
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> constructive activities</w:t>
       </w:r>
       <w:r w:rsidR="00D63F5D" w:rsidRPr="003D6E5C">
         <w:t>, such as</w:t>
       </w:r>
@@ -3519,189 +3551,226 @@
       <w:r w:rsidR="00E45FA8" w:rsidRPr="003D6E5C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0086273C" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65327CA6" w14:textId="584184EC" w:rsidR="00003128" w:rsidRPr="003D6E5C" w:rsidRDefault="00003128" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00CE6C0B">
         <w:t xml:space="preserve">The reporting of Out of Cell Hours is a national reporting requirement to inform the </w:t>
       </w:r>
       <w:r w:rsidR="00F04AC2" w:rsidRPr="00CE6C0B">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6C0B">
         <w:t xml:space="preserve">nnual Report on Government Services and a key </w:t>
       </w:r>
       <w:r w:rsidR="00253543" w:rsidRPr="00CE6C0B">
         <w:t>effectiveness</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6C0B">
-        <w:t xml:space="preserve"> indicator of the Department. The Superintendent shall ensure that lockdown records, which inform the calculation of Out of Cell Hours, are accurately reported and recorded.</w:t>
+        <w:t xml:space="preserve"> indicator of the Department. The Superintendent shall ensure that lockdown records, which inform the calculation of Out of Cell Hours, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:t>are accurately reported</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:t xml:space="preserve"> and recorded.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5717177C" w14:textId="508C6545" w:rsidR="003D6E5C" w:rsidRPr="003D6E5C" w:rsidRDefault="009B3CEB" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="003D6E5C">
         <w:t>Prison population counts</w:t>
       </w:r>
       <w:r w:rsidR="00DD3198" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> (counts) </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
-        <w:t>shall be conducted as part of each prison’s daily routine, to effectively account for, manage and control</w:t>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D6E5C">
+        <w:t>be conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D6E5C">
+        <w:t xml:space="preserve"> as part of each prison’s daily routine, to effectively account for, manage and control</w:t>
       </w:r>
       <w:r w:rsidR="00361463" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> the location of all</w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> prisoners. </w:t>
       </w:r>
       <w:r w:rsidR="00361463" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">A minimum of </w:t>
       </w:r>
       <w:r w:rsidR="00D63F5D" w:rsidRPr="003D6E5C">
         <w:t>four</w:t>
       </w:r>
       <w:r w:rsidR="00361463" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D63F5D" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">formal </w:t>
       </w:r>
       <w:r w:rsidR="00361463" w:rsidRPr="003D6E5C">
-        <w:t>counts shall be conducted</w:t>
-      </w:r>
+        <w:t xml:space="preserve">counts shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00361463" w:rsidRPr="003D6E5C">
+        <w:t>be conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0040527E" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve"> as part of the daily routine</w:t>
       </w:r>
       <w:r w:rsidR="00361463" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0040527E" w:rsidRPr="003D6E5C">
-        <w:t>At each count the identification and well-being of each prisoner is to be ensured.</w:t>
+        <w:t xml:space="preserve">At each </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0040527E" w:rsidRPr="003D6E5C">
+        <w:t>count</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0040527E" w:rsidRPr="003D6E5C">
+        <w:t xml:space="preserve"> the identification and well-being of each prisoner is to be ensured.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="147AFBFE" w14:textId="1F72CA45" w:rsidR="003D6E5C" w:rsidRPr="003D6E5C" w:rsidRDefault="00D819E9" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="003D6E5C">
         <w:t>The Superintendent shall determine and approve the prison’s daily routine and procedures and manage any changes to the routine due to operational demands or other unforeseen circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392C0CBF" w14:textId="7BF10F58" w:rsidR="00C30330" w:rsidRDefault="00751AB1" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="003D6E5C">
-        <w:t xml:space="preserve">It is the responsibility of each Prison Officer to know the location of all prisoners under their control at all times, by carrying out periodic count checks of the prisoners in their charge. </w:t>
+        <w:t xml:space="preserve">It is the responsibility of each Prison Officer to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003D6E5C">
+        <w:t>know the location of all prisoners under their control at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003D6E5C">
+        <w:t xml:space="preserve">, by carrying out periodic count checks of the prisoners in their charge. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61059795" w14:textId="40502D9F" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison Officers are required to discharge their professional duties in accordance with the Department’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="007A7775">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004E4A71">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and report any concerns or issues which may jeopardise the security and good order of the prison or the welfare and safe custody of prisoners accordingly.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="401B25A4" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:spacing w:before="120" w:after="120"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A03F83A" w14:textId="77777777" w:rsidR="00034D3F" w:rsidRPr="003D6E5C" w:rsidRDefault="00034D3F" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2572433F" w14:textId="77777777" w:rsidR="003D6E5C" w:rsidRDefault="003D6E5C" w:rsidP="003D6E5C">
       <w:bookmarkStart w:id="3" w:name="_Toc68863179"/>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32086642" w14:textId="43C631D3" w:rsidR="003565A9" w:rsidRPr="005C4CF0" w:rsidRDefault="003565A9" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc216426672"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc221784009"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:lastRenderedPageBreak/>
         <w:t>Occurrence Books</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="0747B916" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="00280694" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc413567268"/>
       <w:bookmarkStart w:id="6" w:name="_Toc5282602"/>
       <w:bookmarkStart w:id="7" w:name="_Toc68863180"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc216426673"/>
-[...5 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="_Toc535573149"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc534982739"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc535302723"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc535304632"/>
+      <w:bookmarkStart w:id="11" w:name="_Toc535305446"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc535309651"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc535573149"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc221784010"/>
       <w:r w:rsidRPr="00280694">
         <w:t>Responsibility</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="659442ED" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r>
         <w:t>Unit Manager</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t>/Senior Officer</w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve"> shall: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03D8784F" w14:textId="381D95DD" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="00C779CF" w:rsidP="00A91002">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
@@ -3726,76 +3795,87 @@
       <w:r w:rsidR="00341802">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">nsure the </w:t>
       </w:r>
       <w:r w:rsidR="003565A9" w:rsidRPr="003565A9">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>occurrence book</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t xml:space="preserve"> i</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00341802">
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="003565A9" w:rsidRPr="003565A9">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="8"/>
       <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="10"/>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
-      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidR="00341802">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> maintained</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A34594">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">, in accordance with </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Entries_into_the" w:history="1">
         <w:r w:rsidR="00A34594" w:rsidRPr="009511FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>section 3</w:t>
         </w:r>
         <w:r w:rsidR="00615CF4" w:rsidRPr="009511FF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
@@ -3843,51 +3923,51 @@
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> shift.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76807913" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="15" w:name="_Entries_into_the"/>
       <w:bookmarkStart w:id="16" w:name="_Toc413567269"/>
       <w:bookmarkStart w:id="17" w:name="_Toc5282603"/>
       <w:bookmarkStart w:id="18" w:name="_Toc68863181"/>
-      <w:bookmarkStart w:id="19" w:name="_Toc216426674"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc221784011"/>
       <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="003565A9">
         <w:t>Entries</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve"> into the </w:t>
       </w:r>
       <w:r w:rsidR="00866DFE">
         <w:t xml:space="preserve">unit </w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t>occurrence book</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="39B1CAE2" w14:textId="52C03960" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_Toc534982740"/>
       <w:bookmarkStart w:id="21" w:name="_Toc535302724"/>
       <w:bookmarkStart w:id="22" w:name="_Toc535304633"/>
@@ -3907,83 +3987,104 @@
         <w:t xml:space="preserve">Senior Officer </w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve">shall ensure </w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidR="00866DFE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t>occurrence book:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C1190A" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r w:rsidRPr="003565A9">
-        <w:t>entries are legible and in chronological order</w:t>
-      </w:r>
+        <w:t xml:space="preserve">entries are legible and in chronological </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003565A9">
+        <w:t>order</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2EEA85C7" w14:textId="53F7345D" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r w:rsidRPr="003565A9">
-        <w:t>errors are not covered over by correction fluid or tape (</w:t>
+        <w:t xml:space="preserve">errors </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003565A9">
+        <w:t>are not covered</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003565A9">
+        <w:t xml:space="preserve"> over by correction fluid or tape (</w:t>
       </w:r>
       <w:r w:rsidR="00034D3F">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve"> single black line is drawn through the error and initialled by the officer correcting the error)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="761AE18E" w14:textId="77777777" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r w:rsidRPr="003565A9">
-        <w:t>pages are not removed under any circumstances.</w:t>
+        <w:t xml:space="preserve">pages </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003565A9">
+        <w:t>are not removed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003565A9">
+        <w:t xml:space="preserve"> under any circumstances.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
       <w:bookmarkEnd w:id="23"/>
       <w:bookmarkEnd w:id="24"/>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="004C029F" w14:textId="30A67957" w:rsidR="003565A9" w:rsidRPr="003565A9" w:rsidRDefault="003565A9" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Toc535302725"/>
       <w:bookmarkStart w:id="27" w:name="_Toc535304634"/>
       <w:bookmarkStart w:id="28" w:name="_Toc535305448"/>
       <w:bookmarkStart w:id="29" w:name="_Toc535309653"/>
       <w:bookmarkStart w:id="30" w:name="_Toc535573151"/>
       <w:r w:rsidRPr="003565A9">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00866DFE">
         <w:t>Unit Manager</w:t>
       </w:r>
       <w:r w:rsidR="00C779CF">
         <w:t>/</w:t>
@@ -4006,80 +4107,93 @@
       <w:r w:rsidR="00341802">
         <w:t xml:space="preserve"> but not limited to</w:t>
       </w:r>
       <w:r w:rsidRPr="003565A9">
         <w:t>:</w:t>
       </w:r>
       <w:bookmarkEnd w:id="26"/>
       <w:bookmarkEnd w:id="27"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
     <w:p w14:paraId="7F0D2EF4" w14:textId="39F99312" w:rsidR="00341802" w:rsidRDefault="00C779CF" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
-        <w:t>taff on duty, including staff entering a location after lock up</w:t>
+        <w:t xml:space="preserve">taff on duty, including staff entering a location after </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00341802">
+        <w:t>lock</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00341802">
+        <w:t xml:space="preserve"> up</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37CF3264" w14:textId="626C22D7" w:rsidR="00341802" w:rsidRDefault="00C779CF" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t xml:space="preserve">ull </w:t>
       </w:r>
       <w:r>
         <w:t>name and position of all staff/</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t>visitors to the unit</w:t>
       </w:r>
       <w:r>
         <w:t>/area</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
-        <w:t xml:space="preserve"> including time in and time out</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> including time in and time </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00341802">
+        <w:t>out</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="22CCEFD6" w14:textId="17CEE535" w:rsidR="00341802" w:rsidRDefault="00C779CF" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t>estraints checks</w:t>
       </w:r>
       <w:r>
         <w:t>, where applicable</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11084179" w14:textId="02237B85" w:rsidR="00341802" w:rsidRDefault="00C779CF" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
@@ -4103,52 +4217,57 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t xml:space="preserve">ny </w:t>
       </w:r>
       <w:r w:rsidR="00EC5876">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t xml:space="preserve">hange to the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">population </w:t>
       </w:r>
       <w:r w:rsidR="00341802">
         <w:t xml:space="preserve">count, </w:t>
       </w:r>
       <w:r w:rsidR="00EC5876">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00341802">
-        <w:t>the reason why</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00341802">
+        <w:t>reason why</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="02AB585E" w14:textId="3BFA84E5" w:rsidR="00BD0E29" w:rsidRDefault="00C779CF" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
       </w:pPr>
       <w:r>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00BD0E29">
         <w:t>ebriefs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364214F5" w14:textId="1280EE7F" w:rsidR="004058B4" w:rsidRDefault="00BD0E29" w:rsidP="004058B4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="414"/>
@@ -4183,219 +4302,237 @@
       <w:bookmarkStart w:id="50" w:name="_Toc89115310"/>
       <w:bookmarkStart w:id="51" w:name="_Toc89115169"/>
       <w:bookmarkStart w:id="52" w:name="_Toc89115311"/>
       <w:bookmarkStart w:id="53" w:name="_Toc89115170"/>
       <w:bookmarkStart w:id="54" w:name="_Toc89115312"/>
       <w:bookmarkStart w:id="55" w:name="_Toc89115171"/>
       <w:bookmarkStart w:id="56" w:name="_Toc89115313"/>
       <w:bookmarkStart w:id="57" w:name="_Toc89115172"/>
       <w:bookmarkStart w:id="58" w:name="_Toc89115314"/>
       <w:bookmarkStart w:id="59" w:name="_Toc89115173"/>
       <w:bookmarkStart w:id="60" w:name="_Toc89115315"/>
       <w:bookmarkStart w:id="61" w:name="_Toc89115174"/>
       <w:bookmarkStart w:id="62" w:name="_Toc89115316"/>
       <w:bookmarkStart w:id="63" w:name="_Toc89115175"/>
       <w:bookmarkStart w:id="64" w:name="_Toc89115317"/>
       <w:bookmarkStart w:id="65" w:name="_Toc89115176"/>
       <w:bookmarkStart w:id="66" w:name="_Toc89115318"/>
       <w:bookmarkStart w:id="67" w:name="_Toc89115177"/>
       <w:bookmarkStart w:id="68" w:name="_Toc89115319"/>
       <w:bookmarkStart w:id="69" w:name="_Toc89115178"/>
       <w:bookmarkStart w:id="70" w:name="_Toc89115320"/>
       <w:bookmarkStart w:id="71" w:name="_Toc89115179"/>
       <w:bookmarkStart w:id="72" w:name="_Toc89115321"/>
       <w:bookmarkStart w:id="73" w:name="_Toc89115180"/>
       <w:bookmarkStart w:id="74" w:name="_Toc89115322"/>
-      <w:bookmarkStart w:id="75" w:name="_Toc216426675"/>
-      <w:bookmarkStart w:id="76" w:name="_Toc526229949"/>
+      <w:bookmarkStart w:id="75" w:name="_Toc526229949"/>
+      <w:bookmarkStart w:id="76" w:name="_Toc221784012"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:bookmarkEnd w:id="40"/>
       <w:bookmarkEnd w:id="41"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
       <w:bookmarkEnd w:id="48"/>
       <w:bookmarkEnd w:id="49"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
       <w:bookmarkEnd w:id="54"/>
       <w:bookmarkEnd w:id="55"/>
       <w:bookmarkEnd w:id="56"/>
       <w:bookmarkEnd w:id="57"/>
       <w:bookmarkEnd w:id="58"/>
       <w:bookmarkEnd w:id="59"/>
       <w:bookmarkEnd w:id="60"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Conducting Prisoner Counts</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="75"/>
+      <w:bookmarkEnd w:id="76"/>
     </w:p>
     <w:p w14:paraId="5165C1D5" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="77" w:name="_Toc216426676"/>
+      <w:bookmarkStart w:id="77" w:name="_Toc221784013"/>
       <w:r w:rsidRPr="00695834">
         <w:t>General requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="47C9DDDF" w14:textId="4B444D0D" w:rsidR="006B4999" w:rsidRDefault="006B4999" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="25"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Prisoners shall be placed onto the total prison count</w:t>
       </w:r>
       <w:r w:rsidR="00ED0B15">
         <w:t xml:space="preserve"> on the Total Offender Management </w:t>
       </w:r>
       <w:r w:rsidR="00A34594">
         <w:t xml:space="preserve">Solution </w:t>
       </w:r>
       <w:r w:rsidR="00ED0B15">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00ED0B15">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C46ADE">
         <w:t xml:space="preserve">in the Movement module under the </w:t>
       </w:r>
       <w:r w:rsidR="006A0C3E">
-        <w:t>count check tab</w:t>
+        <w:t xml:space="preserve">count check </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006A0C3E">
+        <w:t>tab</w:t>
       </w:r>
       <w:r w:rsidR="00EC5876">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C779CF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="26519785" w14:textId="77777777" w:rsidR="002317F6" w:rsidRDefault="002317F6" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="002317F6">
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidRPr="002317F6">
-        <w:t>Officers on duty have a responsibility to ensure counts are carried out correctly and efficiently.</w:t>
+        <w:t xml:space="preserve">Officers on duty have a responsibility to ensure counts are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002317F6">
+        <w:t>carried out</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002317F6">
+        <w:t xml:space="preserve"> correctly and efficiently.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="232E8530" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00A97671" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve">All </w:t>
       </w:r>
       <w:r>
         <w:t>accommodation u</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve">nits and industry workshops </w:t>
       </w:r>
       <w:r>
         <w:t>sha</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve">ll maintain </w:t>
       </w:r>
       <w:r>
         <w:t>a population count</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve"> board of assigned prisoners</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (including residential children, where applicable)</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AB83AEF" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00241CF7" w:rsidRDefault="00D63F5D" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
-        <w:t xml:space="preserve">With the exception of </w:t>
+        <w:t>With the exception of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00124557">
         <w:t xml:space="preserve">authorised movements, all </w:t>
       </w:r>
       <w:r w:rsidR="005D16EC" w:rsidRPr="009322C7">
         <w:t>prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00751AB1">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="005D16EC" w:rsidRPr="009322C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002317F6">
         <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidR="00124557">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="00845C60">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00382C53">
         <w:t>remain at</w:t>
       </w:r>
@@ -4490,51 +4627,59 @@
         <w:t>for video-link court proceedings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC1D676" w14:textId="77777777" w:rsidR="0033038D" w:rsidRDefault="00124557" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>for official visits</w:t>
       </w:r>
       <w:r w:rsidR="005D16EC" w:rsidRPr="00241CF7">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="534D3985" w14:textId="53DF0473" w:rsidR="00D741F5" w:rsidRPr="00CE6C0B" w:rsidRDefault="0033038D" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00CE6C0B">
-        <w:t xml:space="preserve">Population counts of prisoners may be conducted by </w:t>
+        <w:t xml:space="preserve">Population counts of prisoners may </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:t>be conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r w:rsidR="00D34E72" w:rsidRPr="00CE6C0B">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6C0B">
         <w:t xml:space="preserve">rison </w:t>
       </w:r>
       <w:r w:rsidR="00D34E72" w:rsidRPr="00CE6C0B">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6C0B">
         <w:t xml:space="preserve">fficers of either gender. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54A47630" w14:textId="77777777" w:rsidR="002F7530" w:rsidRDefault="002F7530" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00920EDE">
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
@@ -4761,73 +4906,78 @@
         <w:r w:rsidR="000F5B29" w:rsidRPr="00D44936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Management</w:t>
         </w:r>
         <w:r w:rsidR="00EE5EA5" w:rsidRPr="00D44936">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Policy</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F10D41" w:rsidRPr="00D44936">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00001777">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7196E4BC" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="79" w:name="_Formal_count_procedures"/>
-      <w:bookmarkStart w:id="80" w:name="_Toc216426677"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc221784014"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Formal count procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44D1F2DD" w14:textId="5A1483FC" w:rsidR="00894D8F" w:rsidRDefault="00714A42" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">A minimum of </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007C4BEB">
-        <w:t xml:space="preserve">4 </w:t>
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007C4BEB">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="00894D8F">
         <w:t xml:space="preserve">ormal prisoner counts </w:t>
       </w:r>
       <w:r>
         <w:t>shall be</w:t>
       </w:r>
       <w:r w:rsidR="00894D8F">
         <w:t xml:space="preserve"> conducted</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003935BB">
         <w:t>as part of the daily routine</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00894D8F">
         <w:t xml:space="preserve"> to ensure </w:t>
       </w:r>
@@ -4839,64 +4989,80 @@
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007C4BEB">
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00894D8F">
         <w:t xml:space="preserve"> residential children where applicable</w:t>
       </w:r>
       <w:r w:rsidR="007C4BEB">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00894D8F">
         <w:t xml:space="preserve"> are accounted for.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="455ED7C9" w14:textId="77777777" w:rsidR="002549ED" w:rsidRPr="00894D8F" w:rsidRDefault="002549ED" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t>Formal counts shall be conducted:</w:t>
+        <w:t xml:space="preserve">Formal counts shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>be conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62890924" w14:textId="77777777" w:rsidR="002549ED" w:rsidRPr="000A7054" w:rsidRDefault="002549ED" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="000A7054">
-        <w:t xml:space="preserve">at unlock </w:t>
+        <w:t xml:space="preserve">at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000A7054">
+        <w:t>unlock</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000A7054">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E30A316" w14:textId="77777777" w:rsidR="002549ED" w:rsidRPr="000A7054" w:rsidRDefault="002549ED" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="000A7054">
         <w:t>prior to lunch/ceasing work</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AED6A3E" w14:textId="77777777" w:rsidR="002549ED" w:rsidRPr="000A7054" w:rsidRDefault="002549ED" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="000A7054">
@@ -4936,55 +5102,60 @@
     <w:p w14:paraId="2B4467EE" w14:textId="77777777" w:rsidR="00AB3548" w:rsidRDefault="00AB3548" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The Unit Manager is responsible for the supervision of all formal counts, unless directly involved in an incident. In these circumstances</w:t>
       </w:r>
       <w:r w:rsidR="00FB3D29">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> the Unit Manager shall direct the next most senior officer to supervise the count.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A53CC88" w14:textId="7EF3E9C1" w:rsidR="00D61BC6" w:rsidRPr="00D61BC6" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="9"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00F740C1">
         <w:t xml:space="preserve">Formal counts shall </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">generally </w:t>
       </w:r>
       <w:r w:rsidRPr="00F740C1">
-        <w:t>be conducted in ac</w:t>
+        <w:t>be</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F740C1">
+        <w:t xml:space="preserve"> conducted in ac</w:t>
       </w:r>
       <w:r w:rsidR="009C0059">
         <w:t xml:space="preserve">commodation units. </w:t>
       </w:r>
       <w:r w:rsidR="007C4BEB">
         <w:t>If</w:t>
       </w:r>
       <w:r w:rsidR="007C4BEB" w:rsidRPr="00F740C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F740C1">
         <w:t xml:space="preserve">prisoners are not in an accommodation unit at the time of the count, the </w:t>
       </w:r>
       <w:r w:rsidR="00714A42">
         <w:t xml:space="preserve">Prison Officers responsible for </w:t>
       </w:r>
       <w:r w:rsidR="00DD3198">
         <w:t xml:space="preserve">supervision of the </w:t>
       </w:r>
       <w:r w:rsidR="00714A42">
         <w:t xml:space="preserve">prisoners </w:t>
       </w:r>
       <w:r w:rsidRPr="00F740C1">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
@@ -5674,187 +5845,224 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1F3E7717" w14:textId="17A1819B" w:rsidR="005D16EC" w:rsidRDefault="00DE4ED8" w:rsidP="005C4CF0">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Inform</w:t>
             </w:r>
             <w:r w:rsidR="005D16EC">
               <w:t xml:space="preserve"> all areas</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> to restart</w:t>
             </w:r>
             <w:r w:rsidR="005D16EC">
               <w:t xml:space="preserve"> general prisoner movements</w:t>
             </w:r>
             <w:r w:rsidR="00A34594">
-              <w:t xml:space="preserve"> (with the exception of the lockup count)</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00A34594">
+              <w:t>with the exception of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00A34594">
+              <w:t xml:space="preserve"> the lockup count)</w:t>
             </w:r>
             <w:r>
               <w:t>, once a correct prisoner population count has been confirmed</w:t>
             </w:r>
             <w:r w:rsidR="009C0059">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A6B6507" w14:textId="6E078D83" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="005C4CF0">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="007C4BEB">
               <w:t xml:space="preserve">enior </w:t>
             </w:r>
             <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="007C4BEB">
               <w:t>fficer</w:t>
             </w:r>
             <w:r w:rsidR="003B1156">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A13E5B">
               <w:t xml:space="preserve">Gatehouse </w:t>
             </w:r>
             <w:r w:rsidR="003B1156">
               <w:t>or designated position</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="01F2FEFE" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Toc216426678"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc221784015"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Informal count</w:t>
       </w:r>
       <w:r w:rsidR="002B6D15" w:rsidRPr="00695834">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B6D15" w:rsidRPr="00695834">
         <w:t>procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="622D131D" w14:textId="77777777" w:rsidR="00D13FEB" w:rsidRDefault="00D13FEB" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Prison Officers</w:t>
       </w:r>
       <w:r w:rsidRPr="00D13FEB">
-        <w:t xml:space="preserve"> are required to know the location of all prisoners under their </w:t>
+        <w:t xml:space="preserve"> are required to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D13FEB">
+        <w:t xml:space="preserve">know the location of all prisoners under their </w:t>
       </w:r>
       <w:r w:rsidR="0083663D">
         <w:t xml:space="preserve">direct </w:t>
       </w:r>
       <w:r w:rsidRPr="00D13FEB">
-        <w:t>control at all times during the day.</w:t>
+        <w:t>control at all times</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D13FEB">
+        <w:t xml:space="preserve"> during the day.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76432C41" w14:textId="77777777" w:rsidR="00A63522" w:rsidRPr="00A63522" w:rsidRDefault="00D63F5D" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t>All areas shall carry out informal prisoner counts</w:t>
+        <w:t xml:space="preserve">All areas shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>carry out</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> informal prisoner counts</w:t>
       </w:r>
       <w:r w:rsidR="002B6D15">
         <w:t>, on a random basis</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> throughout the day</w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="002B6D15">
         <w:t xml:space="preserve"> and in accordance with any procedures detailed within the Superintendent’s Standing Order.</w:t>
       </w:r>
       <w:r w:rsidR="00D13FEB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A05BFF7" w14:textId="77777777" w:rsidR="009D0DB4" w:rsidRPr="009D0DB4" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="00D13FEB">
         <w:t>Officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall immediately </w:t>
       </w:r>
       <w:r w:rsidR="006B456C">
         <w:t>notify</w:t>
       </w:r>
       <w:r w:rsidR="003B1156">
-        <w:t xml:space="preserve"> the relevant Unit Manager/Senior Officer when a prisoner cannot be accounted for.</w:t>
+        <w:t xml:space="preserve"> the relevant Unit Manager/Senior Officer when a prisoner cannot </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003B1156">
+        <w:t>be accounted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003B1156">
+        <w:t xml:space="preserve"> for.</w:t>
       </w:r>
       <w:r w:rsidR="00D13FEB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19A20E12" w14:textId="77777777" w:rsidR="0071545B" w:rsidRPr="00695834" w:rsidRDefault="0071545B" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="82" w:name="_Toc216426679"/>
+      <w:bookmarkStart w:id="82" w:name="_Toc221784016"/>
       <w:r w:rsidRPr="00695834">
-        <w:t>Night cell c</w:t>
+        <w:t xml:space="preserve">Night cell </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00695834">
+        <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="005B767A" w:rsidRPr="00695834">
         <w:t>ounts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="82"/>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="790289E0" w14:textId="77777777" w:rsidR="00A63522" w:rsidRPr="00A63522" w:rsidRDefault="0071545B" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall remain alert and vigilant</w:t>
       </w:r>
       <w:r w:rsidR="00BC706A">
         <w:t xml:space="preserve"> during night cell </w:t>
       </w:r>
       <w:r w:rsidR="006B4999">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="00284D0A">
         <w:t>ounts</w:t>
       </w:r>
       <w:r w:rsidR="00BC706A">
         <w:t>,</w:t>
@@ -5912,113 +6120,137 @@
       <w:r w:rsidR="003935BB">
         <w:t>, consistent with the risks associated with the prison they are responsible for</w:t>
       </w:r>
       <w:r w:rsidR="00810901">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B01297">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FC137F">
         <w:t>Night cell c</w:t>
       </w:r>
       <w:r w:rsidR="003935BB">
         <w:t xml:space="preserve">ounts </w:t>
       </w:r>
       <w:r w:rsidR="00734BDC">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="003935BB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00734BDC" w:rsidRPr="00CE1DDF">
         <w:t>occur approximat</w:t>
       </w:r>
       <w:r w:rsidR="00734BDC">
-        <w:t>ely 4 hourly (minimum 3 counts),</w:t>
+        <w:t xml:space="preserve">ely </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00734BDC">
+        <w:t>4</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00734BDC">
+        <w:t xml:space="preserve"> hourly (minimum 3 counts),</w:t>
       </w:r>
       <w:r w:rsidR="00FC0215">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t xml:space="preserve">randomly and </w:t>
       </w:r>
       <w:r w:rsidR="009D0DB4">
         <w:t>routinely,</w:t>
       </w:r>
       <w:r w:rsidR="00FC0215">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00734BDC">
         <w:t>reduce</w:t>
       </w:r>
       <w:r w:rsidR="00FC0215">
         <w:t xml:space="preserve"> predictability.</w:t>
       </w:r>
       <w:r w:rsidR="00734BDC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E06608">
-        <w:t>Work camps are only required to undertake 2 night cell c</w:t>
+        <w:t xml:space="preserve">Work camps are only required to undertake </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E06608">
+        <w:t>2 night</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E06608">
+        <w:t xml:space="preserve"> cell c</w:t>
       </w:r>
       <w:r w:rsidR="00FC137F">
         <w:t>ounts</w:t>
       </w:r>
       <w:r w:rsidR="00E06608">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A3565DC" w14:textId="77777777" w:rsidR="00A63522" w:rsidRPr="00A63522" w:rsidRDefault="0071545B" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="0072346A">
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidRPr="0072346A">
         <w:t xml:space="preserve"> shall advise the night</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shift</w:t>
       </w:r>
       <w:r w:rsidRPr="0072346A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t>Officer in Charge (</w:t>
       </w:r>
       <w:r w:rsidRPr="0072346A">
         <w:t>OIC</w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0072346A">
-        <w:t xml:space="preserve"> where a correct count cannot be established and</w:t>
+        <w:t xml:space="preserve"> where a correct count cannot </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0072346A">
+        <w:t>be established</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0072346A">
+        <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="0072346A">
         <w:t xml:space="preserve"> on approval from </w:t>
       </w:r>
       <w:r>
         <w:t>the OIC</w:t>
       </w:r>
       <w:r w:rsidRPr="0072346A">
         <w:t xml:space="preserve">, commence </w:t>
       </w:r>
       <w:r>
         <w:t>a second count</w:t>
       </w:r>
       <w:r w:rsidR="00B06073">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D919D22" w14:textId="77777777" w:rsidR="00A63522" w:rsidRPr="00A63522" w:rsidRDefault="0071545B" w:rsidP="003D6E5C">
       <w:pPr>
@@ -6049,51 +6281,51 @@
         <w:t xml:space="preserve">in the </w:t>
       </w:r>
       <w:r w:rsidR="00FC0215">
         <w:t>Unit Occurrence Book</w:t>
       </w:r>
       <w:r w:rsidRPr="0071545B">
         <w:t xml:space="preserve"> and report </w:t>
       </w:r>
       <w:r>
         <w:t>to the OIC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06461711" w14:textId="77777777" w:rsidR="00284D0A" w:rsidRDefault="00284D0A" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The OIC shall record all counts in the Gatehouse Occurrence Book and document on TOMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1DB28C" w14:textId="77777777" w:rsidR="00470B79" w:rsidRPr="00695834" w:rsidRDefault="00470B79" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="83" w:name="_Recount_/_Incorrect"/>
-      <w:bookmarkStart w:id="84" w:name="_Toc216426680"/>
+      <w:bookmarkStart w:id="84" w:name="_Toc221784017"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r w:rsidRPr="00695834">
         <w:lastRenderedPageBreak/>
         <w:t>Recount</w:t>
       </w:r>
       <w:r w:rsidR="004337C7" w:rsidRPr="00695834">
         <w:t>/i</w:t>
       </w:r>
       <w:r w:rsidRPr="00695834">
         <w:t>ncorrect count procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="84"/>
     </w:p>
     <w:p w14:paraId="305760E1" w14:textId="77777777" w:rsidR="00470B79" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="85" w:name="_When_there_is"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:t xml:space="preserve">The following procedures apply when there is an incorrect prisoner </w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t xml:space="preserve">population </w:t>
       </w:r>
@@ -6209,51 +6441,59 @@
       </w:tr>
       <w:tr w:rsidR="00470B79" w14:paraId="4B1EEF36" w14:textId="77777777" w:rsidTr="00991018">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="66B57AD3" w14:textId="77777777" w:rsidR="00470B79" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B35CDA3" w14:textId="77777777" w:rsidR="00470B79" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>Resolve the count to include confirmed prisoners not within the unit, in an attempt to identify any prisoners that are not accounted for</w:t>
+              <w:t xml:space="preserve">Resolve the count to include confirmed prisoners not within the unit, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>in an attempt to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> identify any prisoners that are not accounted for</w:t>
             </w:r>
             <w:r w:rsidR="00856565">
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A1ED004" w14:textId="77777777" w:rsidR="00470B79" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Unit Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00470B79" w14:paraId="157A94E9" w14:textId="77777777" w:rsidTr="00991018">
         <w:tc>
@@ -6365,51 +6605,59 @@
       </w:tr>
       <w:tr w:rsidR="00470B79" w:rsidRPr="00CF6125" w14:paraId="3B0B9C43" w14:textId="77777777" w:rsidTr="00991018">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06AB290C" w14:textId="77777777" w:rsidR="00470B79" w:rsidRPr="00CF6125" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6F5254DF" w14:textId="77777777" w:rsidR="00470B79" w:rsidRPr="00CF6125" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t>Initiate a radio call to all stations where a prisoner has not been accounted for, in an attempt to locate the prisoner.</w:t>
+              <w:t xml:space="preserve">Initiate a radio call to all stations where a prisoner has not been accounted for, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>in an attempt to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> locate the prisoner.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="448EF2F6" w14:textId="5E0DFDA8" w:rsidR="00470B79" w:rsidRPr="00CF6125" w:rsidRDefault="00A13E5B" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00D91352">
               <w:t xml:space="preserve">enior </w:t>
             </w:r>
             <w:r>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="00D91352">
               <w:t>fficer</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
@@ -6428,51 +6676,59 @@
           <w:p w14:paraId="47768876" w14:textId="77777777" w:rsidR="00470B79" w:rsidRPr="00CF6125" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="295DF3B4" w14:textId="7A3B31EF" w:rsidR="00470B79" w:rsidRPr="00991018" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00991018">
               <w:t>Secure prisoners (and residential children, where applicable) in their units</w:t>
             </w:r>
             <w:r w:rsidR="00D91352">
               <w:t xml:space="preserve"> or </w:t>
             </w:r>
             <w:r w:rsidRPr="00991018">
-              <w:t>locations for a recount, until the count is confirmed correct.</w:t>
+              <w:t xml:space="preserve">locations for a recount, until the count </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00991018">
+              <w:t>is confirmed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00991018">
+              <w:t xml:space="preserve"> correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="145B1C41" w14:textId="073F29E2" w:rsidR="00470B79" w:rsidRPr="00991018" w:rsidRDefault="00470B79" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00991018">
               <w:t>Prison Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00012BB5" w14:paraId="0EDC7FF9" w14:textId="77777777" w:rsidTr="00991018">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E2BDF3E" w14:textId="77777777" w:rsidR="00012BB5" w:rsidRDefault="00012BB5" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
@@ -6519,106 +6775,126 @@
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00991018">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>where the count remains incorrect</w:t>
             </w:r>
             <w:r w:rsidR="00544EFE">
               <w:t>, i</w:t>
             </w:r>
             <w:r w:rsidR="00143A9A">
               <w:t>nitiate Emergency C</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ount procedures </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31BDC">
               <w:t>(</w:t>
             </w:r>
             <w:hyperlink w:anchor="_Emergency_counts" w:history="1">
               <w:r w:rsidR="00D91352">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>section 4.6</w:t>
+                <w:t>sectio</w:t>
+              </w:r>
+              <w:r w:rsidR="00D91352">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t>n</w:t>
+              </w:r>
+              <w:r w:rsidR="00D91352">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> 4.6</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00B31BDC">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00967E0C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00143A9A">
               <w:t>as directed and notify the Superintendent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3041" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06192CE8" w14:textId="77777777" w:rsidR="00012BB5" w:rsidRDefault="004A787A" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Unit Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20F51660" w14:textId="3533B2A9" w:rsidR="005D16EC" w:rsidRPr="00695834" w:rsidRDefault="005D16EC" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="86" w:name="_Emergency_counts"/>
-      <w:bookmarkStart w:id="87" w:name="_Toc216426681"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc221784018"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Emergency counts</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:p w14:paraId="75681F70" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00B41738" w:rsidRDefault="005D16EC" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve">Emergency </w:t>
       </w:r>
       <w:r w:rsidR="00D819E9">
         <w:t xml:space="preserve">prisoner population </w:t>
       </w:r>
       <w:r>
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
-        <w:t>ounts shall be conducted for the following reasons:</w:t>
+        <w:t xml:space="preserve">ounts shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B41738">
+        <w:t>be conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B41738">
+        <w:t xml:space="preserve"> for the following reasons:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="368AFF3A" w14:textId="37659AFC" w:rsidR="00012BB5" w:rsidRDefault="00012BB5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r w:rsidR="00544EFE">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">direction of </w:t>
       </w:r>
       <w:r w:rsidR="003D3C16">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>Superintendent/OIC</w:t>
@@ -6708,108 +6984,126 @@
       </w:r>
       <w:r w:rsidR="003D3C16">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E8C32E3" w14:textId="34CDF8AB" w:rsidR="00A63522" w:rsidRPr="00A63522" w:rsidRDefault="00C06818" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Emergency </w:t>
       </w:r>
       <w:r w:rsidR="0034705C">
         <w:t xml:space="preserve">count </w:t>
       </w:r>
       <w:r w:rsidR="009D0A41">
         <w:t xml:space="preserve">procedures shall involve </w:t>
       </w:r>
       <w:r w:rsidR="009D0A41" w:rsidRPr="00B41738">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="009D0A41">
         <w:t xml:space="preserve">cessation of all activities, with all prisoners secured in the location they are currently in. </w:t>
       </w:r>
       <w:r w:rsidR="004A787A">
-        <w:t>However, dependent on the situation, it may be necessary for all prisoners to be returned</w:t>
-      </w:r>
+        <w:t xml:space="preserve">However, dependent on the situation, it may be necessary for all prisoners to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004A787A">
+        <w:t>be returned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00544EFE">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="004A787A">
         <w:t xml:space="preserve"> their units and secured in their cells. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3388EAA2" w14:textId="77777777" w:rsidR="009D0A41" w:rsidRPr="004657EF" w:rsidRDefault="009D0A41" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Superintendent of a prison farm and work camp </w:t>
       </w:r>
       <w:r w:rsidR="00143A9A">
         <w:t>shall</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00143A9A">
         <w:t>modify</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
       <w:r w:rsidR="00143A9A">
         <w:t>, as applicable,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> for conducting emergency counts where it is impracticable for all prisoners to be returned to the prison from work activities.</w:t>
+        <w:t xml:space="preserve"> for conducting emergency counts where it is impracticable for all prisoners to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>be returned</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to the prison from work activities.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="269E1D39" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The following </w:t>
       </w:r>
       <w:r w:rsidR="00C06818">
         <w:t xml:space="preserve">emergency count </w:t>
       </w:r>
       <w:r>
         <w:t>procedures</w:t>
       </w:r>
       <w:r w:rsidR="004A787A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00935664">
-        <w:t xml:space="preserve">shall be </w:t>
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00935664">
+        <w:t xml:space="preserve">be </w:t>
       </w:r>
       <w:r w:rsidR="00BF17D6">
         <w:t>applied</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00E85285">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="5529"/>
         <w:gridCol w:w="2899"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D16EC" w:rsidRPr="00CF6125" w14:paraId="2A266E44" w14:textId="77777777" w:rsidTr="00D91352">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -6966,55 +7260,60 @@
           <w:p w14:paraId="18A179C6" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00CF6125" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="05C96DCF" w14:textId="3B0BFFB0" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Cease all movements via the </w:t>
             </w:r>
             <w:r w:rsidR="00D91352">
               <w:t>G</w:t>
             </w:r>
             <w:r>
-              <w:t>atehouse until the count is verified correct, with</w:t>
+              <w:t xml:space="preserve">atehouse until the count is verified correct, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>with</w:t>
             </w:r>
             <w:r w:rsidR="00947CCC">
               <w:t xml:space="preserve"> the exception of</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B865F9D" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>emergency vehicles operating under priority conditions</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D0ED378" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRPr="00CF6125" w:rsidRDefault="00947CCC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
             </w:pPr>
             <w:r>
@@ -7103,129 +7402,140 @@
             </w:r>
             <w:r w:rsidR="00C77781">
               <w:t xml:space="preserve">or within your immediate area </w:t>
             </w:r>
             <w:r w:rsidR="004A787A">
               <w:t xml:space="preserve">and </w:t>
             </w:r>
             <w:r w:rsidR="00C77781">
               <w:t>control.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36422EDF" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00132B89">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Note*</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> if it is not safe for prisoners to be counted in the units, a count shall be conducted at a location specified </w:t>
+              <w:t xml:space="preserve"> if it is not safe for prisoners to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>be counted</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> in the units, a count shall be conducted at a location specified </w:t>
             </w:r>
             <w:r w:rsidRPr="00687E94">
               <w:t>in the Emergency Management Plan</w:t>
             </w:r>
             <w:r w:rsidR="000F4546" w:rsidRPr="00687E94">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="240CE74C" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Prison </w:t>
             </w:r>
             <w:r w:rsidR="003B2499">
               <w:t>Officers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D16EC" w14:paraId="4F82123E" w14:textId="77777777" w:rsidTr="00D91352">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="36147E93" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4B48ACF0" w14:textId="44049C09" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
+          <w:p w14:paraId="4B48ACF0" w14:textId="2715C3F2" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Report the count to the </w:t>
             </w:r>
             <w:r w:rsidR="00A13E5B">
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00D91352">
               <w:t xml:space="preserve">enior </w:t>
             </w:r>
             <w:r w:rsidR="00A13E5B">
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidR="00D91352">
               <w:t>fficer</w:t>
             </w:r>
             <w:r w:rsidR="00A13E5B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Gatehouse</w:t>
             </w:r>
             <w:r w:rsidR="00A13E5B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006C2E9E">
-              <w:t xml:space="preserve">or designated position, </w:t>
+              <w:t xml:space="preserve">or designated </w:t>
+            </w:r>
+            <w:r w:rsidR="00B16BCC">
+              <w:t>position and</w:t>
             </w:r>
             <w:r>
-              <w:t>and document on TOMS</w:t>
+              <w:t xml:space="preserve"> document on TOMS</w:t>
             </w:r>
             <w:r w:rsidR="000F4546">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E1F3D5E" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Unit Manager</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005D16EC" w:rsidRPr="00CF6125" w14:paraId="632CC90A" w14:textId="77777777" w:rsidTr="00D91352">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
@@ -7425,153 +7735,185 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1236B083" w14:textId="77777777" w:rsidR="005D16EC" w:rsidRDefault="005D16EC" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Superintendent</w:t>
             </w:r>
             <w:r w:rsidR="00B6600F">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00C62BEA">
               <w:t>OIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4E55B393" w14:textId="1C878A1C" w:rsidR="0024052F" w:rsidRPr="005C4CF0" w:rsidRDefault="0024052F" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc216426682"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc221784019"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Conducting Prisoner Unlock and Lockup</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
       <w:r w:rsidR="00746266" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48D6F20F" w14:textId="77777777" w:rsidR="001D6712" w:rsidRPr="00695834" w:rsidRDefault="0093173E" w:rsidP="00C35CDC">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:keepNext/>
         <w:keepLines/>
       </w:pPr>
-      <w:bookmarkStart w:id="89" w:name="_Toc216426683"/>
+      <w:bookmarkStart w:id="89" w:name="_Toc221784020"/>
       <w:r w:rsidRPr="00695834">
         <w:t>General</w:t>
       </w:r>
       <w:r w:rsidR="009A0199" w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D6712" w:rsidRPr="00695834">
         <w:t>requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
     </w:p>
     <w:p w14:paraId="7910F340" w14:textId="615D15AD" w:rsidR="00A63522" w:rsidRPr="00780EAF" w:rsidRDefault="00E87146" w:rsidP="00C35CDC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="16"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00780EAF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>The Unit Manager is responsible for the supervision of general unlock/lockup procedures and is expected to remain present during these events unless operationally prevented.</w:t>
+        <w:t xml:space="preserve">The Unit Manager is responsible for the supervision of general unlock/lockup procedures and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780EAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>is expected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780EAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to remain present during these events unless operationally prevented.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A50DB3C" w14:textId="77777777" w:rsidR="00A63522" w:rsidRPr="00780EAF" w:rsidRDefault="003D43E7" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A minimum of 2</w:t>
       </w:r>
       <w:r w:rsidR="009A0199">
         <w:t xml:space="preserve"> Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="009A0199">
         <w:t xml:space="preserve"> shall b</w:t>
       </w:r>
       <w:r w:rsidR="00C57A94">
         <w:t xml:space="preserve">e present while </w:t>
       </w:r>
       <w:r w:rsidR="009A0199">
         <w:t>unlock</w:t>
       </w:r>
       <w:r w:rsidR="00C57A94">
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidR="009A0199">
         <w:t xml:space="preserve"> a prisoner</w:t>
       </w:r>
       <w:r w:rsidR="000F4546">
         <w:t xml:space="preserve"> from </w:t>
       </w:r>
       <w:r w:rsidR="000F4546" w:rsidRPr="00780EAF">
         <w:t>their cell.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF73F60" w14:textId="5AC0574B" w:rsidR="00002FE2" w:rsidRPr="00780EAF" w:rsidRDefault="00E87146" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00780EAF">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
-        <w:t>Prisoners may be unlocked early, prior to a general unlock, for the purpose of external escorts for court appearances or other appointments, discharge or operational needs in accordance with each Prison’s Standing Order. The Unit Manager/OIC is responsible for the coordination of the early unlocks.</w:t>
+        <w:t xml:space="preserve">Prisoners may be unlocked early, prior to a general unlock, for the purpose of external escorts for court appearances or other appointments, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00780EAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t>discharge</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00780EAF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or operational needs in accordance with each Prison’s Standing Order. The Unit Manager/OIC is responsible for the coordination of the early unlocks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="469D3C7A" w14:textId="77777777" w:rsidR="00E87146" w:rsidRDefault="00E87146" w:rsidP="00E87146"/>
     <w:p w14:paraId="5E0CE565" w14:textId="77777777" w:rsidR="00E87146" w:rsidRPr="00E87146" w:rsidRDefault="00E87146" w:rsidP="00E87146"/>
     <w:p w14:paraId="4356BB26" w14:textId="77777777" w:rsidR="00031F89" w:rsidRPr="00695834" w:rsidRDefault="009A0199" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="90" w:name="_Toc216426684"/>
+      <w:bookmarkStart w:id="90" w:name="_Toc221784021"/>
       <w:r w:rsidRPr="00695834">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">General unlock </w:t>
       </w:r>
       <w:r w:rsidR="00525308" w:rsidRPr="00695834">
         <w:t>procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="90"/>
     </w:p>
     <w:p w14:paraId="71566A88" w14:textId="77777777" w:rsidR="00002FE2" w:rsidRPr="00002FE2" w:rsidRDefault="00002FE2" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The following procedures apply</w:t>
       </w:r>
       <w:r w:rsidR="00D46A66">
         <w:t>, where applicable,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> when unlocking prisoners from their cells.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -7815,119 +8157,130 @@
             <w:r>
               <w:t>Prison Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A52882" w14:paraId="5AADE781" w14:textId="77777777" w:rsidTr="00002FE2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="022C0E44" w14:textId="77777777" w:rsidR="00A52882" w:rsidRDefault="00A52882" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2BF515" w14:textId="422D7058" w:rsidR="00A52882" w:rsidRDefault="00A52882" w:rsidP="003D6E5C">
+          <w:p w14:paraId="6F2BF515" w14:textId="241C6147" w:rsidR="00A52882" w:rsidRDefault="00A52882" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Record all unlocks for each prisoner in the </w:t>
             </w:r>
             <w:r w:rsidR="00A91002">
               <w:t>Unit Count - By Cell</w:t>
             </w:r>
             <w:r w:rsidR="00B412F6">
-              <w:t>/ Unit Count By Wing and Cell sheet</w:t>
+              <w:t xml:space="preserve">/ Unit Count </w:t>
+            </w:r>
+            <w:r w:rsidR="00B16BCC">
+              <w:t>by</w:t>
+            </w:r>
+            <w:r w:rsidR="00B412F6">
+              <w:t xml:space="preserve"> Wing and Cell sheet</w:t>
             </w:r>
             <w:r>
               <w:t>, document on TOMS and advise the Unit Manager.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0466112F" w14:textId="77777777" w:rsidR="00A52882" w:rsidRDefault="00A52882" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Prison Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BA2417D" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRPr="00695834" w:rsidRDefault="009F0951" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="91" w:name="_Toc216426685"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc221784022"/>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r w:rsidR="00C57A94" w:rsidRPr="00695834">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidR="00DF7874" w:rsidRPr="00695834">
         <w:t>ockup</w:t>
       </w:r>
       <w:r w:rsidR="00525308" w:rsidRPr="00695834">
         <w:t xml:space="preserve"> procedures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="0AB71269" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="009F0951">
         <w:t>OIC</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> shall ensure all prisoners are locked</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> shall ensure all prisoners </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are locked</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009F0951">
         <w:t xml:space="preserve"> in their cell or confined to their unit</w:t>
       </w:r>
       <w:r w:rsidR="00D50567">
         <w:t xml:space="preserve"> where prisoners are not secured in a cell</w:t>
       </w:r>
       <w:r w:rsidR="00C06818">
         <w:t xml:space="preserve"> (at approved times, in accordance with the Standing Order)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C49E9E3" w14:textId="77777777" w:rsidR="00BE6170" w:rsidRPr="00BE6170" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00BF3130">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00C93ED4">
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00BF3130">
         <w:t xml:space="preserve">nit </w:t>
@@ -8130,51 +8483,59 @@
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24E33EA7" w14:textId="77777777" w:rsidR="0011569E" w:rsidRDefault="0011569E" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CE75845" w14:textId="77777777" w:rsidR="0011569E" w:rsidRDefault="0011569E" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Secure prisoners into their respective cells</w:t>
             </w:r>
             <w:r w:rsidR="00667707">
-              <w:t>, monitoring and observing each prisoner with regard to their general health and well-being</w:t>
+              <w:t xml:space="preserve">, monitoring and observing each prisoner </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00667707">
+              <w:t>with regard to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00667707">
+              <w:t xml:space="preserve"> their general health and well-being</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="12323379" w14:textId="77777777" w:rsidR="0011569E" w:rsidRDefault="0011569E" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Prison Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93ED4" w:rsidRPr="00CF6125" w14:paraId="21DBED78" w14:textId="77777777" w:rsidTr="009F0951">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="571" w:type="dxa"/>
           </w:tcPr>
@@ -8184,51 +8545,59 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="23"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5529" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="495D74B9" w14:textId="68B01516" w:rsidR="00C93ED4" w:rsidRDefault="00C93ED4" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Confirm all cells</w:t>
             </w:r>
             <w:r w:rsidR="00C35CDC">
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="009F0951">
               <w:t>units</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> are secured following lockup</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:t>are secured</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> following lockup</w:t>
             </w:r>
             <w:r w:rsidR="009F0951">
               <w:t>/confinement</w:t>
             </w:r>
             <w:r w:rsidR="00C57A94">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2899" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2153AB36" w14:textId="77777777" w:rsidR="00C93ED4" w:rsidRDefault="00F56EFB" w:rsidP="003D6E5C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Prison Officer/</w:t>
             </w:r>
             <w:r w:rsidR="0011569E">
               <w:t xml:space="preserve">Senior </w:t>
             </w:r>
             <w:r w:rsidR="00C93ED4">
               <w:t>Officer</w:t>
@@ -8425,103 +8794,111 @@
     </w:tbl>
     <w:p w14:paraId="4B2D6687" w14:textId="77777777" w:rsidR="0094243C" w:rsidRDefault="0094243C" w:rsidP="0094243C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17C88CC2" w14:textId="77777777" w:rsidR="0094243C" w:rsidRDefault="0094243C" w:rsidP="0094243C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3478AE87" w14:textId="7592B221" w:rsidR="0094243C" w:rsidRPr="0094243C" w:rsidRDefault="00DF7874" w:rsidP="0094243C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc216426686"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc221784023"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:lastRenderedPageBreak/>
         <w:t>Prisoner Welfare</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:p w14:paraId="680ABF00" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRPr="00695834" w:rsidRDefault="00DF7874" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="93" w:name="_Toc216426687"/>
+      <w:bookmarkStart w:id="93" w:name="_Toc221784024"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Welfare checks</w:t>
       </w:r>
       <w:bookmarkEnd w:id="93"/>
     </w:p>
     <w:p w14:paraId="7F4E59C2" w14:textId="7F639C51" w:rsidR="00DF7874" w:rsidRPr="00DF7874" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison staff shall </w:t>
       </w:r>
       <w:r w:rsidR="00A946CD">
         <w:t>conduct regular</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> health and welfare check</w:t>
       </w:r>
       <w:r w:rsidR="00A946CD">
         <w:t>s</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> of each prisoner (including residential children where applicable) during </w:t>
       </w:r>
       <w:r w:rsidR="00CA778B">
         <w:t>the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="00C35CDC">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="00CA778B">
         <w:t>s daily routine</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:r w:rsidR="00CA778B">
         <w:t xml:space="preserve">monitor and </w:t>
       </w:r>
       <w:r>
-        <w:t>verify their ongoing safety, health and well</w:t>
+        <w:t xml:space="preserve">verify their ongoing safety, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>health</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and well</w:t>
       </w:r>
       <w:r w:rsidR="00A44EB9">
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">being. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7BD663DB" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="94" w:name="_Prison_staff_conducting"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:t>Prison staff conducting welfare checks may determine a prisoner’s well-being</w:t>
       </w:r>
       <w:r w:rsidRPr="00923D00">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>by:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AC1B67A" w14:textId="77777777" w:rsidR="00DF7874" w:rsidRDefault="00DF7874" w:rsidP="003D6E5C">
@@ -8623,51 +9000,59 @@
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>remaining vigilant for any unusual behaviours</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE517BA" w14:textId="63A2C32E" w:rsidR="00D96BBC" w:rsidRDefault="00D96BBC" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B41738">
         <w:t>ensur</w:t>
       </w:r>
       <w:r>
         <w:t>ing</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
-        <w:t xml:space="preserve"> some part of the prisoner</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B41738">
+        <w:t>some</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B41738">
+        <w:t xml:space="preserve"> part of the prisoner</w:t>
       </w:r>
       <w:r w:rsidR="009C0059">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="00B41738">
         <w:t xml:space="preserve">s body is visible to confirm </w:t>
       </w:r>
       <w:r>
         <w:t>a physical presence</w:t>
       </w:r>
       <w:r w:rsidR="00A34594">
         <w:t xml:space="preserve"> or by observing movement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35CC3082" w14:textId="77777777" w:rsidR="00D96BBC" w:rsidRDefault="00667707" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>conducting additional observation</w:t>
@@ -8728,109 +9113,111 @@
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidRPr="00B37DD4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Risk Prisoners</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="005F6C0F" w:rsidRPr="00B37DD4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="00B37DD4">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="006321F5">
         <w:t xml:space="preserve"> record on TOMS.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0112F0" w14:textId="77777777" w:rsidR="00811A5C" w:rsidRPr="005C4CF0" w:rsidRDefault="00811A5C" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="95" w:name="_Toc216426688"/>
+      <w:bookmarkStart w:id="95" w:name="_Toc221784025"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Scheduled Movements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="95"/>
     </w:p>
     <w:p w14:paraId="0A407AA6" w14:textId="77777777" w:rsidR="005E6E28" w:rsidRPr="00695834" w:rsidRDefault="005E6E28" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="96" w:name="_Toc216426689"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc221784026"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Internal prisoner movements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:p w14:paraId="3ADE9E1A" w14:textId="6C0A0C69" w:rsidR="00D309E2" w:rsidRDefault="005E6E28" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00920EDE">
         <w:t>All internal prisoner movements to structured activities</w:t>
       </w:r>
       <w:r w:rsidR="000F5B29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">form </w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t>part of the prison</w:t>
       </w:r>
       <w:r w:rsidR="00512EB9">
         <w:t>’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t xml:space="preserve"> daily routine</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
       <w:r w:rsidR="00750794">
         <w:t xml:space="preserve">, where applicable, should </w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t xml:space="preserve">occur during </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">scheduled </w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t>movement periods</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00750794">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00920EDE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="09641A33" w14:textId="67EC8D25" w:rsidR="009D0DB4" w:rsidRDefault="005E6E28" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="00A946CD">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>, where applicable,</w:t>
@@ -8920,51 +9307,51 @@
         <w:t xml:space="preserve">n the </w:t>
       </w:r>
       <w:r w:rsidR="00A91002">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Unit Count - By Cell/ Unit Count - By Wing and Cell </w:t>
       </w:r>
       <w:r w:rsidR="00B412F6">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>sheet</w:t>
       </w:r>
       <w:r w:rsidR="007F325D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22BE8060" w14:textId="57892813" w:rsidR="00F3376C" w:rsidRPr="005C4CF0" w:rsidRDefault="0033038D" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="97" w:name="_Toc216426690"/>
+      <w:bookmarkStart w:id="97" w:name="_Toc221784027"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Supervision</w:t>
       </w:r>
       <w:r w:rsidR="00963033" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> of Male and </w:t>
       </w:r>
       <w:r w:rsidR="00601D29">
         <w:t>Women</w:t>
       </w:r>
       <w:r w:rsidR="00963033" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> Prisoners</w:t>
       </w:r>
       <w:bookmarkEnd w:id="97"/>
     </w:p>
     <w:p w14:paraId="66BA9BAF" w14:textId="748F41CB" w:rsidR="00A63522" w:rsidRPr="00A664E2" w:rsidRDefault="0033038D" w:rsidP="006321F5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9029,51 +9416,65 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0033038D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> and female officers may only enter male ablutions facilities</w:t>
       </w:r>
       <w:r w:rsidR="006321F5">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="0033038D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> strictly in accordance with the officers’ duties</w:t>
       </w:r>
       <w:r w:rsidR="00FC137F">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and/or in responding to an emergency situation </w:t>
+        <w:t xml:space="preserve"> and/or in responding to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00FC137F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>an emergency situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FC137F">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D3F0FA" w14:textId="4602907D" w:rsidR="0033038D" w:rsidRDefault="00A44EB9" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="0033038D">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -9103,51 +9504,51 @@
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="0033038D">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>rison dining rooms, recreation, work and visiting areas may be integrated, except where the Superintendent directs otherwise.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="499499FC" w14:textId="77777777" w:rsidR="00355474" w:rsidRPr="005C4CF0" w:rsidRDefault="00E919CF" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="98" w:name="_Toc216426691"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc221784028"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Out of C</w:t>
       </w:r>
       <w:r w:rsidR="00414B86" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">ell </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00414B86" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">vening </w:t>
       </w:r>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00414B86" w:rsidRPr="005C4CF0">
         <w:t>ssociation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:p w14:paraId="64E42366" w14:textId="77777777" w:rsidR="009F304D" w:rsidRPr="00D5155F" w:rsidRDefault="00750794" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
@@ -9230,164 +9631,185 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009426FC">
         <w:t>when there is sufficient lighting</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C05095F" w14:textId="77777777" w:rsidR="00D5155F" w:rsidRPr="009426FC" w:rsidRDefault="00D5155F" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="42"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="009426FC">
-        <w:t>where the issuing of prisoner medication is not affected.</w:t>
+        <w:t xml:space="preserve">where the issuing of prisoner medication </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009426FC">
+        <w:t>is not affected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009426FC">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58454505" w14:textId="77777777" w:rsidR="00627297" w:rsidRDefault="008B122B" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison </w:t>
       </w:r>
       <w:r w:rsidR="003B2499">
         <w:t>Officers</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall maintain an active and visual presence of prisoners during out of cell evening association</w:t>
       </w:r>
       <w:r w:rsidR="00401159">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7475C3E7" w14:textId="5A9CE9CA" w:rsidR="005F6523" w:rsidRPr="005C4CF0" w:rsidRDefault="009F38C1" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="99" w:name="_Toc216426692"/>
+      <w:bookmarkStart w:id="99" w:name="_Toc221784029"/>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Lockdown and </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t>Out</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve"> of Cell Hours </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="005C4CF0">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">ecording and </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="005C4CF0">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t xml:space="preserve">eporting </w:t>
       </w:r>
       <w:r w:rsidR="00A63522" w:rsidRPr="005C4CF0">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="005C4CF0">
         <w:t>equirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="99"/>
     </w:p>
     <w:p w14:paraId="64E9751E" w14:textId="0648FF23" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="100" w:name="_Toc216426693"/>
+      <w:bookmarkStart w:id="100" w:name="_Toc221784030"/>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Lockdown and </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Out of </w:t>
       </w:r>
       <w:r w:rsidR="003E067A" w:rsidRPr="00FE374E">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">ell </w:t>
       </w:r>
       <w:r w:rsidR="003E067A" w:rsidRPr="00FE374E">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:t>ours classification</w:t>
       </w:r>
       <w:bookmarkEnd w:id="100"/>
     </w:p>
     <w:p w14:paraId="2BD7AF5D" w14:textId="5BBE2502" w:rsidR="00B40362" w:rsidRPr="00FE374E" w:rsidRDefault="00B40362" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Out of Cell Hours </w:t>
       </w:r>
       <w:r w:rsidR="009F38C1" w:rsidRPr="00FE374E">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve"> calculated by the number of hours</w:t>
       </w:r>
       <w:r w:rsidR="00003128" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve"> in a 24</w:t>
       </w:r>
       <w:r w:rsidR="001203AF" w:rsidRPr="00FE374E">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00003128" w:rsidRPr="00FE374E">
         <w:t>hour period</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE374E">
-        <w:t xml:space="preserve"> that prisoners are not confined (or locked down) to their cell, wing or unit. </w:t>
+        <w:t xml:space="preserve"> that prisoners are not confined (or locked down) to their cell, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t>wing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> or unit. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B3EF802" w14:textId="63E741FA" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Lockdown hours </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
-        <w:t xml:space="preserve">are classified as: </w:t>
+        <w:t>are classified</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:t xml:space="preserve"> as: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69BD4515" w14:textId="0274B09B" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="009F38C1" w:rsidP="00A91002">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Overnight </w:t>
       </w:r>
       <w:r w:rsidR="00067BE2" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>lockdown hours</w:t>
@@ -9447,51 +9869,65 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>imes when prisoners are confined to their cell, wing or unit during the daily unlock hours</w:t>
+        <w:t xml:space="preserve">imes when prisoners </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are confined</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to their cell, wing or unit during the daily unlock hours</w:t>
       </w:r>
       <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">which </w:t>
       </w:r>
       <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">may </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>include</w:t>
       </w:r>
@@ -9501,87 +9937,75 @@
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77BB2076" w14:textId="0E069135" w:rsidR="003B1228" w:rsidRPr="00FE374E" w:rsidRDefault="003B1228" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>when staffing shortfalls occur requiring adaption to the routine of the prison’s function</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FBE75F4" w14:textId="55FBA55E" w:rsidR="00E72F80" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
+    <w:p w14:paraId="0FBE75F4" w14:textId="3469E426" w:rsidR="00E72F80" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">staff </w:t>
       </w:r>
-      <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
+      <w:r w:rsidR="00B16BCC" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>meal</w:t>
-[...11 lines deleted...]
-        <w:t>times</w:t>
+        <w:t>mealtimes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BFD1DB" w14:textId="35535F41" w:rsidR="00E72F80" w:rsidRPr="00FE374E" w:rsidRDefault="005F6523" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">staff meetings or </w:t>
       </w:r>
       <w:r w:rsidR="00E72F80" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
@@ -9615,100 +10039,106 @@
         </w:rPr>
         <w:t xml:space="preserve">supervision plans </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53C713ED" w14:textId="691AD78D" w:rsidR="001A512A" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>late unlocks or early lockups, where there is a gap between the scheduled unlock/lockup time and the actual unlock/lockup time</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B11C8D8" w14:textId="5427F14A" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
+    <w:p w14:paraId="3B11C8D8" w14:textId="585AB721" w:rsidR="005F6523" w:rsidRPr="00FE374E" w:rsidRDefault="001A512A" w:rsidP="00A91002">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">incident management or </w:t>
       </w:r>
       <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">when it is necessary to </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">restore the good </w:t>
       </w:r>
       <w:r w:rsidR="009426FC" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">order and security </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>of the prison</w:t>
+        <w:t xml:space="preserve">of the </w:t>
+      </w:r>
+      <w:r w:rsidR="00B16BCC" w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>prison.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3452C7A8" w14:textId="09F41FEA" w:rsidR="005F6523" w:rsidRPr="00C00F8B" w:rsidRDefault="000C5B34" w:rsidP="00C00F8B">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="101" w:name="_Toc216426694"/>
+      <w:bookmarkStart w:id="101" w:name="_Toc221784031"/>
       <w:r>
         <w:t xml:space="preserve">Lockdown and </w:t>
       </w:r>
       <w:r w:rsidR="005F6523" w:rsidRPr="00C00F8B">
         <w:t>Out of cell hours recording and reporting requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="101"/>
     </w:p>
     <w:p w14:paraId="2A0A4091" w14:textId="48EFB961" w:rsidR="00083ABE" w:rsidRPr="00FE374E" w:rsidRDefault="000C5B34" w:rsidP="00083ABE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:t>Overnight</w:t>
       </w:r>
       <w:r w:rsidR="00083ABE" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve"> lockdown hours</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="665BCA8C" w14:textId="7AB7AC82" w:rsidR="00083ABE" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
@@ -9736,85 +10166,113 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Unit Managers can view unit unlock and lockup times in the Facility Schedules module on TOMS, which can be set for each day of the week</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="429F9082" w14:textId="52A859F1" w:rsidR="001203AF" w:rsidRPr="00FE374E" w:rsidRDefault="007A47E3" w:rsidP="007A47E3">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="55"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Changes to the unlock and lockup times within the Facility Schedules module can be requested by the authorised officer via KIT TOMS Support.</w:t>
+        <w:t xml:space="preserve">Changes to the unlock and lockup times within the Facility Schedules module can </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>be requested</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE374E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by the authorised officer via KIT TOMS Support.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3625D736" w14:textId="5BD73D0A" w:rsidR="00083ABE" w:rsidRPr="00FE374E" w:rsidRDefault="00BB7A70" w:rsidP="00083ABE">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:t>Daytime</w:t>
       </w:r>
       <w:r w:rsidR="00083ABE" w:rsidRPr="00FE374E">
         <w:t xml:space="preserve"> lockdown hours</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64BE0663" w14:textId="784FFD53" w:rsidR="00083ABE" w:rsidRPr="00A91002" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="007E4758">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Unit Managers shall ensure all lockdowns during daily unlock hours are </w:t>
+        <w:t xml:space="preserve">Unit Managers shall ensure all lockdowns during daily unlock hours </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E4758">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">are </w:t>
       </w:r>
       <w:r w:rsidRPr="00CE6C0B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>recorded in the</w:t>
+        <w:t>recorded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00CE6C0B">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the</w:t>
       </w:r>
       <w:r w:rsidR="001203AF" w:rsidRPr="00CE6C0B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004C733B" w:rsidRPr="00CE6C0B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Lockdown</w:t>
       </w:r>
       <w:r w:rsidR="008C315B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004C733B" w:rsidRPr="00CE6C0B">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Module on TOMS</w:t>
       </w:r>
@@ -9823,114 +10281,156 @@
           <w:bCs/>
         </w:rPr>
         <w:t>, as</w:t>
       </w:r>
       <w:r w:rsidRPr="007E4758">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> well as in the Unit Occurrence Book.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6907E0A6" w14:textId="53FBB0A2" w:rsidR="00083ABE" w:rsidRPr="00A91002" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="57"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="007E4758">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t>A lockdown is to be recorded when:</w:t>
+        <w:t xml:space="preserve">A lockdown is to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E4758">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>be recorded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007E4758">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E423497" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F55679">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t>Prisoners are locked down or when prison rules restrict them to their cell, wing or unit during daily unlock hours.</w:t>
+        <w:t xml:space="preserve">Prisoners are locked down or when prison rules restrict them to their cell, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F55679">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>wing</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F55679">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or unit during daily unlock hours.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CE88175" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00F55679" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F55679">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>The Daily Routine includes scheduled lockdowns for staff lunch periods or staff training or development.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EBB6866" w14:textId="77777777" w:rsidR="00083ABE" w:rsidRPr="00FE374E" w:rsidRDefault="00083ABE" w:rsidP="00F55679">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="29"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F55679">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Prisoners are locked </w:t>
+        <w:t xml:space="preserve">Prisoners </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F55679">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>are locked</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F55679">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE374E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
         </w:rPr>
         <w:t>down to maintain the good order of the prison.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7313426E" w14:textId="61BD40BA" w:rsidR="000945B9" w:rsidRDefault="005F6523" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve">Unit Managers shall also record </w:t>
       </w:r>
       <w:r w:rsidR="008C315B" w:rsidRPr="00FE374E">
         <w:t>lockdowns</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE374E">
         <w:t xml:space="preserve"> for prisoners managed under a supervision plan</w:t>
       </w:r>
       <w:r w:rsidR="000945B9" w:rsidRPr="00FE374E">
         <w:t>, relevant to the following COPPs</w:t>
       </w:r>
       <w:r w:rsidR="000945B9">
@@ -10102,76 +10602,84 @@
       <w:r w:rsidR="00CA3FEB">
         <w:t>P Mailbox</w:t>
       </w:r>
       <w:r w:rsidR="00CA3FEB" w:rsidRPr="00B4722A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="00B4722A" w:rsidRPr="00B4722A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>AWP@justice.wa.gov.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CA3FEB" w:rsidRPr="00B4722A">
         <w:t>).</w:t>
       </w:r>
       <w:r w:rsidR="00CA3FEB">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C764D8A" w14:textId="79360799" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="102" w:name="_Toc216426695"/>
-      <w:bookmarkEnd w:id="76"/>
+      <w:bookmarkStart w:id="102" w:name="_Toc221784032"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:t>Night Shift</w:t>
       </w:r>
       <w:bookmarkEnd w:id="102"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61899474" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="103" w:name="_Toc216426696"/>
+      <w:bookmarkStart w:id="103" w:name="_Toc221784033"/>
       <w:r>
         <w:t>Superintendent responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="103"/>
     </w:p>
     <w:p w14:paraId="76110093" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Superintendents shall consider the principles of fatigue management when drafting night shift duty statements to ensure staff are exposed to a variety of engaging tasks to reduce the risk of fatigue. </w:t>
+        <w:t xml:space="preserve">Superintendents shall consider the principles of fatigue management when drafting night shift duty statements to ensure staff </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>are exposed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to a variety of engaging tasks to reduce the risk of fatigue. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="055010D3" w14:textId="55781028" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Following the completion of the night shift duty statement, the Superintendent shall: Submit the statement to </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00FA1B61">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>CS</w:t>
         </w:r>
         <w:r w:rsidRPr="00B3224B">
           <w:rPr>
@@ -10231,169 +10739,190 @@
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>display the statement in the Control Room</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71A6D67F" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="58"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">review the statement yearly and update accordingly. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="287FBBC7" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="104" w:name="_Toc216426697"/>
+      <w:bookmarkStart w:id="104" w:name="_Toc221784034"/>
       <w:r>
         <w:t>Prison Officer responsibilities</w:t>
       </w:r>
       <w:bookmarkEnd w:id="104"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47537BA9" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Officer in Charge during the night shift takes on the relevant responsibilities of the Superintendent during that period. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68BBEF57" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Prison Officers are responsible for carrying out the full range of duties included in the Night Shift Duty Statement and in accordance with legislation and Departmental policy and guidelines. </w:t>
+        <w:t xml:space="preserve">Prison Officers are responsible for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>carrying out</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> the full range of duties included in the Night Shift Duty Statement and in accordance with legislation and Departmental policy and guidelines. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD9BA7E" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Prison Officers have a responsibility to take reasonable care to ensure their own safety and health and that of others affected by their work and to report any hazards to the employer, regarding fatigue management.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17D43E1B" w14:textId="09525581" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison Officer shall remain alert and able to complete their required allocated duties when on shift, in accordance with the Department’s </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="008E4153">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Code of Conduct</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="008E4153">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445F4C7A" w14:textId="6F712DCD" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison Officers have a responsibility to seek out activities from the Officer in Charge during </w:t>
       </w:r>
       <w:r w:rsidR="009C73EA">
         <w:t>shift if</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> all allocated tasks </w:t>
       </w:r>
       <w:r w:rsidR="009C73EA">
-        <w:t>and all mandatory online training have been completed</w:t>
-      </w:r>
+        <w:t xml:space="preserve">and all mandatory online training have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009C73EA">
+        <w:t>been completed</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1705C6C7" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Prison Officers shall be reported to Professional Standards if they are unable to complete their duties due to the following reasons: </w:t>
+        <w:t xml:space="preserve">Prison Officers shall </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>be reported</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> to Professional Standards if they are unable to complete their duties due to the following reasons: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53A78DB1" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>sleeping</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DF3B17D" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00DB614C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="59"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">unable to maintain operational responsibilities due to presenting as lethargic and/or intoxicated. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68ED01B8" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="105" w:name="_Toc216426698"/>
+      <w:bookmarkStart w:id="105" w:name="_Toc221784035"/>
       <w:r>
         <w:t>Fatigue Management</w:t>
       </w:r>
       <w:bookmarkEnd w:id="105"/>
     </w:p>
     <w:p w14:paraId="6767CC9A" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prison Officers who are experiencing fatigue at work shall advise their line manager as soon as practicable. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14212B35" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">the line manager shall complete the following: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57833C03" w14:textId="77777777" w:rsidR="00C30330" w:rsidRDefault="00C30330" w:rsidP="00C30330">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
@@ -10412,51 +10941,51 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="60"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">take actions to relieve the Prison Officer from duty as soon as practicable, and manage in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="0042407A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Fatigue Management Guidelines</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0042407A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1BBEB972" w14:textId="5BB033CB" w:rsidR="006959F1" w:rsidRPr="005C4CF0" w:rsidRDefault="00D741F5" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="106" w:name="_Toc216426699"/>
+      <w:bookmarkStart w:id="106" w:name="_Toc221784036"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Standing Orders</w:t>
       </w:r>
       <w:bookmarkEnd w:id="106"/>
     </w:p>
     <w:p w14:paraId="7EDCF8A4" w14:textId="77777777" w:rsidR="006959F1" w:rsidRPr="00766660" w:rsidRDefault="007D2226" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="798" w:hanging="809"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
         </w:rPr>
         <w:t>Superintendents may develop a Standing Order</w:t>
       </w:r>
       <w:r w:rsidR="003A2AB3">
         <w:rPr>
@@ -10610,51 +11139,59 @@
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>number of prison officers required to conduct formal and informal prisoner counts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31AE8F87" w14:textId="77777777" w:rsidR="00D741F5" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>formal</w:t>
       </w:r>
       <w:r w:rsidR="009C1FF2">
         <w:t>,</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> informal </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>informal</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009C1FF2">
         <w:t xml:space="preserve">and emergency </w:t>
       </w:r>
       <w:r>
         <w:t>prisoner counts</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C4EFE8" w14:textId="51A879D0" w:rsidR="00D741F5" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t>night shift counts</w:t>
       </w:r>
       <w:r w:rsidR="00D94F85">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E346428" w14:textId="77777777" w:rsidR="00D741F5" w:rsidRDefault="00D741F5" w:rsidP="003D6E5C">
@@ -10828,76 +11365,78 @@
     </w:p>
     <w:p w14:paraId="196899BE" w14:textId="71FAD689" w:rsidR="004E0535" w:rsidRDefault="00B6600F" w:rsidP="00554356">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00D741F5" w:rsidRPr="00920EDE">
         <w:t xml:space="preserve">ut of cell </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5">
         <w:t xml:space="preserve">evening </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5" w:rsidRPr="00920EDE">
         <w:t>association</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D741F5">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00683CA4">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="066E0839" w14:textId="77777777" w:rsidR="000755EE" w:rsidRPr="005C4CF0" w:rsidRDefault="003D708E" w:rsidP="004E0535">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="107" w:name="_Toc216426700"/>
+      <w:bookmarkStart w:id="107" w:name="_Toc221784037"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Annexures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="107"/>
     </w:p>
     <w:p w14:paraId="463E1493" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="003D6E5C" w:rsidRDefault="003D708E" w:rsidP="003D6E5C">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="108" w:name="_Toc216426701"/>
+      <w:bookmarkStart w:id="108" w:name="_Toc221784038"/>
       <w:r w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">Related </w:t>
       </w:r>
       <w:r w:rsidR="00D741F5" w:rsidRPr="003D6E5C">
         <w:t xml:space="preserve">COPPs </w:t>
       </w:r>
       <w:r w:rsidRPr="003D6E5C">
         <w:t>and documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="108"/>
     </w:p>
     <w:p w14:paraId="56A82923" w14:textId="77777777" w:rsidR="009D0DB4" w:rsidRPr="00C00F8B" w:rsidRDefault="00E15638" w:rsidP="00C00F8B">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C00F8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Related COPPs</w:t>
       </w:r>
@@ -11190,51 +11729,51 @@
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId29" w:history="1">
         <w:r w:rsidRPr="00B13E87">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman"/>
           </w:rPr>
           <w:t>Operational Policy and Procedure Framework</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="256E3D3D" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00695834" w:rsidRDefault="003D708E" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="109" w:name="_Toc216426702"/>
+      <w:bookmarkStart w:id="109" w:name="_Toc221784039"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Definitions and acronyms</w:t>
       </w:r>
       <w:bookmarkEnd w:id="109"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2115"/>
         <w:gridCol w:w="7053"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="78E6A69E" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -11274,51 +11813,65 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77FC1E00" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00FF6530" w:rsidRDefault="00551282" w:rsidP="00FF6530">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB0114">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>COPPs are policy documents that provide instructions to staff as to how the relevant legislative requirements are implemented.</w:t>
+              <w:t xml:space="preserve">COPPs are policy documents that provide instructions to staff as to how the relevant legislative requirements </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00DB0114">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>are implemented</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00DB0114">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007256E0" w:rsidRPr="000E6F0A" w14:paraId="004AD477" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="155A510D" w14:textId="77777777" w:rsidR="007256E0" w:rsidRPr="00AC6697" w:rsidRDefault="007256E0" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009740AB">
               <w:t>Daily Routine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
@@ -11402,51 +11955,67 @@
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">formal </w:t>
             </w:r>
             <w:r w:rsidRPr="009C0059">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">prisoner </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">count is incorrect, </w:t>
             </w:r>
             <w:r w:rsidRPr="009C0059">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>in response to an emergency situation (e.g. Code Red)</w:t>
+              <w:t xml:space="preserve">in response to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C0059">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>an emergency situation</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C0059">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g. Code Red)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> or at the request of the Superintendent/OIC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="7C986B4B" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A4169EB" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="00D46A66" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D46A66">
               <w:rPr>
@@ -11549,88 +12118,116 @@
             </w:pPr>
             <w:r w:rsidRPr="00780EAF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>General Lockup/unlock</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="355D85D0" w14:textId="07F5530D" w:rsidR="005615ED" w:rsidRPr="00780EAF" w:rsidRDefault="005615ED" w:rsidP="005615ED">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00780EAF">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Prisoners are unlocked from accommodation units to commence the daily prison routine and secured in their cell during lockdown periods (eg lunchtime and night).</w:t>
+              <w:t xml:space="preserve">Prisoners </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00780EAF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>are unlocked</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00780EAF">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from accommodation units to commence the daily prison routine and secured in their cell during lockdown periods (eg lunchtime and night).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="3B5F8371" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E1A4CDC" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="005435AD" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Guiding Principles for Corrections in Australia, 2018 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62038057" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>The guidelines and the accompanying principles constitute outcomes or goals to be achieved, rather than a set of absolute standards or laws to be enforced. They represent a statement of intent that each Australian State and Territory can use to develop their own range of relevant legislative policy and performance standards to reflect best practice and community demands.</w:t>
+              <w:t xml:space="preserve">The guidelines and the accompanying principles constitute outcomes or goals to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>be achieved</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>, rather than a set of absolute standards or laws to be enforced. They represent a statement of intent that each Australian State and Territory can use to develop their own range of relevant legislative policy and performance standards to reflect best practice and community demands.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="4485CACB" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A4246DD" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="002E2693" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Incident</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11758,131 +12355,173 @@
             </w:pPr>
             <w:r w:rsidRPr="00014F1A">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Informal Count</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E7DC038" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>A count by prison staff that occurs at random times of prisoners under their control. This count should be conducted randomly during the structured daily routine of the prison.</w:t>
+              <w:t xml:space="preserve">A count by prison staff that occurs at random times of prisoners under their control. This count should </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>be conducted</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> randomly during the structured daily routine of the prison.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004C733B" w14:paraId="6A248002" w14:textId="77777777" w:rsidTr="005E3371">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53AFBEEF" w14:textId="74A34DA7" w:rsidR="004C733B" w:rsidRPr="00CE6C0B" w:rsidRDefault="004C733B" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6C0B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Lockdown</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="183CA8CD" w14:textId="7AD43202" w:rsidR="004C733B" w:rsidRPr="00CE6C0B" w:rsidRDefault="00FF3E9D" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE6C0B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>The period of time that prisoners are confined to their cell, wing or unit</w:t>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CE6C0B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>period of time</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CE6C0B">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that prisoners are confined to their cell, wing or unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="38B3F76C" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2DA6C356" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="002E2693" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Occurrence Book</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71A09654" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">A legal record of events which are recorded </w:t>
+              <w:t xml:space="preserve">A legal record of events which </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>are recorded</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="4BFAE410" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6B27BB14" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="002E2693" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Officer in Charge (OIC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -11904,60 +12543,90 @@
       </w:tr>
       <w:tr w:rsidR="0086273C" w14:paraId="62041C44" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="730C0F74" w14:textId="77777777" w:rsidR="0086273C" w:rsidRDefault="0086273C" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Out of Cell Hours (OOCH)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="30B9C695" w14:textId="1747A366" w:rsidR="0086273C" w:rsidRPr="0099043D" w:rsidRDefault="0086273C" w:rsidP="00C62F07">
+          <w:p w14:paraId="30B9C695" w14:textId="0CB46A20" w:rsidR="0086273C" w:rsidRPr="0099043D" w:rsidRDefault="0086273C" w:rsidP="00C62F07">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0086273C">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>The number of hours in a 24 hour period that prisoners are not confined to their cells or units.</w:t>
+              <w:t xml:space="preserve">The number of hours in a </w:t>
+            </w:r>
+            <w:r w:rsidR="00B16BCC" w:rsidRPr="0086273C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>24-hour</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0086273C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> period that prisoners </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0086273C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>are not confined</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0086273C">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to their cells or units.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00551282" w14:paraId="30B4C842" w14:textId="77777777" w:rsidTr="00FF6530">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2115" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52BD4A3F" w14:textId="77777777" w:rsidR="00551282" w:rsidRPr="002E2693" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>Prison Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -12288,51 +12957,65 @@
             </w:pPr>
             <w:r w:rsidRPr="002E2693">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Standing Order</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7053" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40E05037" w14:textId="00902095" w:rsidR="00551282" w:rsidRPr="00E15638" w:rsidRDefault="00551282" w:rsidP="00551282">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
-              <w:t>Legislated Operational Instruments where the Superintendent of a prison may, with the approval of the Chief Executive Officer, make and issue written standing orders with respect to the management and routine of that prison (s</w:t>
+              <w:t xml:space="preserve">Legislated Operational Instruments where the Superintendent of a prison may, with the approval of the Chief Executive Officer, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t>make</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E15638">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and issue written standing orders with respect to the management and routine of that prison (s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">37 of the </w:t>
             </w:r>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Prisons Act 1981</w:t>
             </w:r>
             <w:r w:rsidRPr="00E15638">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
@@ -12582,95 +13265,103 @@
           <w:p w14:paraId="6534D170" w14:textId="1C29464C" w:rsidR="006A332E" w:rsidRDefault="00427932" w:rsidP="006A332E">
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="006A332E">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">n adult female human being. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71431852" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="00695834" w:rsidRDefault="003D708E" w:rsidP="00695834">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="10"/>
         </w:numPr>
       </w:pPr>
-      <w:bookmarkStart w:id="110" w:name="_Toc216426703"/>
+      <w:bookmarkStart w:id="110" w:name="_Toc221784040"/>
       <w:r w:rsidRPr="00695834">
         <w:t>Related legislation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="110"/>
       <w:r w:rsidRPr="00695834">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F70C38C" w14:textId="21F6B6DE" w:rsidR="008F053D" w:rsidRDefault="00C42434" w:rsidP="009511FF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00C42434">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 198</w:t>
       </w:r>
       <w:r w:rsidR="00916434">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="740A943E" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="005C4CF0" w:rsidRDefault="002E5756" w:rsidP="005C4CF0">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="111" w:name="_Toc178286"/>
-      <w:bookmarkStart w:id="112" w:name="_Toc216426704"/>
+      <w:bookmarkStart w:id="112" w:name="_Toc221784041"/>
       <w:r w:rsidRPr="005C4CF0">
         <w:t>Assurance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="111"/>
       <w:bookmarkEnd w:id="112"/>
     </w:p>
     <w:p w14:paraId="54E60C2D" w14:textId="77777777" w:rsidR="002E5756" w:rsidRPr="009D516D" w:rsidRDefault="002E5756" w:rsidP="002E5756">
       <w:r>
-        <w:t>It is expected that</w:t>
+        <w:t xml:space="preserve">It </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>is expected</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> that</w:t>
       </w:r>
       <w:r w:rsidRPr="009D516D">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="186E0BB8" w14:textId="0EC95B1F" w:rsidR="002E5756" w:rsidRPr="000F16F8" w:rsidRDefault="002E5756" w:rsidP="006813CD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="717"/>
         </w:tabs>
         <w:ind w:left="714"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prisons will undertake local </w:t>
       </w:r>
       <w:r w:rsidRPr="000F16F8">
         <w:t xml:space="preserve">compliance in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="009D0DB4">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
@@ -12724,71 +13415,87 @@
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000F16F8">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="601D2108" w14:textId="77777777" w:rsidR="00E01891" w:rsidRDefault="002E5756" w:rsidP="00E01891">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="717"/>
         </w:tabs>
         <w:ind w:left="714"/>
       </w:pPr>
       <w:r w:rsidRPr="000F16F8">
         <w:t xml:space="preserve">Independent </w:t>
       </w:r>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="000F16F8">
         <w:t xml:space="preserve">versight </w:t>
       </w:r>
       <w:r>
-        <w:t>will be undertaken as required.</w:t>
+        <w:t xml:space="preserve">will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>be undertaken</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> as required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D2C2C2" w14:textId="4A48AB7F" w:rsidR="00E01891" w:rsidRDefault="00E01891" w:rsidP="00E01891">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="717"/>
         </w:tabs>
         <w:ind w:left="714"/>
       </w:pPr>
       <w:r w:rsidRPr="00E01891">
-        <w:t xml:space="preserve">Records will be created and managed in accordance with the Department’s Information Management Policy and Procedures. </w:t>
+        <w:t xml:space="preserve">Records will </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E01891">
+        <w:t>be created</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E01891">
+        <w:t xml:space="preserve"> and managed in accordance with the Department’s Information Management Policy and Procedures. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="795A916E" w14:textId="6BCFF0F0" w:rsidR="00245869" w:rsidRPr="00C00F8B" w:rsidRDefault="00245869" w:rsidP="006A332E">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="113" w:name="_Toc216426705"/>
+      <w:bookmarkStart w:id="113" w:name="_Toc221784042"/>
       <w:r w:rsidRPr="00C00F8B">
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="00695834" w:rsidRPr="00C00F8B">
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00F8B">
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
       <w:r w:rsidR="00695834" w:rsidRPr="00C00F8B">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidRPr="00C00F8B">
         <w:t>istory</w:t>
       </w:r>
       <w:bookmarkEnd w:id="113"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9657" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
@@ -13358,56 +14065,59 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2246" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0F81E372" w14:textId="6D8E575B" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="005E73CC">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2832" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="29B247F7" w14:textId="77777777" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00C16F2C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="005E73CC">
               <w:t>Approved by Deputy Commissioner Operational Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04FF5300" w14:textId="7C161545" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00C16F2C">
+          <w:p w14:paraId="04FF5300" w14:textId="56002528" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="00C16F2C" w:rsidP="00C16F2C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="005E73CC">
               <w:t>CM Ref:</w:t>
+            </w:r>
+            <w:r w:rsidR="00B16BCC">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00415ABF" w:rsidRPr="005E73CC">
               <w:t>S25/128877</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="521FDE85" w14:textId="6CC38AFE" w:rsidR="00C16F2C" w:rsidRPr="005E73CC" w:rsidRDefault="005E73CC" w:rsidP="00427932">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="00891C43" w:rsidRPr="005E73CC">
               <w:t xml:space="preserve"> December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1750" w:type="dxa"/>
@@ -13564,55 +14274,63 @@
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1095"/>
         <w:tab w:val="left" w:pos="8080"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">The current version of this document is maintained on the </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>Custodial Ops</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve"> intranet page</w:t>
     </w:r>
+    <w:proofErr w:type="gramStart"/>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
-      <w:t xml:space="preserve">.         </w:t>
+      <w:t xml:space="preserve">.  </w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="C00000"/>
+      </w:rPr>
+      <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>14</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
@@ -14482,76 +15200,76 @@
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="FF0000">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="181B6B54" w14:textId="4B26FD5A" w:rsidR="00076394" w:rsidRDefault="00076394" w:rsidP="004D040B">
+  <w:p w14:paraId="181B6B54" w14:textId="4BB7EC4F" w:rsidR="00076394" w:rsidRDefault="00076394" w:rsidP="004D040B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D06636">
+    <w:r w:rsidR="00B16BCC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 10.2 Daily Prison Routine and Population Counts</w:t>
     </w:r>
     <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v</w:t>
     </w:r>
     <w:r w:rsidR="003B1D58" w:rsidRPr="00FE374E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidR="00000A1D" w:rsidRPr="00FE374E">
       <w:rPr>
@@ -20057,54 +20775,55 @@
   </w:num>
   <w:num w:numId="57" w16cid:durableId="779910448">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="58" w16cid:durableId="1572502706">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="59" w16cid:durableId="986858169">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="60" w16cid:durableId="1677225424">
     <w:abstractNumId w:val="52"/>
   </w:num>
   <w:num w:numId="61" w16cid:durableId="1190489099">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="62" w16cid:durableId="94908036">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="56"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sz1mtswuO6H0yBAXSrGiQsheljUTM8m2PXCtIu+8VtPUouHvWOK5AyZhtALt4upBzzrgI5RZwS7CJswYj3ujvQ==" w:salt="R2/TlcS5KO7BaT3EuxvJbw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
@@ -20403,139 +21122,142 @@
     <w:rsid w:val="005829F2"/>
     <w:rsid w:val="005834E7"/>
     <w:rsid w:val="00592112"/>
     <w:rsid w:val="005927E2"/>
     <w:rsid w:val="00593602"/>
     <w:rsid w:val="005945B6"/>
     <w:rsid w:val="005A0383"/>
     <w:rsid w:val="005A39FD"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005B1C72"/>
     <w:rsid w:val="005B3BD9"/>
     <w:rsid w:val="005B5EFC"/>
     <w:rsid w:val="005B6448"/>
     <w:rsid w:val="005B767A"/>
     <w:rsid w:val="005C1C95"/>
     <w:rsid w:val="005C4CF0"/>
     <w:rsid w:val="005D16EC"/>
     <w:rsid w:val="005D56F8"/>
     <w:rsid w:val="005D6CAA"/>
     <w:rsid w:val="005E3371"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E5F30"/>
     <w:rsid w:val="005E6E28"/>
     <w:rsid w:val="005E73CC"/>
     <w:rsid w:val="005F2252"/>
+    <w:rsid w:val="005F39C3"/>
     <w:rsid w:val="005F6523"/>
     <w:rsid w:val="005F6C0F"/>
     <w:rsid w:val="00601D29"/>
     <w:rsid w:val="0060741F"/>
     <w:rsid w:val="0061313A"/>
     <w:rsid w:val="00614243"/>
     <w:rsid w:val="00615CF4"/>
     <w:rsid w:val="006168C4"/>
     <w:rsid w:val="006259EF"/>
     <w:rsid w:val="00627297"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="00627AA0"/>
     <w:rsid w:val="006321F5"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="0063612B"/>
     <w:rsid w:val="00642371"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="00647135"/>
     <w:rsid w:val="006538FC"/>
     <w:rsid w:val="006556CD"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="00663830"/>
     <w:rsid w:val="00663970"/>
     <w:rsid w:val="00663E65"/>
     <w:rsid w:val="00667707"/>
     <w:rsid w:val="006677D5"/>
     <w:rsid w:val="006735F2"/>
     <w:rsid w:val="0067450C"/>
     <w:rsid w:val="00676883"/>
     <w:rsid w:val="00676E2F"/>
     <w:rsid w:val="00677D79"/>
     <w:rsid w:val="006813CD"/>
     <w:rsid w:val="00683CA4"/>
     <w:rsid w:val="00687E57"/>
     <w:rsid w:val="00687E94"/>
     <w:rsid w:val="00695834"/>
     <w:rsid w:val="006959F1"/>
     <w:rsid w:val="006A0C3E"/>
     <w:rsid w:val="006A332E"/>
     <w:rsid w:val="006A6CA4"/>
     <w:rsid w:val="006A74D3"/>
     <w:rsid w:val="006B3414"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006B456C"/>
     <w:rsid w:val="006B4999"/>
+    <w:rsid w:val="006B4CA8"/>
     <w:rsid w:val="006C2E9E"/>
     <w:rsid w:val="006C3F56"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006C5005"/>
     <w:rsid w:val="006C63C8"/>
     <w:rsid w:val="006C6D8A"/>
     <w:rsid w:val="006C705E"/>
     <w:rsid w:val="006D448F"/>
     <w:rsid w:val="006D77D2"/>
     <w:rsid w:val="006E49DD"/>
     <w:rsid w:val="006E736F"/>
     <w:rsid w:val="006F15A4"/>
     <w:rsid w:val="006F61B4"/>
     <w:rsid w:val="007027AE"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="00714A42"/>
     <w:rsid w:val="0071545B"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00721625"/>
     <w:rsid w:val="0072346A"/>
     <w:rsid w:val="00725605"/>
     <w:rsid w:val="007256E0"/>
     <w:rsid w:val="00730C5A"/>
     <w:rsid w:val="00730E7B"/>
     <w:rsid w:val="00734BDC"/>
     <w:rsid w:val="00734DD5"/>
     <w:rsid w:val="00736655"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00746266"/>
     <w:rsid w:val="00750794"/>
     <w:rsid w:val="00751AB1"/>
     <w:rsid w:val="007520DA"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="00756977"/>
     <w:rsid w:val="007628A7"/>
     <w:rsid w:val="00766660"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="007755B6"/>
     <w:rsid w:val="007755D1"/>
     <w:rsid w:val="00775DFD"/>
     <w:rsid w:val="00777D4A"/>
     <w:rsid w:val="00780EAF"/>
+    <w:rsid w:val="007816D9"/>
     <w:rsid w:val="00781B9E"/>
     <w:rsid w:val="00787B85"/>
     <w:rsid w:val="00787DA0"/>
     <w:rsid w:val="00794F1F"/>
     <w:rsid w:val="00795DCD"/>
     <w:rsid w:val="007A449C"/>
     <w:rsid w:val="007A44C3"/>
     <w:rsid w:val="007A47E3"/>
     <w:rsid w:val="007A7775"/>
     <w:rsid w:val="007B2EA9"/>
     <w:rsid w:val="007B7323"/>
     <w:rsid w:val="007C12CA"/>
     <w:rsid w:val="007C4BEB"/>
     <w:rsid w:val="007D2226"/>
     <w:rsid w:val="007D33EC"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007E1765"/>
     <w:rsid w:val="007E1956"/>
     <w:rsid w:val="007E4758"/>
     <w:rsid w:val="007E5A78"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007F325D"/>
     <w:rsid w:val="007F48BF"/>
     <w:rsid w:val="007F72ED"/>
     <w:rsid w:val="008000C6"/>
@@ -20693,50 +21415,51 @@
     <w:rsid w:val="00A95182"/>
     <w:rsid w:val="00A97671"/>
     <w:rsid w:val="00AA2294"/>
     <w:rsid w:val="00AA7B9A"/>
     <w:rsid w:val="00AB3548"/>
     <w:rsid w:val="00AB44B9"/>
     <w:rsid w:val="00AB4E68"/>
     <w:rsid w:val="00AC5EAE"/>
     <w:rsid w:val="00AC6697"/>
     <w:rsid w:val="00AC6C7B"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE71E3"/>
     <w:rsid w:val="00AF3F13"/>
     <w:rsid w:val="00AF45DC"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B01297"/>
     <w:rsid w:val="00B015B9"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B06073"/>
     <w:rsid w:val="00B06DA0"/>
     <w:rsid w:val="00B10085"/>
     <w:rsid w:val="00B12105"/>
     <w:rsid w:val="00B13E87"/>
     <w:rsid w:val="00B14E4B"/>
+    <w:rsid w:val="00B16BCC"/>
     <w:rsid w:val="00B31BDC"/>
     <w:rsid w:val="00B3224B"/>
     <w:rsid w:val="00B340FC"/>
     <w:rsid w:val="00B3539B"/>
     <w:rsid w:val="00B37DD4"/>
     <w:rsid w:val="00B37DFB"/>
     <w:rsid w:val="00B40156"/>
     <w:rsid w:val="00B40362"/>
     <w:rsid w:val="00B40C85"/>
     <w:rsid w:val="00B412F6"/>
     <w:rsid w:val="00B41738"/>
     <w:rsid w:val="00B418C2"/>
     <w:rsid w:val="00B4348F"/>
     <w:rsid w:val="00B453FD"/>
     <w:rsid w:val="00B4722A"/>
     <w:rsid w:val="00B65397"/>
     <w:rsid w:val="00B6600F"/>
     <w:rsid w:val="00B7391E"/>
     <w:rsid w:val="00B8047F"/>
     <w:rsid w:val="00B81916"/>
     <w:rsid w:val="00B8295A"/>
     <w:rsid w:val="00B85D15"/>
     <w:rsid w:val="00B902F1"/>
     <w:rsid w:val="00B91595"/>
     <w:rsid w:val="00B9317E"/>
@@ -20837,50 +21560,51 @@
     <w:rsid w:val="00D5155F"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D526C2"/>
     <w:rsid w:val="00D562AC"/>
     <w:rsid w:val="00D56BCA"/>
     <w:rsid w:val="00D60CDB"/>
     <w:rsid w:val="00D61BC6"/>
     <w:rsid w:val="00D63F5D"/>
     <w:rsid w:val="00D66C3A"/>
     <w:rsid w:val="00D73A6C"/>
     <w:rsid w:val="00D741F5"/>
     <w:rsid w:val="00D74DDE"/>
     <w:rsid w:val="00D74FBA"/>
     <w:rsid w:val="00D76BEA"/>
     <w:rsid w:val="00D76C80"/>
     <w:rsid w:val="00D773ED"/>
     <w:rsid w:val="00D8181D"/>
     <w:rsid w:val="00D819E9"/>
     <w:rsid w:val="00D902A7"/>
     <w:rsid w:val="00D91352"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D94F85"/>
     <w:rsid w:val="00D96BBC"/>
     <w:rsid w:val="00D97DDF"/>
     <w:rsid w:val="00DA1EDB"/>
+    <w:rsid w:val="00DB0054"/>
     <w:rsid w:val="00DB614C"/>
     <w:rsid w:val="00DC0E0C"/>
     <w:rsid w:val="00DC7D90"/>
     <w:rsid w:val="00DD15D6"/>
     <w:rsid w:val="00DD2FE1"/>
     <w:rsid w:val="00DD3198"/>
     <w:rsid w:val="00DD4D9B"/>
     <w:rsid w:val="00DE38D9"/>
     <w:rsid w:val="00DE4ED8"/>
     <w:rsid w:val="00DF467C"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00DF7874"/>
     <w:rsid w:val="00E01891"/>
     <w:rsid w:val="00E01922"/>
     <w:rsid w:val="00E06608"/>
     <w:rsid w:val="00E06C34"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E15638"/>
     <w:rsid w:val="00E16FFF"/>
     <w:rsid w:val="00E17951"/>
     <w:rsid w:val="00E20D7E"/>
     <w:rsid w:val="00E2414A"/>
     <w:rsid w:val="00E27029"/>
     <w:rsid w:val="00E3449A"/>
     <w:rsid w:val="00E34A5F"/>
@@ -22837,135 +23561,63 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
-[...3 lines deleted...]
-<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-</p:properties>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C00F0D83A50F2144C42ACB5D0D7865205AD" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="42bbab49f36ed8fec9b3c3a5d5a50fb9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5803bea382f296392a5d9361e4ac8430" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -23215,137 +23867,209 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Rules</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8c30193b-5862-40d3-b22f-a5f0b3dcbefd</TermId>
+        </TermInfo>
+      </Terms>
+    </pa8a0a93780a4945b3173f20d8e45055>
+    <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
+    <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce9ba758-ea71-457b-9a14-44db9922bfb4</TermId>
+        </TermInfo>
+      </Terms>
+    </n398ab4bf91e43a0a550736abedc299f>
+    <TaxCatchAll xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Value>10</Value>
+      <Value>9</Value>
+      <Value>8</Value>
+      <Value>7</Value>
+    </TaxCatchAll>
+    <kf620cb349b946fa81ca1074c0b3c5af xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Operations</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">748d3b9d-85b9-4c93-b36c-da437a8ebecd</TermId>
+        </TermInfo>
+      </Terms>
+    </kf620cb349b946fa81ca1074c0b3c5af>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 10.2 Daily Prison Routine and Population Counts</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Adults</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">60d2f251-dc34-41a1-bf8e-c8689923972e</TermId>
+        </TermInfo>
+      </Terms>
+    </g2cdfbdd30c849e9bbb5c12aa747ff35>
+    <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
-[...18 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{734891CD-0402-4469-9D8D-E9985E0D0EEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1CD17FA7-F6F0-4199-B1B9-EB19443AED9B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>17</Pages>
-  <Words>5191</Words>
-  <Characters>29593</Characters>
+  <Words>5354</Words>
+  <Characters>29502</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>69</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>894</Lines>
+  <Paragraphs>611</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 10.2 Daily Prison Routine and Population Counts</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34715</CharactersWithSpaces>
+  <CharactersWithSpaces>34245</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>