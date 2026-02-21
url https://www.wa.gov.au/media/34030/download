--- v0 (2025-12-10)
+++ v1 (2026-02-21)
@@ -14,51 +14,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="76057FE7" w14:textId="1F357CEB" w:rsidR="00146739" w:rsidRPr="00EA7EAC" w:rsidRDefault="00F91F37" w:rsidP="00EA7EAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_top"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t xml:space="preserve">COPP </w:t>
       </w:r>
       <w:r w:rsidR="004A1502">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00341FCF">
         <w:t>1.9</w:t>
       </w:r>
       <w:r w:rsidR="00AF366A">
         <w:t xml:space="preserve"> Compressed Air Breathing Apparatus</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C08BAFA" w14:textId="77777777" w:rsidR="000D69A3" w:rsidRPr="00EA7EAC" w:rsidRDefault="007C7440" w:rsidP="00EA7EAC">
       <w:pPr>
@@ -110,2263 +110,2278 @@
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Toc529277881"/>
             <w:bookmarkStart w:id="2" w:name="_Toc531957885"/>
             <w:bookmarkStart w:id="3" w:name="_Toc532465973"/>
             <w:bookmarkStart w:id="4" w:name="_Toc532471856"/>
             <w:bookmarkStart w:id="5" w:name="_Toc532553769"/>
             <w:r w:rsidRPr="00AD2778">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Principles</w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:bookmarkEnd w:id="2"/>
             <w:bookmarkEnd w:id="3"/>
             <w:bookmarkEnd w:id="4"/>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="3819F5AB" w14:textId="77777777" w:rsidR="00706686" w:rsidRDefault="00706686" w:rsidP="00AD2778"/>
-          <w:p w14:paraId="1EA19691" w14:textId="03A3D046" w:rsidR="00706686" w:rsidRPr="00E779A3" w:rsidRDefault="00706686" w:rsidP="00706686">
-            <w:pPr>
+          <w:p w14:paraId="1EA19691" w14:textId="02CCDEDB" w:rsidR="00706686" w:rsidRPr="00FF6332" w:rsidRDefault="00706686" w:rsidP="00706686">
+            <w:r w:rsidRPr="00FF6332">
               <w:rPr>
-                <w:i/>
-[...4 lines deleted...]
-                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">As referenced in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00F32FBE">
+              <w:r w:rsidRPr="00FF6332">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
-                  <w:i/>
+                  <w:iCs/>
                 </w:rPr>
-                <w:t>Guiding Principles for Corrections in Australia, 2018</w:t>
+                <w:t>Guiding Principles for Corrections in Australia, 20</w:t>
+              </w:r>
+              <w:r w:rsidR="006F30CE" w:rsidRPr="00FF6332">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:iCs/>
+                </w:rPr>
+                <w:t>25</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00FF6332">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:iCs/>
+                </w:rPr>
+                <w:t>:</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00E779A3">
+          </w:p>
+          <w:p w14:paraId="44D088DD" w14:textId="77777777" w:rsidR="00FF769F" w:rsidRPr="00FF6332" w:rsidRDefault="00FF769F" w:rsidP="00706686">
+            <w:pPr>
               <w:rPr>
-                <w:i/>
+                <w:iCs/>
               </w:rPr>
-              <w:t>:</w:t>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3F75B74B" w14:textId="7D0B4395" w:rsidR="00FF769F" w:rsidRPr="00FF6332" w:rsidRDefault="00FF769F" w:rsidP="00706686">
+            <w:pPr>
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FF6332">
+              <w:rPr>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>2.1.5 All appropriate measures are taken to ensure no injuries or unnatural deaths occur to staff, visitors or prisoners / offenders.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2EFD1519" w14:textId="77777777" w:rsidR="00016DDD" w:rsidRDefault="00016DDD" w:rsidP="00016DDD">
+          <w:p w14:paraId="2EFD1519" w14:textId="77777777" w:rsidR="00016DDD" w:rsidRPr="00FF6332" w:rsidRDefault="00016DDD" w:rsidP="00016DDD">
             <w:pPr>
               <w:pStyle w:val="Instructionalnote"/>
               <w:rPr>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3E1F3A25" w14:textId="4F8C5C01" w:rsidR="00016DDD" w:rsidRDefault="00016DDD" w:rsidP="00AD2778">
-[...1 lines deleted...]
-              <w:t xml:space="preserve">1.1.7 </w:t>
+          <w:p w14:paraId="3E1F3A25" w14:textId="6AFD93A5" w:rsidR="00016DDD" w:rsidRPr="00FF6332" w:rsidRDefault="00C623A9" w:rsidP="00AD2778">
+            <w:r w:rsidRPr="00FF6332">
+              <w:t xml:space="preserve">5.1.7 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D47BBB">
+            <w:r w:rsidR="00016DDD" w:rsidRPr="00FF6332">
               <w:t>A well-functioning health and safety system provides staff, visitors and prisoners/offenders with protection against harm to their health, safety and welfare.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2455DAD1" w14:textId="77777777" w:rsidR="00AD2778" w:rsidRPr="00D47BBB" w:rsidRDefault="00AD2778" w:rsidP="00AD2778"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">1.2.4 </w:t>
+          <w:p w14:paraId="2455DAD1" w14:textId="77777777" w:rsidR="00AD2778" w:rsidRPr="00FF6332" w:rsidRDefault="00AD2778" w:rsidP="00AD2778"/>
+          <w:p w14:paraId="1D170C17" w14:textId="23641D8B" w:rsidR="008A7891" w:rsidRPr="00FF6332" w:rsidRDefault="00C623A9" w:rsidP="00AD2778">
+            <w:r w:rsidRPr="00FF6332">
+              <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D47BBB">
-              <w:t>Staff receive ongoing, industry specific training to support effective and consistent service delivery</w:t>
+            <w:r w:rsidR="00016DDD" w:rsidRPr="00FF6332">
+              <w:t>.2.4 Staff receive ongoing, industry specific training to support effective and consistent service delivery</w:t>
             </w:r>
-            <w:r w:rsidR="008A7891" w:rsidRPr="00D47BBB">
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00FF6332">
+              <w:t xml:space="preserve"> that reflects contemporary best practice.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0CB843FE" w14:textId="77777777" w:rsidR="00AD2778" w:rsidRPr="00D47BBB" w:rsidRDefault="00AD2778" w:rsidP="00AD2778"/>
-[...10 lines deleted...]
-          </w:p>
+          <w:p w14:paraId="273AEBBF" w14:textId="5023A596" w:rsidR="00016DDD" w:rsidRPr="00126611" w:rsidRDefault="00016DDD" w:rsidP="00AD2778"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="40CFF269" w14:textId="77777777" w:rsidR="00803710" w:rsidRPr="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0493726D" w14:textId="77777777" w:rsidR="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
       <w:pPr>
         <w:sectPr w:rsidR="00803710" w:rsidSect="008D51C1">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="-2410" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="706" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27996FA1" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF7DDC">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FBE585D" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="0011144A">
+    <w:p w14:paraId="2F47858A" w14:textId="5DDD5F43" w:rsidR="00EA1143" w:rsidRDefault="0011144A">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E9653A">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00E9653A">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E9653A">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc42022470" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716885" w:history="1">
+        <w:r w:rsidR="00EA1143" w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidR="00EA1143">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidR="00EA1143" w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716885 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r w:rsidR="00EA1143">
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2450C1ED" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="65DABE72" w14:textId="5EC9D7DE" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022471" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716886" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716886 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="492C6848" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="13C907EA" w14:textId="2F71C097" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022472" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716887" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prison Requirements</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716887 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47A95B10" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="22415016" w14:textId="316B3310" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022473" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716888" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>CABA equipment</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716888 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="47174489" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="3EAA18AF" w14:textId="2D7D98A6" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022474" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716889" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Deployment of CABA operators</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716889 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="62AD1FCC" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="1E81D05C" w14:textId="68EF95DB" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022475" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716890" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Incident reporting</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+          <w:t>Rapid Deployment Response</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716890 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...6 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>5</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26A9C1C2" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="75232AA4" w14:textId="338B2735" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022476" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716891" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.4</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>CABA operator requirements</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+          <w:t>Incident reporting</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716891 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="597AF17D" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="6127D1E2" w14:textId="555C81EC" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022477" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716892" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.5</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:bCs/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>CABA operator requirements</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716892 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4FABB221" w14:textId="373B7435" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
+      <w:pPr>
+        <w:pStyle w:val="TOC2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc221716893" w:history="1">
+        <w:r w:rsidRPr="00E57599">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>3.6</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+            <w:noProof/>
+            <w:kern w:val="2"/>
+            <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidRPr="00E57599">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Documentation requirements</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716893 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C8F2339" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="08DD6C77" w14:textId="56517A8B" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022478" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716894" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Selection and Training</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716894 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7A47213D" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="3196C7DB" w14:textId="6CCC8B87" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022479" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716895" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Provision of training</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716895 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15D311B5" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="007DE000" w14:textId="06E9AE3E" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022480" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716896" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Medical assessment</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716896 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5D5AF9A2" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="7806FF64" w14:textId="7D375871" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022481" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716897" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Initial training</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716897 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0627B47D" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="3F80A3A7" w14:textId="39330D80" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022482" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716898" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Refresher training</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716898 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C43E3D2" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="45131A81" w14:textId="03FF93C1" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022483" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716899" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Incentives and Payment of Allowances</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716899 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1387C2E9" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="08ECA2BB" w14:textId="2860D145" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022484" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716900" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>CABA allowance</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716900 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A4D3365" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="792B8791" w14:textId="7D194C79" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022485" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716901" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Standing Orders</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716901 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5EB97FDB" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="15FCC941" w14:textId="2D41C9D6" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022486" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716902" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716902 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D6AF06B" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="1DC17498" w14:textId="315D6F9C" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022487" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716903" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPs and documents</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716903 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A95F603" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="21A2A49E" w14:textId="663D4BDF" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022488" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716904" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716904 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="460BB352" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="7791FA1E" w14:textId="586747C4" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022489" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716905" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.3</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716905 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="49EB2FA6" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="36353DFF" w14:textId="616AF400" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022490" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716906" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716906 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5E8FCB7E" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6">
+    <w:p w14:paraId="33982519" w14:textId="58113CEC" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022491" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716907" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:b w:val="0"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document Information</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...16 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716907 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...1 lines deleted...]
-            <w:b w:val="0"/>
+        <w:r>
+          <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D7E98F5" w14:textId="77777777" w:rsidR="00FF7FE6" w:rsidRPr="00E9653A" w:rsidRDefault="00041FC6" w:rsidP="002D7C20">
+    <w:p w14:paraId="6ED3F22B" w14:textId="45B09B11" w:rsidR="00EA1143" w:rsidRDefault="00EA1143">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc42022492" w:history="1">
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+      <w:hyperlink w:anchor="_Toc221716908" w:history="1">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9.1</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
+            <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
+            <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r w:rsidRPr="00E57599">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document version history</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
-[...12 lines deleted...]
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc221716908 \h </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002D7C20">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00FF7FE6" w:rsidRPr="00E9653A">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1AB65EDB" w14:textId="7F8FEDFF" w:rsidR="00634C54" w:rsidRPr="00E9653A" w:rsidRDefault="0011144A" w:rsidP="004E571B">
+    <w:p w14:paraId="1AB65EDB" w14:textId="53FE3D67" w:rsidR="00634C54" w:rsidRPr="00E9653A" w:rsidRDefault="0011144A" w:rsidP="004E571B">
       <w:r w:rsidRPr="00E9653A">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6161C2EF" w14:textId="77777777" w:rsidR="00634C54" w:rsidRPr="00E9653A" w:rsidRDefault="00634C54">
       <w:r w:rsidRPr="00E9653A">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E8040AF" w14:textId="77777777" w:rsidR="00C8272F" w:rsidRPr="006444FB" w:rsidRDefault="00C8272F" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc42022470"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc221716885"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="18E96D6D" w14:textId="56B6D97A" w:rsidR="001D0633" w:rsidRDefault="00AC7348" w:rsidP="00EA7EAC">
       <w:pPr>
         <w:pStyle w:val="Instructionalnote"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B7B06">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>This Commissioner’s Operating Policy and Procedure (COPP) applies to</w:t>
       </w:r>
       <w:r w:rsidR="00F9298B">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2513,51 +2528,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005F4DC2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">who </w:t>
       </w:r>
       <w:r w:rsidR="001D0633" w:rsidRPr="001D0633">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>may respond to</w:t>
       </w:r>
       <w:r w:rsidR="001D0633">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> emergencies at any prison.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FDC7D78" w14:textId="51CD2480" w:rsidR="00EC5AF1" w:rsidRDefault="00EC5AF1" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc42022471"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc221716886"/>
       <w:r>
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="029638BE" w14:textId="77777777" w:rsidR="00CD3923" w:rsidRPr="00CD3923" w:rsidRDefault="00CD3923" w:rsidP="00CD3923"/>
     <w:p w14:paraId="5355E9AE" w14:textId="186F1439" w:rsidR="00096666" w:rsidRDefault="00096666" w:rsidP="00AA2A29">
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve">The deployment of </w:t>
       </w:r>
       <w:r w:rsidR="00097703" w:rsidRPr="001D0633">
         <w:t>officers</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> qualified </w:t>
       </w:r>
       <w:r w:rsidR="001D0133" w:rsidRPr="001D0633">
         <w:t>as</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> CABA </w:t>
       </w:r>
       <w:r w:rsidR="001D0133" w:rsidRPr="001D0633">
         <w:t>operators</w:t>
       </w:r>
@@ -2586,74 +2601,74 @@
         <w:t xml:space="preserve">where there is </w:t>
       </w:r>
       <w:r w:rsidR="00496AE3" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">an </w:t>
       </w:r>
       <w:r w:rsidR="009D2B36" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">imminent risk of loss </w:t>
       </w:r>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="009D2B36" w:rsidRPr="001D0633">
         <w:t>life</w:t>
       </w:r>
       <w:r w:rsidR="009642EC" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> or serious injury</w:t>
       </w:r>
       <w:r w:rsidR="005807DD" w:rsidRPr="001D0633">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00496AE3" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AD5A21C" w14:textId="77777777" w:rsidR="00AA2A29" w:rsidRPr="001D0633" w:rsidRDefault="00AA2A29" w:rsidP="00AD2778"/>
-    <w:p w14:paraId="50B8EAF5" w14:textId="4E4128C6" w:rsidR="00AA2A29" w:rsidRDefault="00751C2F" w:rsidP="00AA2A29">
+    <w:p w14:paraId="50B8EAF5" w14:textId="54CD418D" w:rsidR="00AA2A29" w:rsidRDefault="00751C2F" w:rsidP="00AA2A29">
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve">CABA operators </w:t>
       </w:r>
       <w:r w:rsidR="00891915">
         <w:t xml:space="preserve">shall only </w:t>
       </w:r>
       <w:r w:rsidR="00E030DA" w:rsidRPr="001D0633">
         <w:t>respond to a fire</w:t>
       </w:r>
       <w:r w:rsidR="00535F52" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E030DA" w:rsidRPr="001D0633">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00535F52" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001467CB" w:rsidRPr="001D0633">
         <w:t>irrespirable atmosphere emergency</w:t>
       </w:r>
       <w:r w:rsidR="00891915">
-        <w:t xml:space="preserve"> on the approval of the Superintendent/ Officer in Charge (OIC)</w:t>
+        <w:t xml:space="preserve"> on the approval of the Superintendent/Officer in Charge (OIC)</w:t>
       </w:r>
       <w:r w:rsidR="00535F52" w:rsidRPr="001D0633">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001D0133" w:rsidRPr="001D0633">
         <w:t>The decision to deploy</w:t>
       </w:r>
       <w:r w:rsidR="00BD3D24" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00477542">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00DB0DA3" w:rsidRPr="001D0633">
         <w:t>include input from</w:t>
       </w:r>
       <w:r w:rsidR="001D0133" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> CABA operators</w:t>
       </w:r>
       <w:r w:rsidR="00BD3D24" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -2735,58 +2750,63 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">CABA operators are appropriately trained </w:t>
       </w:r>
       <w:r w:rsidR="005C522B">
         <w:t>and competent in the use of CABA equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188071AC" w14:textId="2AF616DA" w:rsidR="00672F7E" w:rsidRPr="001D0633" w:rsidRDefault="0061676A" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">sufficient </w:t>
       </w:r>
       <w:r w:rsidRPr="001D0633">
-        <w:t xml:space="preserve">number of </w:t>
+        <w:t>number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001D0633">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D0424F" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">qualified </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E" w:rsidRPr="001D0633">
         <w:t>CABA operators</w:t>
       </w:r>
       <w:r w:rsidR="00CC2BBB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CC2BBB" w:rsidRPr="00576013">
         <w:t>are on duty</w:t>
       </w:r>
       <w:r w:rsidR="005807DD" w:rsidRPr="001D0633">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve">to support </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">deployment </w:t>
       </w:r>
       <w:r w:rsidR="005E6505" w:rsidRPr="001D0633">
         <w:t>in response to</w:t>
       </w:r>
@@ -2850,265 +2870,292 @@
           <w:numId w:val="33"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001D0633">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">CABA operators respond to a fire </w:t>
       </w:r>
       <w:r w:rsidR="00B91DD4" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">or irrespirable atmosphere </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E" w:rsidRPr="001D0633">
         <w:t xml:space="preserve">incident, </w:t>
       </w:r>
       <w:r w:rsidR="00477542">
         <w:t xml:space="preserve">as </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E" w:rsidRPr="001D0633">
         <w:t>required.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C07AB89" w14:textId="52C4F8B7" w:rsidR="005807DD" w:rsidRDefault="008024EE" w:rsidP="00AA2A29">
-      <w:r w:rsidRPr="001D0633">
+    <w:p w14:paraId="4C07AB89" w14:textId="19F8F0B3" w:rsidR="005807DD" w:rsidRDefault="008024EE" w:rsidP="00AA2A29">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve">Emergency Management (EM) </w:t>
       </w:r>
-      <w:r w:rsidR="00767B72" w:rsidRPr="001D0633">
+      <w:r w:rsidR="00767B72" w:rsidRPr="002C4D3D">
         <w:t>fire p</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D0633">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t>lan</w:t>
       </w:r>
-      <w:r w:rsidR="00767B72" w:rsidRPr="001D0633">
+      <w:r w:rsidR="00767B72" w:rsidRPr="002C4D3D">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="001D0633">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve"> shall include</w:t>
       </w:r>
-      <w:r w:rsidR="00767B72" w:rsidRPr="001D0633">
+      <w:r w:rsidR="00767B72" w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve"> procedures for the preparation and deployment of CABA </w:t>
       </w:r>
-      <w:r w:rsidR="00B91DD4" w:rsidRPr="001D0633">
+      <w:r w:rsidR="00B91DD4" w:rsidRPr="002C4D3D">
         <w:t>operators</w:t>
       </w:r>
-      <w:r w:rsidR="00751B08" w:rsidRPr="001D0633">
+      <w:r w:rsidR="00751B08" w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve"> and in accordance with </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="002D7C20">
+        <w:r w:rsidR="002D7C20" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP </w:t>
         </w:r>
-        <w:r w:rsidR="00751B08" w:rsidRPr="00DA3079">
+        <w:r w:rsidR="00751B08" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>13.</w:t>
         </w:r>
-        <w:r w:rsidR="00EA088C" w:rsidRPr="00DA3079">
+        <w:r w:rsidR="00EA088C" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00751B08" w:rsidRPr="00DA3079">
+        <w:r w:rsidR="00751B08" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Emergency Management</w:t>
         </w:r>
-        <w:r w:rsidR="00DA3079" w:rsidRPr="00DA3079">
+        <w:r w:rsidR="00DA3079" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Exercises.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DA3079">
+      <w:r w:rsidR="00DA3079" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="005E6505" w:rsidRPr="002C4D3D">
+        <w:t>These</w:t>
+      </w:r>
       <w:r w:rsidR="005E6505" w:rsidRPr="00B91DD4">
-        <w:t xml:space="preserve">These are to incorporate </w:t>
+        <w:t xml:space="preserve"> are to incorporate </w:t>
       </w:r>
       <w:r w:rsidR="00C11B12" w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve">procedures </w:t>
       </w:r>
       <w:r w:rsidR="00767B72" w:rsidRPr="00B91DD4">
         <w:t>once the Department of Fire and Emergency Services (DFES)</w:t>
       </w:r>
       <w:r w:rsidR="00C11B12" w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve"> is</w:t>
       </w:r>
       <w:r w:rsidR="005E6505" w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve"> on site.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40C2D141" w14:textId="77777777" w:rsidR="00AA2A29" w:rsidRPr="00B91DD4" w:rsidRDefault="00AA2A29" w:rsidP="00AA2A29"/>
     <w:p w14:paraId="6A6764AC" w14:textId="51086A6D" w:rsidR="00C11B12" w:rsidRDefault="00C11B12" w:rsidP="00AA2A29">
       <w:r w:rsidRPr="00B91DD4">
         <w:t>CABA operators shall ensure in the event of an emergency they are aware of the prisons EM procedures associated with be</w:t>
       </w:r>
       <w:r w:rsidRPr="004A14DE">
         <w:t>ing in a ready state to deploy</w:t>
       </w:r>
       <w:r w:rsidR="00B2299B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE28EDF" w14:textId="77777777" w:rsidR="00AA2A29" w:rsidRPr="004A14DE" w:rsidRDefault="00AA2A29" w:rsidP="00AA2A29"/>
     <w:p w14:paraId="1B93AAD0" w14:textId="4368DF18" w:rsidR="00672F7E" w:rsidRDefault="009C5303" w:rsidP="00AA2A29">
       <w:r w:rsidRPr="001E770C">
         <w:t xml:space="preserve">CABA operators shall maintain </w:t>
       </w:r>
       <w:r w:rsidR="00DD7D1E" w:rsidRPr="001E770C">
         <w:t xml:space="preserve">all </w:t>
       </w:r>
       <w:r w:rsidRPr="001E770C">
         <w:t xml:space="preserve">physical requirements necessary to be operationally </w:t>
       </w:r>
       <w:r w:rsidRPr="00B91DD4">
-        <w:t xml:space="preserve">ready to respond to an emergency situation. </w:t>
+        <w:t xml:space="preserve">ready to respond to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B91DD4">
+        <w:t>an emergency situation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B91DD4">
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8FB5D5" w14:textId="77777777" w:rsidR="00AA2A29" w:rsidRPr="00B91DD4" w:rsidRDefault="00AA2A29" w:rsidP="00AA2A29"/>
-    <w:p w14:paraId="7446E707" w14:textId="5186AF4F" w:rsidR="00974D46" w:rsidRPr="00B91DD4" w:rsidRDefault="00974D46" w:rsidP="00AA2A29">
+    <w:p w14:paraId="7446E707" w14:textId="1E921234" w:rsidR="00974D46" w:rsidRPr="00B91DD4" w:rsidRDefault="00974D46" w:rsidP="00AA2A29">
       <w:r w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00FD1BFE" w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve">Corrective Services </w:t>
       </w:r>
       <w:r w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve">Academy </w:t>
       </w:r>
       <w:r w:rsidR="00FD1BFE" w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve">(the Academy) </w:t>
       </w:r>
       <w:r w:rsidR="00EC09DE" w:rsidRPr="00B91DD4">
-        <w:t xml:space="preserve">and / or prison based CABA instructors </w:t>
+        <w:t xml:space="preserve">and/or prison based CABA instructors </w:t>
       </w:r>
       <w:r w:rsidR="001D0633">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00FD1BFE" w:rsidRPr="00B91DD4">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00B91DD4">
         <w:t>rovide</w:t>
       </w:r>
       <w:r w:rsidR="001D0633">
         <w:t xml:space="preserve"> all</w:t>
       </w:r>
       <w:r w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003671EA" w:rsidRPr="00B91DD4">
         <w:t>necessary</w:t>
       </w:r>
       <w:r w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve"> training for </w:t>
       </w:r>
       <w:r w:rsidR="00097703">
         <w:t>officers</w:t>
       </w:r>
       <w:r w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve"> eligible for CABA training</w:t>
       </w:r>
       <w:r w:rsidR="003671EA" w:rsidRPr="00B91DD4">
         <w:t xml:space="preserve"> and CABA operators to maintain their qualification</w:t>
       </w:r>
       <w:r w:rsidR="000901AE" w:rsidRPr="00B91DD4">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="418948D6" w14:textId="4BC3FE1E" w:rsidR="00594967" w:rsidRPr="00594967" w:rsidRDefault="00594967" w:rsidP="001E770C"/>
     <w:p w14:paraId="288D0EE2" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="004F3697" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc42022472"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc221716887"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Prison Requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="4680C7F2" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc42022473"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc221716888"/>
       <w:r>
         <w:t>CABA equipment</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="55837291" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2ECF14D8" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B274D9">
-        <w:t>a minimum of 5 complete operational sets and all appropriate Personal Protection Equipment (PPE) are located in the prison</w:t>
+        <w:t xml:space="preserve">a minimum of 5 complete operational sets and all appropriate Personal Protection Equipment (PPE) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B274D9">
+        <w:t>are located in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B274D9">
+        <w:t xml:space="preserve"> the prison</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01DA1FCF" w14:textId="1E68BCD9" w:rsidR="00AA5C76" w:rsidRDefault="00AA5C76" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>there are sufficient numbers of CABA trained staff on duty</w:t>
+        <w:t xml:space="preserve">there are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>sufficient numbers of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> CABA trained staff on duty</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="610329F1" w14:textId="0D2CEAB6" w:rsidR="00C56E45" w:rsidRDefault="00C56E45" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>staff are aware of the risks associated with attending incidents requiring CABA and the importance of PPE in the management of these incidents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="595F7916" w14:textId="5E556BA3" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="006D2186" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
@@ -3190,96 +3237,110 @@
       <w:r w:rsidR="00B274D9">
         <w:t>equipment requiring annual</w:t>
       </w:r>
       <w:r w:rsidRPr="00B274D9">
         <w:t xml:space="preserve"> servicing as per manufacturer’s instructions is conducted by the approved service contractor</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EA86753" w14:textId="6D5C7F7D" w:rsidR="00EB1168" w:rsidRDefault="00EB1168" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B274D9">
         <w:t>immediately after use, all CABA equip</w:t>
       </w:r>
       <w:r w:rsidR="00AA5C76">
         <w:t>ment is cleaned and refurbished</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13854226" w14:textId="58B4A88E" w:rsidR="00AA5C76" w:rsidRDefault="00AA5C76" w:rsidP="00CD3923">
+    <w:p w14:paraId="13854226" w14:textId="769C233A" w:rsidR="00AA5C76" w:rsidRDefault="00AA5C76" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>the 8 hour re-qualification course is included in the prisons annual training schedule</w:t>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00697FB5">
+        <w:t>8-hour</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> re-qualification course is included in the prisons annual training schedule</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B9AD14F" w14:textId="1093DCAB" w:rsidR="00AA5C76" w:rsidRPr="00B274D9" w:rsidRDefault="00AA5C76" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
-        <w:t>regular training exercises are conducted and training equipment is available and fit for purpose.</w:t>
+        <w:t xml:space="preserve">regular training exercises are </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>conducted</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> and training equipment is available and fit for purpose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D90D12B" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_The_Superintendent_shall"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="00B274D9">
         <w:t>The Superintendent shall nominate a CABA operator or other staff to establish and maintain a record of equipment issue, usage and maintenance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57B51564" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
+    <w:p w14:paraId="57B51564" w14:textId="43A21FA8" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00B274D9">
-        <w:t>The nominated CABA operator / staff shall ensure:</w:t>
+        <w:t>The nominated CABA operator/staff shall ensure:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59029510" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1077" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00B274D9">
         <w:t>up to date inventories are displayed with the CABA equipment</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="531D6AB1" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
@@ -3337,51 +3398,51 @@
       <w:r w:rsidRPr="00B274D9">
         <w:t>recorded in t</w:t>
       </w:r>
       <w:r w:rsidR="00F726C2" w:rsidRPr="00B274D9">
         <w:t>he CABA fault – defect register</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60B52858" w14:textId="53B436F1" w:rsidR="00EB1168" w:rsidRPr="00B274D9" w:rsidRDefault="00EB1168" w:rsidP="002300A0">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00B274D9">
         <w:t xml:space="preserve">sent to the approved service contractor as soon as practicable for repairs or replacement. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20D99209" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="002425D1" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="Section_1__Deployment_of_CABA_Equipment"/>
       <w:bookmarkStart w:id="12" w:name="_Toc254890197"/>
-      <w:bookmarkStart w:id="13" w:name="_Toc42022474"/>
+      <w:bookmarkStart w:id="13" w:name="_Toc221716889"/>
       <w:r w:rsidRPr="002425D1">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Deployment of CABA </w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r>
         <w:t>operators</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:p w14:paraId="46BCFF30" w14:textId="7CCEE4A5" w:rsidR="00C438D5" w:rsidRDefault="00FC7947" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC7947">
         <w:t>CABA operators shall only respond to a fire or irrespirable atmosphere emergency on the approval of the Superintendent/ Officer in Charge (OIC).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60921912" w14:textId="5B96B0AC" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4083B">
         <w:t>The standard response to a fire or irrespirable atmosphere shall involve the deployment of a minimum of 5 CABA operators:</w:t>
@@ -3453,99 +3514,101 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="1F770B28" w14:textId="75B9F0CF" w:rsidR="00EB1168" w:rsidRDefault="00EB1168" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t xml:space="preserve">nly </w:t>
       </w:r>
       <w:r>
         <w:t>qualified CABA operators</w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t xml:space="preserve"> conduct the evacuation of prisoners or other persons using CABA equipment</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34F3D101" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00EF53A8">
+    <w:p w14:paraId="34F3D101" w14:textId="0688FEC9" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4083B">
-        <w:t>where available and appropriate, CABA operators use extractor fans to clear the affected areas of smoke and / or an irrespirable atmosphere</w:t>
+        <w:t>where available and appropriate, CABA operators use extractor fans to clear the affected areas of smoke and/or an irrespirable atmosphere</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A5D42E" w14:textId="69C1B944" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4083B">
         <w:t>after a fire or irrespi</w:t>
       </w:r>
       <w:r w:rsidR="00F0573A" w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">rable atmosphere incident, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t>no one enters the affected area until deemed safe by appropriate authorities unless they are a deployed CABA operator.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CC9A0C2" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Where DFES are on site, the Superintendent will approve deployment in conjunction with the DFES Incident Controller. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E290739" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Toc221716890"/>
       <w:r w:rsidRPr="00F4083B">
         <w:t>Rapid Deployment Response</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="4706D9E4" w14:textId="4050531D" w:rsidR="00EB1168" w:rsidRPr="00AD2778" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">A Rapid Deployment Response allows for 2 CABA operators to evacuate </w:t>
       </w:r>
       <w:r w:rsidR="00F67443" w:rsidRPr="00576013">
         <w:t>persons</w:t>
       </w:r>
       <w:r w:rsidR="00F67443">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">from locked cells and other confined spaces. </w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2778">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidR="00CE3284" w:rsidRPr="00AD2778">
         <w:t xml:space="preserve"> following conditions </w:t>
       </w:r>
       <w:r w:rsidR="00F0573A" w:rsidRPr="00AD2778">
         <w:t xml:space="preserve">shall </w:t>
@@ -3693,137 +3756,137 @@
       </w:r>
       <w:r>
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidRPr="004B48EF">
         <w:t xml:space="preserve"> incident</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> assistance</w:t>
       </w:r>
       <w:r w:rsidRPr="004B48EF">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004B48EF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49B8246E" w14:textId="77777777" w:rsidR="00A70079" w:rsidRPr="00A70079" w:rsidRDefault="00A70079" w:rsidP="00A70079"/>
     <w:p w14:paraId="71A4C141" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Incident_reporting"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkStart w:id="15" w:name="_Incident_reporting"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc221716891"/>
+      <w:bookmarkEnd w:id="15"/>
       <w:r w:rsidRPr="00F4083B">
         <w:lastRenderedPageBreak/>
         <w:t>Incident reporting</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5896BBCB" w14:textId="259AFDD1" w:rsidR="00EB1168" w:rsidRPr="00FF670A" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:p w14:paraId="5896BBCB" w14:textId="1CCA792C" w:rsidR="00EB1168" w:rsidRPr="002C4D3D" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:iCs/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F4083B">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve">Staff shall submit </w:t>
       </w:r>
-      <w:r w:rsidR="00FC17A7" w:rsidRPr="00F4083B">
+      <w:r w:rsidR="00FC17A7" w:rsidRPr="002C4D3D">
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4083B">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC17A7">
+      <w:r w:rsidR="00FC17A7" w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve">incident </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4083B">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve">report </w:t>
       </w:r>
-      <w:r w:rsidR="00FF670A">
+      <w:r w:rsidR="00FF670A" w:rsidRPr="002C4D3D">
         <w:t>in accordance with</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F4083B">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="00674335" w:rsidRPr="0044604B">
+        <w:r w:rsidR="00674335" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 13.1 </w:t>
         </w:r>
-        <w:r w:rsidR="00B77801">
+        <w:r w:rsidR="00B77801" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
-        <w:r w:rsidR="00674335" w:rsidRPr="0044604B">
+        <w:r w:rsidR="00674335" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Incident</w:t>
         </w:r>
-        <w:r w:rsidR="00B77801">
+        <w:r w:rsidR="00B77801" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> Notifications, Reporting and Communications</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00674335">
+      <w:r w:rsidR="00674335" w:rsidRPr="002C4D3D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44E5491C" w14:textId="5B04E1F8" w:rsidR="00EB1168" w:rsidRPr="00AD2778" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_CABA_operator_requirements"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkStart w:id="17" w:name="_CABA_operator_requirements"/>
+      <w:bookmarkStart w:id="18" w:name="Section_4__Compliance"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc254890200"/>
+      <w:bookmarkStart w:id="20" w:name="_Toc221716892"/>
+      <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00AD2778">
         <w:t xml:space="preserve">CABA operator </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
       <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
       <w:r w:rsidRPr="00AD2778">
         <w:t>requirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="20"/>
     </w:p>
     <w:p w14:paraId="6FC53307" w14:textId="77777777" w:rsidR="001A7C31" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> trained in the use of CABA and receiving the </w:t>
       </w:r>
       <w:r>
         <w:t>CABA</w:t>
       </w:r>
       <w:r w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> allowance, unless </w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t>directed, shall respond appropriately to a fire or irrespirable atmosphere</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> emergency</w:t>
       </w:r>
       <w:r w:rsidRPr="00727B7E">
         <w:t xml:space="preserve">. </w:t>
@@ -3879,86 +3942,86 @@
       <w:r>
         <w:t xml:space="preserve"> to determine if the </w:t>
       </w:r>
       <w:r w:rsidR="00F4083B">
         <w:t>o</w:t>
       </w:r>
       <w:r>
         <w:t>fficer should remain a CABA operator</w:t>
       </w:r>
       <w:r w:rsidRPr="00727B7E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36F66F40" w14:textId="77777777" w:rsidR="00352773" w:rsidRDefault="00352773" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00D825C7">
         <w:t>The administrative review shall be recorded and documented.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D7EF2A7" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00E93B1B" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="Section_5__Documentation_Requirements"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="22" w:name="_Toc42022477"/>
+      <w:bookmarkStart w:id="21" w:name="Section_5__Documentation_Requirements"/>
+      <w:bookmarkStart w:id="22" w:name="_Toc254890201"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc221716893"/>
       <w:r w:rsidRPr="00E93B1B">
         <w:t xml:space="preserve">Documentation </w:t>
       </w:r>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93B1B">
         <w:t>equirements</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
       <w:bookmarkEnd w:id="21"/>
       <w:bookmarkEnd w:id="22"/>
+      <w:bookmarkEnd w:id="23"/>
     </w:p>
     <w:p w14:paraId="67C73667" w14:textId="6EDF47BA" w:rsidR="003D35ED" w:rsidRPr="003D35ED" w:rsidRDefault="003D35ED" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D35ED">
         <w:t xml:space="preserve">The Superintendent </w:t>
       </w:r>
       <w:r w:rsidR="002C15B8">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidRPr="003D35ED">
         <w:t>conduct an assessment to determine if CABA is required at their prison.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="607F0AEC" w14:textId="65421D6B" w:rsidR="003D35ED" w:rsidRPr="003D35ED" w:rsidRDefault="003D35ED" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_If_required_and"/>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkStart w:id="24" w:name="_If_required_and"/>
+      <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidRPr="003D35ED">
         <w:t xml:space="preserve">If required and based on the above assessment, </w:t>
       </w:r>
       <w:r w:rsidR="002C15B8">
         <w:t>the Superintendent shall detail</w:t>
       </w:r>
       <w:r w:rsidRPr="003D35ED">
         <w:t xml:space="preserve"> the requirements for CABA operators and equipment in their Standing Order. This shall include rostering arrangements across day and night shifts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BE7DCF" w14:textId="6519A4FE" w:rsidR="003D35ED" w:rsidRDefault="003D35ED" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="003D35ED">
         <w:t>The Superintendent shall provide a record of officers eligible for payment of the CABA allowance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A01C6A1" w14:textId="77777777" w:rsidR="00EB1168" w:rsidRPr="00F4083B" w:rsidRDefault="00EB1168" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">The Superintendent shall nominate a CABA operator or other staff member to establish and maintain a record of equipment issue, usage and maintenance. </w:t>
       </w:r>
@@ -3974,68 +4037,68 @@
         <w:t xml:space="preserve">(refer to </w:t>
       </w:r>
       <w:r w:rsidR="00FA0CEC" w:rsidRPr="00EF53A8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="007A1582" w:rsidRPr="00EF53A8">
         <w:t>ection 3</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF53A8">
         <w:t>.1.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t>) shall maintain a written record that includes dates of inspections, cleaning and routine maintenance, in accordance with manufacturer’s specifications and the Academy CABA</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Training Manual</w:t>
       </w:r>
       <w:r w:rsidRPr="00E93B1B">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C6568E" w14:textId="74FF61A7" w:rsidR="000755EE" w:rsidRDefault="00965FBC" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc42022478"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc221716894"/>
       <w:r>
         <w:t xml:space="preserve">Selection and </w:t>
       </w:r>
       <w:r w:rsidR="00B54DD1">
         <w:t>Training</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="7AEFCBE1" w14:textId="229700B1" w:rsidR="00D42CFC" w:rsidRPr="00AD2778" w:rsidRDefault="00D42CFC" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc42022479"/>
+      <w:bookmarkStart w:id="26" w:name="_Toc221716895"/>
       <w:r w:rsidRPr="00AD2778">
         <w:t>Provision of training</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
     <w:p w14:paraId="1D39AD27" w14:textId="77777777" w:rsidR="00886A7A" w:rsidRPr="00AD2778" w:rsidRDefault="00886A7A" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The Corrective Services Academy (the Academy) is responsible to ensure:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4AE63A" w14:textId="45CBA3BE" w:rsidR="00C72B00" w:rsidRDefault="00886A7A" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00886A7A">
         <w:t>all aspects of CABA training meets relevant</w:t>
       </w:r>
       <w:r w:rsidR="00C72B00">
         <w:t xml:space="preserve"> national</w:t>
       </w:r>
@@ -4173,55 +4236,55 @@
         <w:t xml:space="preserve">ability to </w:t>
       </w:r>
       <w:r w:rsidR="00141384" w:rsidRPr="00F4083B">
         <w:t>safe</w:t>
       </w:r>
       <w:r w:rsidR="00036684" w:rsidRPr="00F4083B">
         <w:t>ly use CABA equipment in a fire</w:t>
       </w:r>
       <w:r w:rsidR="00DF262B" w:rsidRPr="00F4083B">
         <w:t xml:space="preserve"> or irrespirable atmosphere</w:t>
       </w:r>
       <w:r w:rsidR="00036684" w:rsidRPr="00F4083B">
         <w:t xml:space="preserve"> emergency</w:t>
       </w:r>
       <w:r w:rsidR="00EA055E" w:rsidRPr="00F4083B">
         <w:t>: as per Australian Standard AS/NZS 1715:2009</w:t>
       </w:r>
       <w:r w:rsidR="00141384" w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4598D785" w14:textId="77777777" w:rsidR="00886A7A" w:rsidRDefault="00886A7A" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="_Toc42022480"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc221716896"/>
       <w:r>
         <w:t>Medical assessment</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
+      <w:bookmarkEnd w:id="27"/>
     </w:p>
     <w:p w14:paraId="4E29F203" w14:textId="77777777" w:rsidR="00B14CF5" w:rsidRDefault="00016436" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001A7C31">
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="000B4097" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve"> must be certified medical</w:t>
       </w:r>
       <w:r w:rsidR="00EC70BC" w:rsidRPr="001A7C31">
         <w:t>ly</w:t>
       </w:r>
       <w:r w:rsidR="000B4097" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00644BEB" w:rsidRPr="001A7C31">
         <w:t>approved</w:t>
       </w:r>
       <w:r w:rsidR="000B4097" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00644BEB" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve">to </w:t>
@@ -4246,150 +4309,156 @@
       <w:r w:rsidR="00886A7A" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve">of their choice, prior to approval to attend the CABA training course. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21E00410" w14:textId="2C1608E9" w:rsidR="001A7C31" w:rsidRDefault="00016436" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="001A7C31">
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="00886A7A" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve"> are to ensure the </w:t>
       </w:r>
       <w:r w:rsidR="00644BEB" w:rsidRPr="001A7C31">
         <w:t>Medical Practitioner</w:t>
       </w:r>
       <w:r w:rsidR="00886A7A" w:rsidRPr="001A7C31">
         <w:t xml:space="preserve"> completes the medical assessment in accordance with any requirements set out by the Corrective Services Academy (the Academy).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="570EA67F" w14:textId="2A08B0E1" w:rsidR="00467E2A" w:rsidRPr="001A7C31" w:rsidRDefault="00EB21C8" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="_Toc42022481"/>
+      <w:bookmarkStart w:id="28" w:name="_Toc221716897"/>
       <w:r w:rsidRPr="001A7C31">
         <w:t>Initial training</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="39723897" w14:textId="77777777" w:rsidR="0068076E" w:rsidRDefault="001D5894" w:rsidP="00AD2778">
+      <w:bookmarkEnd w:id="28"/>
+    </w:p>
+    <w:p w14:paraId="39723897" w14:textId="50A31E90" w:rsidR="0068076E" w:rsidRDefault="001D5894" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="002425D1">
         <w:t xml:space="preserve">Selected </w:t>
       </w:r>
       <w:r w:rsidR="00672F7E">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidR="00F70F53">
         <w:t xml:space="preserve">medically approved </w:t>
       </w:r>
       <w:r w:rsidR="00016436">
         <w:t>officers</w:t>
       </w:r>
       <w:r w:rsidR="00391419" w:rsidRPr="002425D1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00F70F53">
         <w:t xml:space="preserve">complete </w:t>
       </w:r>
       <w:r w:rsidR="00994771">
         <w:t>a Department</w:t>
       </w:r>
       <w:r w:rsidR="00F70F53">
         <w:t xml:space="preserve"> approved</w:t>
       </w:r>
       <w:r w:rsidR="00994771">
         <w:t xml:space="preserve"> CABA</w:t>
       </w:r>
       <w:r w:rsidR="00F70F53">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t>training course</w:t>
       </w:r>
       <w:r w:rsidR="00F70F53">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t xml:space="preserve"> facilitated by the Academy</w:t>
       </w:r>
       <w:r w:rsidR="007B3F4F">
-        <w:t xml:space="preserve"> or prison based instructors</w:t>
+        <w:t xml:space="preserve"> or prison</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA418F">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3F4F">
+        <w:t>based instructors</w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="002E68A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CD0902E" w14:textId="6DF1BC4A" w:rsidR="00E14987" w:rsidRDefault="00016436" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="002E68A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AE33A7">
         <w:t>must</w:t>
       </w:r>
       <w:r w:rsidR="002E68A2">
         <w:t xml:space="preserve"> successfully complete the </w:t>
       </w:r>
       <w:r w:rsidR="00E72E3A">
         <w:t xml:space="preserve">course in full </w:t>
       </w:r>
       <w:r w:rsidR="00D21F28">
         <w:t xml:space="preserve">before being </w:t>
       </w:r>
       <w:r w:rsidR="00C11B12">
         <w:t xml:space="preserve">deemed </w:t>
       </w:r>
       <w:r w:rsidR="00D21F28">
         <w:t>CABA operators.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12A23871" w14:textId="5376BCFE" w:rsidR="00EB21C8" w:rsidRDefault="00A1612B" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="_Toc42022482"/>
+      <w:bookmarkStart w:id="29" w:name="_Toc221716898"/>
       <w:r>
         <w:t>Refresher training</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
+      <w:bookmarkEnd w:id="29"/>
       <w:r w:rsidR="00932C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B83B0C5" w14:textId="0F124C72" w:rsidR="00A42F38" w:rsidRPr="00F4083B" w:rsidRDefault="00A42F38" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">To maintain their CABA qualification, </w:t>
       </w:r>
       <w:r w:rsidR="00016436" w:rsidRPr="00F4083B">
         <w:t>officers</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve"> must:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46215A7F" w14:textId="57A98005" w:rsidR="00A42F38" w:rsidRPr="00F4083B" w:rsidRDefault="00A42F38" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
@@ -4461,72 +4530,72 @@
         <w:t>ref</w:t>
       </w:r>
       <w:r w:rsidR="00A42F38" w:rsidRPr="00F4083B">
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve">esher training, to </w:t>
       </w:r>
       <w:r w:rsidR="00F6508F" w:rsidRPr="00F4083B">
         <w:t>advise</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve"> they </w:t>
       </w:r>
       <w:r w:rsidR="00F6508F" w:rsidRPr="00F4083B">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00F4083B">
         <w:t xml:space="preserve"> physically capable to safely participate in training and use CABA equipment. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AA92975" w14:textId="1CE94631" w:rsidR="00732827" w:rsidRDefault="008508D1" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="Section_3__Incentives_and_Payment_of_All"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="31" w:name="_Toc42022483"/>
+      <w:bookmarkStart w:id="30" w:name="Section_3__Incentives_and_Payment_of_All"/>
+      <w:bookmarkStart w:id="31" w:name="_Toc254890199"/>
+      <w:bookmarkStart w:id="32" w:name="_Toc221716899"/>
       <w:r w:rsidRPr="002425D1">
         <w:t>Incentives and Payment of Allowances</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="746C34F9" w14:textId="26A850C9" w:rsidR="00C95AE3" w:rsidRDefault="00AB6F84" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="32" w:name="_Toc42022484"/>
+      <w:bookmarkStart w:id="33" w:name="_Toc221716900"/>
       <w:r>
         <w:t>CABA allowance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
     <w:p w14:paraId="2822CB62" w14:textId="46E51474" w:rsidR="00AB69F9" w:rsidRPr="00727B7E" w:rsidRDefault="00016436" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="00F57312" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB69F9" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve">employed under the Prison Officers Award shall be </w:t>
       </w:r>
       <w:r w:rsidR="00DF7093">
         <w:t xml:space="preserve">paid </w:t>
       </w:r>
       <w:r w:rsidR="00DF7093" w:rsidRPr="00727B7E">
         <w:t>a CABA allowance</w:t>
       </w:r>
       <w:r w:rsidR="009C5900">
         <w:t>. This payment is conditional</w:t>
       </w:r>
       <w:r w:rsidR="006B2952">
         <w:t xml:space="preserve"> on </w:t>
@@ -4654,246 +4723,236 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">carrying out </w:t>
       </w:r>
       <w:r w:rsidR="00976E14">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t>outine</w:t>
       </w:r>
       <w:r w:rsidR="00D475D6" w:rsidRPr="00D475D6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D475D6">
         <w:t xml:space="preserve">CABA equipment </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="004045FA" w:rsidRPr="00D475D6">
-        <w:t xml:space="preserve">checks </w:t>
+        <w:t>checks</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004045FA" w:rsidRPr="00D475D6">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004045FA">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">maintenance </w:t>
       </w:r>
       <w:r w:rsidR="00D475D6" w:rsidRPr="00D475D6">
         <w:t>as required</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7447CC0C" w14:textId="06A67F8E" w:rsidR="00D475D6" w:rsidRDefault="00EB6ECC" w:rsidP="00EF53A8">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="35"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">being able to </w:t>
       </w:r>
       <w:r w:rsidRPr="00296CE5">
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:t>espond</w:t>
       </w:r>
       <w:r w:rsidRPr="00296CE5">
         <w:t xml:space="preserve"> to an emergency using CABA when required</w:t>
       </w:r>
       <w:r w:rsidR="00D475D6" w:rsidRPr="00D475D6">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3002B90E" w14:textId="59CD4B84" w:rsidR="00B1295B" w:rsidRDefault="00087918" w:rsidP="00AD2778">
+    <w:p w14:paraId="3002B90E" w14:textId="7ECF7F0B" w:rsidR="00B1295B" w:rsidRDefault="00087918" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="33" w:name="_Toc2928128"/>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="33"/>
+      <w:bookmarkStart w:id="34" w:name="_Toc2928128"/>
+      <w:bookmarkStart w:id="35" w:name="_Toc2935201"/>
+      <w:bookmarkStart w:id="36" w:name="_Toc2936261"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
+      <w:bookmarkEnd w:id="36"/>
       <w:r>
         <w:t xml:space="preserve">A CABA </w:t>
       </w:r>
       <w:r w:rsidRPr="00751B08">
         <w:t>allowance will be</w:t>
       </w:r>
       <w:r w:rsidRPr="00AD2778">
         <w:t xml:space="preserve"> terminated where following review </w:t>
       </w:r>
       <w:r w:rsidR="00B1295B" w:rsidRPr="00AD2778">
         <w:t xml:space="preserve">(refer to </w:t>
       </w:r>
       <w:r w:rsidR="003C3890" w:rsidRPr="00EF53A8">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00BC168F" w:rsidRPr="00EF53A8">
         <w:t>ection</w:t>
       </w:r>
       <w:r w:rsidR="00751B08" w:rsidRPr="00EF53A8">
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="003C3890" w:rsidRPr="00EF53A8">
-        <w:t>3.4</w:t>
-[...11 lines deleted...]
-        <w:t>officer</w:t>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidR="00626FDF">
+        <w:t xml:space="preserve">5 </w:t>
       </w:r>
       <w:r w:rsidR="00B1295B" w:rsidRPr="00751B08">
-        <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-        <w:t>no longer recognised as a CABA operator</w:t>
+        <w:t>CABA operator</w:t>
+      </w:r>
+      <w:r w:rsidR="00626FDF">
+        <w:t xml:space="preserve"> requirements</w:t>
       </w:r>
       <w:r w:rsidRPr="00751B08">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BA4371E" w14:textId="0D465BDA" w:rsidR="008A0E73" w:rsidRDefault="005443D4" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Officers</w:t>
       </w:r>
       <w:r w:rsidR="00F57312" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B1295B" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve">employed under Part IIIA of the </w:t>
       </w:r>
       <w:r w:rsidR="00B1295B" w:rsidRPr="003178B4">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
       <w:r w:rsidR="00B1295B" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> are ineligible for payment of the CABA allowance.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56BBF52B" w14:textId="77777777" w:rsidR="00CD3923" w:rsidRPr="00CD3923" w:rsidRDefault="00CD3923" w:rsidP="00CD3923"/>
     <w:p w14:paraId="66DAA21A" w14:textId="375B9FC0" w:rsidR="00445555" w:rsidRDefault="00A6548F" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="36" w:name="_Toc42022485"/>
+      <w:bookmarkStart w:id="37" w:name="_Toc221716901"/>
       <w:r>
         <w:t xml:space="preserve">Standing </w:t>
       </w:r>
       <w:r w:rsidR="0033087B">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t>rders</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="36"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="504FE239" w14:textId="7E02341B" w:rsidR="000F468A" w:rsidRDefault="00A1576E" w:rsidP="00AD2778">
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w14:paraId="504FE239" w14:textId="17B3BC01" w:rsidR="000F468A" w:rsidRDefault="00A1576E" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00F942E6">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">uperintendent </w:t>
       </w:r>
       <w:r w:rsidRPr="00727B7E">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="004E0AF0">
         <w:t>make and issue a written</w:t>
       </w:r>
       <w:r w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> Standing Order</w:t>
       </w:r>
       <w:r w:rsidR="00576013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B60B4">
         <w:t xml:space="preserve">and EM procedures </w:t>
       </w:r>
       <w:r w:rsidR="000036BF">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidR="004E0AF0">
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
       <w:r>
         <w:t>use, deployment and management of CABA</w:t>
       </w:r>
       <w:r w:rsidR="003D35ED">
         <w:t xml:space="preserve">, in addition to the requirements outlined in </w:t>
       </w:r>
       <w:r w:rsidR="00F801EF" w:rsidRPr="00EF53A8">
         <w:t>section 3.6</w:t>
       </w:r>
       <w:r w:rsidR="003D35ED" w:rsidRPr="00EF53A8">
-        <w:t>.2</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="00F801EF">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000036BF">
-        <w:t>The</w:t>
+      <w:r w:rsidR="00697FB5" w:rsidRPr="00EF53A8">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00697FB5">
+        <w:t>. These</w:t>
       </w:r>
       <w:r w:rsidR="008B60B4">
-        <w:t xml:space="preserve">se should be developed in conjunction with </w:t>
+        <w:t xml:space="preserve"> should be developed in conjunction with </w:t>
       </w:r>
       <w:r w:rsidR="008B60B4" w:rsidRPr="00727B7E">
         <w:t>local workplace</w:t>
       </w:r>
       <w:r w:rsidR="008B60B4">
         <w:t xml:space="preserve"> Occupational Safety and Health</w:t>
       </w:r>
       <w:r w:rsidR="008B60B4" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008B60B4">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="008B60B4" w:rsidRPr="00727B7E">
         <w:t>OSH</w:t>
       </w:r>
       <w:r w:rsidR="008B60B4">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="008B60B4" w:rsidRPr="00727B7E">
         <w:t xml:space="preserve"> representatives and Fire Officers</w:t>
       </w:r>
       <w:r w:rsidR="00DE1B65">
         <w:t>.</w:t>
       </w:r>
@@ -4934,52 +4993,57 @@
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F04FACB" w14:textId="2E66630E" w:rsidR="00445555" w:rsidRPr="00B32D13" w:rsidRDefault="00A76A9D" w:rsidP="00344EA7">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00445555" w:rsidRPr="002425D1">
         <w:t xml:space="preserve">ostering procedures to </w:t>
       </w:r>
       <w:r w:rsidR="00445555" w:rsidRPr="00B32D13">
         <w:t>ensur</w:t>
       </w:r>
       <w:r w:rsidR="00EF0356" w:rsidRPr="00B32D13">
-        <w:t>e minimum number of CABA operators</w:t>
-      </w:r>
+        <w:t xml:space="preserve">e minimum number of CABA </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF0356" w:rsidRPr="00B32D13">
+        <w:t>operators</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="008A35EE" w:rsidRPr="00B32D13">
         <w:t xml:space="preserve"> requirements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51F55AE4" w14:textId="094D067A" w:rsidR="009A725E" w:rsidRPr="00B32D13" w:rsidRDefault="00A76A9D" w:rsidP="00344EA7">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B32D13">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00445555" w:rsidRPr="00B32D13">
         <w:t>etermin</w:t>
       </w:r>
       <w:r w:rsidR="00B32D13">
         <w:t>ation of the</w:t>
       </w:r>
       <w:r w:rsidR="006F7110" w:rsidRPr="00B32D13">
         <w:t xml:space="preserve"> number o</w:t>
@@ -5191,53 +5255,53 @@
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="002425D1">
         <w:t>ost incident procedures and rep</w:t>
       </w:r>
       <w:r>
         <w:t>orting requirements for officers</w:t>
       </w:r>
       <w:r w:rsidR="00445555" w:rsidRPr="002425D1">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22009ADA" w14:textId="706A6DFB" w:rsidR="00B551FD" w:rsidRPr="00B551FD" w:rsidRDefault="00CF5518" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="37" w:name="Applicability"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="39" w:name="_Toc2673568"/>
+      <w:bookmarkStart w:id="38" w:name="Applicability"/>
+      <w:bookmarkStart w:id="39" w:name="_Toc254890203"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc2673568"/>
       <w:r>
         <w:t xml:space="preserve">The Superintendent shall ensure the </w:t>
       </w:r>
       <w:r w:rsidR="009C0A70">
         <w:t>Standing Orders</w:t>
       </w:r>
       <w:r w:rsidRPr="0038604A">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> reflect</w:t>
       </w:r>
       <w:r w:rsidR="00B551FD">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> the:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235A5684" w14:textId="208312EA" w:rsidR="00B551FD" w:rsidRPr="00EC058D" w:rsidRDefault="00CF5518" w:rsidP="00F27501">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
@@ -5271,326 +5335,315 @@
       </w:r>
       <w:r w:rsidR="0013457E" w:rsidRPr="00AD2778">
         <w:t>Occupational Safety and Health Regulations 1996</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5148F2FF" w14:textId="04006329" w:rsidR="00CF5518" w:rsidRPr="00B32D13" w:rsidRDefault="00B551FD" w:rsidP="00F27501">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1134" w:hanging="357"/>
       </w:pPr>
       <w:r w:rsidRPr="00B32D13">
         <w:t>Academy CABA Training Manual</w:t>
       </w:r>
       <w:r w:rsidR="00E4195C" w:rsidRPr="00B32D13">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
     <w:bookmarkEnd w:id="38"/>
     <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
     <w:p w14:paraId="180431E7" w14:textId="77777777" w:rsidR="000411F1" w:rsidRPr="006444FB" w:rsidRDefault="000411F1" w:rsidP="00AD2778"/>
     <w:p w14:paraId="2BA425A3" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="00DF778C">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5344A313" w14:textId="77777777" w:rsidR="000755EE" w:rsidRDefault="003D708E" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="40" w:name="_Toc42022486"/>
+      <w:bookmarkStart w:id="41" w:name="_Toc221716902"/>
       <w:r w:rsidRPr="000411F1">
         <w:lastRenderedPageBreak/>
         <w:t>Annexures</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="40"/>
+      <w:bookmarkEnd w:id="41"/>
     </w:p>
     <w:p w14:paraId="5A50A4CF" w14:textId="011F5D0C" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="41" w:name="_Related_COPPs_and"/>
-[...1 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+      <w:bookmarkStart w:id="42" w:name="_Related_COPPs_and"/>
+      <w:bookmarkStart w:id="43" w:name="_Toc221716903"/>
+      <w:bookmarkEnd w:id="42"/>
       <w:r>
         <w:t xml:space="preserve">Related </w:t>
       </w:r>
       <w:r w:rsidR="00CE7598">
         <w:t>COPPs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and documents</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="42"/>
+      <w:bookmarkEnd w:id="43"/>
     </w:p>
     <w:p w14:paraId="313CE36F" w14:textId="3E7714A6" w:rsidR="00AC0C58" w:rsidRPr="00AC0C58" w:rsidRDefault="00B77801" w:rsidP="00AC0C58">
       <w:r>
         <w:t xml:space="preserve">Related </w:t>
       </w:r>
       <w:r w:rsidR="00AC0C58" w:rsidRPr="00AC0C58">
         <w:t>COPPs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6403FCEB" w14:textId="77777777" w:rsidR="00B77801" w:rsidRPr="00B77801" w:rsidRDefault="00041FC6" w:rsidP="00CD3923">
+    <w:p w14:paraId="6403FCEB" w14:textId="29465765" w:rsidR="00B77801" w:rsidRPr="002C4D3D" w:rsidRDefault="00B77801" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="Instructionalnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="00B77801" w:rsidRPr="0044604B">
+        <w:r w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t xml:space="preserve">COPP 13.1 </w:t>
-[...17 lines deleted...]
-          <w:t xml:space="preserve"> Notifications, Reporting and Communications</w:t>
+          <w:t>COPP 13.1 – Incident Notifications, Reporting and Communications</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B77801">
+      <w:r w:rsidRPr="002C4D3D">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74DCAB68" w14:textId="4FD3D8D1" w:rsidR="00AC0C58" w:rsidRPr="00A6239E" w:rsidRDefault="00A6239E" w:rsidP="00CD3923">
+    <w:p w14:paraId="74DCAB68" w14:textId="21CD6FDF" w:rsidR="00AC0C58" w:rsidRPr="002C4D3D" w:rsidRDefault="00A6239E" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="Instructionalnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00592C95" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> HYPERLINK "http://justus/intranet/prison-operations/Pages/prison-copps.aspx" </w:instrText>
-[...1 lines deleted...]
-      <w:r>
+        <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx"</w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="002C4D3D">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="000F7A13" w:rsidRPr="00A6239E">
+      <w:r w:rsidR="000F7A13" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t>COPP 13.</w:t>
       </w:r>
-      <w:r w:rsidR="00EA088C" w:rsidRPr="00A6239E">
+      <w:r w:rsidR="00EA088C" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="000F7A13" w:rsidRPr="00A6239E">
+      <w:r w:rsidR="000F7A13" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B77801" w:rsidRPr="00B77801">
+      <w:r w:rsidR="00B77801" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
-      <w:r w:rsidR="000F7A13" w:rsidRPr="00A6239E">
+      <w:r w:rsidR="000F7A13" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Emergency </w:t>
       </w:r>
-      <w:r w:rsidR="00B77801">
+      <w:r w:rsidR="00B77801" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="000F7A13" w:rsidRPr="00A6239E">
+      <w:r w:rsidR="000F7A13" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t>anagement</w:t>
       </w:r>
-      <w:r w:rsidR="00B77801">
+      <w:r w:rsidR="00B77801" w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Exercises</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02FBEACD" w14:textId="7665AD7C" w:rsidR="000F7A13" w:rsidRPr="0012206C" w:rsidRDefault="00A6239E" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="Instructionalnote"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="Arial Unicode MS" w:cs="Arial"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00AC0C58" w:rsidRPr="0012206C">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Related documents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A4BDF50" w14:textId="4EF6F5D6" w:rsidR="00DC7F91" w:rsidRPr="00A55E62" w:rsidRDefault="0013457E" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="Instructionalnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A55E62">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Academy CABA Training Manual</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C600132" w14:textId="7341F3FF" w:rsidR="00DC7F91" w:rsidRPr="00A55E62" w:rsidRDefault="0013457E" w:rsidP="00CD3923">
+    <w:p w14:paraId="2C600132" w14:textId="7341F3FF" w:rsidR="00DC7F91" w:rsidRPr="007D7802" w:rsidRDefault="0013457E" w:rsidP="00CD3923">
       <w:pPr>
         <w:pStyle w:val="Instructionalnote"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A55E62">
+      <w:r w:rsidRPr="007D7802">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>Emergency Management Plan</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F3A7617" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="43" w:name="_Toc42022488"/>
+      <w:bookmarkStart w:id="44" w:name="_Toc221716904"/>
       <w:r>
         <w:t xml:space="preserve">Definitions </w:t>
       </w:r>
       <w:r w:rsidRPr="000411F1">
         <w:t>and</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000608D3">
         <w:t>acronyms</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="43"/>
+      <w:bookmarkEnd w:id="44"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6479"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="7E62B4F1" w14:textId="77777777" w:rsidTr="005C0E7A">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
@@ -6241,55 +6294,55 @@
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0000419B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>. Does not extend t</w:t>
             </w:r>
             <w:r w:rsidRPr="0064146B">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
               <w:t>o the Officer in Charge of a prison.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57040435" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="003D708E" w:rsidRDefault="003D708E" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="44" w:name="_Toc42022489"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc221716905"/>
       <w:r>
         <w:t>Related legislation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="44"/>
+      <w:bookmarkEnd w:id="45"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23146361" w14:textId="3BECE445" w:rsidR="000974F4" w:rsidRPr="00AD2778" w:rsidRDefault="00121345" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2778">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Occupational Safety and Health Act 1984</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50A121F0" w14:textId="09FE116C" w:rsidR="00245869" w:rsidRPr="00AD2778" w:rsidRDefault="00121345" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
@@ -6299,196 +6352,184 @@
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
         </w:rPr>
         <w:t>Occupational Safety and Health Regulations 1996</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B02EB34" w14:textId="0AEF95E3" w:rsidR="001172AD" w:rsidRPr="00AD2778" w:rsidRDefault="00121345" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AD2778">
         <w:rPr>
           <w:rFonts w:eastAsia="Arial Unicode MS"/>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21AC47BB" w14:textId="77777777" w:rsidR="001172AD" w:rsidRPr="009D516D" w:rsidRDefault="001172AD" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="45" w:name="_Toc178286"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="_Toc42022490"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc178286"/>
+      <w:bookmarkStart w:id="47" w:name="_Toc2162611"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc221716906"/>
       <w:r w:rsidRPr="009D516D">
         <w:t>Assurance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="45"/>
       <w:bookmarkEnd w:id="46"/>
       <w:bookmarkEnd w:id="47"/>
+      <w:bookmarkEnd w:id="48"/>
     </w:p>
     <w:p w14:paraId="31124485" w14:textId="3F838235" w:rsidR="00081FC0" w:rsidRDefault="00081FC0" w:rsidP="00081FC0">
       <w:r w:rsidRPr="00606FAA">
         <w:t>It is expected that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1415265E" w14:textId="77777777" w:rsidR="00AD2778" w:rsidRPr="00606FAA" w:rsidRDefault="00AD2778" w:rsidP="00081FC0"/>
-    <w:p w14:paraId="24DB6514" w14:textId="77777777" w:rsidR="00081FC0" w:rsidRPr="00606FAA" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
+    <w:p w14:paraId="24DB6514" w14:textId="15E1105A" w:rsidR="00081FC0" w:rsidRPr="002C4D3D" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Prisons will undertake local compliance in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00AD2778">
+        <w:r w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
           <w:t>Compliance Manual</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FC1840A" w14:textId="77777777" w:rsidR="00081FC0" w:rsidRPr="00606FAA" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
+    <w:p w14:paraId="0FC1840A" w14:textId="77777777" w:rsidR="00081FC0" w:rsidRPr="002C4D3D" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00606FAA">
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">The relevant Deputy Commissioner will undertake management oversight as required. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DF329F6" w14:textId="33937DD3" w:rsidR="00081FC0" w:rsidRPr="00606FAA" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
+    <w:p w14:paraId="0DF329F6" w14:textId="0D4A19B9" w:rsidR="00081FC0" w:rsidRPr="002C4D3D" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C4D3D">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operational </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Compliance Branch will undertake checks in accordance with the </w:t>
+        <w:t xml:space="preserve">Operational Compliance Branch will undertake checks in accordance with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidR="00F27501">
+        <w:r w:rsidR="00F27501" w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
-          <w:t>Operational</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00F27501" w:rsidRPr="00AD2778">
+          <w:t>Operational Compliance Framework</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002C4D3D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
-          <w:t xml:space="preserve"> Compliance Framework</w:t>
+          <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00606FAA">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="449D69EE" w14:textId="77777777" w:rsidR="00081FC0" w:rsidRPr="00606FAA" w:rsidRDefault="00081FC0" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Independent oversight will be undertaken as required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="482A3C6C" w14:textId="123837B6" w:rsidR="00B77801" w:rsidRPr="00AD2778" w:rsidRDefault="001E02B9" w:rsidP="00AD2778">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C144530" w14:textId="0D31BCF2" w:rsidR="00C328C5" w:rsidRDefault="00245869" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="48" w:name="_Toc42022491"/>
+      <w:bookmarkStart w:id="49" w:name="_Toc221716907"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="00C328C5">
         <w:t>Information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="48"/>
+      <w:bookmarkEnd w:id="49"/>
     </w:p>
     <w:p w14:paraId="13D9955A" w14:textId="4BFE9D88" w:rsidR="00245869" w:rsidRDefault="00C328C5" w:rsidP="00AD2778">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="49" w:name="_Toc42022492"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc221716908"/>
       <w:r>
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="00245869">
         <w:t>version history</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="49"/>
+      <w:bookmarkEnd w:id="50"/>
     </w:p>
     <w:p w14:paraId="1D43572B" w14:textId="424DC684" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="00AD2778"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9220" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1052"/>
         <w:gridCol w:w="2174"/>
         <w:gridCol w:w="2752"/>
         <w:gridCol w:w="1626"/>
         <w:gridCol w:w="1616"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E630B0" w:rsidRPr="007D3C6F" w14:paraId="5C275354" w14:textId="3955668B" w:rsidTr="00E630B0">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="535"/>
@@ -6533,488 +6574,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07B59525" w14:textId="77777777" w:rsidR="00E630B0" w:rsidRPr="007D3C6F" w:rsidRDefault="00E630B0" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:t>Date completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C4BB43F" w14:textId="3A612009" w:rsidR="00E630B0" w:rsidRPr="007D3C6F" w:rsidRDefault="00E630B0" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r>
               <w:t>Effective date</w:t>
-            </w:r>
-[...436 lines deleted...]
-              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E630B0" w:rsidRPr="007D3C6F" w14:paraId="31373E46" w14:textId="71A95E91" w:rsidTr="00E630B0">
         <w:trPr>
           <w:trHeight w:val="810"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1052" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5742A10D" w14:textId="6F53D991" w:rsidR="00E630B0" w:rsidRDefault="00E630B0" w:rsidP="003D35ED">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2174" w:type="dxa"/>
           </w:tcPr>
@@ -7130,96 +6733,189 @@
             <w:tcW w:w="1626" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="31E940BB" w14:textId="56372B5E" w:rsidR="00F27501" w:rsidRDefault="00563A99" w:rsidP="00F27501">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>12 October 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1616" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C650399" w14:textId="35F55956" w:rsidR="00F27501" w:rsidRDefault="00563A99" w:rsidP="00F27501">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00563A99">
               <w:t>12 October 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00AF47E3" w:rsidRPr="007D3C6F" w14:paraId="4EA73C60" w14:textId="77777777" w:rsidTr="00E630B0">
+        <w:trPr>
+          <w:trHeight w:val="810"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1052" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="643EBA57" w14:textId="56941F18" w:rsidR="00AF47E3" w:rsidRPr="008C0931" w:rsidRDefault="00AF47E3" w:rsidP="00F27501">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0931">
+              <w:t>3.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2174" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="557F86D4" w14:textId="1EC1816C" w:rsidR="00AF47E3" w:rsidRPr="008C0931" w:rsidRDefault="00AF47E3" w:rsidP="00F27501">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0931">
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2752" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E21563" w14:textId="704CBFDB" w:rsidR="00AF47E3" w:rsidRPr="008C0931" w:rsidRDefault="000506CE" w:rsidP="00F27501">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0931">
+              <w:t xml:space="preserve">Scheduled Review: </w:t>
+            </w:r>
+            <w:r w:rsidR="00AF47E3" w:rsidRPr="008C0931">
+              <w:t>Approved by the D</w:t>
+            </w:r>
+            <w:r w:rsidR="002C4D3D" w:rsidRPr="008C0931">
+              <w:t>irector</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF47E3" w:rsidRPr="008C0931">
+              <w:t xml:space="preserve"> Operational </w:t>
+            </w:r>
+            <w:r w:rsidR="002C4D3D" w:rsidRPr="008C0931">
+              <w:t>Policy</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18644A16" w14:textId="3F326B6C" w:rsidR="006B04AA" w:rsidRPr="008C0931" w:rsidRDefault="006B04AA" w:rsidP="00F27501">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0931">
+              <w:t xml:space="preserve">CM Ref: </w:t>
+            </w:r>
+            <w:r w:rsidR="00884A0A" w:rsidRPr="008C0931">
+              <w:t>S26/4632</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1626" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7AE404" w14:textId="65196824" w:rsidR="00AF47E3" w:rsidRPr="008C0931" w:rsidRDefault="00EF2639" w:rsidP="00F27501">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0931">
+              <w:t>12 February 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1616" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="378A45DF" w14:textId="6D2F0286" w:rsidR="00AF47E3" w:rsidRPr="008C0931" w:rsidRDefault="008C0931" w:rsidP="00F27501">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008C0931">
+              <w:t>12 February 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p w14:paraId="658197C8" w14:textId="6E113AFE" w:rsidR="008A06DD" w:rsidRPr="00D05B49" w:rsidRDefault="008A06DD" w:rsidP="00AD2778">
-      <w:bookmarkStart w:id="50" w:name="_Appendix_4:_Basic"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="50"/>
+      <w:bookmarkStart w:id="51" w:name="_Appendix_4:_Basic"/>
+      <w:bookmarkStart w:id="52" w:name="_Appendix_5:_Strip"/>
+      <w:bookmarkStart w:id="53" w:name="_Appendix_6:_Medical"/>
+      <w:bookmarkStart w:id="54" w:name="_Appendix_7:_Basic"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:bookmarkEnd w:id="53"/>
+      <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:sectPr w:rsidR="008A06DD" w:rsidRPr="00D05B49" w:rsidSect="00656F4A">
       <w:headerReference w:type="even" r:id="rId25"/>
       <w:headerReference w:type="default" r:id="rId26"/>
       <w:footerReference w:type="default" r:id="rId27"/>
       <w:headerReference w:type="first" r:id="rId28"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1304" w:header="709" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="086F6104" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="21C4BC7B" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -7246,106 +6942,111 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="184A81FD" w14:textId="63AE6E6F" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="00656F4A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1095"/>
         <w:tab w:val="left" w:pos="8080"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">The current version of this document is maintained on the </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>Custodial Ops</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve"> intranet page</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00627992">
-      <w:t xml:space="preserve">Page </w:t>
+      <w:t>Page</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00627992">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B73DFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -7359,116 +7060,116 @@
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B73DFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="56D8BC8A" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="68CBF8D5" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0B839A31" w14:textId="0B726140" w:rsidR="00EB2ED8" w:rsidRDefault="00041FC6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0B839A31" w14:textId="0B726140" w:rsidR="00EB2ED8" w:rsidRDefault="00DB150E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:pict w14:anchorId="4F625C0E">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s2050" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:315;z-index:-251640832;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="#7f7f7f [1612]" stroked="f">
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="Draft and not for further dissemination until approved"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1B64248D" w14:textId="3F22CEEB" w:rsidR="00EB2ED8" w:rsidRPr="00C15CE3" w:rsidRDefault="00EB2ED8" w:rsidP="00EA7EAC">
     <w:pPr>
       <w:pStyle w:val="Subtitle"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C15CE3">
       <w:t xml:space="preserve">Commissioner’s Operating </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6BDAF549" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRPr="00C15CE3" w:rsidRDefault="00EB2ED8" w:rsidP="00EA7EAC">
     <w:pPr>
       <w:pStyle w:val="Subtitle"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008114B3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:eastAsia="en-AU"/>
@@ -7555,51 +7256,51 @@
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="4A8FADD0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:8.25pt;margin-top:2.2pt;width:207.85pt;height:23.35pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzzXpFCwIAAPIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N07cOF1bIavtbreq&#10;tL1Iu/0AgnGMCgwFEjv9+g44m43at6o8IGBmzsw5M6yvR6PJQfqgwDK6mM0pkVZAq+yO0e9P92+u&#10;KAmR25ZrsJLRowz0evP61XpwjSyhB91KTxDEhmZwjPYxuqYoguil4WEGTlo0duANj3j1u6L1fEB0&#10;o4tyPl8VA/jWeRAyBHy9m4x0k/G7Tor4teuCjEQzirXFvPu8b9NebNa82XnueiVOZfB/qMJwZTHp&#10;GeqOR072Xv0FZZTwEKCLMwGmgK5TQmYOyGYx/4PNY8+dzFxQnODOMoX/Byu+HL55olpGS0osN9ii&#10;JzlG8h5GUiZ1BhcadHp06BZHfMYuZ6bBPYD4EYiF257bnbzxHoZe8harW6TI4iJ0wgkJZDt8hhbT&#10;8H2EDDR23iTpUAyC6Nil47kzqRSBj+Xqbb2qK0oE2sp6VS2rnII3z9HOh/hRgiHpwKjHzmd0fngI&#10;MVXDm2eXlMzCvdI6d19bMjBaV2WVAy4sRkUcTq0Mo1fztKZxSSQ/2DYHR670dMYE2p5YJ6IT5Thu&#10;R3RMUmyhPSJ/D9MQ4qfBQw/+FyUDDiCj4eeee0mJ/mRRw3qxXKaJzZdl9a7Ei7+0bC8t3AqEYjRS&#10;Mh1vY57yiesNat2pLMNLJadacbCyOqdPkCb38p69Xr7q5jcAAAD//wMAUEsDBBQABgAIAAAAIQCp&#10;+DFW2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI5NT8MwEETvSP0P1iJxo3ZCUkGIU1UgrlSU&#10;D4mbG2+TiHgdxW4T/j3bEz2OZvTmlevZ9eKEY+g8aUiWCgRS7W1HjYaP95fbexAhGrKm94QafjHA&#10;ulpclaawfqI3PO1iIxhCoTAa2hiHQspQt+hMWPoBibuDH52JHMdG2tFMDHe9TJVaSWc64ofWDPjU&#10;Yv2zOzoNn6+H769MbZtnlw+Tn5Uk9yC1vrmeN48gIs7xfwxnfVaHip32/kg2iJ7zKuelhiwDwXV2&#10;l6Yg9hryJAFZlfLSv/oDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAs816RQsCAADyAwAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqfgxVtsAAAAH&#10;AQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:8.25pt;margin-top:2.2pt;width:207.85pt;height:23.35pt;z-index:251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBgE7Vi+QEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcOF1bcVbb3W5V&#10;aXuRtv0AjHGMCgwFEjv9+h1wNhu1b1X9gBgPnJlz5rC5nrQiB+G8BNPQ5SKnRBgOnTS7hv74fv/m&#10;ihIfmOmYAiMaehSeXm9fv9qMthYFDKA64QiCGF+PtqFDCLbOMs8HoZlfgBUGkz04zQKGbpd1jo2I&#10;rlVW5Pk6G8F11gEX3uPfuzlJtwm/7wUPX/vei0BUQ7G3kFaX1jau2XbD6p1jdpD81Ab7hy40kwaL&#10;nqHuWGBk7+RfUFpyBx76sOCgM+h7yUXigGyW+R9sHgdmReKC4nh7lsn/P1j+5fBovzkSpvcw4QAT&#10;CW8fgP/0xMDtwMxO3DgH4yBYh4WXUbJstL4+XY1S+9pHkHb8DB0Ome0DJKCpdzqqgjwJouMAjmfR&#10;xRQIx5/F+m21rkpKOOaKal2uylSC1c+3rfPhowBN4qahDoea0NnhwYfYDaufj8RiBu6lUmmwypCx&#10;oVVZlOnCRUbLgL5TUjf0Ko/f7IRI8oPp0uXApJr3WECZE+tIdKYcpnbCg5F9C90R+TuY/YXvATcD&#10;uN+UjOithvpfe+YEJeqTQQ2r5WoVzZiCVfmuwMBdZtrLDDMcoRoaKJm3tyEZeOZ6g1r3Msnw0smp&#10;V/RMUufk72jKyzidenmF2ycAAAD//wMAUEsDBBQABgAIAAAAIQCp+DFW2wAAAAcBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI5NT8MwEETvSP0P1iJxo3ZCUkGIU1UgrlSUD4mbG2+TiHgdxW4T/j3bEz2O&#10;ZvTmlevZ9eKEY+g8aUiWCgRS7W1HjYaP95fbexAhGrKm94QafjHAulpclaawfqI3PO1iIxhCoTAa&#10;2hiHQspQt+hMWPoBibuDH52JHMdG2tFMDHe9TJVaSWc64ofWDPjUYv2zOzoNn6+H769MbZtnlw+T&#10;n5Uk9yC1vrmeN48gIs7xfwxnfVaHip32/kg2iJ7zKuelhiwDwXV2l6Yg9hryJAFZlfLSv/oDAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYBO1YvkBAADNAwAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAqfgxVtsAAAAHAQAADwAAAAAAAAAAAAAAAABT&#10;BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFsFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="-1515910683"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="76204578" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRPr="00464E72" w:rsidRDefault="00EB2ED8" w:rsidP="00857A48">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
@@ -7623,51 +7324,51 @@
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C15CE3">
       <w:t>Policy and Procedure</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4A00D6F9" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="50E300E7" w14:textId="22214C4A" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="008114B3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="344E7C5B" wp14:editId="42058BAC">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>181610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>287655</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1647825" cy="296545"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -7740,51 +7441,51 @@
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="344E7C5B" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:22.65pt;width:129.75pt;height:23.35pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYwMKJCgIAAPkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L06CJE2MOEXXrsOA&#10;rhvQ7gMYWY6FSaImKbGzrx8lp2nQ3Yb5IIgm9fTeI7W+7o1mB+mDQlvxyWjMmbQCa2V3Ff/xfP9h&#10;yVmIYGvQaGXFjzLw6837d+vOlXKKLepaekYgNpSdq3gboyuLIohWGggjdNJSskFvIFLod0XtoSN0&#10;o4vpeLwoOvS18yhkCPT3bkjyTcZvGinit6YJMjJdceIW8+rzuk1rsVlDufPgWiVONOAfWBhQli49&#10;Q91BBLb36i8oo4THgE0cCTQFNo0SMmsgNZPxGzVPLTiZtZA5wZ1tCv8PVjwevnumauodZxYMtehZ&#10;9pF9xJ5NkjudCyUVPTkqiz39TpVJaXAPKH4GZvG2BbuTN95j10qoiV0+WVwcHXBCAtl2X7Gma2Af&#10;MQP1jTcJkMxghE5dOp47k6iIdOVidrWczjkTlJuuFvPZPJEroHw57XyInyUaljYV99T5jA6HhxCH&#10;0peSdJnFe6V17r62rKv4ak7wbzJGRRpOrUzFl+P0DeOSRH6ydT4cQelhT1y0JUpJdRI6SI79tj/Z&#10;S/Upt8X6SDZ4HGaR3g5tWvS/OetoDisefu3BS870F0tWriazWRrcHMzmV1MK/GVme5kBKwiq4pGz&#10;YXsb87APwm7I8kZlN16ZnCjTfGU/T28hDfBlnKteX+zmDwAAAP//AwBQSwMEFAAGAAgAAAAhAC0W&#10;hNHdAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwkAUhO8m/IfNM/Emu1QgpfSVEI1XjYAm&#10;3Jbuo23svm26C63/3vUkx8lMZr7JN6NtxZV63zhGmE0VCOLSmYYrhMP+9TEF4YNmo1vHhPBDHjbF&#10;5C7XmXEDf9B1FyoRS9hnGqEOocuk9GVNVvup64ijd3a91SHKvpKm10Mst61MlFpKqxuOC7Xu6Lmm&#10;8nt3sQifb+fj11y9Vy920Q1uVJLtSiI+3I/bNYhAY/gPwx9+RIciMp3chY0XLUKSLmMSYb54AhH9&#10;JE1nIE4Iq0SBLHJ5e6D4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJjAwokKAgAA+QMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC0WhNHdAAAA&#10;CAEAAA8AAAAAAAAAAAAAAAAAZAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABuBQAA&#10;AAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:22.65pt;width:129.75pt;height:23.35pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCzO0oJ+QEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IN24kFy0GaNEWB&#10;9AGk/QCaoiyiJJdd0pbcr++SUhwjvRXVgeBqydmd2eHmpreGHRUGDa7is8mUM+Uk1NrtK/7j+8O7&#10;a85CFK4WBpyq+EkFfrN9+2bT+VLNoQVTK2QE4kLZ+Yq3MfqyKIJslRVhAl45SjaAVkQKcV/UKDpC&#10;t6aYT6erogOsPYJUIdDf+yHJtxm/aZSMX5smqMhMxam3mFfM6y6txXYjyj0K32o5tiH+oQsrtKOi&#10;Z6h7EQU7oP4LymqJEKCJEwm2gKbRUmUOxGY2fcXmqRVeZS4kTvBnmcL/g5Vfjk/+G7LYv4eeBphJ&#10;BP8I8mdgDu5a4fbqFhG6VomaCs+SZEXnQzleTVKHMiSQXfcZahqyOETIQH2DNqlCPBmh0wBOZ9FV&#10;H5lMJVeLq+v5kjNJufl6tVwscwlRPt/2GOJHBZalTcWRhprRxfExxNSNKJ+PpGIOHrQxebDGsa7i&#10;6yXBv8pYHcl3RtuKX0/TNzghkfzg6nw5Cm2GPRUwbmSdiA6UY7/rma5HSZIIO6hPJAPCYDN6FrRp&#10;AX9z1pHFKh5+HQQqzswnR1KuZ4tF8mQOFsurOQV4mdldZoSTBFXxyNmwvYvZxwOxW5K80VmNl07G&#10;lsk6WaTR5smbl3E+9fIYt38AAAD//wMAUEsDBBQABgAIAAAAIQAtFoTR3QAAAAgBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI9BT8JAFITvJvyHzTPxJrtUIKX0lRCNV42AJtyW7qNt7L5tugut/971JMfJ&#10;TGa+yTejbcWVet84RphNFQji0pmGK4TD/vUxBeGDZqNbx4TwQx42xeQu15lxA3/QdRcqEUvYZxqh&#10;DqHLpPRlTVb7qeuIo3d2vdUhyr6SptdDLLetTJRaSqsbjgu17ui5pvJ7d7EIn2/n49dcvVcvdtEN&#10;blSS7UoiPtyP2zWIQGP4D8MffkSHIjKd3IWNFy1Cki5jEmG+eAIR/SRNZyBOCKtEgSxyeXug+AUA&#10;AP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRl&#10;bnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8B&#10;AABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCzO0oJ+QEAANQDAAAOAAAAAAAAAAAAAAAAAC4C&#10;AABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAtFoTR3QAAAAgBAAAPAAAAAAAAAAAAAAAA&#10;AFMEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAXQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="2013338137"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="1BE76095" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRPr="00464E72" w:rsidRDefault="00EB2ED8" w:rsidP="008D51C1">
                         <w:pPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
@@ -7807,51 +7508,51 @@
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69CC0C70" wp14:editId="5406256A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>-29210</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>7620</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7580630" cy="10719435"/>
           <wp:effectExtent l="0" t="0" r="1270" b="5715"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="Picture 3"/>
+          <wp:docPr id="2056220890" name="Picture 2056220890"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="govOfWA_DOJ_222.eps"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
@@ -7939,242 +7640,242 @@
                             <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="0AD62F99" id="Text Box 21" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:201.8pt;margin-top:3.15pt;width:312.75pt;height:42.75pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA6lRcegAIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9P2zAQfp+0/8Hy+0hbWhgVKepATJMQ&#10;oMHEs+vYNJrt8+xrk+6v5+wkpWJ7YdpLcr777nw/vvP5RWsN26oQa3AlHx+NOFNOQlW755L/eLz+&#10;9JmziMJVwoBTJd+pyC8WHz+cN36uJrAGU6nAKIiL88aXfI3o50UR5VpZEY/AK0dGDcEKpGN4Lqog&#10;GopuTTEZjU6KBkLlA0gVI2mvOiNf5PhaK4l3WkeFzJSccsP8Dfm7St9icS7mz0H4dS37NMQ/ZGFF&#10;7ejSfagrgYJtQv1HKFvLABE0HkmwBWhdS5VroGrGozfVPKyFV7kWak70+zbF/xdW3m7vA6urkk/G&#10;nDlhaUaPqkX2BVpGKupP4+OcYA+egNiSnuY86CMpU9mtDjb9qSBGdur0bt/dFE2S8vjsdHw2mXEm&#10;yTabTpJM4YtXbx8iflVgWRJKHmh6ualiexOxgw6QdJmD69qYPEHjWFPyk+PZKDvsLRTcuIRVmQt9&#10;mFRRl3mWcGdUwhj3XWnqRS4gKTIL1aUJbCuIP0JK5TDXnuMSOqE0JfEexx7/mtV7nLs6hpvB4d7Z&#10;1g5Crv5N2tXPIWXd4annB3UnEdtV25FgGOwKqh3NO0C3MdHL65qGciMi3otAK0IjprXHO/poA9R8&#10;6CXO1hB+/02f8MRcsnLW0MqVPP7aiKA4M98ccfpsPJ2mHc2H6ex0QodwaFkdWtzGXgJNhWhL2WUx&#10;4dEMog5gn+h1WKZbySScpLtLjoN4id1DQK+LVMtlBtFWeoE37sHLFDoNKVHusX0Swfe8RGL0LQzL&#10;KeZv6Nlhk6eD5QZB15m7qc9dV/v+00Zn9vevT3oyDs8Z9fpGLl4AAAD//wMAUEsDBBQABgAIAAAA&#10;IQDasia24QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9SqxUTspRGmIU1WR&#10;KiQEQ0sXNid+TaLGzyF228Cvx53KeLrT3Xf5ajI9O+PoOksSorkAhlRb3VEjYf+5eUyBOa9Iq94S&#10;SvhBB6vi/i5XmbYX2uJ55xsWSshlSkLr/ZBx7uoWjXJzOyAF72BHo3yQY8P1qC6h3PQ8FiLhRnUU&#10;Flo1YNlifdydjIS3cvOhtlVs0t++fH0/rIfv/dezlA+zaf0CzOPkb2G44gd0KAJTZU+kHeslPIlF&#10;EqISkgWwqy/iZQSskrCMUuBFzv8/KP4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAOpUX&#10;HoACAABrBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;2rImtuEAAAAJAQAADwAAAAAAAAAAAAAAAADaBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="0AD62F99" id="Text Box 21" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:201.8pt;margin-top:3.15pt;width:312.75pt;height:42.75pt;z-index:251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWU6MIbQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kSbsEcYqsRYcB&#10;RVusHXpWZCkxJouaxMTOfn0p2U6CbpcOu0iU+Ejx8UPzq6YybKd8KMHmfHg24ExZCUVp1zn/8Xz7&#10;6TNnAYUthAGrcr5XgV8tPn6Y126mRrABUyjPyIkNs9rlfIPoZlkW5EZVIpyBU5aUGnwlkI5+nRVe&#10;1OS9MtloMLjIavCF8yBVCHR70yr5IvnXWkl80DooZCbnFBum1ad1FddsMReztRduU8ouDPEPUVSi&#10;tPTowdWNQMG2vvzDVVVKDwE0nkmoMtC6lCpxIDbDwRs2TxvhVOJCyQnukKbw/9zK+92Te/QMmy/Q&#10;UAFjQmoXZoEuI59G+yruFCkjPaVwf0ibapBJujyfXg6nowlnknST8SjK5CY7Wjsf8KuCikUh557K&#10;krIldncBW2gPiY9ZuC2NSaUxltU5vzifDJLBQUPOjY1YlYrcuTlGniTcGxUxxn5XmpVFIhAvUnup&#10;a+PZTlBjCCmVxcQ9+SV0RGkK4j2GHf4Y1XuMWx79y2DxYFyVFnxi/ybs4mcfsm7xlPMT3lHEZtUQ&#10;8ZyP+sKuoNhTvT20oxCcvC2pKHci4KPw1PtUYppnfKBFG6DkQydxtgH/+2/3EU8tSVrOapqlnIdf&#10;W+EVZ+abpWadDsfjOHzpMJ5cjujgTzWrU43dVtdAVRnSz+FkEiMeTS9qD9ULjf0yvkoqYSW9nXPs&#10;xWtsJ5y+DamWywSicXMC7+yTk9F1LFJsuefmRXjX9SVSR99DP3Vi9qY9W2y0tLDcIugy9W7Mc5vV&#10;Lv80qqn7u28l/gWn54Q6fn6LVwAAAP//AwBQSwMEFAAGAAgAAAAhANqyJrbhAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1KrFROylEaYhTVZEqJARDSxc2J35NosbPIXbbwK/H&#10;ncp4utPdd/lqMj074+g6SxKiuQCGVFvdUSNh/7l5TIE5r0ir3hJK+EEHq+L+LleZthfa4nnnGxZK&#10;yGVKQuv9kHHu6haNcnM7IAXvYEejfJBjw/WoLqHc9DwWIuFGdRQWWjVg2WJ93J2MhLdy86G2VWzS&#10;3758fT+sh+/917OUD7Np/QLM4+RvYbjiB3QoAlNlT6Qd6yU8iUUSohKSBbCrL+JlBKySsIxS4EXO&#10;/z8o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCWU6MIbQIAAEQFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDasia24QAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="03CE1E5B" w14:textId="77777777" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="00B937D8">
                     <w:pPr>
                       <w:pStyle w:val="Publicationtitle"/>
                       <w:rPr>
                         <w:rFonts w:hint="eastAsia"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2979B9B1" w14:textId="5FA541BD" w:rsidR="00EB2ED8" w:rsidRDefault="00041FC6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2979B9B1" w14:textId="5FA541BD" w:rsidR="00EB2ED8" w:rsidRDefault="00DB150E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:pict w14:anchorId="7E215420">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s2053" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:315;z-index:-251634688;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="#7f7f7f [1612]" stroked="f">
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="Draft and not for further dissemination until approved"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="20475F69" w14:textId="7F47E8D9" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="004D040B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="20475F69" w14:textId="3017BE85" w:rsidR="00EB2ED8" w:rsidRDefault="00EB2ED8" w:rsidP="004D040B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00041FC6">
+    <w:r w:rsidR="00DB150E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 11.9 Compressed Air Breathing Apparatus</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00FF7FE6">
+    <w:r w:rsidR="00FF7FE6" w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>v</w:t>
     </w:r>
-    <w:r w:rsidR="002D7C20">
+    <w:r w:rsidR="002D7C20" w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="003D3C27">
+    <w:r w:rsidR="00DE5043" w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="002D7C20">
+    <w:r w:rsidR="002D7C20" w:rsidRPr="002C4D3D">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3208DAC1" w14:textId="4E3DB41C" w:rsidR="00EB2ED8" w:rsidRDefault="00041FC6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3208DAC1" w14:textId="4E3DB41C" w:rsidR="00EB2ED8" w:rsidRDefault="00DB150E">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:pict w14:anchorId="4D4AEB9D">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
             <v:f eqn="if @0 21600 @1"/>
             <v:f eqn="if @0 0 @2"/>
             <v:f eqn="if @0 @4 21600"/>
             <v:f eqn="mid @5 @6"/>
             <v:f eqn="mid @8 @5"/>
             <v:f eqn="mid @7 @8"/>
             <v:f eqn="mid @6 @7"/>
             <v:f eqn="sum @6 0 @5"/>
           </v:formulas>
           <v:path textpathok="t" o:connecttype="custom" o:connectlocs="@9,0;@10,10800;@11,21600;@12,10800" o:connectangles="270,180,90,0"/>
           <v:textpath on="t" fitshape="t"/>
           <v:handles>
             <v:h position="#0,bottomRight" xrange="6629,14971"/>
           </v:handles>
           <o:lock v:ext="edit" text="t" shapetype="t"/>
         </v:shapetype>
         <v:shape id="_x0000_s2054" type="#_x0000_t136" style="position:absolute;margin-left:0;margin-top:0;width:622.1pt;height:24.85pt;rotation:315;z-index:-251632640;mso-wrap-edited:f;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f" fillcolor="#7f7f7f [1612]" stroked="f">
           <v:textpath style="font-family:&quot;Arial&quot;;font-size:1pt" string="Draft and not for further dissemination until approved"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A6684E2E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B8113D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="17EC1DCE"/>
@@ -11474,215 +11175,219 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1900241170">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1905526012">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="936406349">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="376900735">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="565411157">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1612399623">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="391124833">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="1092894559">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1911038335">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="71975057">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="557714862">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="288516825">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="401371492">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="831792487">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="1543053811">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="319114487">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1251617201">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="356083321">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="326712520">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1645355599">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="443690263">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="240801583">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="52893382">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="1902213247">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="847256477">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="761727355">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="953514271">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="247812176">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="758479059">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="30">
+  <w:num w:numId="30" w16cid:durableId="2038652182">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="31">
+  <w:num w:numId="31" w16cid:durableId="1298291844">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="32">
+  <w:num w:numId="32" w16cid:durableId="1079913059">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="33">
+  <w:num w:numId="33" w16cid:durableId="1050493763">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="34">
+  <w:num w:numId="34" w16cid:durableId="1391542228">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="35">
+  <w:num w:numId="35" w16cid:durableId="1126044136">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1OzwyxGFIm4tE84B50o8RmzwRyd9H+2y6vpJb4HDKDVQbCd8lhmYglRpVRNHTOFP/c3enR+1kEY2kebAtsg84A==" w:salt="MoNzfy8iv4K6tUO92Ba/2g=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="qMGP2pomsIxI26WjluHyhSC0y+Vp71InV2hyIC0dUlJxuhpP8i1fu1QFNkGQiBfErR/33H9qCTD/0wZ2mRboJQ==" w:salt="drwg1zLl1UadN25NaSDtKw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2055"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A32D47"/>
     <w:rsid w:val="00001BA6"/>
     <w:rsid w:val="000036BF"/>
     <w:rsid w:val="0000419B"/>
     <w:rsid w:val="0001556C"/>
     <w:rsid w:val="00016436"/>
+    <w:rsid w:val="000164A6"/>
     <w:rsid w:val="00016DDD"/>
     <w:rsid w:val="000216BB"/>
     <w:rsid w:val="00023228"/>
+    <w:rsid w:val="00026559"/>
     <w:rsid w:val="00030068"/>
+    <w:rsid w:val="00031D19"/>
     <w:rsid w:val="00036684"/>
     <w:rsid w:val="00040324"/>
     <w:rsid w:val="000411F1"/>
     <w:rsid w:val="00041FC6"/>
     <w:rsid w:val="00043A72"/>
     <w:rsid w:val="00045F51"/>
     <w:rsid w:val="00046EA7"/>
     <w:rsid w:val="00046FAC"/>
     <w:rsid w:val="00047BBA"/>
+    <w:rsid w:val="000506CE"/>
     <w:rsid w:val="00050B4B"/>
     <w:rsid w:val="000515F8"/>
     <w:rsid w:val="000608D3"/>
     <w:rsid w:val="00062CD7"/>
     <w:rsid w:val="000633B6"/>
     <w:rsid w:val="00070FD1"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="0008121E"/>
     <w:rsid w:val="00081FC0"/>
     <w:rsid w:val="00085F6F"/>
     <w:rsid w:val="00087918"/>
     <w:rsid w:val="000901AE"/>
     <w:rsid w:val="000916A2"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="00093F5D"/>
     <w:rsid w:val="000944AA"/>
     <w:rsid w:val="00095E95"/>
     <w:rsid w:val="00096666"/>
     <w:rsid w:val="000974F4"/>
     <w:rsid w:val="00097703"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A14D2"/>
     <w:rsid w:val="000A181F"/>
     <w:rsid w:val="000A3790"/>
     <w:rsid w:val="000A6C7C"/>
@@ -11727,218 +11432,231 @@
     <w:rsid w:val="00131A72"/>
     <w:rsid w:val="0013457E"/>
     <w:rsid w:val="00137B3A"/>
     <w:rsid w:val="0014114C"/>
     <w:rsid w:val="00141384"/>
     <w:rsid w:val="00141D93"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="001467CB"/>
     <w:rsid w:val="001477B8"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="001520C4"/>
     <w:rsid w:val="001536B5"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="00156152"/>
     <w:rsid w:val="00156500"/>
     <w:rsid w:val="001648B5"/>
     <w:rsid w:val="001702C5"/>
     <w:rsid w:val="0017043B"/>
     <w:rsid w:val="00170BEC"/>
     <w:rsid w:val="0017421A"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="0017767D"/>
     <w:rsid w:val="0018058F"/>
     <w:rsid w:val="00187A44"/>
+    <w:rsid w:val="00187D01"/>
     <w:rsid w:val="00193880"/>
     <w:rsid w:val="001A069F"/>
     <w:rsid w:val="001A1AB6"/>
     <w:rsid w:val="001A2EA0"/>
     <w:rsid w:val="001A435C"/>
     <w:rsid w:val="001A5004"/>
     <w:rsid w:val="001A6569"/>
     <w:rsid w:val="001A71C0"/>
     <w:rsid w:val="001A7C31"/>
     <w:rsid w:val="001B5DD2"/>
     <w:rsid w:val="001B7C5B"/>
     <w:rsid w:val="001C03EB"/>
     <w:rsid w:val="001C1A84"/>
     <w:rsid w:val="001D0133"/>
     <w:rsid w:val="001D0633"/>
     <w:rsid w:val="001D41DE"/>
     <w:rsid w:val="001D5894"/>
     <w:rsid w:val="001E02B9"/>
     <w:rsid w:val="001E0EC7"/>
     <w:rsid w:val="001E2BF0"/>
     <w:rsid w:val="001E770C"/>
     <w:rsid w:val="001E7CC2"/>
     <w:rsid w:val="001F17D6"/>
     <w:rsid w:val="001F2B63"/>
     <w:rsid w:val="001F56C5"/>
     <w:rsid w:val="001F6F2D"/>
     <w:rsid w:val="001F7FBF"/>
+    <w:rsid w:val="00215450"/>
     <w:rsid w:val="00216FB5"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="002252EC"/>
     <w:rsid w:val="00225E9C"/>
     <w:rsid w:val="002300A0"/>
     <w:rsid w:val="00233ED0"/>
     <w:rsid w:val="00237633"/>
+    <w:rsid w:val="002413EA"/>
     <w:rsid w:val="00242F08"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="002460DC"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="00253184"/>
     <w:rsid w:val="00254316"/>
     <w:rsid w:val="002545E6"/>
     <w:rsid w:val="00256E61"/>
     <w:rsid w:val="00257D89"/>
     <w:rsid w:val="002612B8"/>
     <w:rsid w:val="00262103"/>
     <w:rsid w:val="00267905"/>
     <w:rsid w:val="0027428F"/>
     <w:rsid w:val="0027609B"/>
     <w:rsid w:val="00277874"/>
     <w:rsid w:val="00284DA4"/>
     <w:rsid w:val="00285623"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="00286451"/>
     <w:rsid w:val="00286622"/>
     <w:rsid w:val="00296868"/>
     <w:rsid w:val="00296CE5"/>
+    <w:rsid w:val="002A1327"/>
     <w:rsid w:val="002A4B1F"/>
     <w:rsid w:val="002A5654"/>
     <w:rsid w:val="002B3DCE"/>
     <w:rsid w:val="002B5671"/>
     <w:rsid w:val="002B5D27"/>
     <w:rsid w:val="002C15B8"/>
     <w:rsid w:val="002C21A3"/>
+    <w:rsid w:val="002C3441"/>
     <w:rsid w:val="002C34A7"/>
+    <w:rsid w:val="002C4D3D"/>
     <w:rsid w:val="002D6B16"/>
     <w:rsid w:val="002D7C20"/>
     <w:rsid w:val="002E1805"/>
     <w:rsid w:val="002E37E2"/>
     <w:rsid w:val="002E4651"/>
     <w:rsid w:val="002E4C88"/>
     <w:rsid w:val="002E511F"/>
     <w:rsid w:val="002E5448"/>
     <w:rsid w:val="002E548E"/>
     <w:rsid w:val="002E5892"/>
     <w:rsid w:val="002E6500"/>
     <w:rsid w:val="002E65C6"/>
     <w:rsid w:val="002E68A2"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002F1AE6"/>
     <w:rsid w:val="002F2088"/>
     <w:rsid w:val="002F486B"/>
     <w:rsid w:val="00302144"/>
     <w:rsid w:val="00302299"/>
     <w:rsid w:val="00305A17"/>
     <w:rsid w:val="00306B13"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="0031177C"/>
+    <w:rsid w:val="003133EA"/>
     <w:rsid w:val="00316429"/>
     <w:rsid w:val="003178B4"/>
+    <w:rsid w:val="00321F4C"/>
     <w:rsid w:val="00322568"/>
+    <w:rsid w:val="00322DAE"/>
     <w:rsid w:val="00323C02"/>
     <w:rsid w:val="0032545A"/>
     <w:rsid w:val="0033067C"/>
     <w:rsid w:val="0033087B"/>
     <w:rsid w:val="00334E4F"/>
     <w:rsid w:val="0034106F"/>
     <w:rsid w:val="00341FCF"/>
     <w:rsid w:val="00344EA7"/>
     <w:rsid w:val="00347764"/>
     <w:rsid w:val="00352773"/>
     <w:rsid w:val="00357AA1"/>
     <w:rsid w:val="00361834"/>
     <w:rsid w:val="00365517"/>
     <w:rsid w:val="00366632"/>
     <w:rsid w:val="003671EA"/>
     <w:rsid w:val="00372782"/>
     <w:rsid w:val="00374908"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="00380DA5"/>
     <w:rsid w:val="00381E03"/>
+    <w:rsid w:val="00384152"/>
     <w:rsid w:val="003845DE"/>
     <w:rsid w:val="00384F14"/>
     <w:rsid w:val="0038604A"/>
     <w:rsid w:val="00387127"/>
     <w:rsid w:val="0039087A"/>
     <w:rsid w:val="00391419"/>
     <w:rsid w:val="0039644E"/>
     <w:rsid w:val="0039707C"/>
     <w:rsid w:val="003A0C18"/>
     <w:rsid w:val="003A1ED7"/>
     <w:rsid w:val="003A5034"/>
     <w:rsid w:val="003A5257"/>
     <w:rsid w:val="003A54AE"/>
     <w:rsid w:val="003C013B"/>
     <w:rsid w:val="003C1B90"/>
     <w:rsid w:val="003C3890"/>
     <w:rsid w:val="003C534D"/>
     <w:rsid w:val="003D30E9"/>
     <w:rsid w:val="003D35ED"/>
     <w:rsid w:val="003D3C27"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003D71DE"/>
     <w:rsid w:val="003E0071"/>
     <w:rsid w:val="003E2B45"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003F7AD3"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="004045FA"/>
     <w:rsid w:val="004046A1"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="00410126"/>
+    <w:rsid w:val="00412DEB"/>
     <w:rsid w:val="0041794A"/>
     <w:rsid w:val="0042578D"/>
     <w:rsid w:val="00426CAA"/>
     <w:rsid w:val="00432A19"/>
     <w:rsid w:val="00437169"/>
     <w:rsid w:val="00445555"/>
     <w:rsid w:val="0044604B"/>
     <w:rsid w:val="00446978"/>
     <w:rsid w:val="0044748E"/>
     <w:rsid w:val="00453771"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="00460A7C"/>
     <w:rsid w:val="00461EA5"/>
     <w:rsid w:val="00462105"/>
     <w:rsid w:val="00464E72"/>
     <w:rsid w:val="00467E2A"/>
     <w:rsid w:val="00475772"/>
     <w:rsid w:val="00477542"/>
     <w:rsid w:val="00483739"/>
     <w:rsid w:val="00487214"/>
     <w:rsid w:val="0049048E"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="00492DCE"/>
+    <w:rsid w:val="00496135"/>
     <w:rsid w:val="00496AE3"/>
     <w:rsid w:val="004A1502"/>
     <w:rsid w:val="004A4A7B"/>
+    <w:rsid w:val="004A51B6"/>
     <w:rsid w:val="004A552E"/>
     <w:rsid w:val="004B1EC5"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004B337C"/>
     <w:rsid w:val="004B48EF"/>
     <w:rsid w:val="004B6106"/>
     <w:rsid w:val="004C040F"/>
     <w:rsid w:val="004C2084"/>
     <w:rsid w:val="004D040B"/>
     <w:rsid w:val="004D1470"/>
     <w:rsid w:val="004D3999"/>
     <w:rsid w:val="004D3A18"/>
     <w:rsid w:val="004D4BD9"/>
     <w:rsid w:val="004D5D73"/>
     <w:rsid w:val="004E0AF0"/>
     <w:rsid w:val="004E28B3"/>
     <w:rsid w:val="004E2D90"/>
     <w:rsid w:val="004E571B"/>
     <w:rsid w:val="004E73DD"/>
     <w:rsid w:val="004F2AC9"/>
     <w:rsid w:val="004F3557"/>
     <w:rsid w:val="004F3697"/>
     <w:rsid w:val="004F3ACD"/>
     <w:rsid w:val="004F578E"/>
     <w:rsid w:val="005031A6"/>
@@ -11952,235 +11670,254 @@
     <w:rsid w:val="00527B94"/>
     <w:rsid w:val="00530DDD"/>
     <w:rsid w:val="00531705"/>
     <w:rsid w:val="00532B4D"/>
     <w:rsid w:val="00535F52"/>
     <w:rsid w:val="00542B19"/>
     <w:rsid w:val="005443D4"/>
     <w:rsid w:val="0054481D"/>
     <w:rsid w:val="0055292E"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="00555D6B"/>
     <w:rsid w:val="005567DE"/>
     <w:rsid w:val="0056077F"/>
     <w:rsid w:val="00563A99"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="005730AE"/>
     <w:rsid w:val="00576013"/>
     <w:rsid w:val="00576694"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="00580590"/>
     <w:rsid w:val="005807DD"/>
     <w:rsid w:val="00581170"/>
     <w:rsid w:val="00584912"/>
     <w:rsid w:val="00587148"/>
     <w:rsid w:val="00592112"/>
+    <w:rsid w:val="00592C95"/>
     <w:rsid w:val="00594967"/>
+    <w:rsid w:val="005958D9"/>
     <w:rsid w:val="005A3B35"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005B6A00"/>
     <w:rsid w:val="005C0853"/>
     <w:rsid w:val="005C0E7A"/>
     <w:rsid w:val="005C32E3"/>
     <w:rsid w:val="005C522B"/>
     <w:rsid w:val="005C576F"/>
     <w:rsid w:val="005C6108"/>
+    <w:rsid w:val="005C7BE2"/>
     <w:rsid w:val="005D11B5"/>
     <w:rsid w:val="005E2AD0"/>
     <w:rsid w:val="005E3F71"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E6505"/>
     <w:rsid w:val="005E7EF8"/>
     <w:rsid w:val="005F2D6C"/>
     <w:rsid w:val="005F4DC2"/>
+    <w:rsid w:val="005F5F4F"/>
     <w:rsid w:val="005F7538"/>
     <w:rsid w:val="00602A1E"/>
     <w:rsid w:val="00612F90"/>
     <w:rsid w:val="0061676A"/>
     <w:rsid w:val="00617D9C"/>
     <w:rsid w:val="00620AAD"/>
     <w:rsid w:val="0062223E"/>
     <w:rsid w:val="0062334A"/>
+    <w:rsid w:val="00626FDF"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="006315EC"/>
     <w:rsid w:val="00632C0E"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="00635034"/>
     <w:rsid w:val="0063593F"/>
     <w:rsid w:val="0064146B"/>
     <w:rsid w:val="0064237A"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="00644BEB"/>
+    <w:rsid w:val="0065559A"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="0066337B"/>
     <w:rsid w:val="00672F7E"/>
     <w:rsid w:val="00674335"/>
     <w:rsid w:val="0067447B"/>
     <w:rsid w:val="0068076E"/>
+    <w:rsid w:val="00683CB3"/>
     <w:rsid w:val="00687068"/>
     <w:rsid w:val="006872E0"/>
+    <w:rsid w:val="00697FB5"/>
     <w:rsid w:val="006A08DF"/>
     <w:rsid w:val="006A4577"/>
     <w:rsid w:val="006A4AB1"/>
     <w:rsid w:val="006A5A1E"/>
     <w:rsid w:val="006A6561"/>
     <w:rsid w:val="006A6D29"/>
     <w:rsid w:val="006A6EF9"/>
     <w:rsid w:val="006A789C"/>
+    <w:rsid w:val="006B04AA"/>
     <w:rsid w:val="006B2952"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006B3870"/>
     <w:rsid w:val="006B3DF4"/>
     <w:rsid w:val="006B574C"/>
     <w:rsid w:val="006C01E1"/>
     <w:rsid w:val="006C66F8"/>
     <w:rsid w:val="006D2186"/>
     <w:rsid w:val="006D314A"/>
     <w:rsid w:val="006D756D"/>
     <w:rsid w:val="006E309E"/>
     <w:rsid w:val="006E4334"/>
     <w:rsid w:val="006F102D"/>
+    <w:rsid w:val="006F30CE"/>
     <w:rsid w:val="006F32E0"/>
     <w:rsid w:val="006F4464"/>
     <w:rsid w:val="006F7110"/>
     <w:rsid w:val="006F7F65"/>
     <w:rsid w:val="00703E41"/>
     <w:rsid w:val="007057E0"/>
     <w:rsid w:val="00706686"/>
     <w:rsid w:val="0070712D"/>
     <w:rsid w:val="00707E19"/>
     <w:rsid w:val="00711C79"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00717356"/>
     <w:rsid w:val="00727214"/>
     <w:rsid w:val="00730FBC"/>
     <w:rsid w:val="007312BD"/>
     <w:rsid w:val="00732827"/>
     <w:rsid w:val="00733015"/>
     <w:rsid w:val="0073660A"/>
     <w:rsid w:val="00740CD1"/>
     <w:rsid w:val="00741FBE"/>
     <w:rsid w:val="00742EF7"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00745FB5"/>
     <w:rsid w:val="00751B08"/>
     <w:rsid w:val="00751C2F"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="00753B51"/>
     <w:rsid w:val="007579F8"/>
     <w:rsid w:val="00757F97"/>
     <w:rsid w:val="00760CF9"/>
     <w:rsid w:val="00761891"/>
+    <w:rsid w:val="007647B3"/>
     <w:rsid w:val="0076603E"/>
     <w:rsid w:val="00767B72"/>
     <w:rsid w:val="0077138F"/>
     <w:rsid w:val="00773A5C"/>
     <w:rsid w:val="007746F6"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="007A1582"/>
     <w:rsid w:val="007A49A5"/>
     <w:rsid w:val="007A65BA"/>
     <w:rsid w:val="007B3F4F"/>
     <w:rsid w:val="007C7440"/>
     <w:rsid w:val="007D3840"/>
     <w:rsid w:val="007D3C6F"/>
+    <w:rsid w:val="007D7802"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007E7974"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="008024EE"/>
     <w:rsid w:val="00803074"/>
     <w:rsid w:val="00803710"/>
     <w:rsid w:val="00803C5D"/>
+    <w:rsid w:val="00807649"/>
     <w:rsid w:val="00807775"/>
     <w:rsid w:val="00807B35"/>
     <w:rsid w:val="00810C63"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="008129BF"/>
     <w:rsid w:val="00820D07"/>
     <w:rsid w:val="008215ED"/>
     <w:rsid w:val="00821CB5"/>
     <w:rsid w:val="00824613"/>
     <w:rsid w:val="00826386"/>
+    <w:rsid w:val="00836330"/>
+    <w:rsid w:val="008371D2"/>
     <w:rsid w:val="00841BB5"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="0084635B"/>
     <w:rsid w:val="008508D1"/>
     <w:rsid w:val="00850972"/>
     <w:rsid w:val="00852BD5"/>
     <w:rsid w:val="00855FEA"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="0086067A"/>
     <w:rsid w:val="00862900"/>
     <w:rsid w:val="00862AE7"/>
     <w:rsid w:val="008647CA"/>
     <w:rsid w:val="00864F93"/>
     <w:rsid w:val="008674D9"/>
     <w:rsid w:val="00873131"/>
+    <w:rsid w:val="00884A0A"/>
     <w:rsid w:val="00886A7A"/>
     <w:rsid w:val="008902A1"/>
     <w:rsid w:val="00891915"/>
     <w:rsid w:val="00891FC5"/>
     <w:rsid w:val="008944A8"/>
     <w:rsid w:val="00894E35"/>
     <w:rsid w:val="008976B1"/>
     <w:rsid w:val="00897A45"/>
     <w:rsid w:val="008A06DD"/>
     <w:rsid w:val="008A0C4E"/>
     <w:rsid w:val="008A0E73"/>
     <w:rsid w:val="008A259E"/>
     <w:rsid w:val="008A35EE"/>
     <w:rsid w:val="008A3A74"/>
     <w:rsid w:val="008A696B"/>
     <w:rsid w:val="008A7891"/>
     <w:rsid w:val="008B5E88"/>
     <w:rsid w:val="008B60B4"/>
     <w:rsid w:val="008B7501"/>
+    <w:rsid w:val="008C0931"/>
     <w:rsid w:val="008C2B7A"/>
     <w:rsid w:val="008C46E7"/>
     <w:rsid w:val="008C5479"/>
     <w:rsid w:val="008C56D8"/>
     <w:rsid w:val="008D0CC4"/>
     <w:rsid w:val="008D0E37"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D51C1"/>
     <w:rsid w:val="008D72F4"/>
     <w:rsid w:val="008D76B2"/>
     <w:rsid w:val="008E7CD3"/>
     <w:rsid w:val="008F1217"/>
     <w:rsid w:val="008F755B"/>
     <w:rsid w:val="00901BEA"/>
     <w:rsid w:val="00901FE3"/>
     <w:rsid w:val="00902BB3"/>
     <w:rsid w:val="0091065E"/>
+    <w:rsid w:val="00913A34"/>
     <w:rsid w:val="00913C4C"/>
     <w:rsid w:val="0091481C"/>
     <w:rsid w:val="009152BD"/>
     <w:rsid w:val="0092078E"/>
     <w:rsid w:val="009227AD"/>
     <w:rsid w:val="0092684D"/>
+    <w:rsid w:val="00926BC2"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="00932C88"/>
     <w:rsid w:val="00933400"/>
     <w:rsid w:val="009438AA"/>
     <w:rsid w:val="00951844"/>
     <w:rsid w:val="00952A88"/>
     <w:rsid w:val="009532AA"/>
     <w:rsid w:val="0096091F"/>
     <w:rsid w:val="00963484"/>
     <w:rsid w:val="009642EC"/>
     <w:rsid w:val="00965FBC"/>
     <w:rsid w:val="00972BF0"/>
     <w:rsid w:val="00974458"/>
     <w:rsid w:val="00974D46"/>
     <w:rsid w:val="00976E14"/>
     <w:rsid w:val="00976E54"/>
     <w:rsid w:val="009773CD"/>
     <w:rsid w:val="00980381"/>
     <w:rsid w:val="00984ADA"/>
     <w:rsid w:val="009858C3"/>
     <w:rsid w:val="00985911"/>
     <w:rsid w:val="00992002"/>
     <w:rsid w:val="00994771"/>
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="00997E83"/>
@@ -12204,163 +11941,172 @@
     <w:rsid w:val="009E2FFA"/>
     <w:rsid w:val="009E7F16"/>
     <w:rsid w:val="00A01EE7"/>
     <w:rsid w:val="00A1576E"/>
     <w:rsid w:val="00A1612B"/>
     <w:rsid w:val="00A176D3"/>
     <w:rsid w:val="00A31788"/>
     <w:rsid w:val="00A32D47"/>
     <w:rsid w:val="00A32EFA"/>
     <w:rsid w:val="00A37664"/>
     <w:rsid w:val="00A42F38"/>
     <w:rsid w:val="00A43D05"/>
     <w:rsid w:val="00A4483C"/>
     <w:rsid w:val="00A54B72"/>
     <w:rsid w:val="00A55E62"/>
     <w:rsid w:val="00A56589"/>
     <w:rsid w:val="00A56DFC"/>
     <w:rsid w:val="00A57413"/>
     <w:rsid w:val="00A6239E"/>
     <w:rsid w:val="00A6548F"/>
     <w:rsid w:val="00A66AF1"/>
     <w:rsid w:val="00A70079"/>
     <w:rsid w:val="00A70210"/>
     <w:rsid w:val="00A7046B"/>
     <w:rsid w:val="00A725AD"/>
+    <w:rsid w:val="00A72E1B"/>
     <w:rsid w:val="00A73AF0"/>
     <w:rsid w:val="00A73D02"/>
     <w:rsid w:val="00A75028"/>
     <w:rsid w:val="00A76A9D"/>
     <w:rsid w:val="00A820CD"/>
     <w:rsid w:val="00A821FF"/>
     <w:rsid w:val="00A8639E"/>
     <w:rsid w:val="00A87F0E"/>
     <w:rsid w:val="00A9288B"/>
     <w:rsid w:val="00AA2A29"/>
     <w:rsid w:val="00AA5C76"/>
     <w:rsid w:val="00AB088F"/>
     <w:rsid w:val="00AB4244"/>
     <w:rsid w:val="00AB4291"/>
     <w:rsid w:val="00AB69F9"/>
     <w:rsid w:val="00AB6F84"/>
     <w:rsid w:val="00AC0C58"/>
     <w:rsid w:val="00AC360E"/>
     <w:rsid w:val="00AC5BF2"/>
     <w:rsid w:val="00AC5EAE"/>
     <w:rsid w:val="00AC64E9"/>
     <w:rsid w:val="00AC7348"/>
     <w:rsid w:val="00AD2778"/>
     <w:rsid w:val="00AD3915"/>
     <w:rsid w:val="00AD5809"/>
     <w:rsid w:val="00AE15AE"/>
     <w:rsid w:val="00AE184F"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE33A7"/>
     <w:rsid w:val="00AF0155"/>
     <w:rsid w:val="00AF366A"/>
+    <w:rsid w:val="00AF47E3"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B02C27"/>
     <w:rsid w:val="00B06B20"/>
     <w:rsid w:val="00B104F3"/>
     <w:rsid w:val="00B11916"/>
     <w:rsid w:val="00B1295B"/>
     <w:rsid w:val="00B13B25"/>
     <w:rsid w:val="00B13CD2"/>
     <w:rsid w:val="00B14CF5"/>
     <w:rsid w:val="00B16286"/>
     <w:rsid w:val="00B20011"/>
     <w:rsid w:val="00B2299B"/>
     <w:rsid w:val="00B274D9"/>
     <w:rsid w:val="00B328A8"/>
     <w:rsid w:val="00B32D13"/>
     <w:rsid w:val="00B34157"/>
     <w:rsid w:val="00B36442"/>
     <w:rsid w:val="00B3651C"/>
     <w:rsid w:val="00B375BE"/>
     <w:rsid w:val="00B46165"/>
+    <w:rsid w:val="00B534D6"/>
     <w:rsid w:val="00B54DD1"/>
     <w:rsid w:val="00B551FD"/>
     <w:rsid w:val="00B574D4"/>
     <w:rsid w:val="00B632A3"/>
     <w:rsid w:val="00B656CA"/>
     <w:rsid w:val="00B7312B"/>
     <w:rsid w:val="00B73DFC"/>
     <w:rsid w:val="00B77801"/>
+    <w:rsid w:val="00B77EEE"/>
+    <w:rsid w:val="00B80AB4"/>
     <w:rsid w:val="00B87815"/>
     <w:rsid w:val="00B91DD4"/>
     <w:rsid w:val="00B92CA2"/>
     <w:rsid w:val="00B937D8"/>
+    <w:rsid w:val="00B93D1F"/>
     <w:rsid w:val="00B9510D"/>
     <w:rsid w:val="00B979EA"/>
     <w:rsid w:val="00BA4046"/>
+    <w:rsid w:val="00BA418F"/>
     <w:rsid w:val="00BA50F4"/>
     <w:rsid w:val="00BA6667"/>
     <w:rsid w:val="00BB5043"/>
     <w:rsid w:val="00BB621B"/>
     <w:rsid w:val="00BB6E3F"/>
     <w:rsid w:val="00BC1205"/>
     <w:rsid w:val="00BC168F"/>
     <w:rsid w:val="00BC4701"/>
     <w:rsid w:val="00BD16B0"/>
     <w:rsid w:val="00BD20BA"/>
     <w:rsid w:val="00BD3D24"/>
     <w:rsid w:val="00BD699D"/>
     <w:rsid w:val="00BE08C1"/>
     <w:rsid w:val="00BE3F79"/>
     <w:rsid w:val="00BE48DB"/>
     <w:rsid w:val="00BE4A92"/>
     <w:rsid w:val="00BE5814"/>
     <w:rsid w:val="00BE6800"/>
     <w:rsid w:val="00BE78F8"/>
     <w:rsid w:val="00BF57E1"/>
     <w:rsid w:val="00C004C9"/>
     <w:rsid w:val="00C00950"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C10AB5"/>
     <w:rsid w:val="00C11B12"/>
     <w:rsid w:val="00C11C3C"/>
+    <w:rsid w:val="00C11CF1"/>
     <w:rsid w:val="00C13B65"/>
     <w:rsid w:val="00C1403E"/>
     <w:rsid w:val="00C14346"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C1750E"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C31538"/>
     <w:rsid w:val="00C328C5"/>
     <w:rsid w:val="00C3320A"/>
     <w:rsid w:val="00C34111"/>
     <w:rsid w:val="00C35427"/>
     <w:rsid w:val="00C36CCA"/>
     <w:rsid w:val="00C438D5"/>
     <w:rsid w:val="00C45706"/>
     <w:rsid w:val="00C51244"/>
     <w:rsid w:val="00C56E45"/>
     <w:rsid w:val="00C575BC"/>
     <w:rsid w:val="00C57BCA"/>
+    <w:rsid w:val="00C623A9"/>
     <w:rsid w:val="00C64F29"/>
     <w:rsid w:val="00C6606F"/>
     <w:rsid w:val="00C672B3"/>
     <w:rsid w:val="00C67DB4"/>
     <w:rsid w:val="00C71CFA"/>
     <w:rsid w:val="00C725EB"/>
     <w:rsid w:val="00C72B00"/>
     <w:rsid w:val="00C77524"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C8759C"/>
     <w:rsid w:val="00C95AE3"/>
     <w:rsid w:val="00CA2EF4"/>
     <w:rsid w:val="00CA4A91"/>
     <w:rsid w:val="00CA62C7"/>
     <w:rsid w:val="00CA7059"/>
     <w:rsid w:val="00CB115B"/>
     <w:rsid w:val="00CB29D1"/>
     <w:rsid w:val="00CB417C"/>
     <w:rsid w:val="00CB68FB"/>
     <w:rsid w:val="00CB7496"/>
     <w:rsid w:val="00CC2BBB"/>
     <w:rsid w:val="00CC3A10"/>
     <w:rsid w:val="00CC6098"/>
     <w:rsid w:val="00CD3923"/>
     <w:rsid w:val="00CE1A06"/>
@@ -12371,238 +12117,246 @@
     <w:rsid w:val="00CE5CC3"/>
     <w:rsid w:val="00CE7598"/>
     <w:rsid w:val="00CF16EC"/>
     <w:rsid w:val="00CF2876"/>
     <w:rsid w:val="00CF4F12"/>
     <w:rsid w:val="00CF5518"/>
     <w:rsid w:val="00D02170"/>
     <w:rsid w:val="00D0424F"/>
     <w:rsid w:val="00D058E5"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D151C7"/>
     <w:rsid w:val="00D2032C"/>
     <w:rsid w:val="00D20E41"/>
     <w:rsid w:val="00D21F28"/>
     <w:rsid w:val="00D2357C"/>
     <w:rsid w:val="00D25E96"/>
     <w:rsid w:val="00D26DC5"/>
     <w:rsid w:val="00D27555"/>
     <w:rsid w:val="00D41F3D"/>
     <w:rsid w:val="00D42CFC"/>
     <w:rsid w:val="00D4567F"/>
     <w:rsid w:val="00D475D6"/>
     <w:rsid w:val="00D47BBB"/>
     <w:rsid w:val="00D52373"/>
+    <w:rsid w:val="00D53DCB"/>
     <w:rsid w:val="00D60157"/>
     <w:rsid w:val="00D648A5"/>
     <w:rsid w:val="00D730D3"/>
     <w:rsid w:val="00D75B68"/>
     <w:rsid w:val="00D75B99"/>
     <w:rsid w:val="00D7778A"/>
     <w:rsid w:val="00D80D78"/>
     <w:rsid w:val="00D81392"/>
     <w:rsid w:val="00D825C7"/>
     <w:rsid w:val="00D8262D"/>
     <w:rsid w:val="00D842AA"/>
     <w:rsid w:val="00D845A8"/>
     <w:rsid w:val="00D90F99"/>
     <w:rsid w:val="00D92420"/>
     <w:rsid w:val="00D929BC"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D94A9B"/>
     <w:rsid w:val="00D97784"/>
     <w:rsid w:val="00DA1973"/>
     <w:rsid w:val="00DA1993"/>
     <w:rsid w:val="00DA2936"/>
     <w:rsid w:val="00DA3079"/>
     <w:rsid w:val="00DB0DA3"/>
+    <w:rsid w:val="00DB150E"/>
     <w:rsid w:val="00DB579C"/>
     <w:rsid w:val="00DB6FE8"/>
     <w:rsid w:val="00DB792F"/>
     <w:rsid w:val="00DC0FB7"/>
     <w:rsid w:val="00DC74A9"/>
     <w:rsid w:val="00DC7F91"/>
     <w:rsid w:val="00DD2C94"/>
     <w:rsid w:val="00DD4C0D"/>
     <w:rsid w:val="00DD56C3"/>
     <w:rsid w:val="00DD7D1E"/>
     <w:rsid w:val="00DE1B65"/>
     <w:rsid w:val="00DE3B5A"/>
+    <w:rsid w:val="00DE5043"/>
     <w:rsid w:val="00DE6583"/>
     <w:rsid w:val="00DE6A31"/>
     <w:rsid w:val="00DF1489"/>
     <w:rsid w:val="00DF262B"/>
     <w:rsid w:val="00DF7093"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00E00428"/>
     <w:rsid w:val="00E030DA"/>
     <w:rsid w:val="00E067E6"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E14987"/>
     <w:rsid w:val="00E174ED"/>
     <w:rsid w:val="00E21562"/>
     <w:rsid w:val="00E222BA"/>
     <w:rsid w:val="00E22490"/>
     <w:rsid w:val="00E30B20"/>
     <w:rsid w:val="00E3101C"/>
     <w:rsid w:val="00E377AB"/>
     <w:rsid w:val="00E4195C"/>
     <w:rsid w:val="00E614EE"/>
     <w:rsid w:val="00E61E07"/>
     <w:rsid w:val="00E630B0"/>
     <w:rsid w:val="00E662A5"/>
     <w:rsid w:val="00E72E3A"/>
     <w:rsid w:val="00E76AD5"/>
     <w:rsid w:val="00E84D53"/>
     <w:rsid w:val="00E87D51"/>
     <w:rsid w:val="00E93B1B"/>
     <w:rsid w:val="00E9653A"/>
     <w:rsid w:val="00EA00BF"/>
     <w:rsid w:val="00EA055E"/>
     <w:rsid w:val="00EA088C"/>
+    <w:rsid w:val="00EA1143"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA5F0F"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rsid w:val="00EB02DA"/>
     <w:rsid w:val="00EB0B25"/>
     <w:rsid w:val="00EB1168"/>
     <w:rsid w:val="00EB21C8"/>
     <w:rsid w:val="00EB2ED8"/>
     <w:rsid w:val="00EB32E2"/>
     <w:rsid w:val="00EB676F"/>
     <w:rsid w:val="00EB6ECC"/>
     <w:rsid w:val="00EB729D"/>
     <w:rsid w:val="00EC058D"/>
     <w:rsid w:val="00EC09DE"/>
     <w:rsid w:val="00EC11D3"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC2253"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC6C8B"/>
     <w:rsid w:val="00EC7037"/>
     <w:rsid w:val="00EC7084"/>
     <w:rsid w:val="00EC70BC"/>
     <w:rsid w:val="00EC7AB2"/>
     <w:rsid w:val="00ED6843"/>
     <w:rsid w:val="00EE79BB"/>
     <w:rsid w:val="00EF0356"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF1FDD"/>
     <w:rsid w:val="00EF2200"/>
+    <w:rsid w:val="00EF2639"/>
     <w:rsid w:val="00EF53A8"/>
     <w:rsid w:val="00EF7C7B"/>
     <w:rsid w:val="00F031E7"/>
     <w:rsid w:val="00F0573A"/>
     <w:rsid w:val="00F06164"/>
     <w:rsid w:val="00F06A40"/>
     <w:rsid w:val="00F10CD6"/>
     <w:rsid w:val="00F171E7"/>
     <w:rsid w:val="00F227FD"/>
     <w:rsid w:val="00F27501"/>
     <w:rsid w:val="00F27D8A"/>
     <w:rsid w:val="00F32FBE"/>
+    <w:rsid w:val="00F357DF"/>
     <w:rsid w:val="00F4083B"/>
     <w:rsid w:val="00F40D6C"/>
     <w:rsid w:val="00F45492"/>
     <w:rsid w:val="00F46B1C"/>
     <w:rsid w:val="00F57312"/>
     <w:rsid w:val="00F60389"/>
     <w:rsid w:val="00F6502E"/>
     <w:rsid w:val="00F6508F"/>
     <w:rsid w:val="00F67443"/>
     <w:rsid w:val="00F675B0"/>
     <w:rsid w:val="00F70F53"/>
     <w:rsid w:val="00F726C2"/>
     <w:rsid w:val="00F7447B"/>
     <w:rsid w:val="00F76695"/>
     <w:rsid w:val="00F77CBB"/>
     <w:rsid w:val="00F801EF"/>
     <w:rsid w:val="00F82180"/>
     <w:rsid w:val="00F876C1"/>
     <w:rsid w:val="00F91F37"/>
     <w:rsid w:val="00F9298B"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F93B81"/>
     <w:rsid w:val="00F942E6"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00FA0CEC"/>
     <w:rsid w:val="00FA1D8B"/>
     <w:rsid w:val="00FA21E3"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FB160A"/>
     <w:rsid w:val="00FB6DBD"/>
     <w:rsid w:val="00FC17A7"/>
     <w:rsid w:val="00FC3097"/>
     <w:rsid w:val="00FC414F"/>
     <w:rsid w:val="00FC5EEE"/>
     <w:rsid w:val="00FC7947"/>
     <w:rsid w:val="00FD06C9"/>
     <w:rsid w:val="00FD1BFE"/>
     <w:rsid w:val="00FD20D5"/>
     <w:rsid w:val="00FD29DC"/>
     <w:rsid w:val="00FD7CA9"/>
     <w:rsid w:val="00FE17F7"/>
     <w:rsid w:val="00FE207C"/>
     <w:rsid w:val="00FE74E9"/>
     <w:rsid w:val="00FF2674"/>
+    <w:rsid w:val="00FF6332"/>
     <w:rsid w:val="00FF670A"/>
+    <w:rsid w:val="00FF769F"/>
     <w:rsid w:val="00FF7FE6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2055"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="358D4DD6"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:docId w15:val="{1BCF8768-2E2D-4B45-B4F9-3E1CE3827DD0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14061,62 +13815,74 @@
     <w:rsid w:val="00EC6C8B"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A31788"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006F30CE"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/communities/security-intelligence/security-response/SOGPublications/Guiding%20principles%20for%20corrections%20in%20Australia%202018.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/department/standards/Documents/monitoring-compliance-framework.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://justus/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_12106_currencies.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_12106_currencies.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -14385,54 +14151,64 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Templates</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d73d990e-b5bb-4bad-9fd6-d25e3a2f8bb9</TermId>
         </TermInfo>
       </Terms>
     </pa8a0a93780a4945b3173f20d8e45055>
     <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <UserInfo>
         <DisplayName>Nageswaran, Nimilandra</DisplayName>
         <AccountId>20</AccountId>
         <AccountType/>
       </UserInfo>
     </Contributor_x0020_Name>
     <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
     <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
     <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
     <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
@@ -14456,62 +14232,52 @@
       </Terms>
     </kf620cb349b946fa81ca1074c0b3c5af>
     <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 11.9 Compressed Air Breathing Apparatus</CategoryDescription>
     <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
     <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Community Relations</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ffba8bc2-640c-4bfe-8f63-b1fc456e246a</TermId>
         </TermInfo>
       </Terms>
     </g2cdfbdd30c849e9bbb5c12aa747ff35>
     <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
       <UserInfo>
         <DisplayName>Nageswaran, Nimilandra</DisplayName>
         <AccountId>20</AccountId>
         <AccountType/>
       </UserInfo>
     </Contributor_x0020_Email>
     <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
     <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C00F0D83A50F2144C42ACB5D0D7865205AD" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="42bbab49f36ed8fec9b3c3a5d5a50fb9">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5803bea382f296392a5d9361e4ac8430" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
@@ -14765,142 +14531,142 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06DA14D6-1905-4ECD-89E1-FA69F03F91B3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06DA14D6-1905-4ECD-89E1-FA69F03F91B3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{734891CD-0402-4469-9D8D-E9985E0D0EEA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>2989</Words>
-  <Characters>17043</Characters>
+  <Words>2958</Words>
+  <Characters>16863</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>142</Lines>
+  <Lines>140</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 11.9 Compressed Air Breathing Apparatus</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>19993</CharactersWithSpaces>
+  <CharactersWithSpaces>19782</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>