--- v0 (2025-12-10)
+++ v1 (2026-02-01)
@@ -1,63 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="494E0C63" w14:textId="77777777" w:rsidR="00146739" w:rsidRPr="002E5756" w:rsidRDefault="008114B3" w:rsidP="002E5756">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E5756">
         <w:t xml:space="preserve">COPP </w:t>
       </w:r>
       <w:r w:rsidR="00D6374D">
         <w:t>12.</w:t>
       </w:r>
       <w:r w:rsidR="001D3741">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00D6374D">
         <w:t xml:space="preserve"> Prison</w:t>
       </w:r>
       <w:r w:rsidR="002A3EC0">
         <w:t>er</w:t>
       </w:r>
       <w:r w:rsidR="00D6374D">
         <w:t xml:space="preserve"> Transfers</w:t>
@@ -96,111 +97,151 @@
         <w:gridCol w:w="9010"/>
       </w:tblGrid>
       <w:tr w:rsidR="00126611" w14:paraId="6E8B012E" w14:textId="77777777" w:rsidTr="0098226C">
         <w:trPr>
           <w:trHeight w:val="2523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9010" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FCFCFA"/>
           </w:tcPr>
           <w:p w14:paraId="34852AE9" w14:textId="77777777" w:rsidR="0098226C" w:rsidRPr="0098226C" w:rsidRDefault="00126611" w:rsidP="0098226C">
             <w:pPr>
               <w:pStyle w:val="Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Principles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73CBF6AC" w14:textId="13207379" w:rsidR="00D6374D" w:rsidRPr="00D741CF" w:rsidRDefault="00A50304" w:rsidP="00D741CF">
+          <w:p w14:paraId="2825783C" w14:textId="16C7F4C6" w:rsidR="00B1138D" w:rsidRDefault="00A50304" w:rsidP="00D741CF">
             <w:r w:rsidRPr="00D741CF">
               <w:t xml:space="preserve">As referenced in the </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
-              <w:r w:rsidRPr="00D741CF">
+              <w:r w:rsidR="006D2D1F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Guiding Principles for Corrections in Australia, 2018</w:t>
+                <w:t>Guiding Principles for Corrections in Australia, Revised 2025</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D741CF">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72C31001" w14:textId="77777777" w:rsidR="00F0719F" w:rsidRPr="00D741CF" w:rsidRDefault="00F0719F" w:rsidP="00D741CF">
-[...6 lines deleted...]
-              <w:t>3.1.12 Transport of persons in custody is conducted in a safe and humane manner, taking into account the dignity of the person being transported.</w:t>
+          <w:p w14:paraId="72C31001" w14:textId="09411171" w:rsidR="00F0719F" w:rsidRPr="00D741CF" w:rsidRDefault="00993E62" w:rsidP="00D741CF">
+            <w:r>
+              <w:t xml:space="preserve">2.1.11 </w:t>
+            </w:r>
+            <w:r w:rsidR="00F0719F" w:rsidRPr="00D741CF">
+              <w:t>Pe</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ople</w:t>
+            </w:r>
+            <w:r w:rsidR="00F0719F" w:rsidRPr="00D741CF">
+              <w:t xml:space="preserve"> in custody are transported using fit for purpose vehicles that are safe and meet relevant standards and are subject to regular and routine safety checks</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4049E961" w14:textId="292A50AB" w:rsidR="00D6374D" w:rsidRDefault="00993E62" w:rsidP="00D741CF">
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00D6374D" w:rsidRPr="00D741CF">
+              <w:t>.1.12 Transport of persons in custody is conducted in a safe and humane manner, taking into account the dignity of the person being transported.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65B944D5" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00663830"/>
     <w:p w14:paraId="0F929ACA" w14:textId="77777777" w:rsidR="00663830" w:rsidRPr="00663830" w:rsidRDefault="00663830" w:rsidP="00663830"/>
     <w:p w14:paraId="0648F115" w14:textId="77777777" w:rsidR="00663830" w:rsidRDefault="00663830" w:rsidP="00803710">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:sectPr w:rsidR="00663830" w:rsidSect="00241AB7">
-          <w:headerReference w:type="default" r:id="rId12"/>
-          <w:headerReference w:type="first" r:id="rId13"/>
+          <w:headerReference w:type="even" r:id="rId12"/>
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:headerReference w:type="first" r:id="rId14"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
           <w:pgMar w:top="1361" w:right="1247" w:bottom="907" w:left="1304" w:header="567" w:footer="397" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="375560DC" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00890A64" w:rsidP="00AF7DDC">
+    <w:p w14:paraId="62F2B521" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0174C17E" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRPr="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC"/>
+    <w:p w14:paraId="7A1E46B5" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRPr="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC"/>
+    <w:p w14:paraId="613F53DB" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRPr="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC"/>
+    <w:p w14:paraId="4B4AD6C2" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRPr="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC"/>
+    <w:p w14:paraId="3C54DD7E" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRPr="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC"/>
+    <w:p w14:paraId="1299DF55" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRPr="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC"/>
+    <w:p w14:paraId="79F5BC5B" w14:textId="77777777" w:rsidR="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00AF7DDC">
+      <w:pPr>
+        <w:pStyle w:val="Heading"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33F03C1D" w14:textId="55C74990" w:rsidR="00203AFC" w:rsidRDefault="00203AFC" w:rsidP="00203AFC">
+      <w:pPr>
+        <w:pStyle w:val="Heading"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7365"/>
+        </w:tabs>
+      </w:pPr>
       <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="375560DC" w14:textId="46D6A7CD" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00890A64" w:rsidP="00AF7DDC">
+      <w:pPr>
+        <w:pStyle w:val="Heading"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00203AFC">
         <w:br w:type="column"/>
       </w:r>
       <w:r w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC">
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C754A10" w14:textId="221551EB" w:rsidR="000224D1" w:rsidRDefault="009248A0">
+    <w:p w14:paraId="1C754A10" w14:textId="317F0F9C" w:rsidR="000224D1" w:rsidRDefault="009248A0">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:hyperlink w:anchor="_Toc200016926" w:history="1">
         <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>1</w:t>
@@ -228,3607 +269,3607 @@
           <w:tab/>
         </w:r>
         <w:r w:rsidR="000224D1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="000224D1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016926 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="000224D1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="000224D1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
+        <w:r w:rsidR="00EF7606">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>4</w:t>
+        </w:r>
         <w:r w:rsidR="000224D1">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
-[...4 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AA70361" w14:textId="43403D83" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="5AA70361" w14:textId="71923528" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016927" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016927 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="54398996" w14:textId="1939BB74" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="54398996" w14:textId="66ECEC4A" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016928" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Inter-Prison Transfers</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016928 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3E60282B" w14:textId="4BFA44E8" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="3E60282B" w14:textId="54566658" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016929" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016929 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="09F1C9F3" w14:textId="341F7703" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="09F1C9F3" w14:textId="6E517864" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016930" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Documentation and notification</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016930 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1BDD17F7" w14:textId="0BB79FAE" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="1BDD17F7" w14:textId="664322BC" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016931" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Procedures (documentation and notification):</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016931 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0BED2A69" w14:textId="17BF71B3" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="0BED2A69" w14:textId="4DEB53FE" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016932" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.4</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Coordination of transfers</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016932 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2480C328" w14:textId="35CA4D52" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="2480C328" w14:textId="6151C2F9" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016933" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Inter-Prison Transfer of Prisoners at Risk of Self-Harm</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016933 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7ACB942B" w14:textId="546E7F05" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="7ACB942B" w14:textId="765CB6B6" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016934" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.1</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assessment of risk of self-harm</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016934 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6F003020" w14:textId="43B09D6B" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="6F003020" w14:textId="1E33505E" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016935" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Review of prisoners of self-harm concern</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016935 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="75433B3A" w14:textId="4EC312DB" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="75433B3A" w14:textId="3A510FC8" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016936" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.3</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Decision to transfer (case conference)</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016936 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2F4406CC" w14:textId="58322514" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="2F4406CC" w14:textId="29273893" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016937" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.4</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Case conference considerations</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016937 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5FC59B25" w14:textId="0F93EFAA" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="5FC59B25" w14:textId="2F61FBAC" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016938" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.5</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner involvement in case conference and additional support</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016938 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3ADDCEE1" w14:textId="213BB1D6" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="3ADDCEE1" w14:textId="01556964" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016939" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.6</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>The Transfer Plan</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016939 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6A5671EA" w14:textId="58A59F05" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="6A5671EA" w14:textId="022D4FFD" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016940" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.7</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Approval and implementation of Transfer Plan</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016940 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="115D1898" w14:textId="77748C98" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="115D1898" w14:textId="16FB16F0" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016941" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.8</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Review of Transfer Plan</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016941 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3B8538FD" w14:textId="1BBF1474" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="3B8538FD" w14:textId="0CCDCCC4" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016942" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.9</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016942 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00E81D7A" w14:textId="47A8BE6F" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="00E81D7A" w14:textId="688C038C" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016943" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Inter-Prison Transfers via Air</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016943 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="63BF8372" w14:textId="794CC54E" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="63BF8372" w14:textId="2E20176A" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016944" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.1</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016944 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="45229A1C" w14:textId="76EDC418" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="45229A1C" w14:textId="4860715C" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016945" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>5.2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Documentation and notifications</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016945 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5B7F067A" w14:textId="384B496E" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="5B7F067A" w14:textId="3D9A71D5" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016946" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>5.3</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Transportation of prisoner’s property</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016946 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33285C26" w14:textId="27E65F6B" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="33285C26" w14:textId="5140EBC9" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016947" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.4</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions prior to inter-prison air transfer</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016947 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2E63F1E0" w14:textId="649EA2B1" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="2E63F1E0" w14:textId="67B5943D" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016948" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.5</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions during transfer</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016948 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B42F092" w14:textId="4891BDB8" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="4B42F092" w14:textId="233EEA5D" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016949" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5.6</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions following transfer</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016949 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6213F4D7" w14:textId="1D8E5A0C" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="6213F4D7" w14:textId="215F3C00" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016950" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Inter-prison transfers via Coach</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016950 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="32A4DA36" w14:textId="4F1B71AF" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="32A4DA36" w14:textId="19F58AC3" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016951" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.1</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016951 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="795417FD" w14:textId="5B123A08" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="795417FD" w14:textId="501E3593" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016952" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6.2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Transportation of prisoner’s property</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016952 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2A2944F7" w14:textId="2C1D17D3" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="2A2944F7" w14:textId="623A4AA1" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016953" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Interstate/International Transfers</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016953 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0C477B8B" w14:textId="3BA757A9" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="0C477B8B" w14:textId="52D0D6C6" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016954" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>General requirements</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016954 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D5B45BC" w14:textId="7C7C1CC0" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="2D5B45BC" w14:textId="281FA4EE" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016955" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Documentation and notifications</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016955 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="218F06A7" w14:textId="15A0B7E3" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="218F06A7" w14:textId="63F2050C" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016956" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>7.3</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Transportation of prisoner’s property</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016956 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="06FF07D8" w14:textId="265420A9" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="06FF07D8" w14:textId="7DE42FA5" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016957" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.4</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Searches</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016957 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="00DC8E6A" w14:textId="737A25BE" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="00DC8E6A" w14:textId="6F842A1A" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016958" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.5</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions prior to transfer</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016958 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>17</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28501AAD" w14:textId="0E009D0E" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="28501AAD" w14:textId="68674FFC" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016959" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.6</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions during transfer</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016959 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="241C3219" w14:textId="6CCB1FD2" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="241C3219" w14:textId="33B7A409" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016960" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.7</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Actions following transfer</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016960 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="68BAA07D" w14:textId="73D93C1D" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="68BAA07D" w14:textId="16CA2671" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016961" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016961 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="000224D1">
+          <w:t>20</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5AABD4D5" w14:textId="498911CB" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="5AABD4D5" w14:textId="57BF5C53" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016962" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.1</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPs and documents</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016962 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="000224D1">
+          <w:t>20</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0D10C374" w14:textId="1D554F6C" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="0D10C374" w14:textId="0837D6D9" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016963" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.2</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016963 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="000224D1">
+          <w:t>20</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5726E4F9" w14:textId="4701D18D" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="5726E4F9" w14:textId="09B90EB5" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016964" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8.3</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016964 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>22</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0A2B0844" w14:textId="2B0C024D" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="0A2B0844" w14:textId="17671841" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016965" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016965 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>22</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="000224D1">
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2FE8CA15" w14:textId="6DD4D46B" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="2FE8CA15" w14:textId="2AB2D406" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016966" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:kern w:val="2"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Document Version History</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016966 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>22</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="000224D1">
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="109D5602" w14:textId="56D866FC" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="109D5602" w14:textId="2D685FD1" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016967" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix A: Weekly Scheduled Inter-prison Transfers</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016967 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>24</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="000224D1">
+          <w:t>25</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7EF93E0D" w14:textId="0F323B94" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="7EF93E0D" w14:textId="1B6EAC41" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016968" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix B: Transfer Guidelines</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016968 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>27</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3ACE62D2" w14:textId="2178595B" w:rsidR="000224D1" w:rsidRDefault="00B95FCA">
+    <w:p w14:paraId="3ACE62D2" w14:textId="5A0F3AD4" w:rsidR="000224D1" w:rsidRDefault="000224D1">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:kern w:val="2"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc200016969" w:history="1">
-        <w:r w:rsidR="000224D1" w:rsidRPr="00CA0BBA">
+        <w:r w:rsidRPr="00CA0BBA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Appendix C: Dangerous Goods</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc200016969 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r w:rsidR="00EF7606">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>29</w:t>
         </w:r>
-        <w:r w:rsidR="000224D1">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="56D6A440" w14:textId="1AB1F3EC" w:rsidR="00CF59B2" w:rsidRDefault="009248A0" w:rsidP="00A314E6">
       <w:pPr>
         <w:pStyle w:val="Documentdetails"/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B743CC5" w14:textId="77777777" w:rsidR="00CF59B2" w:rsidRDefault="00CF59B2">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0367FFA0" w14:textId="2D144496" w:rsidR="00C8272F" w:rsidRPr="00CF745D" w:rsidRDefault="00C8272F" w:rsidP="00A314E6">
       <w:pPr>
@@ -4071,51 +4112,51 @@
       <w:r w:rsidRPr="00241AB7">
         <w:t xml:space="preserve">General </w:t>
       </w:r>
       <w:r w:rsidR="003E4F83" w:rsidRPr="00241AB7">
         <w:t>requirements</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p w14:paraId="04874465" w14:textId="718FF74E" w:rsidR="007F2EA2" w:rsidRPr="00A30F5A" w:rsidRDefault="007F2EA2" w:rsidP="007475FB">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="4"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">Inter-prison transfers </w:t>
       </w:r>
       <w:r w:rsidR="00A9671D" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">in </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 2.3 </w:t>
         </w:r>
         <w:r w:rsidR="00E729F1" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Assessment and Sentence Management</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00694788" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A9671D" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">shall be considered for the </w:t>
       </w:r>
@@ -4378,51 +4419,51 @@
         <w:t>, shall coordinate and conduct inter-prison transfers via secure vehicle, air and coach.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C8D1B79" w14:textId="5AAB92B9" w:rsidR="0062334B" w:rsidRPr="00A30F5A" w:rsidRDefault="0062334B" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00A12542">
         <w:t>sending prison</w:t>
       </w:r>
       <w:r w:rsidR="00A12542" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">shall consult </w:t>
       </w:r>
       <w:r w:rsidR="00A12542">
         <w:t>with the OPCEN relating to</w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> inter-prison transfers in accordance with this COPP and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">, when the </w:t>
       </w:r>
       <w:r w:rsidR="00E51C66">
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidR="00E51C66" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>is unable to provide air transport for the prisoner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C63CFAA" w14:textId="77777777" w:rsidR="0062334B" w:rsidRPr="00A30F5A" w:rsidRDefault="0062334B" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
@@ -4431,51 +4472,51 @@
     </w:p>
     <w:p w14:paraId="1C229D61" w14:textId="4888023F" w:rsidR="0062334B" w:rsidRDefault="0062334B" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>The Special Operations Group (SOG) or Albany Security Unit (ASU), where applicable, shall conduct the inter-prison transfers of high security</w:t>
       </w:r>
       <w:r w:rsidR="009A6AF7">
         <w:t xml:space="preserve"> escort</w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB6DE1">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">risoners in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.5 </w:t>
         </w:r>
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>High Security Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t xml:space="preserve"> (HSE)</w:t>
@@ -4485,88 +4526,88 @@
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76FC4603" w14:textId="1B955B58" w:rsidR="00805FE9" w:rsidRDefault="00805FE9" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009177B6">
         <w:t xml:space="preserve">The use of restraints on prisoners for the purpose of the </w:t>
       </w:r>
       <w:r>
         <w:t>transfer</w:t>
       </w:r>
       <w:r w:rsidRPr="009177B6">
         <w:t xml:space="preserve"> shall be in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="0029495E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.3 - Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00A9071F" w:rsidRPr="00EA0940">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A9071F" w:rsidRPr="009177B6">
         <w:t xml:space="preserve">and the Department’s </w:t>
       </w:r>
       <w:r w:rsidR="00A9071F" w:rsidRPr="00A86992">
         <w:t>Escort Procedures training manual</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4716CEA3" w14:textId="1CAAD117" w:rsidR="00805FE9" w:rsidRPr="003812D3" w:rsidRDefault="00444BCB" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Mincho"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">The searching of prisoners, property and vehicles, prior to an inter-prison transfer shall be conducted in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 11.2 – Searching</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51020C45" w14:textId="5046A81C" w:rsidR="0062334B" w:rsidRPr="000A2745" w:rsidRDefault="00805FE9" w:rsidP="00A314E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
@@ -4679,168 +4720,168 @@
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="0062334B" w:rsidRPr="00727351">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F2E83">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">be conducted in accordance with the special requirements outlined in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="001F2E83" w:rsidRPr="001F2E83">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 12.2 - Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="001F2E83">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20" w:history="1">
+      <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidR="0062334B" w:rsidRPr="00F62954">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 4.6 –Trans, Gender Diverse and Intersex Prisoners</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0062334B" w:rsidRPr="00727351">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F6200E">
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569D90BA" w14:textId="23D76658" w:rsidR="00805FE9" w:rsidRDefault="00805FE9" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Transfer of prisoners who are pregnant</w:t>
       </w:r>
       <w:r w:rsidR="008F6AF7">
         <w:t xml:space="preserve">, in labour, or post-natal care </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall be conducted in accordance with the special requirements outlined in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidR="008F6AF7" w:rsidRPr="008F6AF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 11.3 – Use of Force and Restraints</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="008F6AF7">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="008F6AF7" w:rsidRPr="008F6AF7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.1 – Escort Vehicles</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C60B5B" w14:textId="390B2173" w:rsidR="00805FE9" w:rsidRDefault="00805FE9" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Transfer of prisoners with significant medical/mobility issues shall be conducted in accordance with the special requirements outlined in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.2 </w:t>
         </w:r>
         <w:r w:rsidR="00CC2252">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">- </w:t>
         </w:r>
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId25" w:history="1">
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.3 </w:t>
         </w:r>
         <w:r w:rsidR="00992D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
         <w:r w:rsidR="00CC2252">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Conducting</w:t>
         </w:r>
         <w:r w:rsidR="00992D84">
@@ -4857,81 +4898,81 @@
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49AE8F74" w14:textId="0BFDDC8A" w:rsidR="00444BCB" w:rsidRDefault="00444BCB" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Fitness to </w:t>
       </w:r>
       <w:r w:rsidR="00FB6DE1">
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ravel </w:t>
       </w:r>
       <w:r w:rsidR="00FB6DE1">
         <w:t>A</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ssessments shall be completed for all prisoners prior to transfer (refer </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId26" w:history="1">
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48C23679" w14:textId="5DADA014" w:rsidR="0062334B" w:rsidRDefault="00444BCB" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Every prisoner being transferred between prisons shall be assessed in relation to their risk of self-harm </w:t>
       </w:r>
       <w:r w:rsidR="009A6AF7">
         <w:t>as per this COPP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DB097EC" w14:textId="6400AFFF" w:rsidR="00D45A7B" w:rsidRPr="00D45A7B" w:rsidRDefault="001A17FB" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Escorting Officers shall ensure prisoners are provided with food and water during transfer in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26" w:history="1">
+      <w:hyperlink r:id="rId27" w:history="1">
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.3 </w:t>
         </w:r>
         <w:r w:rsidR="00992D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>–</w:t>
         </w:r>
         <w:r w:rsidR="00CC2252">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="007D389F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
@@ -4948,51 +4989,51 @@
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="008654EE">
         <w:t>Documentation and notification</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
     </w:p>
     <w:p w14:paraId="3D5C92C8" w14:textId="2CB35859" w:rsidR="00711744" w:rsidRDefault="00711744" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Inter-prison transfers shall only occur on approval from the Superintendent/OIC and completion of the relevant documentation</w:t>
       </w:r>
       <w:r w:rsidR="005D3CEF">
         <w:t xml:space="preserve"> as outlined in</w:t>
       </w:r>
       <w:r w:rsidR="00A9071F">
         <w:t xml:space="preserve"> Documentation for E</w:t>
       </w:r>
       <w:r w:rsidR="005D3CEF">
         <w:t>xternal Movements</w:t>
       </w:r>
       <w:r w:rsidR="00A9071F">
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27" w:history="1">
+      <w:hyperlink r:id="rId28" w:history="1">
         <w:r w:rsidR="00A9071F" w:rsidRPr="00A9071F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2377C784" w14:textId="77777777" w:rsidR="00711744" w:rsidRPr="00711744" w:rsidRDefault="00711744" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="008F477F">
         <w:t xml:space="preserve">Documentation forwarded </w:t>
       </w:r>
       <w:r w:rsidR="006A4D90">
         <w:t xml:space="preserve">to the OPCEN </w:t>
       </w:r>
       <w:r w:rsidRPr="008F477F">
         <w:t>after the deadline for the transfer shall result in the prisoner not being considered for travel</w:t>
       </w:r>
       <w:r>
@@ -5127,51 +5168,51 @@
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A12542">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete the relevant documentation in accordance </w:t>
             </w:r>
             <w:r w:rsidR="00DE6A8C" w:rsidRPr="00A12542">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentation for External Movements in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidR="00DE6A8C" w:rsidRPr="00A12542">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>COPP 12.2 – Coordination of Escorts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00406633" w:rsidRPr="00A12542">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A12542">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">and forward to the OPCEN </w:t>
             </w:r>
@@ -5964,51 +6005,51 @@
             </w:r>
             <w:r w:rsidR="00E05A9D">
               <w:t>equivalent,</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> for all other transfers</w:t>
             </w:r>
             <w:r w:rsidR="00A12542">
               <w:t xml:space="preserve"> (non</w:t>
             </w:r>
             <w:r w:rsidR="00A86992">
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00A12542">
               <w:t>coach/air travel)</w:t>
             </w:r>
             <w:r w:rsidR="003812D3">
               <w:t xml:space="preserve"> if required</w:t>
             </w:r>
             <w:r w:rsidR="00A12542">
               <w:t xml:space="preserve"> to vary the standard number of escorting officers, restraints, or vehicle type</w:t>
             </w:r>
             <w:r w:rsidR="003812D3">
               <w:t xml:space="preserve"> as per </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidR="003812D3" w:rsidRPr="003812D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COPP 12.2 </w:t>
               </w:r>
               <w:r w:rsidR="00992D84">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>–</w:t>
               </w:r>
               <w:r w:rsidR="003812D3" w:rsidRPr="003812D3">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Coordination</w:t>
               </w:r>
               <w:r w:rsidR="00992D84">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:r w:rsidR="003812D3" w:rsidRPr="003812D3">
@@ -6094,51 +6135,51 @@
             </w:r>
             <w:r w:rsidR="00310682" w:rsidRPr="00605CFE">
               <w:t>to T</w:t>
             </w:r>
             <w:r w:rsidRPr="00605CFE">
               <w:t xml:space="preserve">ravel </w:t>
             </w:r>
             <w:r w:rsidR="00310682" w:rsidRPr="00605CFE">
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="000B1AB7" w:rsidRPr="00605CFE">
               <w:t xml:space="preserve">ssessment </w:t>
             </w:r>
             <w:r w:rsidRPr="00605CFE">
               <w:t>has been completed</w:t>
             </w:r>
             <w:r w:rsidR="000A2547" w:rsidRPr="00605CFE">
               <w:t xml:space="preserve"> by Health Services</w:t>
             </w:r>
             <w:r w:rsidR="00310682" w:rsidRPr="00605CFE">
               <w:t xml:space="preserve"> on TOMS</w:t>
             </w:r>
             <w:r w:rsidR="00444BCB" w:rsidRPr="00605CFE">
               <w:t xml:space="preserve"> (refer </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r w:rsidR="00444BCB" w:rsidRPr="00605CFE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COPP 12.2 </w:t>
               </w:r>
               <w:r w:rsidR="00992D84" w:rsidRPr="00605CFE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve">– </w:t>
               </w:r>
               <w:r w:rsidR="00444BCB" w:rsidRPr="00605CFE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Coordination of Escorts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00444BCB" w:rsidRPr="00605CFE">
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="005C5562">
               <w:t>.</w:t>
             </w:r>
@@ -6738,51 +6779,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2A5C1F94" w14:textId="09C7DC9B" w:rsidR="000A0953" w:rsidRPr="008F3414" w:rsidRDefault="000A0953" w:rsidP="00592032">
             <w:pPr>
               <w:pStyle w:val="ListBullet2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F3414">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">authorised documentation in accordance with </w:t>
             </w:r>
             <w:r w:rsidR="00DE6A8C" w:rsidRPr="009D4F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentation for External Movements in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidR="00DE6A8C" w:rsidRPr="009D4F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>COPP 12.2 – Coordination of Escorts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00592032">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B344549" w14:textId="77777777" w:rsidR="000A0953" w:rsidRPr="008F3414" w:rsidRDefault="000A0953" w:rsidP="00592032">
             <w:pPr>
               <w:pStyle w:val="ListBullet2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>prisoner management file</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F52D72A" w14:textId="291BD33F" w:rsidR="000A0953" w:rsidRPr="000A0953" w:rsidRDefault="000A0953" w:rsidP="00592032">
             <w:pPr>
@@ -7304,182 +7345,171 @@
       <w:r>
         <w:t>criteria.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="034C83F4" w14:textId="77777777" w:rsidR="00997D4C" w:rsidRDefault="00997D4C" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>A prisoner’s risk of self-harm may emerge or escalate at any time. These procedures apply to a prisoner who is identified to be of self-harm concern or at elevated risk of self-harm at any time between when being advised of a transfer and up to the completion of the</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>transfer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="296ECC48" w14:textId="2C368043" w:rsidR="00997D4C" w:rsidRDefault="00997D4C" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Prisoners who are identified after a transfer as being at risk of self-harm shall be managed in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32" w:history="1">
+      <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidRPr="00997D4C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 4.9 – At-Risk Prisoners</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9FB92F" w14:textId="4884AD0B" w:rsidR="00997D4C" w:rsidRDefault="00FB1131" w:rsidP="00241AB7">
+    <w:p w14:paraId="1A9FB92F" w14:textId="2BA3DF13" w:rsidR="00997D4C" w:rsidRDefault="00FB1131" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t>The S</w:t>
       </w:r>
-      <w:r w:rsidR="00917C05">
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
         <w:t>uperintendent</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> shall ensure t</w:t>
       </w:r>
+      <w:r w:rsidR="00997D4C" w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve">he Inter-prison transfer of prisoners at risk of self-harm checklist is completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00853FA8" w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve">in TOMS </w:t>
+      </w:r>
+      <w:r w:rsidR="00997D4C" w:rsidRPr="00203AFC">
+        <w:t>for all prisoners</w:t>
+      </w:r>
       <w:r w:rsidR="00997D4C">
-        <w:t xml:space="preserve">he </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> checklist is completed for all prisoners assessed as being of self-harm concern or at elevated risk of</w:t>
+        <w:t xml:space="preserve"> assessed as being of self-harm concern or at elevated risk of</w:t>
       </w:r>
       <w:r w:rsidR="00997D4C" w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00997D4C">
         <w:t>self-harm.</w:t>
       </w:r>
       <w:r w:rsidR="00310682">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8FEE14" w14:textId="77777777" w:rsidR="00997D4C" w:rsidRDefault="004D3D06" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="14" w:name="_Toc200016935"/>
       <w:r>
         <w:t>Review of prisoners of self-harm concern</w:t>
       </w:r>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="38AD6356" w14:textId="77777777" w:rsidR="004D3D06" w:rsidRDefault="00FB1131" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall ensure a</w:t>
       </w:r>
       <w:r w:rsidR="004D3D06">
         <w:t>ll prisoners initially assessed as being of self-harm concern shall be further reviewed as to whether they are at elevated risk of</w:t>
       </w:r>
       <w:r w:rsidR="004D3D06" w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004D3D06">
         <w:t>self-harm.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC8ADA3" w14:textId="0BE82A29" w:rsidR="004D3D06" w:rsidRDefault="004D3D06" w:rsidP="00241AB7">
+    <w:p w14:paraId="6EC8ADA3" w14:textId="4A92974B" w:rsidR="004D3D06" w:rsidRPr="00203AFC" w:rsidRDefault="004D3D06" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00917C05">
+      <w:r w:rsidRPr="00203AFC">
+        <w:t>Th</w:t>
+      </w:r>
+      <w:r w:rsidR="00623C3B" w:rsidRPr="00203AFC">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> review shall be undertaken by the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> stakeholders</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> using the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34" w:history="1">
-[...38 lines deleted...]
-      <w:r w:rsidR="00917C05">
+      <w:r w:rsidR="001A17FB" w:rsidRPr="00203AFC">
+        <w:t>Self-H</w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
+        <w:t>arm Concern</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t>hecklist</w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> form</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00623C3B" w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> in TOMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23BA266D" w14:textId="77777777" w:rsidR="004D3D06" w:rsidRDefault="004D3D06" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>the Superintendent</w:t>
       </w:r>
       <w:r w:rsidRPr="0089106D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(Chair)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3760DFC4" w14:textId="77777777" w:rsidR="004D3D06" w:rsidRDefault="004D3D06" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
@@ -7568,104 +7598,104 @@
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If any </w:t>
       </w:r>
       <w:r w:rsidR="00917C05">
         <w:t>stakeholder</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> involved in the review is of the opinion that the prisoner may be at elevated risk of self-harm, the Superintendent shall make the decision whether the prisoner should be considered to be at elevated risk of self-harm for the purposes of this</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D767B4">
         <w:t>COPP</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="004D3D06">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BF0654" w14:textId="5E6AB4CD" w:rsidR="005D2F87" w:rsidRDefault="004D3D06" w:rsidP="00241AB7">
+    <w:p w14:paraId="19BF0654" w14:textId="2661C2FD" w:rsidR="005D2F87" w:rsidRDefault="004D3D06" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t>The Superintendent sh</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00917C05">
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t>Superintendent sh</w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
         <w:t>all</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00917C05">
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
         <w:t>undertake</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> enquiries necessary to inform this decision and ensure a summary record of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> entered on the pr</w:t>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
+        <w:t>Self-harm Concern Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
+        <w:rPr>
+          <w:spacing w:val="-15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00917C05" w:rsidRPr="00203AFC">
+        <w:t>Checklist outcome is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00473847" w:rsidRPr="00203AFC">
+        <w:t>available</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> on the pr</w:t>
+      </w:r>
+      <w:r w:rsidR="00890A64" w:rsidRPr="00203AFC">
+        <w:t>isoner</w:t>
+      </w:r>
+      <w:r w:rsidR="00FF7921" w:rsidRPr="00203AFC">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00890A64" w:rsidRPr="00203AFC">
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00890A64">
-        <w:t>isoner</w:t>
-[...5 lines deleted...]
-        <w:t>s offender notes module on</w:t>
+        <w:t xml:space="preserve"> offender notes module on</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>TOMS</w:t>
       </w:r>
       <w:r w:rsidR="005D2F87">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="103556BF" w14:textId="30D12ADA" w:rsidR="004D3D06" w:rsidRDefault="005D2F87" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="005D2F87">
         <w:t xml:space="preserve">A summary of the </w:t>
       </w:r>
       <w:r>
         <w:t>‘</w:t>
       </w:r>
       <w:r w:rsidRPr="005D2F87">
         <w:t>self-harm concern review checklist outcomes</w:t>
       </w:r>
       <w:r>
@@ -7763,99 +7793,99 @@
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="60"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0940">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prisoner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="477D412E" w14:textId="45EF2E2C" w:rsidR="004D3D06" w:rsidRDefault="004D3D06" w:rsidP="00EA0940">
+    <w:p w14:paraId="477D412E" w14:textId="0B6CE703" w:rsidR="004D3D06" w:rsidRDefault="004D3D06" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="60"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t>the treating mental health and health practitioner(s) (ie G</w:t>
       </w:r>
       <w:r w:rsidR="00FF7921">
         <w:t xml:space="preserve">eneral </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00FF7921">
-        <w:t>ractioner</w:t>
+        <w:t>ract</w:t>
+      </w:r>
+      <w:r w:rsidR="008631DF">
+        <w:t>itioner</w:t>
       </w:r>
       <w:r>
-        <w:t>, psychiatrist, P</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">rison </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008631DF" w:rsidRPr="00203AFC">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve">sychiatrist, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E18B8" w:rsidRPr="00203AFC">
+        <w:t>Psychological Health Services Counsellor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t>); they</w:t>
       </w:r>
       <w:r>
-        <w:t>C</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve"> counsellor); they may appear via phone if unable to attend in</w:t>
+        <w:t xml:space="preserve"> may appear via phone if unable to attend in</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA0940">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>person</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B3A6E22" w14:textId="223812E1" w:rsidR="004D3D06" w:rsidRDefault="004D3D06" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="60"/>
         <w:ind w:left="993" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
@@ -8418,66 +8448,64 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="21" w:name="6.3.9_Where_a_prisoner’s_risk_of_self-ha"/>
       <w:bookmarkEnd w:id="21"/>
       <w:r>
         <w:t>Where a prisoner’s risk of self-harm emerges at some point after being informed of the impending transfer, the prisoner shall be offered immediate telephone or in-person support</w:t>
       </w:r>
       <w:r w:rsidR="00951AD2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170E2F18" w14:textId="77777777" w:rsidR="004D3D06" w:rsidRPr="004D3D06" w:rsidRDefault="00E8495F" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc200016939"/>
       <w:r>
         <w:t>The Transfer P</w:t>
       </w:r>
       <w:r w:rsidR="00DB12A8">
         <w:t>lan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="163158AE" w14:textId="7F478628" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
+    <w:p w14:paraId="163158AE" w14:textId="7CA58B80" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00203AFC">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidR="00E8495F">
+      <w:r w:rsidR="0087560F" w:rsidRPr="00203AFC">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00466580" w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> in TOMS</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8495F" w:rsidRPr="00203AFC">
         <w:t xml:space="preserve"> shall</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> include, at a</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>minimum:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E23BE15" w14:textId="22B55D2E" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:ind w:left="1134"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">how the transfer will be </w:t>
       </w:r>
       <w:r w:rsidR="00AF0C07">
@@ -8666,130 +8694,129 @@
       <w:r>
         <w:t>prisoner</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DF62E9" w14:textId="77777777" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="0043476B">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r>
         <w:t>protocols for the management of any actual or attempted self-harm at any time prior to, during, or in the two weeks after the</w:t>
       </w:r>
       <w:r w:rsidRPr="00A50FB8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>transfer</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="02BF17A0" w14:textId="671CBF59" w:rsidR="007B1687" w:rsidRDefault="00DB12A8" w:rsidP="007475FB">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">provisions for transition from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidRPr="00A50FB8">
           <w:t>Transfer Plan</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B9147F" w14:textId="4E4115D4" w:rsidR="007B1687" w:rsidRDefault="007B1687" w:rsidP="007B1687">
+    <w:p w14:paraId="26B9147F" w14:textId="570553A0" w:rsidR="007B1687" w:rsidRDefault="007B1687" w:rsidP="007B1687">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">If the Superintendent of the originating prison, as the Chair of the case conference, determines that the transfer of the prisoner is required, the case conference shall also develop a </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">If the Superintendent of the originating prison, as the Chair of the case conference, determines that the transfer of the prisoner is required, the case conference shall also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve">develop a </w:t>
+      </w:r>
+      <w:r w:rsidR="0087560F" w:rsidRPr="00203AFC">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="000911DD" w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> in TOMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00203AFC">
+        <w:t xml:space="preserve"> with</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> with consideration of the </w:t>
+        <w:t xml:space="preserve"> consideration of the </w:t>
       </w:r>
       <w:hyperlink w:anchor="_Appendix_B:_Transfer" w:history="1">
         <w:r w:rsidRPr="00E851A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Transfer Guidelines (Appendix </w:t>
         </w:r>
         <w:r w:rsidR="003D13E0" w:rsidRPr="00E851A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>B</w:t>
         </w:r>
         <w:r w:rsidRPr="00E851A9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>)</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3EA485" w14:textId="77777777" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="23" w:name="_Toc200016940"/>
       <w:r>
         <w:t>Approval and implementation of Transfer Plan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="23"/>
     </w:p>
-    <w:p w14:paraId="203A2C5A" w14:textId="1D754BAA" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
+    <w:p w14:paraId="203A2C5A" w14:textId="70BE5573" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E8495F">
+      <w:r w:rsidR="00E8495F" w:rsidRPr="003E602E">
         <w:t>shall</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be approved by the Superintendents of both the originating and receiving</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prisons</w:t>
       </w:r>
       <w:bookmarkStart w:id="24" w:name="6.3.14_The_approved_plan_is_then_submitt"/>
       <w:bookmarkEnd w:id="24"/>
       <w:r w:rsidR="00E8495F">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">submitted to the </w:t>
       </w:r>
       <w:r w:rsidR="002A5928">
         <w:t>Operations</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Centre.</w:t>
       </w:r>
@@ -8827,190 +8854,163 @@
       <w:r w:rsidRPr="00C23E4F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007B1687" w:rsidRPr="00C23E4F">
         <w:t xml:space="preserve">or Assistant Commissioner </w:t>
       </w:r>
       <w:r w:rsidR="00C43CE8" w:rsidRPr="00C23E4F">
         <w:t>Adult Women’s Prisons</w:t>
       </w:r>
       <w:r w:rsidR="007B1687" w:rsidRPr="00C23E4F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C23E4F">
         <w:t>who</w:t>
       </w:r>
       <w:r w:rsidRPr="00605CFE">
         <w:t xml:space="preserve"> shall raise the issues with the </w:t>
       </w:r>
       <w:r w:rsidR="00E23BB1" w:rsidRPr="00605CFE">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="00605CFE">
         <w:t>Deputy Commissioner for determination.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700C8A09" w14:textId="67AA8EAD" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
+    <w:p w14:paraId="700C8A09" w14:textId="5CC20754" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="6.3.16_The_designated_Superintendents_mu"/>
       <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">The Superintendents </w:t>
+      </w:r>
+      <w:r w:rsidR="00E8495F" w:rsidRPr="003E602E">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve"> ensure all actions agreed to in the </w:t>
+      </w:r>
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve"> are</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">The Superintendents </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> are implemented and documented as they relate to their respective</w:t>
+        <w:t xml:space="preserve"> implemented and documented as they relate to their respective</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>prisons.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C186718" w14:textId="448AAC6B" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
+    <w:p w14:paraId="2C186718" w14:textId="775838D4" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="27" w:name="6.3.17_The_designated_Superintendent_of_"/>
       <w:bookmarkEnd w:id="27"/>
       <w:r>
         <w:t xml:space="preserve">The Superintendent of the originating prison </w:t>
       </w:r>
       <w:r w:rsidR="00E8495F">
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">ensure escorting officers are aware of any special considerations detailed in the </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t xml:space="preserve">ensure escorting officers are aware of any special considerations detailed in </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve"> for</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve"> for the prisoner’s</w:t>
+        <w:t xml:space="preserve"> the prisoner’s</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>transfer.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F37C5E1" w14:textId="451DAC65" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc200016941"/>
       <w:r>
         <w:t xml:space="preserve">Review of </w:t>
       </w:r>
       <w:r w:rsidR="00A12542">
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ransfer </w:t>
       </w:r>
       <w:r w:rsidR="00A12542">
         <w:t>P</w:t>
       </w:r>
       <w:r>
         <w:t>lan</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="59AF317D" w14:textId="6A18DC35" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
+    <w:p w14:paraId="59AF317D" w14:textId="63169C05" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">The Superintendent of the originating prison </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5928" w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">shall </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">ensure the </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="_Hlk143686234"/>
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">Prisoner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t>Transfer Plan</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve"> is reviewed</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">The Superintendent of the originating prison </w:t>
-[...45 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> at least weekly. Any changes </w:t>
       </w:r>
       <w:r w:rsidR="002A5928">
         <w:t>shall</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be approved and assured as</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="310A5FB4" w14:textId="74C6FA0D" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="6.3.19_If_a_prisoner_attempts_to_self-ha"/>
       <w:bookmarkEnd w:id="30"/>
       <w:r>
         <w:t>If a prisoner attempts to self-harm</w:t>
       </w:r>
       <w:r w:rsidR="002A5928">
         <w:t>,</w:t>
@@ -9027,201 +9027,173 @@
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76064751" w14:textId="77777777" w:rsidR="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>decision to</w:t>
       </w:r>
       <w:r w:rsidRPr="0089106D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>transfer</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69EAE0D7" w14:textId="7E65BC72" w:rsidR="00DB12A8" w:rsidRDefault="002A5928" w:rsidP="00EA0940">
+    <w:p w14:paraId="69EAE0D7" w14:textId="4583D05D" w:rsidR="00DB12A8" w:rsidRPr="003E602E" w:rsidRDefault="002A5928" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003E602E">
         <w:t xml:space="preserve">specifics of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-      <w:r w:rsidR="00871910" w:rsidRPr="0087560F">
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="00871910" w:rsidRPr="003E602E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72C08007" w14:textId="49C92624" w:rsidR="00DB12A8" w:rsidRPr="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00592032">
+    <w:p w14:paraId="72C08007" w14:textId="26946EB3" w:rsidR="00DB12A8" w:rsidRPr="00DB12A8" w:rsidRDefault="00DB12A8" w:rsidP="00592032">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="31" w:name="6.3.20_The_designated_Superintendent_(or"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:t xml:space="preserve">The Superintendent (or delegate) shall ensure any actions arising from this case conference are completed, documented and the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="0087560F" w:rsidRPr="00282A22">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve">(if </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">already completed) </w:t>
       </w:r>
       <w:r w:rsidR="002A5928">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">revised as appropriate. Any changes to the </w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">revised as appropriate. Any changes </w:t>
       </w:r>
       <w:r w:rsidR="002A5928">
         <w:t>shall</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> be approved and assured as</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>above.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DFC8A45" w14:textId="77777777" w:rsidR="00DB12A8" w:rsidRPr="00DB12A8" w:rsidRDefault="00ED2F55" w:rsidP="00592032">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="32" w:name="_Toc200016942"/>
       <w:r>
         <w:t>Assurance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w14:paraId="3C51717A" w14:textId="2DBA20D8" w:rsidR="00ED2F55" w:rsidRDefault="00ED2F55" w:rsidP="00592032">
+    <w:p w14:paraId="3C51717A" w14:textId="19619BEC" w:rsidR="00ED2F55" w:rsidRDefault="00ED2F55" w:rsidP="00592032">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve">The Superintendent of the originating prison shall confirm </w:t>
+      </w:r>
+      <w:r w:rsidR="002A5928" w:rsidRPr="003E602E">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E602E">
+        <w:t xml:space="preserve"> has been</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">The Superintendent of the originating prison shall confirm </w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve"> has been approved for a prisoner at elevated risk of self-harm before the prisoner is</w:t>
+        <w:t xml:space="preserve"> approved for a prisoner at elevated risk of self-harm before the prisoner is</w:t>
       </w:r>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>transferred.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7B2B31" w14:textId="0B351CFF" w:rsidR="00ED2F55" w:rsidRDefault="00ED2F55" w:rsidP="00592032">
+    <w:p w14:paraId="1B7B2B31" w14:textId="322E62ED" w:rsidR="00ED2F55" w:rsidRDefault="00ED2F55" w:rsidP="00592032">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="33" w:name="7.2_The_Coordination_Centre_shall_ensure"/>
       <w:bookmarkEnd w:id="33"/>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="002A5928">
         <w:t>O</w:t>
       </w:r>
       <w:r w:rsidR="006376B9">
         <w:t>PCEN</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall ensure a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
-[...6 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidR="0087560F" w:rsidRPr="003E602E">
+        <w:t>Prisoner Transfer Plan</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> has been </w:t>
       </w:r>
       <w:r w:rsidR="002C3D60">
         <w:t>completed.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F34B06B" w14:textId="5DB40F41" w:rsidR="00C61FF3" w:rsidRPr="005B15EB" w:rsidRDefault="00E50598" w:rsidP="005B15EB">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="34" w:name="7.3_Monitors_will_review_compliance_with"/>
       <w:bookmarkStart w:id="35" w:name="_Toc200016943"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="005B15EB">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Inter-Prison </w:t>
       </w:r>
       <w:r w:rsidR="00706A3F" w:rsidRPr="005B15EB">
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00C61FF3" w:rsidRPr="005B15EB">
         <w:t xml:space="preserve">ransfers via </w:t>
       </w:r>
       <w:r w:rsidRPr="005B15EB">
@@ -9297,51 +9269,51 @@
           </w:rPr>
           <w:t xml:space="preserve">: </w:t>
         </w:r>
         <w:r w:rsidR="003D13E0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:t>Weekly s</w:t>
         </w:r>
         <w:r w:rsidRPr="00347CA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
           </w:rPr>
           <w:t>chedule for inter-prison transfers</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId35" w:history="1">
         <w:r w:rsidRPr="00347CA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.3 </w:t>
         </w:r>
         <w:r w:rsidRPr="00347CA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00347CA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00742101" w:rsidRPr="005B15EB">
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="004464E9">
@@ -9429,51 +9401,51 @@
       <w:bookmarkStart w:id="37" w:name="_Toc200016945"/>
       <w:r w:rsidRPr="007A5CFA">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>Documentation and notifications</w:t>
       </w:r>
       <w:bookmarkEnd w:id="37"/>
       <w:r w:rsidRPr="007A5CFA">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="222D2B11" w14:textId="1D9D2E03" w:rsidR="00A0502C" w:rsidRPr="00A30F5A" w:rsidRDefault="003812D3" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>In addition to the standard documentation for transfer (</w:t>
       </w:r>
       <w:r w:rsidR="005D3CEF">
         <w:t xml:space="preserve">Documentation for External Movements in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidR="005D3CEF" w:rsidRPr="00A9071F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>), w</w:t>
       </w:r>
       <w:r w:rsidR="007A5CFA" w:rsidRPr="00372F22">
         <w:t xml:space="preserve">hen </w:t>
       </w:r>
       <w:r w:rsidR="007A5CFA" w:rsidRPr="00A30F5A">
         <w:t>the inter-prison transfer</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is conducted by air</w:t>
       </w:r>
       <w:r w:rsidR="00A72BC0" w:rsidRPr="00A30F5A">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="007A5CFA" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> the following </w:t>
       </w:r>
@@ -9561,125 +9533,125 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CB33A85" w14:textId="02E35636" w:rsidR="00386C9F" w:rsidRPr="005E616E" w:rsidRDefault="00386C9F" w:rsidP="00D45A7B">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-              <w:r w:rsidRPr="00386C9F">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r w:rsidRPr="00EF7606">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:bCs/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:t>Prisoner Transfer Sheet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
+            <w:r w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> form and forward it to the OPCEN </w:t>
             </w:r>
-            <w:r w:rsidR="002C3D60">
+            <w:r w:rsidR="002C3D60" w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">by 1200 hrs </w:t>
             </w:r>
-            <w:r w:rsidR="00877B23">
+            <w:r w:rsidR="00877B23" w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">at least </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">five business days prior to intended date of </w:t>
             </w:r>
-            <w:r w:rsidR="00877B23">
+            <w:r w:rsidR="00877B23" w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">air </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>travel</w:t>
             </w:r>
-            <w:r w:rsidR="00AF0C07">
+            <w:r w:rsidR="00AF0C07" w:rsidRPr="00EF7606">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="42D8D596" w14:textId="77777777" w:rsidR="00386C9F" w:rsidRDefault="00386C9F" w:rsidP="00245D80">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r>
               <w:t>Movements Officer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -10025,51 +9997,51 @@
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Aviation Transport Security Regulations 2005</w:t>
             </w:r>
             <w:r w:rsidR="002D4963">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Cth)</w:t>
             </w:r>
             <w:r w:rsidR="00344822">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> Schedule Form 1 – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r w:rsidRPr="00020D3E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice of Proposed Movement of </w:t>
               </w:r>
               <w:r w:rsidR="000B1AB7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>a Person</w:t>
               </w:r>
               <w:r w:rsidR="000B1AB7" w:rsidRPr="00020D3E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -10214,51 +10186,51 @@
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>Aviation Transport Security Regulations 2005</w:t>
             </w:r>
             <w:r w:rsidR="002D4963" w:rsidRPr="002D4963">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> (Cth)</w:t>
             </w:r>
             <w:r w:rsidR="00344822">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> Schedule Form 1 – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="00020D3E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice of Proposed Movement of </w:t>
               </w:r>
               <w:r w:rsidR="000B1AB7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:eastAsia="MS Gothic"/>
                   <w:bCs/>
                   <w:color w:val="auto"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>a Person</w:t>
               </w:r>
               <w:r w:rsidR="000B1AB7" w:rsidRPr="00020D3E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -10632,51 +10604,51 @@
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C96274">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>roperty</w:t>
       </w:r>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09B36453" w14:textId="3BC38640" w:rsidR="001F0674" w:rsidRPr="00A30F5A" w:rsidRDefault="001F0674" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">Prisoner’s property shall be transferred, where possible, at the time the prisoner is transferred and in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 3.1 </w:t>
         </w:r>
         <w:r w:rsidR="00406633" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="421C7156" w14:textId="0FE32760" w:rsidR="001F0674" w:rsidRPr="00A30F5A" w:rsidRDefault="001F0674" w:rsidP="00241AB7">
       <w:pPr>
@@ -10860,98 +10832,98 @@
         <w:r w:rsidR="00DE6A8C" w:rsidRPr="00EE7928">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Appendix </w:t>
         </w:r>
         <w:r w:rsidR="00EE7928" w:rsidRPr="00EE7928">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>C</w:t>
         </w:r>
         <w:r w:rsidRPr="00EE7928">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>: Dangerous Goods</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00673876">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C96274">
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidRPr="00C86D4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 3.1 </w:t>
         </w:r>
         <w:r w:rsidR="00406633" w:rsidRPr="00C86D4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs w:val="0"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidRPr="00C86D4D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C96274">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6870FCFD" w14:textId="2AEF84F7" w:rsidR="001F0674" w:rsidRDefault="001F0674" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00C96274">
         <w:t>Excess property shall be transported via other means at the sending prison’s expense.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04E27AE8" w14:textId="12D4072B" w:rsidR="00F05982" w:rsidRDefault="00F05982" w:rsidP="00F05982">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>For transportation of electrical items</w:t>
       </w:r>
       <w:r w:rsidR="00F22E7F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">prisoners shall be required to complete the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
+      <w:hyperlink r:id="rId42" w:history="1">
         <w:r w:rsidRPr="00F05982">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Prisoner Property Indemnity</w:t>
         </w:r>
         <w:r w:rsidR="0014176A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
         <w:r w:rsidRPr="00F05982">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Form</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0014176A" w:rsidRPr="0014176A">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
@@ -11929,51 +11901,51 @@
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2EA21435" w14:textId="146EA276" w:rsidR="008C148A" w:rsidRPr="008C148A" w:rsidRDefault="008C148A" w:rsidP="00245D80">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C148A">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Apply restraints if necessary in accordance with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="008C148A">
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>COPP 11.3 – Use of Force and Restraints</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008C148A">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>, ensuring the prisoner is not restrained to any part of an aircraft and modify and check the restraints as required for the duration of the flight</w:t>
             </w:r>
             <w:r w:rsidR="00D51D9B">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -12106,51 +12078,51 @@
             </w:pPr>
             <w:r w:rsidRPr="008C148A">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">Complete the relevant observation and interaction records as </w:t>
             </w:r>
             <w:r w:rsidR="00686289" w:rsidRPr="008C148A">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>required, refer</w:t>
             </w:r>
             <w:r w:rsidRPr="008C148A">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="008C148A">
                 <w:rPr>
                   <w:bCs/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="26"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t>ARMS Manual</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D51D9B" w:rsidRPr="00D51D9B">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7FA09EFB" w14:textId="77777777" w:rsidR="008C148A" w:rsidRPr="008C148A" w:rsidRDefault="008C148A" w:rsidP="00245D80">
             <w:pPr>
@@ -12173,51 +12145,51 @@
       </w:r>
       <w:r>
         <w:t>transfer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="42"/>
     </w:p>
     <w:p w14:paraId="640582E0" w14:textId="07957502" w:rsidR="008C148A" w:rsidRPr="008C148A" w:rsidRDefault="00A05ACE" w:rsidP="008C148A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">Escorting </w:t>
       </w:r>
       <w:r w:rsidR="00637EEE" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">Officers </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">shall transport the prisoner from the destination airport to the receiving prison </w:t>
       </w:r>
       <w:r w:rsidR="00637EEE" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">or other designated location for medical/mental health care </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.3 – Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:r w:rsidR="00E51C66">
         <w:t>Contractor</w:t>
       </w:r>
       <w:r w:rsidR="00E51C66" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>standards</w:t>
       </w:r>
       <w:r w:rsidR="003B6966" w:rsidRPr="00A30F5A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="427ABD44" w14:textId="77777777" w:rsidR="00A05ACE" w:rsidRPr="005B15EB" w:rsidRDefault="00A05ACE" w:rsidP="005B15EB">
       <w:pPr>
@@ -12380,122 +12352,122 @@
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> Inter-prison Transfers section of this COPP</w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> when preparing a prisoner for an inter-prison transfer via secure vehicle or coach.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="616405AB" w14:textId="77777777" w:rsidR="00D45A7B" w:rsidRDefault="00D45A7B" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t>Movements Officers shall ensure the PMRA is completed and forwarded to the OPCEN at least two business days prior to intended coach transport.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="553A6CAD" w14:textId="7616DC13" w:rsidR="00D45A7B" w:rsidRPr="00D45A7B" w:rsidRDefault="00D45A7B" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Movements Officers shall ensure the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidRPr="00D45A7B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Prisoner Transfer Sheet</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> form is completed and forwarded to the OPCEN at least two business days prior to intended coach transport.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D6816D8" w14:textId="0381CFED" w:rsidR="00A05ACE" w:rsidRDefault="00A05ACE" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">Escorting </w:t>
       </w:r>
       <w:r w:rsidR="00637EEE" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">Officers </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">shall apply the </w:t>
       </w:r>
       <w:r w:rsidR="00EE65B1">
         <w:t xml:space="preserve">standard </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>procedures in</w:t>
       </w:r>
       <w:r w:rsidR="00874984" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> accordance with</w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.3 – Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> when conducting an inter-prison transfer via secure vehicle or coach. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D58E921" w14:textId="77777777" w:rsidR="00D51D9B" w:rsidRPr="00D51D9B" w:rsidRDefault="00D51D9B" w:rsidP="00D51D9B"/>
     <w:p w14:paraId="5D4128D2" w14:textId="77777777" w:rsidR="00282873" w:rsidRPr="00282873" w:rsidRDefault="00282873" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="45" w:name="_Toc200016952"/>
       <w:r w:rsidRPr="00282873">
         <w:lastRenderedPageBreak/>
         <w:t>Transportation of prisoner’s property</w:t>
       </w:r>
       <w:bookmarkEnd w:id="45"/>
       <w:r w:rsidRPr="00282873">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27C7DDA7" w14:textId="2AE5C2B5" w:rsidR="00282873" w:rsidRPr="00A30F5A" w:rsidRDefault="00282873" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">The transfer of prisoner property shall be in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61" w:history="1">
+      <w:hyperlink r:id="rId48" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 –Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> and the following:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="398F0F95" w14:textId="39DE4CDD" w:rsidR="00282873" w:rsidRDefault="00282873" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListNumber"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:hanging="368"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">prisoners shall be permitted 2 boxes no larger than 40 x 40 x 60 cms in size and 1 additional box containing electrical items, education materials </w:t>
       </w:r>
       <w:r w:rsidR="000342DC">
         <w:t>and/</w:t>
@@ -12575,79 +12547,79 @@
       </w:r>
       <w:r w:rsidR="00C0186E" w:rsidRPr="00E003C7">
         <w:t>prisoners’</w:t>
       </w:r>
       <w:r w:rsidRPr="00E003C7">
         <w:t xml:space="preserve"> interstate or international</w:t>
       </w:r>
       <w:r w:rsidR="00827177">
         <w:t>ly</w:t>
       </w:r>
       <w:r w:rsidRPr="00E003C7">
         <w:t xml:space="preserve"> via air shall be in accordance with legislation</w:t>
       </w:r>
       <w:r w:rsidRPr="00592032">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteReference w:id="6"/>
       </w:r>
       <w:r w:rsidRPr="00E003C7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
+      <w:hyperlink r:id="rId49" w:history="1">
         <w:r w:rsidRPr="0011420A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 12.3 – Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00E003C7">
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> The process and procedures surrounding these transfer requests and appropriate application forms</w:t>
       </w:r>
       <w:r w:rsidRPr="00CE74C8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall be in accordance with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
+      <w:hyperlink r:id="rId50" w:history="1">
         <w:r w:rsidRPr="000342DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Sentence Management </w:t>
         </w:r>
         <w:r w:rsidR="009A6AF7" w:rsidRPr="000342DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>D</w:t>
         </w:r>
         <w:r w:rsidRPr="000342DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>irectorate</w:t>
         </w:r>
         <w:r w:rsidR="009A6AF7" w:rsidRPr="000342DC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>’s</w:t>
         </w:r>
         <w:r w:rsidRPr="000342DC">
@@ -12792,51 +12764,51 @@
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005A1A08">
         <w:t xml:space="preserve">complete </w:t>
       </w:r>
       <w:r w:rsidR="002C215D" w:rsidRPr="005A1A08">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00344822" w:rsidRPr="00B822A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aviation Transport Security Regulations 2005</w:t>
       </w:r>
       <w:r w:rsidR="00B822A0" w:rsidRPr="00B822A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cth) </w:t>
       </w:r>
       <w:r w:rsidR="00344822" w:rsidRPr="005A1A08">
         <w:t xml:space="preserve">Schedule Form 1 – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64" w:history="1">
+      <w:hyperlink r:id="rId51" w:history="1">
         <w:r w:rsidR="005E616E" w:rsidRPr="0043476B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve">Notice of Proposed Movement of </w:t>
         </w:r>
         <w:r w:rsidR="002469B5" w:rsidRPr="0043476B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve">a Person </w:t>
         </w:r>
         <w:r w:rsidR="005E616E" w:rsidRPr="0043476B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>in Custody</w:t>
         </w:r>
       </w:hyperlink>
@@ -12919,51 +12891,51 @@
         <w:t xml:space="preserve">to allow adequate notice to the </w:t>
       </w:r>
       <w:r w:rsidR="00CE6B0C" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">airline and authorities approving the </w:t>
       </w:r>
       <w:r w:rsidR="00344822" w:rsidRPr="00B822A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aviation Transport Security Regulations 2005</w:t>
       </w:r>
       <w:r w:rsidR="00B822A0" w:rsidRPr="00B822A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cth)</w:t>
       </w:r>
       <w:r w:rsidR="00344822" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> Schedule Form 1 – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:history="1">
+      <w:hyperlink r:id="rId52" w:history="1">
         <w:r w:rsidR="005E616E" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve">Notice of Proposed Movement of </w:t>
         </w:r>
         <w:r w:rsidR="003032B6" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve">a Person </w:t>
         </w:r>
         <w:r w:rsidR="005E616E" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>in Custody</w:t>
         </w:r>
       </w:hyperlink>
@@ -12988,51 +12960,51 @@
         <w:t xml:space="preserve">is available prior to the prisoner’s travel, </w:t>
       </w:r>
       <w:r w:rsidR="00B822A0">
         <w:t xml:space="preserve">SOG officers may need to negotiate with the airline for urgent consideration and </w:t>
       </w:r>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">approval of the </w:t>
       </w:r>
       <w:r w:rsidR="00344822" w:rsidRPr="00B822A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Aviation Transport Security Regulations 2005</w:t>
       </w:r>
       <w:r w:rsidR="00B822A0" w:rsidRPr="00B822A0">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Cth)</w:t>
       </w:r>
       <w:r w:rsidR="00344822" w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve"> Schedule Form 1 – </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
+      <w:hyperlink r:id="rId53" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve">Notice of Proposed Movement of </w:t>
         </w:r>
         <w:r w:rsidR="003032B6" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t xml:space="preserve">a Person </w:t>
         </w:r>
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="000000" w:themeColor="text1"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>in Custody</w:t>
         </w:r>
       </w:hyperlink>
@@ -13074,92 +13046,92 @@
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidRPr="00C96274">
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t>roperty</w:t>
       </w:r>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="291D40BB" w14:textId="6C244675" w:rsidR="00592032" w:rsidRDefault="00A05ACE" w:rsidP="005E536D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">The transfer of prisoners’ property outside of Western Australia shall be in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67" w:history="1">
+      <w:hyperlink r:id="rId54" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 3.1 – </w:t>
         </w:r>
         <w:r w:rsidR="0026298F" w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Managing Prisoner </w:t>
         </w:r>
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48377C63" w14:textId="77777777" w:rsidR="00A05ACE" w:rsidRDefault="00A05ACE" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="53" w:name="_Toc200016957"/>
       <w:r>
         <w:t>Searches</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
     </w:p>
     <w:p w14:paraId="13ABB54A" w14:textId="64B8709B" w:rsidR="00A05ACE" w:rsidRPr="00A30F5A" w:rsidRDefault="00A05ACE" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00A30F5A">
         <w:t xml:space="preserve">The searching of prisoners, property and vehicles, prior to an interstate/international transfer shall be conducted in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68" w:history="1">
+      <w:hyperlink r:id="rId55" w:history="1">
         <w:r w:rsidRPr="00A30F5A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 11.2 – Searching</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00A30F5A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D568AC2" w14:textId="77777777" w:rsidR="00A97849" w:rsidRPr="00A97849" w:rsidRDefault="0063723C" w:rsidP="00241AB7">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Toc200016958"/>
       <w:bookmarkEnd w:id="50"/>
       <w:bookmarkEnd w:id="51"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:t>Actions prior to transfer</w:t>
       </w:r>
       <w:bookmarkEnd w:id="54"/>
     </w:p>
     <w:p w14:paraId="3C161B21" w14:textId="77777777" w:rsidR="003F17E7" w:rsidRPr="00761EDE" w:rsidRDefault="003F17E7" w:rsidP="008A5B93">
@@ -13669,51 +13641,51 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidR="003032B6">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003032B6" w:rsidRPr="00992D84">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Aviation Transport Security Regulations 2005</w:t>
             </w:r>
             <w:r w:rsidR="003032B6">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> Schedule Form 1 – </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidR="003032B6" w:rsidRPr="00394FFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Notice of Proposed Movement of </w:t>
               </w:r>
               <w:r w:rsidR="003032B6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>a Person</w:t>
               </w:r>
               <w:r w:rsidR="003032B6" w:rsidRPr="00394FFD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> in Custody</w:t>
               </w:r>
             </w:hyperlink>
@@ -14042,51 +14014,51 @@
           <w:tcPr>
             <w:tcW w:w="6633" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60DD80EF" w14:textId="610B3887" w:rsidR="008E2163" w:rsidRPr="00A97849" w:rsidRDefault="008E2163" w:rsidP="00245D80">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00377290">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare the prisoner for transfer by completing the relevant documentation in accordance with </w:t>
             </w:r>
             <w:r w:rsidR="00DE6A8C" w:rsidRPr="009D4F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentation for External Movements in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidR="00DE6A8C" w:rsidRPr="009D4F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>COPP 12.2 – Coordination of Escorts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D51D9B" w:rsidRPr="00D51D9B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2CA84244" w14:textId="77777777" w:rsidR="008E2163" w:rsidRDefault="00A35855" w:rsidP="00245D80">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
@@ -14224,51 +14196,51 @@
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">authorised documentation </w:t>
             </w:r>
             <w:r w:rsidRPr="006D7448">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">in accordance with </w:t>
             </w:r>
             <w:r w:rsidR="00DE6A8C" w:rsidRPr="009D4F2F">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentation for External Movements in </w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidR="00DE6A8C" w:rsidRPr="009D4F2F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>COPP 12.2 – Coordination of Escorts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00DE6A8C">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve">and other </w:t>
@@ -14693,51 +14665,51 @@
             </w:r>
             <w:r w:rsidR="00A97849" w:rsidRPr="00377290">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>pply restraints</w:t>
             </w:r>
             <w:r w:rsidR="00000CE9">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> if necessary</w:t>
             </w:r>
             <w:r w:rsidR="00A97849" w:rsidRPr="00377290">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> in accordance with </w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidR="007B3B6D" w:rsidRPr="007B3B6D">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:bCs/>
                   <w:szCs w:val="26"/>
                 </w:rPr>
                 <w:t>COPP 11.3 – Use of Force and Restraints</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00A97849" w:rsidRPr="00377290">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -15219,447 +15191,447 @@
       </w:r>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="712D47C9" w14:textId="77777777" w:rsidR="00E27BFB" w:rsidRPr="005E536D" w:rsidRDefault="000908B7" w:rsidP="00113DE3">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E536D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Related </w:t>
       </w:r>
       <w:r w:rsidR="00E27BFB" w:rsidRPr="005E536D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COPPs</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7127DD8E" w14:textId="4524A022" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="7127DD8E" w14:textId="4524A022" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="005960A1" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId73" w:history="1">
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 2.3 </w:t>
         </w:r>
         <w:r w:rsidR="00406633" w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Assessment</w:t>
         </w:r>
         <w:r w:rsidR="00992D84">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> </w:t>
         </w:r>
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>and Sentence Management</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="216B9463" w14:textId="4C80E954" w:rsidR="005960A1" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="216B9463" w14:textId="4C80E954" w:rsidR="005960A1" w:rsidRDefault="005960A1" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId74" w:history="1">
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 3.1 </w:t>
         </w:r>
         <w:r w:rsidR="00406633" w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="372860EC" w14:textId="4F05EC4A" w:rsidR="00827177" w:rsidRPr="00406633" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="372860EC" w14:textId="4F05EC4A" w:rsidR="00827177" w:rsidRPr="00406633" w:rsidRDefault="00827177" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId75" w:history="1">
-        <w:r w:rsidR="00827177" w:rsidRPr="00827177">
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidRPr="00827177">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 4.6 – Trans, Gender Diverse and Intersex Prisoners</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="231B181A" w14:textId="00349D2F" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="231B181A" w14:textId="00349D2F" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="00390ACE" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId76" w:history="1">
-        <w:r w:rsidR="00390ACE" w:rsidRPr="00390ACE">
+      <w:hyperlink r:id="rId63" w:history="1">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 4.9 – At-Risk Prisoners</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6178532B" w14:textId="0355A26D" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="6178532B" w14:textId="0355A26D" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="005960A1" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:color w:val="0000FF"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId77" w:history="1">
-        <w:r w:rsidR="005960A1" w:rsidRPr="00477DEE">
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidRPr="00477DEE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 7.</w:t>
         </w:r>
         <w:r w:rsidR="00E27BFB" w:rsidRPr="00477DEE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">2 </w:t>
         </w:r>
         <w:r w:rsidR="00406633" w:rsidRPr="00477DEE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
         <w:r w:rsidR="00E27BFB" w:rsidRPr="00477DEE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Social Visits</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="601B7B86" w14:textId="7980194B" w:rsidR="003124CF" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="601B7B86" w14:textId="7980194B" w:rsidR="003124CF" w:rsidRDefault="00390ACE" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId78" w:history="1">
-        <w:r w:rsidR="00390ACE" w:rsidRPr="00390ACE">
+      <w:hyperlink r:id="rId65" w:history="1">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 11.3 – Use of Force and Restraints</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0748F49A" w14:textId="14658BF8" w:rsidR="003908EB" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="0748F49A" w14:textId="14658BF8" w:rsidR="003908EB" w:rsidRDefault="003908EB" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId79" w:history="1">
-        <w:r w:rsidR="003908EB" w:rsidRPr="003908EB">
+      <w:hyperlink r:id="rId66" w:history="1">
+        <w:r w:rsidRPr="003908EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 12.1 – Escort Vehicles</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003908EB">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49B47C99" w14:textId="7F2BB329" w:rsidR="003908EB" w:rsidRPr="00406633" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="49B47C99" w14:textId="7F2BB329" w:rsidR="003908EB" w:rsidRPr="00406633" w:rsidRDefault="003908EB" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId80" w:history="1">
-        <w:r w:rsidR="003908EB" w:rsidRPr="003908EB">
+      <w:hyperlink r:id="rId67" w:history="1">
+        <w:r w:rsidRPr="003908EB">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>COPP 12.2 – Coordination of Escorts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003908EB">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:bCs/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195EBAE5" w14:textId="2BA99006" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="195EBAE5" w14:textId="2BA99006" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="005960A1" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="MS Gothic"/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId81" w:history="1">
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 12.3 </w:t>
         </w:r>
         <w:r w:rsidR="00406633" w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">– </w:t>
         </w:r>
-        <w:r w:rsidR="005960A1" w:rsidRPr="00390ACE">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="MS Gothic"/>
             <w:bCs/>
             <w:szCs w:val="26"/>
           </w:rPr>
           <w:t>Conducting Escorts</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6234964A" w14:textId="60A5457F" w:rsidR="005960A1" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="6234964A" w14:textId="60A5457F" w:rsidR="005960A1" w:rsidRDefault="00390ACE" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId82" w:history="1">
-        <w:r w:rsidR="00390ACE" w:rsidRPr="00390ACE">
+      <w:hyperlink r:id="rId69" w:history="1">
+        <w:r w:rsidRPr="00390ACE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 14.5 – Authorised Absences and Absence Permits</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="16769071" w14:textId="77777777" w:rsidR="00E27BFB" w:rsidRPr="005E536D" w:rsidRDefault="00245D80" w:rsidP="00245D80">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E536D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Other</w:t>
       </w:r>
       <w:r w:rsidR="000908B7" w:rsidRPr="005E536D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00E27BFB" w:rsidRPr="005E536D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ocuments</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D9006AE" w14:textId="77777777" w:rsidR="00406633" w:rsidRPr="00CE74C8" w:rsidRDefault="00B95FCA" w:rsidP="00EA0940">
+    <w:p w14:paraId="5D9006AE" w14:textId="77777777" w:rsidR="00406633" w:rsidRPr="00CE74C8" w:rsidRDefault="00406633" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId83" w:history="1">
-        <w:r w:rsidR="00406633" w:rsidRPr="009429B2">
+      <w:hyperlink r:id="rId70" w:history="1">
+        <w:r w:rsidRPr="009429B2">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
             <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>Court Security &amp; Custodial Services (CS &amp; CS) contract</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="795D33EC" w14:textId="13B5BD6A" w:rsidR="00EB7294" w:rsidRPr="008A5B93" w:rsidRDefault="008A5B93" w:rsidP="00EA0940">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16903,90 +16875,90 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>As defined in s. 3(1</w:t>
             </w:r>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00DD6077" w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00406633">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri"/>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
               <w:t>and refers to either the designated Superintendent or the officer in charge of a prison at a particular time.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06FE1E54" w14:textId="77777777" w:rsidR="005960A1" w:rsidRPr="00406633" w:rsidRDefault="005960A1" w:rsidP="00113DE3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>Also includes any contract worker authorised by the Commissioner in accordance with s. 15I (1) (a)</w:t>
             </w:r>
             <w:r w:rsidR="00DD6077" w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00406633">
                 <w:rPr>
                   <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00406633">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
               </w:rPr>
               <w:t>to perform the functions of a superintendent in a privately operated prison.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD1F36" w14:paraId="22F28270" w14:textId="77777777" w:rsidTr="005E536D">
@@ -17529,51 +17501,51 @@
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
         <w:t>It is expected that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FE138B7" w14:textId="13042CBD" w:rsidR="00DF6A44" w:rsidRPr="00606FAA" w:rsidRDefault="00DF6A44" w:rsidP="00EA0940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Prisons will undertake local compliance in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86" w:history="1">
+      <w:hyperlink r:id="rId73" w:history="1">
         <w:r w:rsidRPr="00606FAA">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Compliance Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00606FAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E49B133" w14:textId="77777777" w:rsidR="00DF6A44" w:rsidRPr="00606FAA" w:rsidRDefault="00DF6A44" w:rsidP="00EA0940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
@@ -17589,51 +17561,51 @@
     </w:p>
     <w:p w14:paraId="4C1FE0DF" w14:textId="557AB565" w:rsidR="00DF6A44" w:rsidRPr="00606FAA" w:rsidRDefault="00DF6A44" w:rsidP="00EA0940">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Operational </w:t>
       </w:r>
       <w:r w:rsidRPr="00606FAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve">Compliance Branch will undertake checks in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87" w:history="1">
+      <w:hyperlink r:id="rId74" w:history="1">
         <w:r w:rsidR="00CC2252">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Operational</w:t>
         </w:r>
         <w:r w:rsidRPr="00606FAA">
           <w:rPr>
             <w:rFonts w:eastAsia="Calibri"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> Compliance Framework</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00606FAA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E02A1B3" w14:textId="77777777" w:rsidR="00DF6A44" w:rsidRDefault="00DF6A44" w:rsidP="00EA0940">
@@ -17673,754 +17645,860 @@
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
       <w:r w:rsidR="00D51D9B">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00245869">
         <w:t>istory</w:t>
       </w:r>
       <w:bookmarkEnd w:id="65"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9168" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1117"/>
         <w:gridCol w:w="1658"/>
-        <w:gridCol w:w="3174"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="3032"/>
+        <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1660"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w14:paraId="07749A99" w14:textId="12D3C134" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w14:paraId="07749A99" w14:textId="12D3C134" w:rsidTr="00292FCB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6A2D9B57" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w:rsidRDefault="00CC2252" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:t>Version no</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72AD452C" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w:rsidRDefault="00CC2252" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:t>Primary author(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C43B0C0" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w:rsidRDefault="00CC2252" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:t>Description of version</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4BE0BB0C" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w:rsidRDefault="00CC2252" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:t>Date completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="60A7A3FB" w14:textId="5BDC0EDA" w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w:rsidRDefault="00CC2252" w:rsidP="00DF778C">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r>
               <w:t>Effective date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w14:paraId="4E6E7487" w14:textId="67E6B55F" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w14:paraId="4E6E7487" w14:textId="67E6B55F" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="00DE54DD" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C6A4114" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="434F8F35" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00D1230B">
               <w:t xml:space="preserve">Approved by the A/Director Operational </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Projects, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D1230B">
               <w:t>Policy</w:t>
             </w:r>
             <w:r>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00D1230B">
               <w:t xml:space="preserve"> Compliance and Contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E35BBB2" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0039773A">
               <w:t>1 December 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="18C8EB36" w14:textId="1AA056CA" w:rsidR="00CC2252" w:rsidRPr="0039773A" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>4 January 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w14:paraId="5F7D2A68" w14:textId="5B84C63D" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00CC2252" w:rsidRPr="007D3C6F" w14:paraId="5F7D2A68" w14:textId="5B84C63D" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C0C8FD6" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78F6D7FC" w14:textId="77777777" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30C8D72F" w14:textId="5F70CC69" w:rsidR="00CC2252" w:rsidRDefault="00CC2252" w:rsidP="004D562C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by the Commissioner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23F3EAA3" w14:textId="55107FB1" w:rsidR="00CC2252" w:rsidRPr="00791AED" w:rsidRDefault="00791AED" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00791AED">
               <w:t>15 November 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0FB605B4" w14:textId="36414D9A" w:rsidR="00CC2252" w:rsidRPr="00791AED" w:rsidRDefault="00791AED" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00791AED">
               <w:t>29 November 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00871910" w:rsidRPr="007D3C6F" w14:paraId="445571F2" w14:textId="77777777" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00871910" w:rsidRPr="007D3C6F" w14:paraId="445571F2" w14:textId="77777777" w:rsidTr="00292FCB">
         <w:trPr>
           <w:trHeight w:val="989"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="183500E3" w14:textId="193491A6" w:rsidR="00871910" w:rsidRDefault="00871910" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="446FC162" w14:textId="5C541148" w:rsidR="00871910" w:rsidRDefault="00871910" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E5A99EE" w14:textId="6B841AFA" w:rsidR="00871910" w:rsidRDefault="00871910" w:rsidP="004D562C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by the Director Operational Projects, Policy, Compliance and Contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="44D00452" w14:textId="1C3B8EFA" w:rsidR="00871910" w:rsidRDefault="0035683F" w:rsidP="0035683F">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>8 March 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="798EB516" w14:textId="77777777" w:rsidR="00871910" w:rsidRDefault="0035683F" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>9 March 2022</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B4294DA" w14:textId="261220E5" w:rsidR="00946A07" w:rsidRDefault="00946A07" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00677EBB" w:rsidRPr="007D3C6F" w14:paraId="298AD7CB" w14:textId="77777777" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00677EBB" w:rsidRPr="007D3C6F" w14:paraId="298AD7CB" w14:textId="77777777" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A765456" w14:textId="0211E49C" w:rsidR="00677EBB" w:rsidRDefault="00677EBB" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="288E5E15" w14:textId="222EC8CD" w:rsidR="00677EBB" w:rsidRDefault="00677EBB" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78BC0266" w14:textId="1AC7AF6F" w:rsidR="00677EBB" w:rsidRDefault="00677EBB" w:rsidP="004D562C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by </w:t>
             </w:r>
             <w:r w:rsidR="000F365B">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Commissioner </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FB4FACA" w14:textId="1A41C2F6" w:rsidR="00677EBB" w:rsidRDefault="00605CFE" w:rsidP="0035683F">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>31 August 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D05FB6A" w14:textId="5D01A785" w:rsidR="00677EBB" w:rsidRDefault="00605CFE" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>9 September 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A469CC" w:rsidRPr="007D3C6F" w14:paraId="0CC2DF49" w14:textId="77777777" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00A469CC" w:rsidRPr="007D3C6F" w14:paraId="0CC2DF49" w14:textId="77777777" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="04496211" w14:textId="5265DA5C" w:rsidR="00A469CC" w:rsidRDefault="00A469CC" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">5.0 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E43D05D" w14:textId="2876EE37" w:rsidR="00A469CC" w:rsidRDefault="00A469CC" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5A9D3D60" w14:textId="507D27F9" w:rsidR="00A469CC" w:rsidRDefault="00A469CC" w:rsidP="004D562C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by the Commissioner </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D48718D" w14:textId="4BAE3519" w:rsidR="00A469CC" w:rsidRDefault="000F365B" w:rsidP="0035683F">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="007D18B2">
               <w:t>6</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D18B2">
               <w:t>October</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F391AB8" w14:textId="0E1736B4" w:rsidR="00A469CC" w:rsidRDefault="007D18B2" w:rsidP="005163DF">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>19 December 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D95221" w:rsidRPr="007D3C6F" w14:paraId="1E6243AD" w14:textId="77777777" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00D95221" w:rsidRPr="007D3C6F" w14:paraId="1E6243AD" w14:textId="77777777" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24DBD314" w14:textId="05D7BE07" w:rsidR="00D95221" w:rsidRDefault="00D95221" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>6.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="203D6FB3" w14:textId="0589B48D" w:rsidR="00D95221" w:rsidRDefault="00D95221" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6FF2D9CD" w14:textId="0A6613DF" w:rsidR="00D95221" w:rsidRDefault="00D95221" w:rsidP="00D95221">
+            <w:tcW w:w="3032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF2D9CD" w14:textId="41A04394" w:rsidR="00D95221" w:rsidRDefault="00D95221" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Approved by the Assistant Commissioner Operational </w:t>
+              <w:t>Approved by the A</w:t>
+            </w:r>
+            <w:r w:rsidR="00292FCB">
+              <w:t xml:space="preserve">ssistant </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Commissioner Operational </w:t>
             </w:r>
             <w:r w:rsidR="00F81280">
               <w:t xml:space="preserve">Support </w:t>
             </w:r>
             <w:r>
               <w:t>Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="529A7B04" w14:textId="55CDB79B" w:rsidR="00D95221" w:rsidRDefault="001710CB" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>27 February 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B0B6A25" w14:textId="77777777" w:rsidR="00D95221" w:rsidRDefault="001710CB" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>4 March</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B6E37E0" w14:textId="672560FB" w:rsidR="001710CB" w:rsidRDefault="001710CB" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B22AA0" w:rsidRPr="007D3C6F" w14:paraId="3D4113E7" w14:textId="77777777" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00B22AA0" w:rsidRPr="007D3C6F" w14:paraId="3D4113E7" w14:textId="77777777" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2C221E4D" w14:textId="68FE876A" w:rsidR="00B22AA0" w:rsidRPr="00C23E4F" w:rsidRDefault="00B22AA0" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C23E4F">
               <w:t>7.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="33F1386E" w14:textId="0C2D970C" w:rsidR="00B22AA0" w:rsidRPr="00C23E4F" w:rsidRDefault="00B22AA0" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C23E4F">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="644C0627" w14:textId="77777777" w:rsidR="00B22AA0" w:rsidRPr="00C23E4F" w:rsidRDefault="00B22AA0" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C23E4F">
               <w:t>Approved by Deputy Commissioner Operational Support</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="480EA03D" w14:textId="105BFFBB" w:rsidR="00B22AA0" w:rsidRPr="00C23E4F" w:rsidRDefault="00B22AA0" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C23E4F">
               <w:t>CM Ref:</w:t>
             </w:r>
             <w:r w:rsidR="00D01358" w:rsidRPr="00C23E4F">
               <w:t xml:space="preserve"> S25/34627</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74261A8D" w14:textId="08593E73" w:rsidR="00B22AA0" w:rsidRPr="00C23E4F" w:rsidRDefault="00DF3016" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C23E4F">
               <w:t>07 April 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="74D57D9E" w14:textId="45B5B376" w:rsidR="00B22AA0" w:rsidRPr="00C23E4F" w:rsidRDefault="00C23E4F" w:rsidP="00D95221">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>12 May 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D30BD6" w:rsidRPr="007D3C6F" w14:paraId="24B57E85" w14:textId="77777777" w:rsidTr="0058087D">
+      <w:tr w:rsidR="00D30BD6" w:rsidRPr="007D3C6F" w14:paraId="24B57E85" w14:textId="77777777" w:rsidTr="00292FCB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1117" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D40B454" w14:textId="16C35806" w:rsidR="00D30BD6" w:rsidRPr="00C23E4F" w:rsidRDefault="00D30BD6" w:rsidP="00D30BD6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>8.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3652E30B" w14:textId="4CA7D234" w:rsidR="00D30BD6" w:rsidRPr="00C23E4F" w:rsidRDefault="00D30BD6" w:rsidP="00D30BD6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3174" w:type="dxa"/>
+            <w:tcW w:w="3032" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03E3D981" w14:textId="77777777" w:rsidR="00D30BD6" w:rsidRDefault="00D30BD6" w:rsidP="00D30BD6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by the Commissioner Corrective Services</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24DCDF76" w14:textId="5696A86C" w:rsidR="00D30BD6" w:rsidRPr="00C23E4F" w:rsidRDefault="00D30BD6" w:rsidP="00D30BD6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">CM </w:t>
             </w:r>
             <w:r w:rsidR="008F64ED">
               <w:t>Ref: S</w:t>
             </w:r>
             <w:r w:rsidR="001C647D">
               <w:t>25/59404</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="487569C3" w14:textId="76CAC181" w:rsidR="00D30BD6" w:rsidRPr="00C23E4F" w:rsidRDefault="0058087D" w:rsidP="00D30BD6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>9 July 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1660" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B674B02" w14:textId="6C99CA36" w:rsidR="00D30BD6" w:rsidRDefault="0058087D" w:rsidP="00D30BD6">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>10 July 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="00292FCB" w:rsidRPr="007D3C6F" w14:paraId="26758A2F" w14:textId="77777777" w:rsidTr="00292FCB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1117" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B47920" w14:textId="5609B250" w:rsidR="00292FCB" w:rsidRPr="00133E4D" w:rsidRDefault="00292FCB" w:rsidP="00D30BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00133E4D">
+              <w:lastRenderedPageBreak/>
+              <w:t>9.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1658" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B977A40" w14:textId="77245B45" w:rsidR="00292FCB" w:rsidRPr="00133E4D" w:rsidRDefault="00292FCB" w:rsidP="00D30BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00133E4D">
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3032" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23DBDC87" w14:textId="77777777" w:rsidR="00292FCB" w:rsidRPr="00133E4D" w:rsidRDefault="00292FCB" w:rsidP="00D30BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00133E4D">
+              <w:t>Approved by the Deputy Commissioner Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D399083" w14:textId="5A768403" w:rsidR="00292FCB" w:rsidRPr="00133E4D" w:rsidRDefault="00292FCB" w:rsidP="00D30BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00133E4D">
+              <w:t xml:space="preserve">CM Ref: </w:t>
+            </w:r>
+            <w:r w:rsidR="003E602E" w:rsidRPr="00133E4D">
+              <w:t>D25/1122095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3469D253" w14:textId="4DF345AD" w:rsidR="00292FCB" w:rsidRPr="00133E4D" w:rsidRDefault="005B0272" w:rsidP="00D30BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00133E4D">
+              <w:t>25 September 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1660" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AB680BC" w14:textId="4DB09987" w:rsidR="00292FCB" w:rsidRPr="00133E4D" w:rsidRDefault="00133E4D" w:rsidP="00D30BD6">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00133E4D">
+              <w:t>14 January 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4E2286B2" w14:textId="5909689A" w:rsidR="00A50FB8" w:rsidRDefault="00677EBB" w:rsidP="0089106D">
+    <w:p w14:paraId="59D85ADA" w14:textId="76A2BD8E" w:rsidR="00B05DA0" w:rsidRDefault="00B05DA0" w:rsidP="0089106D">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
       <w:bookmarkStart w:id="66" w:name="_Appendix_A:_Documentation"/>
       <w:bookmarkStart w:id="67" w:name="_Appendix_B:_Schedule"/>
       <w:bookmarkStart w:id="68" w:name="_Appendix_B:_Schedule_1"/>
       <w:bookmarkStart w:id="69" w:name="_Appendix_C:_Dangerous"/>
       <w:bookmarkStart w:id="70" w:name="_Appendix_A:_Weekly"/>
       <w:bookmarkStart w:id="71" w:name="_Toc200016967"/>
       <w:bookmarkStart w:id="72" w:name="_Toc10809393"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w14:paraId="5C2EC414" w14:textId="2BDBA3A8" w:rsidR="007131CA" w:rsidRPr="00B05DA0" w:rsidRDefault="00B05DA0" w:rsidP="00B05DA0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="MS Gothic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E2286B2" w14:textId="63A65E02" w:rsidR="00A50FB8" w:rsidRDefault="00677EBB" w:rsidP="0089106D">
+      <w:pPr>
+        <w:pStyle w:val="H1nonumber"/>
+      </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix A: </w:t>
       </w:r>
       <w:r w:rsidR="00A50FB8">
         <w:t>Weekly Scheduled Inter-prison Transfers</w:t>
       </w:r>
       <w:bookmarkEnd w:id="71"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10792" w:type="dxa"/>
         <w:tblInd w:w="-892" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10792"/>
       </w:tblGrid>
       <w:tr w:rsidR="004340F8" w:rsidRPr="00C923C0" w14:paraId="71249106" w14:textId="77777777" w:rsidTr="00960DC7">
         <w:trPr>
           <w:trHeight w:val="412"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25096,73 +25174,77 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5C79D3A9" w14:textId="104032A7" w:rsidR="004340F8" w:rsidRPr="00C93FBA" w:rsidRDefault="004340F8" w:rsidP="00C93FBA"/>
     <w:p w14:paraId="2699D661" w14:textId="77777777" w:rsidR="003D13E0" w:rsidRPr="0089106D" w:rsidRDefault="004340F8" w:rsidP="0089106D">
       <w:bookmarkStart w:id="73" w:name="_Appendix_B:_Dangerous"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r w:rsidRPr="00C93FBA">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7FA822D5" w14:textId="45CDC1C2" w:rsidR="003D13E0" w:rsidRPr="00EA7847" w:rsidRDefault="003D13E0" w:rsidP="00EA7847">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
       <w:bookmarkStart w:id="74" w:name="_Appendix_B:_Transfer"/>
       <w:bookmarkStart w:id="75" w:name="_Toc200016968"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r w:rsidRPr="00EA7847">
         <w:lastRenderedPageBreak/>
         <w:t>Appendix B: Transfer Guidelines</w:t>
       </w:r>
       <w:bookmarkEnd w:id="75"/>
     </w:p>
-    <w:p w14:paraId="704D3CAA" w14:textId="34FFE48C" w:rsidR="003D13E0" w:rsidRDefault="003D13E0" w:rsidP="003D13E0">
+    <w:p w14:paraId="704D3CAA" w14:textId="51DCDCBB" w:rsidR="003D13E0" w:rsidRDefault="003D13E0" w:rsidP="003D13E0">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="138"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The development of a </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88" w:history="1">
-[...12 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00D475F6">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Transfer Plan</w:t>
+      </w:r>
+      <w:r w:rsidR="004C5037" w:rsidRPr="00D475F6">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> form</w:t>
+      </w:r>
+      <w:r w:rsidR="00D475F6" w:rsidRPr="00D475F6">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in TOMS</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve"> shall include consideration of the below guidelines:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E1D2630" w14:textId="77777777" w:rsidR="003D13E0" w:rsidRPr="00DE6A8C" w:rsidRDefault="003D13E0" w:rsidP="003D13E0">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="76" w:name="Minimising_disruption_to_the_prisoner"/>
       <w:bookmarkStart w:id="77" w:name="_Toc69571968"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r w:rsidRPr="00DE6A8C">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Minimising disruption to the prisoner</w:t>
       </w:r>
       <w:bookmarkEnd w:id="77"/>
     </w:p>
     <w:p w14:paraId="1F4EF6F3" w14:textId="77777777" w:rsidR="003D13E0" w:rsidRPr="005B15EB" w:rsidRDefault="003D13E0" w:rsidP="003D13E0">
       <w:pPr>
         <w:pStyle w:val="ListBullet3"/>
@@ -25408,51 +25490,51 @@
         </w:rPr>
         <w:t>ensure the air conditioning is operational</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D2BA78E" w14:textId="69B9397E" w:rsidR="00875798" w:rsidRPr="00A442AB" w:rsidRDefault="00875798" w:rsidP="00A469CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="709" w:hanging="284"/>
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A442AB">
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
         <w:t xml:space="preserve">ensure medications are issued in accordance with </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89" w:history="1">
+      <w:hyperlink r:id="rId75" w:history="1">
         <w:r w:rsidRPr="00A442AB">
           <w:rPr>
             <w:bCs/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-AU"/>
           </w:rPr>
           <w:t>COPP 6.4 – Officers Issuing Medication</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5E3C709B" w14:textId="047B5264" w:rsidR="00875798" w:rsidRPr="007D18B2" w:rsidRDefault="00875798" w:rsidP="00875798">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:bCs/>
           <w:lang w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A14716A" w14:textId="0DE99472" w:rsidR="00875798" w:rsidRPr="007D18B2" w:rsidRDefault="0081331E" w:rsidP="00511408">
       <w:pPr>
         <w:pStyle w:val="ListBullet3"/>
         <w:rPr>
           <w:bCs/>
           <w:u w:val="single"/>
@@ -25773,51 +25855,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B7E7288" wp14:editId="4180200C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5448935</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>586740</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1122680" cy="1138555"/>
             <wp:effectExtent l="0" t="0" r="1270" b="4445"/>
             <wp:wrapNone/>
             <wp:docPr id="7" name="Picture 7" descr="New Picture (1)"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="New Picture (1)"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId90">
+                    <a:blip r:embed="rId76">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1122680" cy="1138555"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -26703,51 +26785,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72F520D1" wp14:editId="1CC2EE5A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5761355</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>35560</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="574040" cy="574040"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="5" name="Picture 5"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId91">
+                    <a:blip r:embed="rId77">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="574040" cy="574040"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
@@ -27298,51 +27380,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2576FB77" wp14:editId="225A663D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5601335</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>440690</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="933450" cy="839994"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId92">
+                    <a:blip r:embed="rId78">
                       <a:lum contrast="12000"/>
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="936731" cy="842947"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
@@ -27864,85 +27946,85 @@
                 <w:b/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidRPr="005F79D9">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> be operated aboard the aircraft as they cause interference with the</w:t>
             </w:r>
             <w:r w:rsidRPr="00132CE7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> aircraft navigational equipment.  Please disable all wireless connections if you intend to use your laptop during your flight.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1060DB99" w14:textId="60786804" w:rsidR="005B15EB" w:rsidRDefault="005B15EB" w:rsidP="005B15EB">
       <w:bookmarkStart w:id="86" w:name="_Appendix_D_–"/>
       <w:bookmarkEnd w:id="86"/>
     </w:p>
     <w:sectPr w:rsidR="005B15EB" w:rsidSect="00241AB7">
-      <w:headerReference w:type="even" r:id="rId93"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId96"/>
+      <w:headerReference w:type="even" r:id="rId79"/>
+      <w:headerReference w:type="default" r:id="rId80"/>
+      <w:footerReference w:type="default" r:id="rId81"/>
+      <w:headerReference w:type="first" r:id="rId82"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1361" w:right="1247" w:bottom="907" w:left="1304" w:header="567" w:footer="397" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4097ED57" w14:textId="77777777" w:rsidR="005E2848" w:rsidRDefault="005E2848" w:rsidP="00D06E62">
+    <w:p w14:paraId="31AB00C6" w14:textId="77777777" w:rsidR="003F5C0F" w:rsidRDefault="003F5C0F" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7FF7ED64" w14:textId="77777777" w:rsidR="005E2848" w:rsidRDefault="005E2848" w:rsidP="00D06E62">
+    <w:p w14:paraId="06223950" w14:textId="77777777" w:rsidR="003F5C0F" w:rsidRDefault="003F5C0F" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -27971,85 +28053,85 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial bold">
+  <w:font w:name="Arial Bold">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Gotham">
-    <w:altName w:val="Centaur"/>
+    <w:altName w:val="Gotham"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="15184EDC" w14:textId="3A536C16" w:rsidR="00543C5B" w:rsidRDefault="00543C5B" w:rsidP="00241AB7">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1095"/>
         <w:tab w:val="left" w:pos="8080"/>
       </w:tabs>
       <w:ind w:left="0"/>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">The current version of this document is maintained on the </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">Custodial Ops </w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
@@ -28099,60 +28181,60 @@
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="089FAFBF" w14:textId="77777777" w:rsidR="005E2848" w:rsidRDefault="005E2848" w:rsidP="00D06E62">
+    <w:p w14:paraId="06C2ED3A" w14:textId="77777777" w:rsidR="003F5C0F" w:rsidRDefault="003F5C0F" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55BF4328" w14:textId="77777777" w:rsidR="005E2848" w:rsidRDefault="005E2848" w:rsidP="00D06E62">
+    <w:p w14:paraId="2ABB6A69" w14:textId="77777777" w:rsidR="003F5C0F" w:rsidRDefault="003F5C0F" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="4B862C3B" w14:textId="559ECD05" w:rsidR="00A86992" w:rsidRDefault="00A86992">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D62D89">
         <w:t xml:space="preserve">Part 2, </w:t>
       </w:r>
       <w:r w:rsidRPr="00241AB7">
         <w:t>Division</w:t>
       </w:r>
@@ -28410,105 +28492,115 @@
           <w:i/>
         </w:rPr>
         <w:t>Prisons Act 1981</w:t>
       </w:r>
       <w:r>
         <w:t>, r. 54</w:t>
       </w:r>
       <w:r w:rsidR="003908EB">
         <w:t>N, 54O, 54P, 54Q, 54R</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D71AD1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Prisons Regulations 1982</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="481A133A" w14:textId="4E3F67F1" w:rsidR="00543C5B" w:rsidRDefault="00543C5B" w:rsidP="00663830">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6841CB23" w14:textId="77777777" w:rsidR="00C06FD5" w:rsidRDefault="00C06FD5">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="481A133A" w14:textId="543F7AC3" w:rsidR="00543C5B" w:rsidRDefault="00543C5B" w:rsidP="00663830">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00430B51">
+    <w:r w:rsidR="00EF7606">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 12.4 Prisoner Transfers</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> v2.0</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2B60695E" w14:textId="77777777" w:rsidR="00543C5B" w:rsidRDefault="00543C5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0722DA49" w14:textId="6B605ACB" w:rsidR="00543C5B" w:rsidRDefault="00543C5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="008114B3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73A83571" wp14:editId="171728C3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>181610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>220980</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1647825" cy="296545"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -28522,141 +28614,141 @@
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1647825" cy="296545"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                              <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:id w:val="-1483379727"/>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
                             <w:p w14:paraId="406B582D" w14:textId="77777777" w:rsidR="00543C5B" w:rsidRPr="00464E72" w:rsidRDefault="00543C5B" w:rsidP="008D51C1">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold" w:hint="eastAsia"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="73A83571" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:17.4pt;width:129.75pt;height:23.35pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5V1Wo9gEAAM0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC817IN27EFy0GaNEWB&#10;9AGk/YA1RVlESS5L0pbcr++SchwjuQXVgeBqydmd2eH6ujeaHaQPCm3FJ6MxZ9IKrJXdVfzXz/sP&#10;S85CBFuDRisrfpSBX2/ev1t3rpRTbFHX0jMCsaHsXMXbGF1ZFEG00kAYoZOWkg16A5FCvytqDx2h&#10;G11Mx+NF0aGvnUchQ6C/d0OSbzJ+00gRvzdNkJHpilNvMa8+r9u0Fps1lDsPrlXi1Aa8oQsDylLR&#10;M9QdRGB7r15BGSU8BmziSKApsGmUkJkDsZmMX7B5bMHJzIXECe4sU/h/sOLb4dH98Cz2H7GnAWYS&#10;wT2g+B2YxdsW7E7eeI9dK6GmwpMkWdG5UJ6uJqlDGRLItvuKNQ0Z9hEzUN94k1QhnozQaQDHs+iy&#10;j0ykkovZ1XI650xQbrpazGfzXALKp9vOh/hZomFpU3FPQ83ocHgIMXUD5dORVMzivdI6D1Zb1lV8&#10;NSf4FxmjIvlOK1Px5Th9gxMSyU+2zpcjKD3sqYC2J9aJ6EA59tueDib2W6yPxN/j4C96D7Rp0f/l&#10;rCNvVTz82YOXnOkvljRcTWazZMYczOZXUwr8ZWZ7mQErCKrikbNhexuzgQdGN6R1o7IMz52ceiXP&#10;ZHVO/k6mvIzzqedXuPkHAAD//wMAUEsDBBQABgAIAAAAIQAgdZVd3AAAAAgBAAAPAAAAZHJzL2Rv&#10;d25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJ3QViZkUyEQVxAFKvXmxm4SEa+j2G3C37Oc4Dia0cyb&#10;cjP7XpzdGLtACNlCgXBUB9tRg/Dx/nyjQcRkyJo+kEP4dhE21eVFaQobJnpz521qBJdQLAxCm9JQ&#10;SBnr1nkTF2FwxN4xjN4klmMj7WgmLve9zJVaS2864oXWDO6xdfXX9uQRPl+O+91SvTZPfjVMYVaS&#10;/J1EvL6aH+5BJDenvzD84jM6VMx0CCeyUfQIuV5zEuF2yQ/Yz7XOQBwQdLYCWZXy/4HqBwAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADlXVaj2AQAAzQMAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACB1lV3cAAAACAEAAA8AAAAAAAAAAAAAAAAAUAQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABZBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="-1483379727"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="406B582D" w14:textId="77777777" w:rsidR="00543C5B" w:rsidRPr="00464E72" w:rsidRDefault="00543C5B" w:rsidP="008D51C1">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold" w:hint="eastAsia"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold" w:hint="eastAsia"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -28805,148 +28897,148 @@
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="7580630" cy="10719435"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DE624DA" w14:textId="77777777" w:rsidR="00543C5B" w:rsidRDefault="00543C5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3120BA61" w14:textId="77777777" w:rsidR="00543C5B" w:rsidRDefault="00543C5B"/>
 </w:hdr>
 </file>
 
-<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="04856B4A" w14:textId="61F776AD" w:rsidR="00543C5B" w:rsidRDefault="00543C5B" w:rsidP="004D040B">
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="04856B4A" w14:textId="48DD72A3" w:rsidR="00543C5B" w:rsidRDefault="00543C5B" w:rsidP="004D040B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
-    <w:r w:rsidRPr="00C23E4F">
+    <w:r w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00C23E4F">
+    <w:r w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00C23E4F">
+    <w:r w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00B95FCA">
+    <w:r w:rsidR="00C06FD5">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>COPP 12.4 Prisoner Transfers</w:t>
     </w:r>
-    <w:r w:rsidRPr="00C23E4F">
+    <w:r w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidRPr="00C23E4F">
+    <w:r w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00677EBB" w:rsidRPr="00C23E4F">
+    <w:r w:rsidR="00677EBB" w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>v</w:t>
     </w:r>
-    <w:r w:rsidR="006C285D">
+    <w:r w:rsidR="002B3EAF" w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>9</w:t>
     </w:r>
-    <w:r w:rsidR="00605CFE" w:rsidRPr="00C23E4F">
+    <w:r w:rsidR="00605CFE" w:rsidRPr="00203AFC">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>.0</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0D71AB03" w14:textId="62374814" w:rsidR="00543C5B" w:rsidRPr="00424D55" w:rsidRDefault="00543C5B">
     <w:pPr>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="794CCEDB" w14:textId="77777777" w:rsidR="00543C5B" w:rsidRDefault="00543C5B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E72C1B42"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet4"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02FD64CD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFC6EEBE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -30965,55 +31057,55 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="995837387">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="1619794558">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1309434129">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="901330775">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1500461730">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="2140566998">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="30"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="aSFzsveKlPFMl65/NTjVq1ddi1Ug1SD4uPRRcLzhHDeYbJR1wSTHBcZ0/WWCrpw9EuVLDQgvE5KIHVxX3BonoA==" w:salt="3pLb5PPSQ6vsZO6D00C7/g=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="12wbbr+50lJwr5VbsXbemDnUW/4fiqj+mVD4JgUc9t6mLmVoNLhrJJt3unXd0XysvFvih0QMvWVoAh6SpVDL9Q==" w:salt="ig4JzLXEMZQ2NQaJ7ZGXlw=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
@@ -31024,708 +31116,760 @@
     <w:rsid w:val="000047A5"/>
     <w:rsid w:val="0000486D"/>
     <w:rsid w:val="00020D3E"/>
     <w:rsid w:val="00022396"/>
     <w:rsid w:val="000224D1"/>
     <w:rsid w:val="00023345"/>
     <w:rsid w:val="00027607"/>
     <w:rsid w:val="00030C9C"/>
     <w:rsid w:val="00030E23"/>
     <w:rsid w:val="00032BA9"/>
     <w:rsid w:val="000342DC"/>
     <w:rsid w:val="00045F51"/>
     <w:rsid w:val="00046143"/>
     <w:rsid w:val="0004676C"/>
     <w:rsid w:val="0004691F"/>
     <w:rsid w:val="00053AAE"/>
     <w:rsid w:val="00054210"/>
     <w:rsid w:val="00055914"/>
     <w:rsid w:val="00066203"/>
     <w:rsid w:val="0006757C"/>
     <w:rsid w:val="00070226"/>
     <w:rsid w:val="0007112C"/>
     <w:rsid w:val="00073E4C"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="000908B7"/>
+    <w:rsid w:val="000911DD"/>
     <w:rsid w:val="00091743"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A0953"/>
     <w:rsid w:val="000A2547"/>
     <w:rsid w:val="000A2745"/>
     <w:rsid w:val="000A586E"/>
     <w:rsid w:val="000B07B8"/>
     <w:rsid w:val="000B1AB7"/>
     <w:rsid w:val="000B6320"/>
     <w:rsid w:val="000C0867"/>
     <w:rsid w:val="000C394D"/>
     <w:rsid w:val="000D008C"/>
     <w:rsid w:val="000D36EA"/>
     <w:rsid w:val="000D69A3"/>
     <w:rsid w:val="000D6C3B"/>
     <w:rsid w:val="000E29A3"/>
     <w:rsid w:val="000E7002"/>
     <w:rsid w:val="000F218C"/>
     <w:rsid w:val="000F27E9"/>
     <w:rsid w:val="000F365B"/>
     <w:rsid w:val="000F4C37"/>
     <w:rsid w:val="000F7531"/>
     <w:rsid w:val="001035D6"/>
     <w:rsid w:val="0010528A"/>
     <w:rsid w:val="00110E3D"/>
     <w:rsid w:val="00113DE3"/>
     <w:rsid w:val="0011420A"/>
     <w:rsid w:val="00114975"/>
     <w:rsid w:val="00115157"/>
     <w:rsid w:val="001158E9"/>
+    <w:rsid w:val="001163AD"/>
     <w:rsid w:val="00117439"/>
     <w:rsid w:val="00117DF8"/>
     <w:rsid w:val="001203F9"/>
     <w:rsid w:val="00123806"/>
     <w:rsid w:val="00125FD7"/>
     <w:rsid w:val="00126611"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="00132CE7"/>
+    <w:rsid w:val="00133E4D"/>
     <w:rsid w:val="001370C6"/>
     <w:rsid w:val="0014176A"/>
     <w:rsid w:val="00142384"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="0015669B"/>
     <w:rsid w:val="00156B36"/>
     <w:rsid w:val="00163B8D"/>
     <w:rsid w:val="00167BC0"/>
     <w:rsid w:val="001710CB"/>
     <w:rsid w:val="001713B0"/>
     <w:rsid w:val="00173122"/>
     <w:rsid w:val="0017355E"/>
     <w:rsid w:val="0017442C"/>
     <w:rsid w:val="0017563A"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="0017741C"/>
     <w:rsid w:val="00177F87"/>
     <w:rsid w:val="0018043D"/>
     <w:rsid w:val="001807D7"/>
+    <w:rsid w:val="00183A48"/>
+    <w:rsid w:val="00183D51"/>
     <w:rsid w:val="00184690"/>
     <w:rsid w:val="0018774D"/>
     <w:rsid w:val="00187B7F"/>
     <w:rsid w:val="00190427"/>
     <w:rsid w:val="00190DB6"/>
     <w:rsid w:val="00193880"/>
     <w:rsid w:val="00194AB4"/>
     <w:rsid w:val="001A1518"/>
     <w:rsid w:val="001A1535"/>
     <w:rsid w:val="001A17FB"/>
     <w:rsid w:val="001A19AE"/>
     <w:rsid w:val="001A5FA2"/>
     <w:rsid w:val="001A7ABF"/>
     <w:rsid w:val="001B37A1"/>
     <w:rsid w:val="001B612A"/>
     <w:rsid w:val="001C545A"/>
     <w:rsid w:val="001C647D"/>
     <w:rsid w:val="001D3741"/>
     <w:rsid w:val="001D76D7"/>
     <w:rsid w:val="001E0676"/>
     <w:rsid w:val="001E34B5"/>
     <w:rsid w:val="001E391C"/>
     <w:rsid w:val="001E5E13"/>
     <w:rsid w:val="001F0674"/>
     <w:rsid w:val="001F2A6A"/>
     <w:rsid w:val="001F2E83"/>
     <w:rsid w:val="001F7CD2"/>
     <w:rsid w:val="00200EC4"/>
+    <w:rsid w:val="00203AFC"/>
     <w:rsid w:val="00204E16"/>
     <w:rsid w:val="00213678"/>
     <w:rsid w:val="002139EC"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="002262B3"/>
     <w:rsid w:val="00230625"/>
     <w:rsid w:val="00234594"/>
     <w:rsid w:val="0024007E"/>
     <w:rsid w:val="00241AB7"/>
     <w:rsid w:val="00241BBA"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
     <w:rsid w:val="00245D80"/>
     <w:rsid w:val="002469B5"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="00252E02"/>
     <w:rsid w:val="002539BC"/>
     <w:rsid w:val="00254316"/>
     <w:rsid w:val="0026298F"/>
     <w:rsid w:val="0026306A"/>
     <w:rsid w:val="00272E12"/>
     <w:rsid w:val="0027609B"/>
     <w:rsid w:val="00282873"/>
+    <w:rsid w:val="00282A22"/>
     <w:rsid w:val="00284269"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="00290FF0"/>
+    <w:rsid w:val="00292FCB"/>
     <w:rsid w:val="002941DF"/>
     <w:rsid w:val="0029495E"/>
     <w:rsid w:val="002A3EC0"/>
     <w:rsid w:val="002A5928"/>
     <w:rsid w:val="002A6F82"/>
     <w:rsid w:val="002A7889"/>
     <w:rsid w:val="002B033A"/>
+    <w:rsid w:val="002B3EAF"/>
     <w:rsid w:val="002B73D6"/>
     <w:rsid w:val="002C0328"/>
     <w:rsid w:val="002C215D"/>
     <w:rsid w:val="002C3D60"/>
     <w:rsid w:val="002C5B98"/>
     <w:rsid w:val="002C5FF0"/>
     <w:rsid w:val="002D181A"/>
     <w:rsid w:val="002D4963"/>
     <w:rsid w:val="002E0C24"/>
     <w:rsid w:val="002E5756"/>
     <w:rsid w:val="002E6C3A"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002F1912"/>
     <w:rsid w:val="00302144"/>
     <w:rsid w:val="003032B6"/>
     <w:rsid w:val="00303363"/>
+    <w:rsid w:val="00306CE9"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="00310167"/>
     <w:rsid w:val="00310682"/>
+    <w:rsid w:val="003120D4"/>
     <w:rsid w:val="003124CF"/>
+    <w:rsid w:val="003147D8"/>
     <w:rsid w:val="0031480F"/>
     <w:rsid w:val="00314C16"/>
     <w:rsid w:val="003229E9"/>
     <w:rsid w:val="003256C5"/>
     <w:rsid w:val="00331620"/>
     <w:rsid w:val="00334C32"/>
     <w:rsid w:val="00340C99"/>
     <w:rsid w:val="00340EF4"/>
     <w:rsid w:val="003416F0"/>
     <w:rsid w:val="00344822"/>
     <w:rsid w:val="00347CA0"/>
     <w:rsid w:val="0035683F"/>
     <w:rsid w:val="00372298"/>
     <w:rsid w:val="00372F22"/>
     <w:rsid w:val="00375B5C"/>
     <w:rsid w:val="00377D65"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="00380FBF"/>
     <w:rsid w:val="003812D3"/>
     <w:rsid w:val="00386C9F"/>
     <w:rsid w:val="003908EB"/>
     <w:rsid w:val="00390ACE"/>
     <w:rsid w:val="003A39FE"/>
     <w:rsid w:val="003A5CF2"/>
     <w:rsid w:val="003B6966"/>
+    <w:rsid w:val="003B7570"/>
     <w:rsid w:val="003C1550"/>
     <w:rsid w:val="003C1B90"/>
     <w:rsid w:val="003C313F"/>
     <w:rsid w:val="003D13E0"/>
     <w:rsid w:val="003D236B"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003E19C2"/>
     <w:rsid w:val="003E34CC"/>
     <w:rsid w:val="003E4F83"/>
+    <w:rsid w:val="003E602E"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003F1562"/>
     <w:rsid w:val="003F17E7"/>
     <w:rsid w:val="003F4C8B"/>
+    <w:rsid w:val="003F5C0F"/>
     <w:rsid w:val="003F63B9"/>
     <w:rsid w:val="003F72EE"/>
     <w:rsid w:val="00400B24"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00401A8E"/>
     <w:rsid w:val="00403341"/>
     <w:rsid w:val="004062EC"/>
     <w:rsid w:val="00406633"/>
     <w:rsid w:val="00406DD3"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="004160E2"/>
     <w:rsid w:val="00422181"/>
     <w:rsid w:val="0042240A"/>
     <w:rsid w:val="00424D55"/>
     <w:rsid w:val="00430B51"/>
     <w:rsid w:val="004340F8"/>
     <w:rsid w:val="0043476B"/>
     <w:rsid w:val="00437B16"/>
     <w:rsid w:val="0044159A"/>
     <w:rsid w:val="0044176F"/>
     <w:rsid w:val="0044262A"/>
     <w:rsid w:val="00444946"/>
     <w:rsid w:val="00444BCB"/>
     <w:rsid w:val="00445AD0"/>
     <w:rsid w:val="00445ADF"/>
     <w:rsid w:val="004464E9"/>
     <w:rsid w:val="00446AF6"/>
     <w:rsid w:val="00446D0B"/>
     <w:rsid w:val="00450C51"/>
     <w:rsid w:val="004510FC"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="00462F79"/>
     <w:rsid w:val="004639B9"/>
     <w:rsid w:val="00464E72"/>
+    <w:rsid w:val="00466580"/>
     <w:rsid w:val="004709B3"/>
     <w:rsid w:val="004724F4"/>
+    <w:rsid w:val="00473847"/>
     <w:rsid w:val="00477D15"/>
     <w:rsid w:val="00477DEE"/>
     <w:rsid w:val="00481303"/>
     <w:rsid w:val="00482C37"/>
+    <w:rsid w:val="0048334C"/>
     <w:rsid w:val="0048393F"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="00496A6B"/>
     <w:rsid w:val="004A2B70"/>
     <w:rsid w:val="004A3C20"/>
     <w:rsid w:val="004A6671"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004B578B"/>
     <w:rsid w:val="004B5B80"/>
     <w:rsid w:val="004B6106"/>
     <w:rsid w:val="004C040F"/>
     <w:rsid w:val="004C274A"/>
     <w:rsid w:val="004C5037"/>
     <w:rsid w:val="004C533B"/>
     <w:rsid w:val="004D040B"/>
     <w:rsid w:val="004D3D06"/>
     <w:rsid w:val="004D562C"/>
     <w:rsid w:val="004E571B"/>
     <w:rsid w:val="004F4990"/>
     <w:rsid w:val="00503084"/>
     <w:rsid w:val="00511408"/>
     <w:rsid w:val="005163DF"/>
     <w:rsid w:val="00520186"/>
     <w:rsid w:val="00520ADA"/>
     <w:rsid w:val="00521AF0"/>
     <w:rsid w:val="005234E4"/>
     <w:rsid w:val="00524983"/>
+    <w:rsid w:val="005258AF"/>
     <w:rsid w:val="00531264"/>
     <w:rsid w:val="005319E7"/>
     <w:rsid w:val="0053498C"/>
     <w:rsid w:val="0053543B"/>
     <w:rsid w:val="00541E9E"/>
     <w:rsid w:val="00543C5B"/>
+    <w:rsid w:val="005462FB"/>
     <w:rsid w:val="00546CFB"/>
     <w:rsid w:val="00547AB7"/>
     <w:rsid w:val="00551A30"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="00555AC4"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="005704E9"/>
     <w:rsid w:val="0057109D"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="0058087D"/>
     <w:rsid w:val="00581D6E"/>
     <w:rsid w:val="00584232"/>
     <w:rsid w:val="00590921"/>
     <w:rsid w:val="00592032"/>
     <w:rsid w:val="00592112"/>
     <w:rsid w:val="005960A1"/>
     <w:rsid w:val="005A186C"/>
     <w:rsid w:val="005A1A08"/>
     <w:rsid w:val="005A3955"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005B00CA"/>
+    <w:rsid w:val="005B0272"/>
     <w:rsid w:val="005B15EB"/>
     <w:rsid w:val="005B6427"/>
     <w:rsid w:val="005C1C95"/>
     <w:rsid w:val="005C3983"/>
     <w:rsid w:val="005C3DB9"/>
     <w:rsid w:val="005C45C2"/>
     <w:rsid w:val="005C4917"/>
     <w:rsid w:val="005C5562"/>
     <w:rsid w:val="005C65B2"/>
     <w:rsid w:val="005C68FC"/>
     <w:rsid w:val="005D2F87"/>
     <w:rsid w:val="005D3CEF"/>
     <w:rsid w:val="005D43F0"/>
     <w:rsid w:val="005E2848"/>
     <w:rsid w:val="005E536D"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E5833"/>
     <w:rsid w:val="005E616E"/>
     <w:rsid w:val="005F4B8A"/>
     <w:rsid w:val="005F79D9"/>
     <w:rsid w:val="00604403"/>
     <w:rsid w:val="00605CFE"/>
     <w:rsid w:val="00607630"/>
     <w:rsid w:val="00611D31"/>
     <w:rsid w:val="0062128B"/>
     <w:rsid w:val="006225A4"/>
     <w:rsid w:val="0062334B"/>
+    <w:rsid w:val="00623C3B"/>
     <w:rsid w:val="00625334"/>
     <w:rsid w:val="006266F8"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="00631044"/>
     <w:rsid w:val="0063323D"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="0063723C"/>
     <w:rsid w:val="006376B9"/>
     <w:rsid w:val="00637EEE"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
     <w:rsid w:val="00645659"/>
     <w:rsid w:val="00647BBC"/>
     <w:rsid w:val="00650BFC"/>
     <w:rsid w:val="00654C8F"/>
     <w:rsid w:val="006561AD"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="00657D60"/>
     <w:rsid w:val="00663830"/>
     <w:rsid w:val="00663C64"/>
     <w:rsid w:val="00673876"/>
     <w:rsid w:val="00673955"/>
     <w:rsid w:val="00673982"/>
+    <w:rsid w:val="0067556A"/>
     <w:rsid w:val="006765E4"/>
     <w:rsid w:val="00676F33"/>
     <w:rsid w:val="00677EBB"/>
     <w:rsid w:val="00677F24"/>
     <w:rsid w:val="006812FC"/>
     <w:rsid w:val="0068264A"/>
     <w:rsid w:val="00686289"/>
     <w:rsid w:val="006876BF"/>
     <w:rsid w:val="00694788"/>
     <w:rsid w:val="00695162"/>
     <w:rsid w:val="00697EED"/>
     <w:rsid w:val="006A0B6C"/>
     <w:rsid w:val="006A4D90"/>
     <w:rsid w:val="006A551C"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006C285D"/>
     <w:rsid w:val="006C427A"/>
     <w:rsid w:val="006C4F83"/>
     <w:rsid w:val="006C606B"/>
     <w:rsid w:val="006C72F9"/>
     <w:rsid w:val="006C7A46"/>
     <w:rsid w:val="006D077C"/>
+    <w:rsid w:val="006D1770"/>
+    <w:rsid w:val="006D2D1F"/>
     <w:rsid w:val="006D49FF"/>
     <w:rsid w:val="006D5771"/>
     <w:rsid w:val="006E2329"/>
+    <w:rsid w:val="007017A5"/>
     <w:rsid w:val="007048B8"/>
     <w:rsid w:val="00706649"/>
     <w:rsid w:val="00706A3F"/>
     <w:rsid w:val="00711744"/>
     <w:rsid w:val="00711C79"/>
+    <w:rsid w:val="007131CA"/>
     <w:rsid w:val="00715187"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="0071599F"/>
     <w:rsid w:val="0072450F"/>
     <w:rsid w:val="00731298"/>
     <w:rsid w:val="00731C64"/>
     <w:rsid w:val="00742101"/>
     <w:rsid w:val="007444AC"/>
+    <w:rsid w:val="00744B3A"/>
+    <w:rsid w:val="007466F1"/>
     <w:rsid w:val="007475FB"/>
     <w:rsid w:val="007527E4"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="00752D8C"/>
     <w:rsid w:val="00754A33"/>
+    <w:rsid w:val="00755B34"/>
     <w:rsid w:val="00756332"/>
     <w:rsid w:val="00761EDE"/>
     <w:rsid w:val="00762300"/>
     <w:rsid w:val="00762E75"/>
     <w:rsid w:val="00766AB9"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="00782D72"/>
     <w:rsid w:val="00782E9F"/>
     <w:rsid w:val="00784582"/>
     <w:rsid w:val="00787D25"/>
     <w:rsid w:val="00790A9C"/>
     <w:rsid w:val="00791AED"/>
     <w:rsid w:val="007976B9"/>
     <w:rsid w:val="00797F4A"/>
     <w:rsid w:val="007A0588"/>
     <w:rsid w:val="007A2868"/>
     <w:rsid w:val="007A5CFA"/>
     <w:rsid w:val="007A69AB"/>
     <w:rsid w:val="007B1687"/>
     <w:rsid w:val="007B3B6D"/>
     <w:rsid w:val="007D0B4A"/>
     <w:rsid w:val="007D18B2"/>
     <w:rsid w:val="007D389F"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007D51D0"/>
+    <w:rsid w:val="007E5B54"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007E7361"/>
     <w:rsid w:val="007F2EA2"/>
     <w:rsid w:val="007F36EC"/>
     <w:rsid w:val="007F3D19"/>
+    <w:rsid w:val="007F49FE"/>
     <w:rsid w:val="007F65E1"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="0080200C"/>
     <w:rsid w:val="00803710"/>
     <w:rsid w:val="00805FE9"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="008127ED"/>
     <w:rsid w:val="0081331E"/>
     <w:rsid w:val="00814A63"/>
     <w:rsid w:val="00827177"/>
     <w:rsid w:val="0083002C"/>
     <w:rsid w:val="0083185F"/>
     <w:rsid w:val="00834B62"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="00847080"/>
     <w:rsid w:val="0085320A"/>
+    <w:rsid w:val="00853FA8"/>
     <w:rsid w:val="00855FBC"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="0086067A"/>
     <w:rsid w:val="00862105"/>
+    <w:rsid w:val="008631DF"/>
     <w:rsid w:val="008654EE"/>
     <w:rsid w:val="00871910"/>
     <w:rsid w:val="00872953"/>
     <w:rsid w:val="0087297F"/>
     <w:rsid w:val="00872A66"/>
     <w:rsid w:val="00874984"/>
     <w:rsid w:val="0087560F"/>
     <w:rsid w:val="00875798"/>
     <w:rsid w:val="008778E6"/>
     <w:rsid w:val="00877B23"/>
     <w:rsid w:val="00886C22"/>
     <w:rsid w:val="008901A9"/>
     <w:rsid w:val="00890A64"/>
     <w:rsid w:val="0089106D"/>
     <w:rsid w:val="00893606"/>
     <w:rsid w:val="00893DB4"/>
     <w:rsid w:val="008976B1"/>
     <w:rsid w:val="008A0DFE"/>
     <w:rsid w:val="008A1E38"/>
     <w:rsid w:val="008A3699"/>
     <w:rsid w:val="008A5B93"/>
+    <w:rsid w:val="008B2CAD"/>
     <w:rsid w:val="008B5E88"/>
+    <w:rsid w:val="008C0472"/>
     <w:rsid w:val="008C148A"/>
     <w:rsid w:val="008C16C1"/>
     <w:rsid w:val="008C16F8"/>
     <w:rsid w:val="008C6891"/>
     <w:rsid w:val="008D1CA7"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D51C1"/>
     <w:rsid w:val="008D6254"/>
     <w:rsid w:val="008E2163"/>
+    <w:rsid w:val="008E21C5"/>
     <w:rsid w:val="008E5426"/>
     <w:rsid w:val="008F2D60"/>
     <w:rsid w:val="008F3414"/>
     <w:rsid w:val="008F477F"/>
     <w:rsid w:val="008F642E"/>
     <w:rsid w:val="008F64ED"/>
     <w:rsid w:val="008F6AF7"/>
     <w:rsid w:val="009035C3"/>
     <w:rsid w:val="00907415"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="00910BF2"/>
     <w:rsid w:val="00917C05"/>
     <w:rsid w:val="00921860"/>
     <w:rsid w:val="00921912"/>
     <w:rsid w:val="009226D0"/>
     <w:rsid w:val="009248A0"/>
     <w:rsid w:val="009251CD"/>
     <w:rsid w:val="00925797"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="009371B8"/>
     <w:rsid w:val="009409E4"/>
     <w:rsid w:val="0094179C"/>
     <w:rsid w:val="00946A07"/>
     <w:rsid w:val="00950B7F"/>
     <w:rsid w:val="00951AD2"/>
     <w:rsid w:val="00951D9C"/>
     <w:rsid w:val="00954786"/>
     <w:rsid w:val="0096091F"/>
     <w:rsid w:val="00960A67"/>
     <w:rsid w:val="00960DC7"/>
     <w:rsid w:val="0096205A"/>
     <w:rsid w:val="009635DD"/>
     <w:rsid w:val="00964EB3"/>
     <w:rsid w:val="00965C76"/>
+    <w:rsid w:val="00981338"/>
     <w:rsid w:val="009814BD"/>
     <w:rsid w:val="0098174B"/>
     <w:rsid w:val="00981E1F"/>
     <w:rsid w:val="0098226C"/>
     <w:rsid w:val="009835CB"/>
     <w:rsid w:val="00992D84"/>
     <w:rsid w:val="009934BE"/>
+    <w:rsid w:val="00993E62"/>
     <w:rsid w:val="00993F75"/>
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="00997D4C"/>
     <w:rsid w:val="009A11AD"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009A6AF7"/>
     <w:rsid w:val="009A70F5"/>
     <w:rsid w:val="009B0B0B"/>
     <w:rsid w:val="009B22B7"/>
     <w:rsid w:val="009B751B"/>
     <w:rsid w:val="009C22AE"/>
     <w:rsid w:val="009C3CBB"/>
     <w:rsid w:val="009C4C10"/>
+    <w:rsid w:val="009E18B8"/>
     <w:rsid w:val="009E288C"/>
     <w:rsid w:val="009F073B"/>
     <w:rsid w:val="009F1B53"/>
     <w:rsid w:val="009F5596"/>
     <w:rsid w:val="00A0502C"/>
     <w:rsid w:val="00A05ACE"/>
     <w:rsid w:val="00A06883"/>
     <w:rsid w:val="00A103F9"/>
     <w:rsid w:val="00A12160"/>
     <w:rsid w:val="00A1247B"/>
     <w:rsid w:val="00A12542"/>
     <w:rsid w:val="00A12C37"/>
     <w:rsid w:val="00A13F4E"/>
     <w:rsid w:val="00A22FEA"/>
     <w:rsid w:val="00A24A8C"/>
     <w:rsid w:val="00A30F5A"/>
     <w:rsid w:val="00A314E6"/>
     <w:rsid w:val="00A34E99"/>
     <w:rsid w:val="00A35855"/>
     <w:rsid w:val="00A37664"/>
+    <w:rsid w:val="00A42B45"/>
     <w:rsid w:val="00A43D05"/>
     <w:rsid w:val="00A442AB"/>
     <w:rsid w:val="00A455E1"/>
     <w:rsid w:val="00A469CC"/>
     <w:rsid w:val="00A50304"/>
     <w:rsid w:val="00A50FB8"/>
     <w:rsid w:val="00A547EA"/>
     <w:rsid w:val="00A564E0"/>
     <w:rsid w:val="00A72BC0"/>
     <w:rsid w:val="00A77404"/>
     <w:rsid w:val="00A77B4F"/>
     <w:rsid w:val="00A80CD3"/>
     <w:rsid w:val="00A820CD"/>
     <w:rsid w:val="00A82E6D"/>
     <w:rsid w:val="00A8520F"/>
     <w:rsid w:val="00A86992"/>
     <w:rsid w:val="00A9071F"/>
+    <w:rsid w:val="00A9130D"/>
     <w:rsid w:val="00A9671D"/>
     <w:rsid w:val="00A97849"/>
     <w:rsid w:val="00AA0D2F"/>
     <w:rsid w:val="00AB07B6"/>
     <w:rsid w:val="00AC5EAE"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE6052"/>
     <w:rsid w:val="00AF0C07"/>
     <w:rsid w:val="00AF0E22"/>
     <w:rsid w:val="00AF3118"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF6241"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B05140"/>
+    <w:rsid w:val="00B05DA0"/>
+    <w:rsid w:val="00B1138D"/>
     <w:rsid w:val="00B12580"/>
     <w:rsid w:val="00B14457"/>
     <w:rsid w:val="00B17656"/>
     <w:rsid w:val="00B22AA0"/>
     <w:rsid w:val="00B22C8C"/>
     <w:rsid w:val="00B23D1B"/>
     <w:rsid w:val="00B30D75"/>
     <w:rsid w:val="00B37446"/>
     <w:rsid w:val="00B4280A"/>
+    <w:rsid w:val="00B438A8"/>
     <w:rsid w:val="00B43B32"/>
     <w:rsid w:val="00B4675D"/>
     <w:rsid w:val="00B553C1"/>
     <w:rsid w:val="00B561B0"/>
     <w:rsid w:val="00B57510"/>
     <w:rsid w:val="00B57961"/>
     <w:rsid w:val="00B6364A"/>
     <w:rsid w:val="00B662BB"/>
     <w:rsid w:val="00B671BD"/>
     <w:rsid w:val="00B7129B"/>
     <w:rsid w:val="00B722DA"/>
+    <w:rsid w:val="00B818DE"/>
     <w:rsid w:val="00B822A0"/>
     <w:rsid w:val="00B83E5C"/>
     <w:rsid w:val="00B937D8"/>
     <w:rsid w:val="00B95FCA"/>
     <w:rsid w:val="00BA4933"/>
     <w:rsid w:val="00BB0016"/>
     <w:rsid w:val="00BB3CC8"/>
+    <w:rsid w:val="00BC29CC"/>
     <w:rsid w:val="00BD3606"/>
+    <w:rsid w:val="00BE4321"/>
     <w:rsid w:val="00BF7612"/>
     <w:rsid w:val="00BF7889"/>
     <w:rsid w:val="00BF7EAA"/>
     <w:rsid w:val="00C0186E"/>
     <w:rsid w:val="00C033EF"/>
     <w:rsid w:val="00C06A93"/>
+    <w:rsid w:val="00C06FD5"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C10BF9"/>
     <w:rsid w:val="00C1107E"/>
     <w:rsid w:val="00C113FA"/>
     <w:rsid w:val="00C11C3C"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C23E4F"/>
     <w:rsid w:val="00C240B7"/>
     <w:rsid w:val="00C26D2B"/>
     <w:rsid w:val="00C3249F"/>
     <w:rsid w:val="00C326DE"/>
     <w:rsid w:val="00C34111"/>
     <w:rsid w:val="00C34FE2"/>
     <w:rsid w:val="00C3790C"/>
     <w:rsid w:val="00C43CE8"/>
     <w:rsid w:val="00C449BA"/>
     <w:rsid w:val="00C524AC"/>
     <w:rsid w:val="00C61FF3"/>
     <w:rsid w:val="00C65EA6"/>
     <w:rsid w:val="00C66D26"/>
     <w:rsid w:val="00C709A7"/>
     <w:rsid w:val="00C717DA"/>
     <w:rsid w:val="00C71A9F"/>
     <w:rsid w:val="00C80200"/>
     <w:rsid w:val="00C80B41"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C8340D"/>
+    <w:rsid w:val="00C86755"/>
     <w:rsid w:val="00C86D4D"/>
     <w:rsid w:val="00C93FBA"/>
     <w:rsid w:val="00C96274"/>
     <w:rsid w:val="00C978CB"/>
     <w:rsid w:val="00C97A0A"/>
     <w:rsid w:val="00CA4F25"/>
     <w:rsid w:val="00CA595A"/>
     <w:rsid w:val="00CB5C17"/>
     <w:rsid w:val="00CB7546"/>
     <w:rsid w:val="00CC2252"/>
     <w:rsid w:val="00CC41A9"/>
     <w:rsid w:val="00CC47AF"/>
     <w:rsid w:val="00CC7D8A"/>
     <w:rsid w:val="00CD5562"/>
     <w:rsid w:val="00CD6A38"/>
     <w:rsid w:val="00CD6AF2"/>
     <w:rsid w:val="00CE0180"/>
     <w:rsid w:val="00CE1A06"/>
     <w:rsid w:val="00CE29C0"/>
     <w:rsid w:val="00CE5C7B"/>
     <w:rsid w:val="00CE6B0C"/>
     <w:rsid w:val="00CE72FF"/>
     <w:rsid w:val="00CE74C8"/>
     <w:rsid w:val="00CF59B2"/>
     <w:rsid w:val="00CF6CA3"/>
     <w:rsid w:val="00CF745D"/>
     <w:rsid w:val="00CF7518"/>
     <w:rsid w:val="00D01358"/>
     <w:rsid w:val="00D03A51"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D05BC7"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D15A4A"/>
     <w:rsid w:val="00D20E41"/>
     <w:rsid w:val="00D24122"/>
     <w:rsid w:val="00D2503D"/>
     <w:rsid w:val="00D30BD6"/>
     <w:rsid w:val="00D4056E"/>
     <w:rsid w:val="00D45A7B"/>
     <w:rsid w:val="00D463FB"/>
     <w:rsid w:val="00D473F2"/>
+    <w:rsid w:val="00D475F6"/>
+    <w:rsid w:val="00D5137C"/>
     <w:rsid w:val="00D51D9B"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D575BB"/>
     <w:rsid w:val="00D6374D"/>
     <w:rsid w:val="00D653DF"/>
     <w:rsid w:val="00D70994"/>
     <w:rsid w:val="00D71AD1"/>
     <w:rsid w:val="00D73596"/>
     <w:rsid w:val="00D741CF"/>
     <w:rsid w:val="00D767B4"/>
     <w:rsid w:val="00D804CF"/>
     <w:rsid w:val="00D824B4"/>
     <w:rsid w:val="00D842DD"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D95221"/>
     <w:rsid w:val="00DA0CB5"/>
     <w:rsid w:val="00DA1EC6"/>
     <w:rsid w:val="00DB12A8"/>
     <w:rsid w:val="00DB2C33"/>
     <w:rsid w:val="00DB61BE"/>
     <w:rsid w:val="00DB78A4"/>
     <w:rsid w:val="00DC75E4"/>
     <w:rsid w:val="00DD0412"/>
     <w:rsid w:val="00DD389B"/>
     <w:rsid w:val="00DD52C2"/>
@@ -31733,177 +31877,181 @@
     <w:rsid w:val="00DD6EA8"/>
     <w:rsid w:val="00DE05E5"/>
     <w:rsid w:val="00DE27F3"/>
     <w:rsid w:val="00DE6A8C"/>
     <w:rsid w:val="00DF227E"/>
     <w:rsid w:val="00DF3016"/>
     <w:rsid w:val="00DF4B53"/>
     <w:rsid w:val="00DF5281"/>
     <w:rsid w:val="00DF68FF"/>
     <w:rsid w:val="00DF6A44"/>
     <w:rsid w:val="00DF6DC4"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00E05A9D"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E11199"/>
     <w:rsid w:val="00E130B2"/>
     <w:rsid w:val="00E14C37"/>
     <w:rsid w:val="00E20A77"/>
     <w:rsid w:val="00E23BB1"/>
     <w:rsid w:val="00E27BFB"/>
     <w:rsid w:val="00E30B56"/>
     <w:rsid w:val="00E3468C"/>
     <w:rsid w:val="00E42EA2"/>
     <w:rsid w:val="00E437BA"/>
     <w:rsid w:val="00E46C99"/>
+    <w:rsid w:val="00E473F8"/>
     <w:rsid w:val="00E50598"/>
     <w:rsid w:val="00E51C66"/>
     <w:rsid w:val="00E51FAD"/>
     <w:rsid w:val="00E551B3"/>
     <w:rsid w:val="00E63431"/>
     <w:rsid w:val="00E6355A"/>
     <w:rsid w:val="00E729F1"/>
     <w:rsid w:val="00E759C4"/>
     <w:rsid w:val="00E76FEA"/>
     <w:rsid w:val="00E80913"/>
     <w:rsid w:val="00E8299E"/>
     <w:rsid w:val="00E8474F"/>
     <w:rsid w:val="00E8495F"/>
     <w:rsid w:val="00E84D53"/>
     <w:rsid w:val="00E851A9"/>
     <w:rsid w:val="00E92240"/>
     <w:rsid w:val="00E97516"/>
     <w:rsid w:val="00E97A15"/>
     <w:rsid w:val="00EA0940"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA6531"/>
     <w:rsid w:val="00EA7847"/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rsid w:val="00EB6011"/>
     <w:rsid w:val="00EB7294"/>
+    <w:rsid w:val="00EB7A35"/>
     <w:rsid w:val="00EC11D3"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC42EB"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC70B0"/>
     <w:rsid w:val="00EC7475"/>
     <w:rsid w:val="00EC7AB2"/>
     <w:rsid w:val="00ED1293"/>
     <w:rsid w:val="00ED21E3"/>
     <w:rsid w:val="00ED2F55"/>
     <w:rsid w:val="00ED34B1"/>
     <w:rsid w:val="00ED4841"/>
     <w:rsid w:val="00ED5A93"/>
     <w:rsid w:val="00EE3B4D"/>
     <w:rsid w:val="00EE3BD9"/>
     <w:rsid w:val="00EE65B1"/>
     <w:rsid w:val="00EE7928"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00EF44D2"/>
     <w:rsid w:val="00EF528E"/>
+    <w:rsid w:val="00EF7606"/>
     <w:rsid w:val="00F055D3"/>
     <w:rsid w:val="00F05982"/>
     <w:rsid w:val="00F0719F"/>
     <w:rsid w:val="00F13688"/>
     <w:rsid w:val="00F227F4"/>
     <w:rsid w:val="00F22E7F"/>
     <w:rsid w:val="00F25F04"/>
     <w:rsid w:val="00F26114"/>
     <w:rsid w:val="00F31572"/>
     <w:rsid w:val="00F32E1F"/>
     <w:rsid w:val="00F36754"/>
     <w:rsid w:val="00F45492"/>
     <w:rsid w:val="00F45BCC"/>
     <w:rsid w:val="00F570BF"/>
     <w:rsid w:val="00F60389"/>
     <w:rsid w:val="00F6200E"/>
     <w:rsid w:val="00F655BE"/>
     <w:rsid w:val="00F803D3"/>
     <w:rsid w:val="00F81280"/>
     <w:rsid w:val="00F8570C"/>
     <w:rsid w:val="00F8723D"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00F96228"/>
     <w:rsid w:val="00F9762B"/>
     <w:rsid w:val="00FA1D8B"/>
     <w:rsid w:val="00FA354A"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FA7389"/>
     <w:rsid w:val="00FB1131"/>
     <w:rsid w:val="00FB1E3F"/>
     <w:rsid w:val="00FB2408"/>
     <w:rsid w:val="00FB4C83"/>
     <w:rsid w:val="00FB6DE1"/>
     <w:rsid w:val="00FC361B"/>
     <w:rsid w:val="00FD0B64"/>
     <w:rsid w:val="00FD1A64"/>
     <w:rsid w:val="00FD1F36"/>
     <w:rsid w:val="00FD4831"/>
     <w:rsid w:val="00FD7ABA"/>
     <w:rsid w:val="00FE03E2"/>
     <w:rsid w:val="00FE05F6"/>
     <w:rsid w:val="00FE0715"/>
     <w:rsid w:val="00FE207C"/>
+    <w:rsid w:val="00FE3331"/>
     <w:rsid w:val="00FE59B3"/>
     <w:rsid w:val="00FF677E"/>
     <w:rsid w:val="00FF681A"/>
     <w:rsid w:val="00FF7921"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="40CCDF47"/>
   <w14:defaultImageDpi w14:val="330"/>
   <w15:docId w15:val="{AC589F64-3284-4DDA-90FD-B5E482F25C99}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -32858,97 +33006,97 @@
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007444AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00A547EA"/>
     <w:pPr>
       <w:spacing w:before="2280" w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="6A1A41"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00A547EA"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="6A1A41"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="56"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00126611"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="565A5C"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00126611"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="565A5C"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00193880"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Classification">
     <w:name w:val="Classification"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00193880"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
@@ -33848,89 +33996,89 @@
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00875798"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="506529213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="898711420">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Documents/prison-transfers-operational-manual.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Documents/guidelines-for-corrections-in-aus.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Documents/monitoring-compliance-framework.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.parliament.wa.gov.au/publications/tabledpapers.nsf/displaypaper/3914901aa07fe9393c76e34f4825806e0027deca/$file/4901.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Documents/arms-manual.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Documents/prison-transfers-operational-manual.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Documents/guidelines-for-corrections-in-aus.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Documents/monitoring-compliance-framework.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Documents/arms-manual.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-adult-forms.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/copp-forms.aspx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://justus/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.parliament.wa.gov.au/publications/tabledpapers.nsf/displaypaper/3914901aa07fe9393c76e34f4825806e0027deca/$file/4901.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -34192,132 +34340,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...80 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x0101001B4B819BD8EDD04989F52FE7BACA6F3F0019E3734473A0514DBE0987A68AD50988" ma:contentTypeVersion="46" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="8c769ae73d59ede7d9a08bdeb9b71389">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8473f6d4-4c06-42c4-8ff2-647e39f077bb" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1d12990613cd79eb4154a0b52d0ba697" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="8473f6d4-4c06-42c4-8ff2-647e39f077bb"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -34567,129 +34633,211 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">COPP 12.4 - Prisoner Transfer.</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <pa8a0a93780a4945b3173f20d8e45055 xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Rules</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">8c30193b-5862-40d3-b22f-a5f0b3dcbefd</TermId>
+        </TermInfo>
+      </Terms>
+    </pa8a0a93780a4945b3173f20d8e45055>
+    <Contributor_x0020_Name xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb" xsi:nil="true"/>
+    <Date_x0020_Valid_x0020_To xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb" xsi:nil="true"/>
+    <Position xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">Senior Project Officer</Position>
+    <n398ab4bf91e43a0a550736abedc299f xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce9ba758-ea71-457b-9a14-44db9922bfb4</TermId>
+        </TermInfo>
+      </Terms>
+    </n398ab4bf91e43a0a550736abedc299f>
+    <TaxCatchAll xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <Value>566</Value>
+      <Value>528</Value>
+      <Value>534</Value>
+      <Value>525</Value>
+    </TaxCatchAll>
+    <kf620cb349b946fa81ca1074c0b3c5af xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Adult Custodial Operations</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">748d3b9d-85b9-4c93-b36c-da437a8ebecd</TermId>
+        </TermInfo>
+      </Terms>
+    </kf620cb349b946fa81ca1074c0b3c5af>
+    <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Custodial Management Adults</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">60d2f251-dc34-41a1-bf8e-c8689923972e</TermId>
+        </TermInfo>
+      </Terms>
+    </g2cdfbdd30c849e9bbb5c12aa747ff35>
+    <Contributor_x0020_Email xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb">
+      <UserInfo>
+        <DisplayName>Nageswaran, Nimilandra</DisplayName>
+        <AccountId>20</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb" xsi:nil="true"/>
+    <TaxCatchAllLabel xmlns="8473f6d4-4c06-42c4-8ff2-647e39f077bb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B6EB5B11-3394-48C8-BBD6-9947B20FAF63}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8473f6d4-4c06-42c4-8ff2-647e39f077bb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
+    <ds:schemaRef ds:uri="8473f6d4-4c06-42c4-8ff2-647e39f077bb"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE66739F-D51A-410B-A70B-FBF905DBE3A7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>28</Pages>
-[...1 lines deleted...]
-  <Characters>52426</Characters>
+  <Pages>29</Pages>
+  <Words>9015</Words>
+  <Characters>51390</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>122</Paragraphs>
+  <DocSecurity>12</DocSecurity>
+  <Lines>428</Lines>
+  <Paragraphs>120</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 12.4 Prisoner Transfers</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>61501</CharactersWithSpaces>
+  <CharactersWithSpaces>60285</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -34770,27 +34918,51 @@
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001B4B819BD8EDD04989F52FE7BACA6F3F0019E3734473A0514DBE0987A68AD50988</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>525;#Corrective Services|ce9ba758-ea71-457b-9a14-44db9922bfb4</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Document Type">
     <vt:lpwstr>9;#Templates|d73d990e-b5bb-4bad-9fd6-d25e3a2f8bb9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Function">
     <vt:lpwstr>528;#Custodial Management Adults|60d2f251-dc34-41a1-bf8e-c8689923972e</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Business Area">
     <vt:lpwstr>7;#Strategic Communications|f79bcab4-4348-403e-ad4c-9761a12bb89b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Base Target">
     <vt:lpwstr>_blank</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Document_x0020_Type">
     <vt:lpwstr>9;#Templates|d73d990e-b5bb-4bad-9fd6-d25e3a2f8bb9</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Business_x0020_Area">
     <vt:lpwstr>7;#Strategic Communications|f79bcab4-4348-403e-ad4c-9761a12bb89b</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SetDate">
+    <vt:lpwstr>2026-01-15T04:22:04Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Name">
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_SiteId">
+    <vt:lpwstr>aa5122b8-0188-4f14-a483-166b490071d0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ActionId">
+    <vt:lpwstr>42c1824a-d0cf-4907-b204-3820ec4cfdd1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_ContentBits">
+    <vt:lpwstr>1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_1621861f-400a-4981-8d8b-751b83a21d25_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>