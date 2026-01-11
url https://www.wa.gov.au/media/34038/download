--- v0 (2025-12-10)
+++ v1 (2026-01-11)
@@ -14,51 +14,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C3FCD50" w14:textId="3EF63D05" w:rsidR="00146739" w:rsidRPr="00EA7EAC" w:rsidRDefault="002A6B1D" w:rsidP="00EA7EAC">
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t>COPP</w:t>
       </w:r>
       <w:r w:rsidR="00334798">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A802ED">
         <w:t xml:space="preserve">13.2 Death </w:t>
       </w:r>
       <w:r w:rsidR="00926A12">
         <w:t>of a Prisoner</w:t>
       </w:r>
       <w:r w:rsidR="001C5D3B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B53288">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16B45A65" w14:textId="77777777" w:rsidR="000D69A3" w:rsidRPr="00EA7EAC" w:rsidRDefault="00EF34AB" w:rsidP="00EA7EAC">
@@ -92,2683 +92,2637 @@
         <w:gridCol w:w="8902"/>
       </w:tblGrid>
       <w:tr w:rsidR="00126611" w14:paraId="5A7B5554" w14:textId="77777777" w:rsidTr="001130BD">
         <w:trPr>
           <w:trHeight w:val="3266"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8902" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="565A5C"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FCFCFA"/>
           </w:tcPr>
           <w:p w14:paraId="1FFC907D" w14:textId="77777777" w:rsidR="00126611" w:rsidRPr="00365E34" w:rsidRDefault="00126611" w:rsidP="00126611">
             <w:pPr>
               <w:pStyle w:val="Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Principles</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="373FBCF0" w14:textId="7D72F368" w:rsidR="00E779A3" w:rsidRPr="00E779A3" w:rsidRDefault="00E779A3" w:rsidP="00E779A3">
+          <w:p w14:paraId="373FBCF0" w14:textId="3253ECDD" w:rsidR="00E779A3" w:rsidRPr="00FA4237" w:rsidRDefault="00E779A3" w:rsidP="00E779A3">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F490D">
+            <w:r w:rsidRPr="00FA4237">
               <w:t>As referenced in the</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E779A3">
+            <w:r w:rsidRPr="00FA4237">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
-              <w:r w:rsidRPr="00972481">
+              <w:r w:rsidR="00846257" w:rsidRPr="00FA4237">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
-                <w:t>Guiding Principles for Corrections in Australia, 2018</w:t>
+                <w:t>Guiding Principles for Corrections in Australia, Revised 2025</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00972481">
+            <w:r w:rsidRPr="00FA4237">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23401F80" w14:textId="77777777" w:rsidR="00E779A3" w:rsidRPr="00E779A3" w:rsidRDefault="00E779A3" w:rsidP="00164669">
+          <w:p w14:paraId="23401F80" w14:textId="77777777" w:rsidR="00E779A3" w:rsidRPr="00FA4237" w:rsidRDefault="00E779A3" w:rsidP="00164669">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6E0542F2" w14:textId="77777777" w:rsidR="00E779A3" w:rsidRDefault="00E779A3" w:rsidP="00E779A3">
+          <w:p w14:paraId="1EE89028" w14:textId="53577F80" w:rsidR="00F90257" w:rsidRPr="00FA4237" w:rsidRDefault="00F90257" w:rsidP="00E779A3">
             <w:pPr>
               <w:pStyle w:val="Instructionalnote"/>
               <w:rPr>
                 <w:rFonts w:cs="Gotham"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E779A3">
+            <w:r w:rsidRPr="00FA4237">
               <w:rPr>
                 <w:rFonts w:cs="Gotham"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t>2.3.13 Appropriate and timely notifications are made in the event of a prisoner’s death, life threatening injury or illness, admission to hospital or transfer to a mental health facility.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5AE628C3" w14:textId="77777777" w:rsidR="00E779A3" w:rsidRDefault="00E779A3" w:rsidP="00E779A3">
+              <w:t>1.4.1 Appropriate and timely notifications are made in the event of a prisoner’s death, life threatening injury or illness, admission to hospital or transfer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34703933" w14:textId="77777777" w:rsidR="00271856" w:rsidRPr="00FA4237" w:rsidRDefault="00697270" w:rsidP="00271856">
+            <w:pPr>
+              <w:pStyle w:val="Instructionalnote"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4237">
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.4.2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E779A3" w:rsidRPr="00FA4237">
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Immediate notification is made to the family (or other such nominated persons) and the appropriate Aboriginal Legal Service in the event of an Aboriginal and Torres Strait Islander person’s death.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E3E88D3" w14:textId="03FBDABF" w:rsidR="00787527" w:rsidRPr="00FA4237" w:rsidRDefault="00787527" w:rsidP="00271856">
+            <w:pPr>
+              <w:pStyle w:val="Instructionalnote"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4237">
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.4.3 Protocols following the death of an Aboriginal or Torres Strait Islander prisoner/offender are culturally appropriate, with due regard to the cultural needs of other Aboriginal and Torres </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FA4237">
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Starit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FA4237">
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Islander people at the location, and in the community.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4314E3" w14:textId="5CB8B121" w:rsidR="00271856" w:rsidRDefault="00271856" w:rsidP="00271856">
+            <w:pPr>
+              <w:pStyle w:val="Instructionalnote"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00FA4237">
+              <w:rPr>
+                <w:rFonts w:cs="Gotham"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>1.4.4 Appropriate and timely notifications are made to prisoners in the event of the death or life-threatening injury of a family member and where appropriate, authorisation given for a prisoner to attend their family member’s beside/funeral.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AB69B94" w14:textId="3CBC156D" w:rsidR="00271856" w:rsidRPr="00E779A3" w:rsidRDefault="00271856" w:rsidP="00E779A3">
             <w:pPr>
               <w:pStyle w:val="Instructionalnote"/>
               <w:rPr>
                 <w:rFonts w:cs="Gotham"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...14 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48856C2E" w14:textId="77777777" w:rsidR="00803710" w:rsidRPr="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4193F36F" w14:textId="77777777" w:rsidR="00803710" w:rsidRDefault="00803710" w:rsidP="00803710">
       <w:pPr>
         <w:sectPr w:rsidR="00803710" w:rsidSect="008D51C1">
           <w:headerReference w:type="even" r:id="rId13"/>
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:headerReference w:type="first" r:id="rId15"/>
           <w:pgSz w:w="11900" w:h="16840"/>
           <w:pgMar w:top="-2410" w:right="1418" w:bottom="1440" w:left="1304" w:header="567" w:footer="706" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63EEB12E" w14:textId="77777777" w:rsidR="00FA1D8B" w:rsidRPr="00AF7DDC" w:rsidRDefault="00FA1D8B" w:rsidP="00AF7DDC">
       <w:pPr>
         <w:pStyle w:val="Heading"/>
       </w:pPr>
       <w:r w:rsidRPr="00AF7DDC">
+        <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626B39C0" w14:textId="7FCF5F3B" w:rsidR="00725E8D" w:rsidRDefault="007C1025">
+    <w:p w14:paraId="50984904" w14:textId="47497A57" w:rsidR="00EF1320" w:rsidRDefault="007C1025">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText xml:space="preserve"> TOC \o "1-2" \h \z \u </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc189644208" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910827" w:history="1">
+        <w:r w:rsidR="00EF1320" w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidR="00EF1320" w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Scope</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644208 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910827 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r w:rsidR="00EF1320">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="469369A5" w14:textId="637E9BA1" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="7D360BFF" w14:textId="73FAE091" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644209" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910828" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Policy</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644209 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910828 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2048B230" w14:textId="74197945" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="1D7724E8" w14:textId="7DB7A780" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644210" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910829" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Prisoner within a Prison</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644210 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910829 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1FE8ADB6" w14:textId="20FD3B59" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="7ECFA814" w14:textId="1277202C" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644211" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910830" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Prisoner in a Hospital or Hospice</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644211 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910830 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3C5CE387" w14:textId="36F56691" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="7F6FF242" w14:textId="72354BAD" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644212" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910831" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>4.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Withdrawal of escorting officers from a hospital or hospice in exceptional circumstances</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644212 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910831 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="529185AA" w14:textId="141CCA53" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="04ADDCDE" w14:textId="6BE2248E" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644213" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910832" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Prisoner Prior to Arrival at a Prison</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644213 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910832 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="33C19982" w14:textId="6DBE66BC" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="1CFEF31D" w14:textId="50D57821" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644214" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910833" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of a Prisoner as a Result of an Industrial Accident</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644214 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910833 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="252AE665" w14:textId="15B8E93E" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="7BC1576E" w14:textId="3F0804ED" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644215" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910834" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Notifications and Reporting</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644215 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910834 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="79D5862E" w14:textId="3A1F80DA" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="43440422" w14:textId="5D508A39" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644216" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910835" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>WA Police Force notification to next of kin</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644216 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910835 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>12</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F899C95" w14:textId="5A2055B9" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="235F58DB" w14:textId="0F9B9F85" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644217" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910836" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>7.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Reporting and additional notifications</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644217 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910836 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2D48BC00" w14:textId="0AF57840" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="1BE08E7F" w14:textId="3D0A2EAF" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644218" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910837" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner Property</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644218 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910837 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5A61047F" w14:textId="724C278D" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="10C755D0" w14:textId="598DF327" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644219" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910838" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Handover of Records and Crime Scenes to WA Police Force</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644219 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910838 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="56F65454" w14:textId="0B5A2191" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="4A33BE77" w14:textId="3853C4B9" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644220" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910839" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>WorkSafe Investigations</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644220 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910839 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="430DEC56" w14:textId="3B976F11" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="3E1EB405" w14:textId="734C6490" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644221" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910840" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Support Services – Family and Prisoners</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644221 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910840 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="08308692" w14:textId="66BF03DB" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="3AED0706" w14:textId="35587504" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644222" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910841" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Contact with next of kin and booked visitors</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644222 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910841 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="48A75506" w14:textId="40D76224" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="3233378A" w14:textId="0F0A2CDA" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644223" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910842" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Death of an Aboriginal person</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644223 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910842 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="567593AE" w14:textId="729B2932" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="71E6721C" w14:textId="6E776756" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644224" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910843" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>11.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Prisoner support services</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644224 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910843 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="77AF6581" w14:textId="0F43DAAF" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="30B4993A" w14:textId="14393C61" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644225" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910844" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Staff Debrief and Support Services</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644225 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910844 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1ED60A44" w14:textId="3FB0F91D" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="1B67260E" w14:textId="738CF8F8" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644226" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910845" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>Coroners Findings</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>Coroner’s Findings</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644226 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910845 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>19</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="145484AF" w14:textId="68885E3F" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="5F2BB4B6" w14:textId="4F165B94" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644227" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910846" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Annexures</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644227 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910846 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0972E6F9" w14:textId="2EFEAB4D" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="2AC08ADA" w14:textId="26662577" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644228" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910847" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14.1</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related COPPs and documents</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644228 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910847 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1813972E" w14:textId="7566D116" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="379B93C7" w14:textId="2F3EF969" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644229" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910848" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14.2</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Definitions and acronyms</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644229 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910848 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>20</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="429B8672" w14:textId="135373CD" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="6681172D" w14:textId="1CAFA9B4" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644230" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910849" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>14.3</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Related legislation</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644230 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910849 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>24</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="638188DF" w14:textId="7BA70043" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="01630A0B" w14:textId="61B97A12" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644231" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910850" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>15</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Assurance</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644231 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910850 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>24</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7B6CBB75" w14:textId="58F6201A" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="4F8502AA" w14:textId="4428865D" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644232" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910851" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>16</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
             <w:b w:val="0"/>
             <w:noProof/>
             <w:kern w:val="2"/>
-            <w:sz w:val="22"/>
-            <w:szCs w:val="22"/>
             <w:lang w:eastAsia="en-AU"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Document Version History</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644232 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910851 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>24</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>23</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="15607FA7" w14:textId="08E29ABA" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="3CC41637" w14:textId="045D1BDF" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644233" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910852" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendix A: Records Which WA Police Force May Require</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644233 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910852 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>26</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>25</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="320DDECB" w14:textId="2BDEDBDC" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="499514D8" w14:textId="7BB34BD9" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644234" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910853" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendix B: Additional Notifications and Reporting</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644234 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910853 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>27</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>26</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5928E344" w14:textId="675EFE2D" w:rsidR="00725E8D" w:rsidRDefault="007F3D86">
+    <w:p w14:paraId="774D8CA4" w14:textId="67762E72" w:rsidR="00EF1320" w:rsidRDefault="00EF1320">
       <w:pPr>
         <w:pStyle w:val="TOC1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:noProof/>
           <w:kern w:val="2"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-AU"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink w:anchor="_Toc189644235" w:history="1">
-        <w:r w:rsidR="00725E8D" w:rsidRPr="00BE1776">
+      <w:hyperlink w:anchor="_Toc217910854" w:history="1">
+        <w:r w:rsidRPr="00203791">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:noProof/>
           </w:rPr>
           <w:t>Appendix C – Death of a Prisoner Discharge Procedure</w:t>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc189644235 \h </w:instrText>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:instrText xml:space="preserve"> PAGEREF _Toc217910854 \h </w:instrText>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00725E8D">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>28</w:t>
-[...1 lines deleted...]
-        <w:r w:rsidR="00725E8D">
+          <w:t>27</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="36B40352" w14:textId="10A39986" w:rsidR="00634C54" w:rsidRDefault="007C1025" w:rsidP="004E571B">
+    <w:p w14:paraId="36B40352" w14:textId="7519582D" w:rsidR="00634C54" w:rsidRDefault="007C1025" w:rsidP="004E571B">
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="32F01F6E" w14:textId="77777777" w:rsidR="00634C54" w:rsidRDefault="00634C54">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="40F2931B" w14:textId="77777777" w:rsidR="00C8272F" w:rsidRDefault="00C8272F" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc189644208"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc217910827"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="35024BF9" w14:textId="77777777" w:rsidR="002D5C58" w:rsidRDefault="002D5C58" w:rsidP="002D5C58">
       <w:r>
         <w:t>This Commissioner’s Operating Policy and Procedure (COPP) applies to all prisons administered by or on behalf of the Department of Justice (the Department).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34296F24" w14:textId="77777777" w:rsidR="00D51B9E" w:rsidRDefault="00D51B9E" w:rsidP="00D51B9E"/>
     <w:p w14:paraId="34999032" w14:textId="77777777" w:rsidR="00F734DA" w:rsidRPr="00F60ABD" w:rsidRDefault="00D51B9E" w:rsidP="00E66606">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">It also applies to </w:t>
       </w:r>
       <w:r w:rsidRPr="00D62D89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
@@ -2789,51 +2743,51 @@
         <w:t xml:space="preserve">(Part 2, Division 2, Section 18), for the provision of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>custodial</w:t>
       </w:r>
       <w:r w:rsidRPr="00D62D89">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> services.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="023D9906" w14:textId="77777777" w:rsidR="00EC5AF1" w:rsidRPr="00F60ABD" w:rsidRDefault="00EC5AF1" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Toc189644209"/>
+      <w:bookmarkStart w:id="1" w:name="_Toc217910828"/>
       <w:r w:rsidRPr="00F60ABD">
         <w:t>Policy</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="102419E7" w14:textId="77777777" w:rsidR="00650D93" w:rsidRDefault="009B419A" w:rsidP="00A9653D">
       <w:r>
         <w:t>Superintendents</w:t>
       </w:r>
       <w:r w:rsidR="00F46CD0">
         <w:t xml:space="preserve"> shall have </w:t>
       </w:r>
       <w:r>
         <w:t>in place</w:t>
       </w:r>
       <w:r w:rsidR="00F46CD0">
         <w:t xml:space="preserve"> an Emergency Management (EM) Plan for their prison</w:t>
       </w:r>
       <w:r>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00F46CD0">
         <w:t xml:space="preserve"> associated with s</w:t>
       </w:r>
       <w:r>
@@ -2843,102 +2797,105 @@
         <w:t xml:space="preserve"> including an apparent death</w:t>
       </w:r>
       <w:r w:rsidR="00F46CD0">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E779A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54027887" w14:textId="77777777" w:rsidR="00650D93" w:rsidRDefault="00650D93" w:rsidP="00A9653D"/>
     <w:p w14:paraId="7DD6BA11" w14:textId="77777777" w:rsidR="00F46CD0" w:rsidRDefault="009B419A" w:rsidP="00A9653D">
       <w:r>
         <w:t>Following the death of a prisoner, the EM plan</w:t>
       </w:r>
       <w:r w:rsidRPr="009B419A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">procedures shall ensure appropriate supports and assistance are offered to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00F46CD0">
         <w:t>deceased’s family, other prisoners and staff who are affected by the incident.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31AD1503" w14:textId="77777777" w:rsidR="00F46CD0" w:rsidRDefault="00F46CD0" w:rsidP="00A9653D"/>
-    <w:p w14:paraId="580BF139" w14:textId="5378EC8C" w:rsidR="00A46F22" w:rsidRPr="00665616" w:rsidRDefault="008E3282" w:rsidP="00A9653D">
+    <w:p w14:paraId="580BF139" w14:textId="758E2DBC" w:rsidR="00A46F22" w:rsidRPr="00665616" w:rsidRDefault="008E3282" w:rsidP="00A9653D">
       <w:r>
         <w:t>This COPP commences o</w:t>
       </w:r>
       <w:r w:rsidR="00A46F22">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00A46F22" w:rsidRPr="008A5882">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A46F22">
         <w:t xml:space="preserve">confirmation </w:t>
       </w:r>
       <w:r w:rsidR="00A46F22" w:rsidRPr="008A5882">
         <w:t xml:space="preserve">of life extinct by medical </w:t>
       </w:r>
       <w:r w:rsidR="005E123B">
         <w:t>staff</w:t>
       </w:r>
       <w:r w:rsidR="002E01B5">
         <w:t xml:space="preserve"> or paramedic</w:t>
       </w:r>
       <w:r>
         <w:t>. T</w:t>
       </w:r>
       <w:r w:rsidR="00A46F22" w:rsidRPr="008A5882">
         <w:t>he scene of death</w:t>
       </w:r>
       <w:r w:rsidR="00A46F22">
         <w:t xml:space="preserve"> and items </w:t>
       </w:r>
       <w:r w:rsidR="00A46F22" w:rsidRPr="00665616">
         <w:t>which may be potential evidence are to be managed as a crime scene</w:t>
       </w:r>
       <w:r w:rsidR="009E5DC5" w:rsidRPr="00665616">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A46F22" w:rsidRPr="00665616">
-        <w:t>in accordance with</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F403DE" w:rsidRPr="00665616">
+        <w:t xml:space="preserve">in accordance </w:t>
+      </w:r>
+      <w:r w:rsidR="00A46F22" w:rsidRPr="00FA4237">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="00F403DE" w:rsidRPr="00FA4237">
         <w:t xml:space="preserve"> procedure </w:t>
       </w:r>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidR="00F403DE" w:rsidRPr="00665616">
+        <w:r w:rsidR="00F403DE" w:rsidRPr="00FA4237">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>SMF-PRO-004 Physical Evidence Management</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A46F22" w:rsidRPr="00665616">
+      <w:r w:rsidR="00A46F22" w:rsidRPr="00FA4237">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="005E76B0" w:rsidRPr="00665616">
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D320F71" w14:textId="77777777" w:rsidR="00F93976" w:rsidRPr="00665616" w:rsidRDefault="00F93976" w:rsidP="00A9653D"/>
     <w:p w14:paraId="648745EE" w14:textId="77777777" w:rsidR="00F93976" w:rsidRPr="00665616" w:rsidRDefault="00F93976" w:rsidP="00F93976">
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">All aspects of the subsequent management of a prisoner’s death shall occur in a manner that treats the deceased </w:t>
       </w:r>
       <w:r w:rsidR="00BD7B86" w:rsidRPr="00665616">
         <w:t xml:space="preserve">prisoner </w:t>
       </w:r>
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">and their family with dignity, humanity, respect and with due consideration to cultural and religious requirements. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34929A2C" w14:textId="77777777" w:rsidR="00A028A4" w:rsidRPr="00665616" w:rsidRDefault="00A028A4" w:rsidP="00A9653D"/>
     <w:p w14:paraId="7731543C" w14:textId="5A8F9E56" w:rsidR="004802ED" w:rsidRPr="00665616" w:rsidRDefault="001C5D3B" w:rsidP="006E2B73">
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">The death of a prisoner is classified as a critical incident. Incident notification and reporting procedures shall occur in accordance with </w:t>
@@ -3175,83 +3132,82 @@
         <w:t>Where a death has occurred in a place other than a prison, the Department remains responsible for the deceased</w:t>
       </w:r>
       <w:r w:rsidR="00637C7F" w:rsidRPr="005C2DCE">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="006533F7" w:rsidRPr="005C2DCE">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7652A819" w14:textId="77777777" w:rsidR="001553CE" w:rsidRPr="005C2DCE" w:rsidRDefault="001553CE" w:rsidP="00A9653D">
       <w:pPr>
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="249BD37C" w14:textId="539E8C70" w:rsidR="00AB08DB" w:rsidRPr="005C2DCE" w:rsidRDefault="00637C7F" w:rsidP="00A9653D">
       <w:r w:rsidRPr="005C2DCE">
         <w:t>Escorting</w:t>
       </w:r>
       <w:r w:rsidR="00AB08DB" w:rsidRPr="005C2DCE">
         <w:t xml:space="preserve"> officers must continue to remain with the deceased until such time as handover with the WAPF has officially occurred and have assumed responsibility for the deceased.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0E9C4A" w14:textId="77777777" w:rsidR="00A9653D" w:rsidRDefault="00A9653D" w:rsidP="00A9653D"/>
-    <w:p w14:paraId="748E89FD" w14:textId="038FD376" w:rsidR="009854C6" w:rsidRDefault="009854C6" w:rsidP="000B72C6">
+    <w:p w14:paraId="1B509737" w14:textId="1967F127" w:rsidR="009854C6" w:rsidRDefault="009854C6" w:rsidP="000B72C6">
       <w:r w:rsidRPr="003A6C74">
         <w:t>The death of a prisoner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> is a reportable death, in accordance with</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6C74">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6C74">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6C74">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Coroners Act 1996</w:t>
       </w:r>
       <w:r>
         <w:t>, and requires that the State Coroner is immediately informed.</w:t>
       </w:r>
       <w:r w:rsidR="00DE5C04">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FB016AE" w14:textId="3CDB4F61" w:rsidR="004F15FA" w:rsidRDefault="004F15FA" w:rsidP="000B72C6"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="7DC5C675" w14:textId="75808F2B" w:rsidR="008F7D26" w:rsidRDefault="001C2C4A" w:rsidP="008F7D26">
+    <w:p w14:paraId="7DC5C675" w14:textId="75808F2B" w:rsidR="008F7D26" w:rsidRPr="00FA4237" w:rsidRDefault="001C2C4A" w:rsidP="008F7D26">
       <w:r w:rsidRPr="001C2C4A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="007C0FF0">
         <w:t>Department’s</w:t>
       </w:r>
       <w:r w:rsidR="007A147D">
         <w:t xml:space="preserve"> Performance Assurance and Risk (PAR) Directorate has</w:t>
       </w:r>
       <w:r w:rsidR="00C07DA4">
         <w:t xml:space="preserve"> responsibility </w:t>
       </w:r>
       <w:r w:rsidRPr="001C2C4A">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="00C07DA4">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00E63E43">
         <w:t xml:space="preserve">independent </w:t>
       </w:r>
       <w:r w:rsidR="00C07DA4">
         <w:t>review of</w:t>
       </w:r>
       <w:r w:rsidRPr="001C2C4A">
         <w:t xml:space="preserve"> all reportable </w:t>
@@ -3314,75 +3270,99 @@
       <w:r w:rsidR="00637706">
         <w:t xml:space="preserve">Department’s </w:t>
       </w:r>
       <w:r w:rsidR="00E63E43">
         <w:t xml:space="preserve">custodial </w:t>
       </w:r>
       <w:r w:rsidR="00637706">
         <w:t>management</w:t>
       </w:r>
       <w:r w:rsidR="00AD7A1D">
         <w:t>, supervision and care</w:t>
       </w:r>
       <w:r w:rsidR="00637706">
         <w:t xml:space="preserve"> of the </w:t>
       </w:r>
       <w:r w:rsidR="00E93771">
         <w:t>prisoner</w:t>
       </w:r>
       <w:r w:rsidR="008F7D26">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AD7A1D">
         <w:t xml:space="preserve">while in custody and outline </w:t>
       </w:r>
       <w:r w:rsidR="008F7D26">
-        <w:t xml:space="preserve">how the Department has, or will, address any identified areas for improvement. </w:t>
+        <w:t xml:space="preserve">how the </w:t>
+      </w:r>
+      <w:r w:rsidR="008F7D26" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">Department has, or will, address any identified areas for improvement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275B8086" w14:textId="77777777" w:rsidR="00A33B16" w:rsidRDefault="00A33B16" w:rsidP="008F7D26"/>
-    <w:p w14:paraId="7C5E5EA1" w14:textId="559C01AA" w:rsidR="00D354D2" w:rsidRDefault="00A33B16" w:rsidP="008F7D26">
+    <w:p w14:paraId="275B8086" w14:textId="77777777" w:rsidR="00A33B16" w:rsidRPr="00FA4237" w:rsidRDefault="00A33B16" w:rsidP="008F7D26"/>
+    <w:p w14:paraId="7C5E5EA1" w14:textId="1C9CBEDE" w:rsidR="00D354D2" w:rsidRDefault="00A33B16" w:rsidP="008F7D26">
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>The Department</w:t>
+      </w:r>
+      <w:r w:rsidR="003A797F" w:rsidRPr="00FA4237">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE344D" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">Justice </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>Health</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE344D" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve"> and Wellbeing</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve"> Service (</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE344D" w:rsidRPr="00FA4237">
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>H</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE344D" w:rsidRPr="00FA4237">
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">S) and/or Mental Health, Alcohol and Other Drugs </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1317" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">Service </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>(MHAOD) shall provide medical reviews</w:t>
+      </w:r>
       <w:r>
-        <w:t>The Department</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">(MHAOD) shall provide medical reviews and reports as requested by the </w:t>
+        <w:t xml:space="preserve"> and reports as requested by the </w:t>
       </w:r>
       <w:r w:rsidR="00F624BC">
         <w:t xml:space="preserve">PAR Directorate </w:t>
       </w:r>
       <w:r w:rsidR="003A797F">
         <w:t>or State Coroner.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="561E36A6" w14:textId="77777777" w:rsidR="00353733" w:rsidRDefault="00353733" w:rsidP="008F7D26"/>
     <w:p w14:paraId="52B625A0" w14:textId="0535D331" w:rsidR="00353733" w:rsidRPr="00665616" w:rsidRDefault="00353733" w:rsidP="00353733">
       <w:bookmarkStart w:id="2" w:name="_Hlk188011852"/>
       <w:bookmarkStart w:id="3" w:name="_Hlk187666279"/>
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">The death of a prisoner is a notifiable incident, in accordance with the </w:t>
       </w:r>
       <w:r w:rsidRPr="00665616">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Work, Health and Safety Act 2020</w:t>
       </w:r>
       <w:r w:rsidRPr="00665616">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
@@ -3431,127 +3411,128 @@
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r w:rsidRPr="00665616">
         <w:t>the incident site is preserved until a WorkSafe inspector arrives or directs otherwise.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkEnd w:id="3"/>
     <w:p w14:paraId="193306E3" w14:textId="7F35EC46" w:rsidR="00A33B16" w:rsidRPr="008F7D26" w:rsidRDefault="00D354D2" w:rsidP="008F7D26">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="07AB6E64" w14:textId="45EBE079" w:rsidR="000068E8" w:rsidRDefault="00755020" w:rsidP="000068E8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc532389090"/>
       <w:bookmarkStart w:id="5" w:name="_Toc531872844"/>
       <w:bookmarkStart w:id="6" w:name="_Toc532389092"/>
       <w:bookmarkStart w:id="7" w:name="_Death_of_a"/>
-      <w:bookmarkStart w:id="8" w:name="_Toc189644210"/>
+      <w:bookmarkStart w:id="8" w:name="_Toc217910829"/>
       <w:bookmarkEnd w:id="4"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="000068E8">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Death of a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="000068E8">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="000068E8">
         <w:t xml:space="preserve">risoner </w:t>
       </w:r>
       <w:r w:rsidR="006352A3" w:rsidRPr="000068E8">
         <w:t>w</w:t>
       </w:r>
       <w:r w:rsidRPr="000068E8">
         <w:t xml:space="preserve">ithin a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="000068E8">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="000068E8">
         <w:t>rison</w:t>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="_On_confirmation_of"/>
+      <w:bookmarkEnd w:id="9"/>
       <w:bookmarkEnd w:id="8"/>
-      <w:bookmarkEnd w:id="9"/>
     </w:p>
-    <w:p w14:paraId="7CE0A75C" w14:textId="2AFF2D91" w:rsidR="000068E8" w:rsidRDefault="000068E8" w:rsidP="0091064C">
+    <w:p w14:paraId="7CE0A75C" w14:textId="5078E3A0" w:rsidR="000068E8" w:rsidRDefault="000068E8" w:rsidP="0091064C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000068E8">
         <w:t>Where the death occurs in a prison, the Superintendent is responsible for the management of the deceased prisoner and the scene, in accordance with</w:t>
       </w:r>
       <w:r w:rsidR="005E1DA6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Hlk183597181"/>
       <w:r w:rsidR="005E1DA6">
         <w:t>procedure</w:t>
       </w:r>
       <w:r w:rsidRPr="000068E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidR="005E1DA6" w:rsidRPr="00F403DE">
+        <w:r w:rsidR="00B2591B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>SMF-PRO-00</w:t>
-[...11 lines deleted...]
-          <w:t xml:space="preserve"> Physical Evidence Management</w:t>
+          <w:t>SMF-PRO-004 Physical Evidence Management</w:t>
         </w:r>
       </w:hyperlink>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="000068E8">
-        <w:t xml:space="preserve">,  until authority is handed over to the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F438FE">
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">until authority is handed over to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F438FE" w:rsidRPr="00FA4237">
         <w:t>WAPF</w:t>
       </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">. If the Superintendent is not on site,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB4500" w:rsidRPr="00FA4237">
+        <w:t>they s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>hall</w:t>
+      </w:r>
       <w:r w:rsidRPr="000068E8">
-        <w:t xml:space="preserve">. If the Superintendent is not on site,  he/she shall proceed to and remain at the prison (unless impracticable due to distance or illness, in which case the next most senior officer shall attend) until all relevant duties and actions are complete. </w:t>
+        <w:t xml:space="preserve"> proceed to and remain at the prison (unless impracticable due to distance or illness, in which case the next most senior officer shall attend) until all relevant duties and actions are complete. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22CFA0F4" w14:textId="3F779FC3" w:rsidR="00243BC6" w:rsidRDefault="00243BC6" w:rsidP="0091064C">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000068E8">
         <w:t xml:space="preserve">On confirmation of life extinct, the following </w:t>
       </w:r>
       <w:r w:rsidR="006C1A93" w:rsidRPr="00665616">
         <w:t>immediate notification</w:t>
       </w:r>
       <w:r w:rsidR="006C1A93">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="000068E8">
         <w:t>procedures shall be undertaken:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -4030,50 +4011,51 @@
       <w:r w:rsidRPr="00F41987">
         <w:t xml:space="preserve"> who was not directly involved with the incident leading up to the death to manage the </w:t>
       </w:r>
       <w:r w:rsidR="002C20A3" w:rsidRPr="00F41987">
         <w:t>scene of the death</w:t>
       </w:r>
       <w:r w:rsidRPr="00F41987">
         <w:t xml:space="preserve"> until handed over to the </w:t>
       </w:r>
       <w:r w:rsidR="00F438FE">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidRPr="00F41987">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="364DCF49" w14:textId="2B0A3632" w:rsidR="00E12E82" w:rsidRPr="00F41987" w:rsidRDefault="00E12E82" w:rsidP="00E12E82">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="794"/>
       </w:pPr>
       <w:r w:rsidRPr="00F41987">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If a Prison Officer is not available (outside of the incident), the Incident Controller will outline the reasons </w:t>
       </w:r>
       <w:r w:rsidR="00436113" w:rsidRPr="00F41987">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00F41987">
         <w:t>n an incident report and the subsequent actions taken.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:bookmarkEnd w:id="13"/>
       <w:bookmarkEnd w:id="14"/>
     </w:p>
     <w:p w14:paraId="4A2D109D" w14:textId="77777777" w:rsidR="008D5664" w:rsidRDefault="007759D0" w:rsidP="00247DDC">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="794" w:hanging="794"/>
       </w:pPr>
       <w:r>
         <w:t>No person shall move or remove the deceased or interfere with the place in which the death occurred except to ensure the safety of employees or other persons.</w:t>
       </w:r>
       <w:r w:rsidR="00E74D02">
         <w:t xml:space="preserve"> </w:t>
@@ -4687,92 +4669,94 @@
               <w:t xml:space="preserve"> and provide the </w:t>
             </w:r>
             <w:r w:rsidR="00F438FE">
               <w:t>WAPF</w:t>
             </w:r>
             <w:r w:rsidR="00CD691E">
               <w:t xml:space="preserve"> with these details.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A2F0048" w14:textId="3EE9D9CE" w:rsidR="009A488A" w:rsidRPr="00152FAE" w:rsidRDefault="00CD691E" w:rsidP="009A488A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>The following shall occur</w:t>
             </w:r>
             <w:r w:rsidR="009A488A" w:rsidRPr="00152FAE">
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="482A8978" w14:textId="27C89CF5" w:rsidR="009A488A" w:rsidRPr="00164669" w:rsidRDefault="009A488A" w:rsidP="009A488A">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
             </w:pPr>
             <w:r w:rsidRPr="00164669">
+              <w:lastRenderedPageBreak/>
               <w:t>place them in separate cells under strict observation to ensure they are unable to converse with one another.</w:t>
             </w:r>
             <w:r w:rsidR="00CD691E" w:rsidRPr="00164669">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD691E">
               <w:t>Prison Officers shall be mindful that the prisoners could be traumatised and may require additional observation and support.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22E8AD18" w14:textId="4E44D41D" w:rsidR="009A488A" w:rsidRPr="00152FAE" w:rsidRDefault="009A488A" w:rsidP="009A488A">
             <w:pPr>
               <w:pStyle w:val="ListNumber"/>
             </w:pPr>
             <w:r>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t xml:space="preserve">nsure any suspects cannot remove or wash evidence (such as </w:t>
             </w:r>
             <w:r>
               <w:t>body fluids</w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t xml:space="preserve"> etc.) until the senior investigating </w:t>
             </w:r>
             <w:r w:rsidR="00F438FE">
               <w:t xml:space="preserve">WAPF </w:t>
             </w:r>
             <w:r w:rsidRPr="00152FAE">
               <w:t>Officer has interviewed them.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="534525CB" w14:textId="0B553A16" w:rsidR="009A488A" w:rsidRPr="00813675" w:rsidRDefault="002C20A3" w:rsidP="009A488A">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Assigned</w:t>
             </w:r>
             <w:r w:rsidR="009A488A" w:rsidRPr="00A1151F">
               <w:t xml:space="preserve"> Prison Officer </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD691E" w:rsidRPr="003469D9" w14:paraId="1DA3B8F5" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20A28ABB" w14:textId="77777777" w:rsidR="00CD691E" w:rsidRDefault="00CD691E" w:rsidP="00174595">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -5430,50 +5414,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71174006" w14:textId="77777777" w:rsidR="00144F88" w:rsidRPr="00665616" w:rsidRDefault="00144F88" w:rsidP="00980501">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00665616">
               <w:t>Superintendent/OIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00144F88" w:rsidRPr="00665616" w14:paraId="7E8AE27E" w14:textId="77777777" w:rsidTr="00980501">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="30D69D14" w14:textId="3A04D7B2" w:rsidR="00144F88" w:rsidRPr="00665616" w:rsidRDefault="007C6090" w:rsidP="007C6090">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00665616">
+              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3342C7B8" w14:textId="2599D3E0" w:rsidR="00144F88" w:rsidRPr="00665616" w:rsidRDefault="00144F88" w:rsidP="00980501">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00665616">
               <w:t xml:space="preserve">Notify </w:t>
             </w:r>
             <w:r w:rsidR="000F12F4" w:rsidRPr="00665616">
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidRPr="00665616">
               <w:t xml:space="preserve">Work Health and Safety </w:t>
             </w:r>
             <w:r w:rsidR="000F12F4" w:rsidRPr="00665616">
               <w:t xml:space="preserve">Team </w:t>
             </w:r>
             <w:r w:rsidRPr="00665616">
@@ -5653,51 +5638,51 @@
           <w:p w14:paraId="050DF1EE" w14:textId="77777777" w:rsidR="00144F88" w:rsidRPr="00665616" w:rsidRDefault="00144F88" w:rsidP="00980501">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00665616">
               <w:t>Superintendent/OIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="23"/>
     </w:tbl>
     <w:p w14:paraId="1A68FCC7" w14:textId="77777777" w:rsidR="00144F88" w:rsidRDefault="00144F88" w:rsidP="00987977">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="097E6B55" w14:textId="7542B00E" w:rsidR="006B79E3" w:rsidRPr="000068E8" w:rsidRDefault="007C4758" w:rsidP="000068E8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc189644211"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc217910830"/>
       <w:r w:rsidRPr="000068E8">
         <w:t xml:space="preserve">Death of a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="000068E8">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00755020" w:rsidRPr="000068E8">
         <w:t xml:space="preserve">risoner in a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="000068E8">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="000068E8">
         <w:t xml:space="preserve">ospital </w:t>
       </w:r>
       <w:r w:rsidR="00BC13E2" w:rsidRPr="000068E8">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidR="00755020" w:rsidRPr="000068E8">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="000068E8">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="000640F4" w:rsidRPr="000068E8">
@@ -6682,51 +6667,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2766" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06A604AC" w14:textId="00505A65" w:rsidR="00007C33" w:rsidRPr="003D538A" w:rsidRDefault="00007C33" w:rsidP="004553A5">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="003D538A">
               <w:t>Superintendent/OIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4807DCD7" w14:textId="5F499625" w:rsidR="00535FD7" w:rsidRDefault="00535FD7" w:rsidP="00F6242E"/>
     <w:p w14:paraId="238AEA09" w14:textId="376E4CB3" w:rsidR="006C66F4" w:rsidRPr="008219B5" w:rsidRDefault="006C66F4" w:rsidP="006C66F4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="26" w:name="_Withdrawal_of_Escorting"/>
-      <w:bookmarkStart w:id="27" w:name="_Toc189644212"/>
+      <w:bookmarkStart w:id="27" w:name="_Toc217910831"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r w:rsidRPr="008219B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">Withdrawal of </w:t>
       </w:r>
       <w:r w:rsidR="008219B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="008219B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">scorting </w:t>
       </w:r>
       <w:r w:rsidR="008219B5">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
@@ -6991,50 +6976,51 @@
       <w:r w:rsidR="00856BD4" w:rsidRPr="008219B5">
         <w:t xml:space="preserve">here approved organ </w:t>
       </w:r>
       <w:r w:rsidR="007557F7" w:rsidRPr="008219B5">
         <w:t>donation</w:t>
       </w:r>
       <w:r w:rsidR="00856BD4" w:rsidRPr="008219B5">
         <w:t xml:space="preserve"> is to occur</w:t>
       </w:r>
       <w:r w:rsidR="007557F7" w:rsidRPr="008219B5">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45BE30B4" w14:textId="630346DF" w:rsidR="003A2673" w:rsidRPr="00A43332" w:rsidRDefault="00745176" w:rsidP="00DF1130">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="1560" w:hanging="1276"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008219B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">            e</w:t>
       </w:r>
       <w:r w:rsidR="00987FD0" w:rsidRPr="008219B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="003A2673" w:rsidRPr="008219B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BC680F" w:rsidRPr="008219B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="003A2673" w:rsidRPr="008219B5">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ther exceptional </w:t>
@@ -7660,51 +7646,51 @@
             </w:pPr>
             <w:r w:rsidRPr="008219B5">
               <w:t>OIC of the escort</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="506AB6B4" w14:textId="77777777" w:rsidR="001154B5" w:rsidRPr="00F6242E" w:rsidRDefault="001154B5" w:rsidP="00F6242E"/>
     <w:p w14:paraId="1B52ED0C" w14:textId="77777777" w:rsidR="003469D9" w:rsidRPr="005A2D1D" w:rsidRDefault="003469D9" w:rsidP="005A2D1D">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc531872884"/>
       <w:bookmarkStart w:id="29" w:name="_Toc532389132"/>
       <w:bookmarkStart w:id="30" w:name="_Toc531872885"/>
       <w:bookmarkStart w:id="31" w:name="_Toc532389133"/>
       <w:bookmarkStart w:id="32" w:name="_Toc531872919"/>
       <w:bookmarkStart w:id="33" w:name="_Toc532389167"/>
       <w:bookmarkStart w:id="34" w:name="_Toc531872920"/>
       <w:bookmarkStart w:id="35" w:name="_Toc532389168"/>
       <w:bookmarkStart w:id="36" w:name="_Toc531872921"/>
       <w:bookmarkStart w:id="37" w:name="_Toc532389169"/>
       <w:bookmarkStart w:id="38" w:name="_Toc531872922"/>
       <w:bookmarkStart w:id="39" w:name="_Toc532389170"/>
-      <w:bookmarkStart w:id="40" w:name="_Toc189644213"/>
+      <w:bookmarkStart w:id="40" w:name="_Toc217910832"/>
       <w:bookmarkEnd w:id="28"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
       <w:bookmarkEnd w:id="31"/>
       <w:bookmarkEnd w:id="32"/>
       <w:bookmarkEnd w:id="33"/>
       <w:bookmarkEnd w:id="34"/>
       <w:bookmarkEnd w:id="35"/>
       <w:bookmarkEnd w:id="36"/>
       <w:bookmarkEnd w:id="37"/>
       <w:bookmarkEnd w:id="38"/>
       <w:bookmarkEnd w:id="39"/>
       <w:r w:rsidRPr="005A2D1D">
         <w:t xml:space="preserve">Death </w:t>
       </w:r>
       <w:r w:rsidR="00BD5B23" w:rsidRPr="005A2D1D">
         <w:t>of a</w:t>
       </w:r>
       <w:r w:rsidR="007C4758" w:rsidRPr="005A2D1D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="005A2D1D">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="007C4758" w:rsidRPr="005A2D1D">
@@ -8245,91 +8231,91 @@
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6376" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="20C0502D" w14:textId="17E3F6C8" w:rsidR="00EC2FAF" w:rsidRPr="005C2DCE" w:rsidRDefault="00EC2FAF" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="005C2DCE">
               <w:t>Arrange for drug and</w:t>
             </w:r>
             <w:r w:rsidR="0045459F" w:rsidRPr="005C2DCE">
               <w:t xml:space="preserve"> alcohol testing of the officer</w:t>
             </w:r>
             <w:r w:rsidRPr="005C2DCE">
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="0045459F" w:rsidRPr="005C2DCE">
-              <w:t xml:space="preserve"> undertaking the escort</w:t>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005E2758">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="0045459F" w:rsidRPr="00FA4237">
+              <w:t>undertaking the escort</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FA4237">
+              <w:t xml:space="preserve">, in accordance with </w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
-              <w:r w:rsidR="00483FD4" w:rsidRPr="005E2758">
+              <w:r w:rsidR="00483FD4" w:rsidRPr="00FA4237">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Staff Drug and Alcohol Testing Policy</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00483FD4" w:rsidRPr="005C2DCE">
+            <w:r w:rsidR="00483FD4" w:rsidRPr="00FA4237">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> and</w:t>
             </w:r>
-            <w:r w:rsidR="005E2758">
+            <w:r w:rsidR="005E2758" w:rsidRPr="00FA4237">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:anchor="k=staff%20drug%20and%20alcohol%20testing%20procedures" w:history="1">
-              <w:r w:rsidR="00483FD4" w:rsidRPr="005E2758">
+              <w:r w:rsidR="00483FD4" w:rsidRPr="00FA4237">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>Staff Drug and Alcohol Testing Procedures</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="005C2DCE">
+            <w:r w:rsidRPr="00FA4237">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0CD09CA7" w14:textId="77777777" w:rsidR="00EC2FAF" w:rsidRPr="005C2DCE" w:rsidRDefault="00EC2FAF" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="005C2DCE">
               <w:t>Superintendent/OIC</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00544920" w:rsidRPr="003469D9" w14:paraId="6926A9EC" w14:textId="77777777" w:rsidTr="00C711B0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="07485767" w14:textId="77777777" w:rsidR="00544920" w:rsidRDefault="00544920" w:rsidP="005A4F7C">
             <w:pPr>
@@ -8461,51 +8447,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F471DF3" w14:textId="1078392A" w:rsidR="00927369" w:rsidRPr="00665616" w:rsidRDefault="00927369" w:rsidP="00927369">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00665616">
               <w:t>OPCEN</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DE08E7D" w14:textId="5E7E2111" w:rsidR="007C0FF0" w:rsidRPr="00A86E37" w:rsidRDefault="007C0FF0" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="42" w:name="_Toc532389174"/>
       <w:bookmarkStart w:id="43" w:name="_Toc532389225"/>
       <w:bookmarkStart w:id="44" w:name="_Toc532389229"/>
-      <w:bookmarkStart w:id="45" w:name="_Toc189644214"/>
+      <w:bookmarkStart w:id="45" w:name="_Toc217910833"/>
       <w:bookmarkEnd w:id="42"/>
       <w:bookmarkEnd w:id="43"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">Death of a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="00665616">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="00F62CDB" w:rsidRPr="00665616">
         <w:t>risoner</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86E37">
         <w:t xml:space="preserve"> as a </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="00A86E37">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86E37">
         <w:t xml:space="preserve">esult of an </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD" w:rsidRPr="00A86E37">
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A86E37">
@@ -8892,68 +8878,69 @@
             </w:pPr>
             <w:r w:rsidRPr="00DF448E">
               <w:t>Complete all workplace incident reporting and investigation requirements in conjunction with the WAPF, WorkSafe and the Department’s WHS team</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="1C747E75" w14:textId="507F29BC" w:rsidR="001D5F45" w:rsidRPr="00717A4D" w:rsidRDefault="001D5F45" w:rsidP="00B43C6E">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3DE25F0F" w14:textId="77777777" w:rsidR="001D5F45" w:rsidRDefault="001D5F45" w:rsidP="001D5F45"/>
     <w:p w14:paraId="3A032A4F" w14:textId="77777777" w:rsidR="001D5F45" w:rsidRPr="001D5F45" w:rsidRDefault="001D5F45" w:rsidP="001D5F45"/>
     <w:p w14:paraId="39392830" w14:textId="4860BAE6" w:rsidR="000F5404" w:rsidRDefault="000F5404" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="46" w:name="_Toc189644215"/>
+      <w:bookmarkStart w:id="46" w:name="_Toc217910834"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Notifications and </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:t>eporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="46"/>
     </w:p>
     <w:p w14:paraId="60C77F1E" w14:textId="512272D8" w:rsidR="009E3DDA" w:rsidRDefault="002B1C88" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="47" w:name="_Police_notification_of"/>
-      <w:bookmarkStart w:id="48" w:name="_Toc189644216"/>
+      <w:bookmarkStart w:id="48" w:name="_Toc217910835"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:t>WA Police Force</w:t>
       </w:r>
       <w:r w:rsidR="00C95337">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E37326">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve">otification </w:t>
       </w:r>
       <w:r w:rsidR="008913D4">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="00E37326">
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="000C42B4">
         <w:t xml:space="preserve">ext of </w:t>
       </w:r>
       <w:r w:rsidR="00E37326">
         <w:t>k</w:t>
       </w:r>
@@ -9317,126 +9304,145 @@
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The Superintendent shall, prior to submission of the </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>Superintendent’s Report</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, verify that the </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> have notified the next of kin. If this has not occurred, the reason for non-notification is to be recorded in the report. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DAB409B" w14:textId="77777777" w:rsidR="0097357D" w:rsidRDefault="006159A0" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="49" w:name="_Reporting_and_additional"/>
-      <w:bookmarkStart w:id="50" w:name="_Toc189644217"/>
+      <w:bookmarkStart w:id="50" w:name="_Toc217910836"/>
       <w:bookmarkEnd w:id="49"/>
       <w:r>
         <w:t>Reporting and additional n</w:t>
       </w:r>
       <w:r w:rsidR="0097357D" w:rsidRPr="00750B1C">
         <w:t>otifications</w:t>
       </w:r>
       <w:bookmarkEnd w:id="50"/>
     </w:p>
-    <w:p w14:paraId="7DDA43BC" w14:textId="656D2E44" w:rsidR="002539D2" w:rsidRPr="005536EE" w:rsidRDefault="007F3D86" w:rsidP="00A22BC5">
+    <w:p w14:paraId="7DDA43BC" w14:textId="656D2E44" w:rsidR="002539D2" w:rsidRPr="005536EE" w:rsidRDefault="00C1311F" w:rsidP="00A22BC5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidR="00C1311F" w:rsidRPr="00081250">
+        <w:r w:rsidRPr="00081250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 13.1 – Incident </w:t>
         </w:r>
         <w:r w:rsidR="006415FF" w:rsidRPr="00081250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Notifications, </w:t>
         </w:r>
-        <w:r w:rsidR="00C1311F" w:rsidRPr="00081250">
+        <w:r w:rsidRPr="00081250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Reporting, and Communications</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006415FF" w:rsidRPr="005536EE">
         <w:t xml:space="preserve"> outlines the</w:t>
       </w:r>
       <w:r w:rsidR="000F5404" w:rsidRPr="005536EE">
         <w:t xml:space="preserve"> incident </w:t>
       </w:r>
       <w:r w:rsidR="006415FF" w:rsidRPr="005536EE">
         <w:t>notification and reporting requirements</w:t>
       </w:r>
       <w:r w:rsidR="000F5404" w:rsidRPr="005536EE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396583CD" w14:textId="77777777" w:rsidR="002539D2" w:rsidRPr="002539D2" w:rsidRDefault="00064AC4" w:rsidP="00A22BC5">
+    <w:p w14:paraId="4004608A" w14:textId="17FDE131" w:rsidR="003520CD" w:rsidRPr="003520CD" w:rsidRDefault="00064AC4" w:rsidP="003520CD">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">The officer(s) discovering the death, and any other staff </w:t>
       </w:r>
       <w:r w:rsidR="00C3030A">
         <w:t xml:space="preserve">or contractors </w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t>involved shall provide a written report on the death (including relevant details concerning the death) to the Superinte</w:t>
       </w:r>
       <w:r w:rsidR="005536EE">
         <w:t xml:space="preserve">ndent before ceasing duty. The </w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Death in Custody Incident Report</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> template on TOMS shall be completed, which has Part A and B sections.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="067E16BC" w14:textId="151A412A" w:rsidR="00A15A29" w:rsidRDefault="00A15A29" w:rsidP="00D7587D">
+    <w:p w14:paraId="69D03760" w14:textId="24475221" w:rsidR="003520CD" w:rsidRPr="00FA4237" w:rsidRDefault="000E4AFB" w:rsidP="00DE37B2">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:spacing w:before="120"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">Authorised </w:t>
+      </w:r>
+      <w:r w:rsidR="00C134D4" w:rsidRPr="00FA4237">
+        <w:t>Officers and/or staff shall discharge the</w:t>
+      </w:r>
+      <w:r w:rsidR="003520CD" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve"> prisoner from TOMS as soon as practicable, usually within twenty-four hours of the death</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA4237" w:rsidRPr="00FA4237">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="067E16BC" w14:textId="2FD06C1C" w:rsidR="00A15A29" w:rsidRDefault="00A15A29" w:rsidP="00D7587D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">Part A requires </w:t>
       </w:r>
       <w:r w:rsidR="005E123B" w:rsidRPr="007E35C1">
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t>fficers and staff</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> to follow the normal incident report format and to provide a detailed description of events. Part B deals with supplementary information and TOMS prompts require</w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="007E35C1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C1311F" w:rsidRPr="007E35C1">
         <w:t xml:space="preserve">number of questions </w:t>
       </w:r>
@@ -9509,50 +9515,51 @@
       </w:r>
       <w:r w:rsidRPr="001C500D">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Mental Health Act 2014</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65FD4">
         <w:t>, Form 1A at the time of death</w:t>
       </w:r>
       <w:r w:rsidR="001C500D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F65FD4">
         <w:t xml:space="preserve"> the Director MHAOD is required to notify the Office of the Chief Psychiatrist.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="51"/>
     </w:p>
     <w:p w14:paraId="2E3AD3CF" w14:textId="3C2DFEA7" w:rsidR="007E35C1" w:rsidRPr="00684400" w:rsidRDefault="00E5031C" w:rsidP="00D7587D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Officers and staff</w:t>
       </w:r>
       <w:r w:rsidRPr="00A15A29">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A15A29" w:rsidRPr="00C1311F">
         <w:t>shall prepare</w:t>
       </w:r>
       <w:r w:rsidR="005758A9">
         <w:t xml:space="preserve"> TOMS</w:t>
       </w:r>
       <w:r w:rsidR="00A15A29" w:rsidRPr="00C1311F">
         <w:t xml:space="preserve"> incident reports independent of each other.</w:t>
       </w:r>
       <w:r w:rsidR="00896CF2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00752C54">
         <w:t xml:space="preserve">Refer to </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
         <w:r w:rsidR="00752C54" w:rsidRPr="00752C54">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
@@ -9639,69 +9646,126 @@
       </w:r>
       <w:r w:rsidRPr="00C1311F">
         <w:t xml:space="preserve"> via e-mail</w:t>
       </w:r>
       <w:r w:rsidR="001A387D">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C1311F">
         <w:t xml:space="preserve"> to </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
         <w:r w:rsidRPr="005A1066">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Intelligence Services</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="005A1066">
         <w:t>, with</w:t>
       </w:r>
       <w:r w:rsidRPr="00C1311F">
         <w:t xml:space="preserve"> a copy sent to the Superintendent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21ECD7E1" w14:textId="48099869" w:rsidR="00684400" w:rsidRPr="00960DF3" w:rsidRDefault="00E962DE" w:rsidP="00D7587D">
+    <w:p w14:paraId="778CE3EE" w14:textId="77777777" w:rsidR="00846257" w:rsidRDefault="00E962DE" w:rsidP="00D7587D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00960DF3">
         <w:t xml:space="preserve">The PAR Directorate </w:t>
       </w:r>
       <w:r w:rsidR="001B14E9" w:rsidRPr="00960DF3">
         <w:t>review the circumstances of all reportable deaths</w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00960DF3">
         <w:t>. Details of the review and reports will be provided to the Commissioner</w:t>
       </w:r>
       <w:r w:rsidR="00752C54" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve"> and Director General,</w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00960DF3">
-        <w:t xml:space="preserve"> and a report prepared for the Coroner. </w:t>
+        <w:t xml:space="preserve"> and a report prepared for the Coroner.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="528C87E4" w14:textId="6C82B6A0" w:rsidR="00551135" w:rsidRPr="00FA4237" w:rsidRDefault="00551135" w:rsidP="00A77030">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">The PAR Directorate shall contact the relevant prison </w:t>
+      </w:r>
+      <w:r w:rsidR="006462D9" w:rsidRPr="00FA4237">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1BD5" w:rsidRPr="00FA4237">
+        <w:t>as soon as practicable</w:t>
+      </w:r>
+      <w:r w:rsidR="006462D9" w:rsidRPr="00FA4237">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1BD5" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>and create a</w:t>
+      </w:r>
+      <w:r w:rsidR="00C93C97" w:rsidRPr="00FA4237">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve"> Objective Connect </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>WorkSpace</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve"> to upload all relevant documents for the DIC Information Pack </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA4237">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:t>(this includes Private Prisons who will have access to the Workspace).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="710A2383" w14:textId="5518FFA7" w:rsidR="00846257" w:rsidRPr="00FA4237" w:rsidRDefault="00846257" w:rsidP="00D7587D">
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+        <w:ind w:left="851" w:hanging="851"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA4237">
+        <w:t>Documents to be provided to the PAR Directorate shall be uploaded via Objective Connect as soon as practicable</w:t>
+      </w:r>
+      <w:r w:rsidR="00631F76" w:rsidRPr="00FA4237">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16229581" w14:textId="77777777" w:rsidR="005B57A1" w:rsidRPr="005B57A1" w:rsidRDefault="001B14E9" w:rsidP="00D7587D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:r>
         <w:t>Further information regarding the review process and subsequent coronial inquest management process can be obtained from the</w:t>
       </w:r>
       <w:r w:rsidR="00944AAD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00944AAD" w:rsidRPr="00944AAD">
         <w:t>PAR Directorate</w:t>
       </w:r>
       <w:r w:rsidR="00944AAD">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47CE2345" w14:textId="77777777" w:rsidR="005B57A1" w:rsidRPr="005B57A1" w:rsidRDefault="00BA3F83" w:rsidP="00D7587D">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
@@ -10039,50 +10103,51 @@
       <w:r w:rsidRPr="008661C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> coordinate the preparation of written communications to</w:t>
       </w:r>
       <w:r w:rsidR="00BF2469">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008661C4">
         <w:t>the Minister for Corrective Services (Ministerial Briefing)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2493EBFF" w14:textId="6D331C2F" w:rsidR="00A86E37" w:rsidRPr="00102072" w:rsidRDefault="00E664CD" w:rsidP="00102072">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
       <w:bookmarkStart w:id="52" w:name="_Hlk179882265"/>
       <w:r w:rsidRPr="00102072">
+        <w:lastRenderedPageBreak/>
         <w:t>The Department’s Assurance, Planning and Performance branch</w:t>
       </w:r>
       <w:r w:rsidR="0027478D" w:rsidRPr="00102072">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A86E37" w:rsidRPr="00102072">
         <w:t>shall</w:t>
       </w:r>
       <w:r w:rsidR="00C578F7" w:rsidRPr="00102072">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00A86E37" w:rsidRPr="00102072">
         <w:t xml:space="preserve"> in response to the death of a prisoner, coordinate the preparation of written communications to</w:t>
       </w:r>
       <w:r w:rsidR="00C578F7" w:rsidRPr="00102072">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r w:rsidR="00A86E37" w:rsidRPr="00102072">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:p w14:paraId="5E4F8A19" w14:textId="1437D26F" w:rsidR="00862282" w:rsidRPr="008661C4" w:rsidRDefault="00862282" w:rsidP="00003765">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
@@ -10211,51 +10276,51 @@
     <w:p w14:paraId="5D5F06AF" w14:textId="5ACCE210" w:rsidR="0008176D" w:rsidRPr="00E510F0" w:rsidRDefault="00862282" w:rsidP="008219B5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008661C4">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Further medical/health investigation or communications shall occur in accordance with Health Services policy and procedures and the requirements of the Coroner’s Office.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D33F402" w14:textId="5D1FE62C" w:rsidR="00862282" w:rsidRPr="006552AC" w:rsidRDefault="00862282" w:rsidP="00040222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="53" w:name="_Toc189644218"/>
+      <w:bookmarkStart w:id="53" w:name="_Toc217910837"/>
       <w:r>
         <w:t>Prisoner Property</w:t>
       </w:r>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C14F1B" w14:textId="5F4BB88A" w:rsidR="0060035E" w:rsidRPr="00735061" w:rsidRDefault="00F42D68" w:rsidP="008219B5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="851" w:hanging="851"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00735061">
         <w:t>The Superintendent shall obtain clearance from the Coroner’s Office</w:t>
       </w:r>
       <w:r w:rsidR="007D0127" w:rsidRPr="00735061">
         <w:t xml:space="preserve"> prior to the release of a deceased prisoner</w:t>
       </w:r>
       <w:r w:rsidR="006F6636" w:rsidRPr="00735061">
         <w:t>’</w:t>
       </w:r>
@@ -10266,92 +10331,92 @@
         <w:t xml:space="preserve">A Consular Officer </w:t>
       </w:r>
       <w:r w:rsidR="007D0127" w:rsidRPr="00735061">
         <w:t>is entitled to take provisional custody of all documents, money and personal effects belonging to a deceased foreign national prisoner, where no relative or next of kin representative is nominated in Australia.</w:t>
       </w:r>
       <w:r w:rsidR="00005938" w:rsidRPr="00735061">
         <w:t xml:space="preserve"> Refer to </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
         <w:r w:rsidR="00005938" w:rsidRPr="00735061">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>COPP 3.1 – Managing Prisoner Property</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00005938" w:rsidRPr="00735061">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="10047835" w14:textId="64EA80C6" w:rsidR="003829C5" w:rsidRPr="00113600" w:rsidRDefault="001367F4" w:rsidP="00113600">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="54" w:name="_Handover_of_Records"/>
-      <w:bookmarkStart w:id="55" w:name="_Toc189644219"/>
-      <w:bookmarkStart w:id="56" w:name="Handover"/>
+      <w:bookmarkStart w:id="55" w:name="Handover"/>
+      <w:bookmarkStart w:id="56" w:name="_Toc217910838"/>
       <w:bookmarkEnd w:id="54"/>
       <w:r w:rsidRPr="00113600">
         <w:t>H</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="00113600">
         <w:t xml:space="preserve">andover </w:t>
       </w:r>
       <w:r w:rsidRPr="00113600">
         <w:t xml:space="preserve">of </w:t>
       </w:r>
       <w:r w:rsidR="00040222" w:rsidRPr="00113600">
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00C10068" w:rsidRPr="00113600">
         <w:t xml:space="preserve">ecords and </w:t>
       </w:r>
       <w:r w:rsidR="00040222" w:rsidRPr="00113600">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00C11FD3" w:rsidRPr="00113600">
         <w:t xml:space="preserve">rime </w:t>
       </w:r>
       <w:r w:rsidR="00040222" w:rsidRPr="00113600">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00C11FD3" w:rsidRPr="00113600">
         <w:t>cenes</w:t>
       </w:r>
       <w:r w:rsidRPr="00113600">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="00113600">
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00113600">
         <w:t>WA Police Force</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="55"/>
+      <w:bookmarkEnd w:id="56"/>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:p w14:paraId="168441FA" w14:textId="14F1A169" w:rsidR="005B57A1" w:rsidRPr="008C107D" w:rsidRDefault="000F5404" w:rsidP="008219B5">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="008C107D">
         <w:t xml:space="preserve">All deaths in custody are reportable deaths and result in a coronial inquest. These deaths are investigated by </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t xml:space="preserve">the WAPF </w:t>
       </w:r>
       <w:r w:rsidRPr="008C107D">
         <w:t xml:space="preserve">Coronial </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>Investigations Unit</w:t>
       </w:r>
       <w:r w:rsidR="00CA0950" w:rsidRPr="008C107D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C107D">
@@ -10479,181 +10544,171 @@
       </w:hyperlink>
       <w:r w:rsidR="005A5391" w:rsidRPr="00735061">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00B55634">
         <w:t xml:space="preserve">Medical records must be returned to </w:t>
       </w:r>
       <w:r w:rsidR="006F6636">
         <w:t>Health Information Management Services</w:t>
       </w:r>
       <w:r w:rsidR="00B55634">
         <w:t xml:space="preserve"> for compilation into the record prior to seizure by </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>the WAPF</w:t>
       </w:r>
       <w:r w:rsidR="00886B7A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42443F0B" w14:textId="3450360C" w:rsidR="0060035E" w:rsidRDefault="00D65CBE" w:rsidP="00174595">
+    <w:p w14:paraId="42443F0B" w14:textId="3DA1FC86" w:rsidR="0060035E" w:rsidRDefault="00D65CBE" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Subject to the incident reporting requirements contained in </w:t>
       </w:r>
       <w:r w:rsidR="008F64CD" w:rsidRPr="007D69D2">
         <w:t>section 7.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00896CB0">
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="00E743AD">
         <w:t xml:space="preserve">he Superintendent shall not permit any </w:t>
       </w:r>
       <w:r w:rsidR="00203FB5">
         <w:t>officer</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="00E743AD">
         <w:t xml:space="preserve"> to make any manner of written entry upon any document, file, record or other correspondence relating to </w:t>
       </w:r>
       <w:r w:rsidR="00E743AD">
         <w:t>the deceased,</w:t>
       </w:r>
       <w:r w:rsidR="00E743AD" w:rsidRPr="00E743AD">
-        <w:t xml:space="preserve"> once that prisoner is examined by a medical officer and life is pronounced extinct and duly recorded on the prisoner’s medical file.</w:t>
+        <w:t xml:space="preserve"> once that prisoner is examined by a medical officer and life is pronounced extinct and duly recorded on the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E743AD" w:rsidRPr="00FA4237">
+        <w:t xml:space="preserve">prisoner’s medical </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71BBA" w:rsidRPr="00FA4237">
+        <w:t>record</w:t>
+      </w:r>
+      <w:r w:rsidR="00E743AD" w:rsidRPr="00FA4237">
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="008C1D8F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F337185" w14:textId="04363FE5" w:rsidR="00B21A96" w:rsidRDefault="00B55634" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Medical staff can make additions to the medical record after life is pronounced extinct. </w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="00091672">
         <w:t xml:space="preserve">The occurrence book </w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F">
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="00091672">
         <w:t xml:space="preserve"> other written record</w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="00091672">
         <w:t xml:space="preserve"> shall be securely held until the scene is handed over to the </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidR="008C1D8F" w:rsidRPr="00091672">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0396E412" w14:textId="303DE1A3" w:rsidR="0060035E" w:rsidRPr="00B60F0A" w:rsidRDefault="00276A3E" w:rsidP="00174595">
+    <w:p w14:paraId="0396E412" w14:textId="61A35259" w:rsidR="0060035E" w:rsidRPr="00B60F0A" w:rsidRDefault="00276A3E" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00B60F0A">
         <w:t xml:space="preserve">The PAR Directorate </w:t>
       </w:r>
       <w:r w:rsidR="00842D3B" w:rsidRPr="00B60F0A">
         <w:t xml:space="preserve">may request and be provided with additional information and records beyond those required by </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>the WAPF</w:t>
       </w:r>
-      <w:r w:rsidR="00842D3B" w:rsidRPr="00B60F0A">
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidR="006B5D69">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EB83777" w14:textId="77777777" w:rsidR="00E5031C" w:rsidRPr="00E5031C" w:rsidRDefault="00F15229" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A </w:t>
       </w:r>
       <w:r w:rsidR="00293474" w:rsidRPr="00293474">
         <w:t>Receipt Book (C103) shall be held at each prison and used in all cases where documents (including those printed from TOMS) are removed from a prison as a result of an investigation.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0C34C187" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="00F15229" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>The following procedures shall apply for the management and release of records related to the deceased prison</w:t>
       </w:r>
       <w:r w:rsidR="00064AC4">
         <w:t>er</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
@@ -10663,56 +10718,59 @@
         <w:gridCol w:w="704"/>
         <w:gridCol w:w="6237"/>
         <w:gridCol w:w="2191"/>
       </w:tblGrid>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="5DA7B7E3" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="5EF0FDBB" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00CF6125" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
-          <w:p w14:paraId="5E42D6C8" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00CF6125" w:rsidRDefault="0033025D" w:rsidP="008E1892">
+          <w:p w14:paraId="5E42D6C8" w14:textId="4DE14773" w:rsidR="0033025D" w:rsidRPr="00CF6125" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF6125">
               <w:t>Procedure</w:t>
+            </w:r>
+            <w:r w:rsidR="0018442A">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DDD9C3" w:themeFill="background2" w:themeFillShade="E6"/>
           </w:tcPr>
           <w:p w14:paraId="4536AD6B" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00CF6125" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="00CF6125">
               <w:t xml:space="preserve">Responsibility </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="1ED31045" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="06466D63" w14:textId="77777777" w:rsidR="0033025D" w:rsidRPr="00CF6125" w:rsidRDefault="0033025D" w:rsidP="00174595">
             <w:pPr>
@@ -10785,154 +10843,77 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088150B">
               <w:t xml:space="preserve">Make copies of all records (other than those accessible on TOMS) </w:t>
             </w:r>
             <w:r w:rsidR="008C1D8F" w:rsidRPr="0088150B">
               <w:t xml:space="preserve">to be handed over to </w:t>
             </w:r>
             <w:r w:rsidR="00CA0950">
               <w:t>WAPF</w:t>
             </w:r>
             <w:r w:rsidR="008C1D8F" w:rsidRPr="0088150B">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="0088150B">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00065C6D" w:rsidRPr="0088150B">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t xml:space="preserve">All records which can be provided electronically, should be copied onto an encrypted USB. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CAD9A32" w14:textId="146878E4" w:rsidR="00065C6D" w:rsidRPr="0088150B" w:rsidRDefault="008C1D8F" w:rsidP="00065C6D">
+          <w:p w14:paraId="4CAD9A32" w14:textId="5F8EBC1A" w:rsidR="00065C6D" w:rsidRPr="0088150B" w:rsidRDefault="00065C6D" w:rsidP="00065C6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B60F0A">
-              <w:t>P</w:t>
-[...25 lines deleted...]
-            <w:r w:rsidR="00065C6D" w:rsidRPr="00B60F0A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri" w:cs="Arial"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (also via encrypted USB where possible).  Encrypted USB devices can be purchased via email to ServiceDesk.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3B01504C" w14:textId="6CE964EF" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="00065C6D">
+              <w:t>Encrypted USB devices can be purchased via email to ServiceDesk.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C724F2C" w14:textId="73AA5BB9" w:rsidR="00CE1734" w:rsidRPr="0088150B" w:rsidRDefault="0033025D" w:rsidP="00EA1C7C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0088150B">
               <w:t xml:space="preserve">If copies cannot be made, a request should be made to the </w:t>
             </w:r>
             <w:r w:rsidR="00CA0950">
               <w:t>WAPF</w:t>
             </w:r>
             <w:r w:rsidRPr="0088150B">
               <w:t xml:space="preserve"> to forward copies of the documents after seizure.</w:t>
-            </w:r>
-[...48 lines deleted...]
-              <w:t>Kingston DataTraveler USB as used by Department of Justice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0854237A" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="4DDACCE9" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="568ECB82" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="00174595">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -11124,275 +11105,235 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0033025D" w:rsidRPr="000E6F0A" w14:paraId="5996EA66" w14:textId="77777777" w:rsidTr="00C11FD3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="704" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E3320AA" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="00174595">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6237" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7A78EFFF" w14:textId="650AE647" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="002B4A19">
+          <w:p w14:paraId="7A78EFFF" w14:textId="0233845C" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="002B4A19">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00B60F0A">
               <w:t xml:space="preserve">Arrange for a copy of the receipt slip identifying what documents (including copies of records held on TOMS) were provided to the </w:t>
             </w:r>
             <w:r w:rsidR="00CA0950">
               <w:t>WAPF</w:t>
             </w:r>
             <w:r w:rsidRPr="00B60F0A">
               <w:t xml:space="preserve"> to be sent to the</w:t>
             </w:r>
             <w:r w:rsidR="002B4A19" w:rsidRPr="00B60F0A">
-              <w:t xml:space="preserve"> PAR Directorate</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidR="00DC250F" w:rsidRPr="00B60F0A">
+              <w:t xml:space="preserve"> PAR </w:t>
+            </w:r>
+            <w:r w:rsidR="002B4A19" w:rsidRPr="00FA4237">
+              <w:t>Directorate</w:t>
+            </w:r>
+            <w:r w:rsidR="00791322" w:rsidRPr="00FA4237">
+              <w:t xml:space="preserve"> (refer to section 7.2.8)</w:t>
+            </w:r>
+            <w:r w:rsidR="00990790" w:rsidRPr="00FA4237">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2191" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="0C9C0C77" w14:textId="77777777" w:rsidR="0033025D" w:rsidRDefault="0033025D" w:rsidP="008E1892">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0DAB3B9A" w14:textId="381D2765" w:rsidR="00C111BB" w:rsidRPr="00C111BB" w:rsidRDefault="0040757F" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>On</w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve"> arrival of </w:t>
       </w:r>
       <w:r w:rsidR="002729ED">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C27917">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00D13374">
         <w:t xml:space="preserve">Superintendent/OIC </w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve">shall hand over control and access to the scene. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1A2FAD" w14:textId="48234C6F" w:rsidR="00843130" w:rsidRPr="00843130" w:rsidRDefault="00153C7C" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E743AD">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidRPr="00E743AD">
         <w:t xml:space="preserve"> shall be informed if the deceased was a foreign national</w:t>
       </w:r>
       <w:r w:rsidR="0008176D">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00424D37">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidR="001777A3">
         <w:t xml:space="preserve"> will make arrangements for the appropriate </w:t>
       </w:r>
       <w:r w:rsidR="0008176D">
         <w:t>Embassy/</w:t>
       </w:r>
       <w:r w:rsidR="001777A3">
         <w:t>Consulate to be notified</w:t>
       </w:r>
       <w:r w:rsidR="00424D37">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001777A3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70A3EA8B" w14:textId="0D3814CB" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="0097791D" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000567DC">
         <w:t xml:space="preserve">Names of prisoners known to have been within the vicinity of the scene of death and/or may have witnessed the incident shall be provided to the </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidRPr="000567DC">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC498E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B69C982" w14:textId="17ABEAC6" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="0040757F" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="0040757F">
         <w:t xml:space="preserve">Restrictions on the scene shall apply until such time as the </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t xml:space="preserve">WAPF </w:t>
       </w:r>
       <w:r w:rsidR="00886B7A">
         <w:t>Officer/s</w:t>
       </w:r>
       <w:r w:rsidR="002B1C88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0040757F">
         <w:t>investigating the death authorise removal of the body, and control of the place of death reverts back to the Superintendent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="058DAA2E" w14:textId="395A6B4C" w:rsidR="004C4A7B" w:rsidRDefault="0097791D" w:rsidP="004C4A7B">
+    <w:p w14:paraId="058DAA2E" w14:textId="4272573F" w:rsidR="004C4A7B" w:rsidRDefault="00872110" w:rsidP="00872110">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...6 lines deleted...]
-        <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">With approval from the </w:t>
-[...11 lines deleted...]
-        <w:t>.</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>With approval from the WAPF, Chaplains are to be allowed access to the deceased prisoner, prior to removal of the body.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CCF0135" w14:textId="7EDD173A" w:rsidR="004C4A7B" w:rsidRPr="00665616" w:rsidRDefault="00F62E06">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="57" w:name="_Toc189644220"/>
-      <w:bookmarkStart w:id="58" w:name="_Hlk187666745"/>
+      <w:bookmarkStart w:id="57" w:name="_Hlk187666745"/>
+      <w:bookmarkStart w:id="58" w:name="_Toc217910839"/>
       <w:r w:rsidRPr="00665616">
         <w:t>WorkSafe Investigations</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="57"/>
+      <w:bookmarkEnd w:id="58"/>
     </w:p>
     <w:p w14:paraId="2E65E22C" w14:textId="776D62DE" w:rsidR="00810DCB" w:rsidRPr="00665616" w:rsidRDefault="00757944" w:rsidP="00F62E06">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="33"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00665616">
         <w:t>All deaths in custody are notifiable incidents</w:t>
       </w:r>
       <w:r w:rsidR="00810DCB" w:rsidRPr="00665616">
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidR="00C371DC" w:rsidRPr="00665616">
         <w:t xml:space="preserve">will be investigated by WorkSafe as deemed necessary by the WorkSafe </w:t>
       </w:r>
       <w:r w:rsidR="00810DCB" w:rsidRPr="00665616">
         <w:t>Commission</w:t>
       </w:r>
       <w:r w:rsidR="00810DCB" w:rsidRPr="00665616">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
@@ -11496,130 +11437,122 @@
     <w:p w14:paraId="5FEE41D3" w14:textId="4F617FB2" w:rsidR="00F62E06" w:rsidRPr="00665616" w:rsidRDefault="00D10C3B" w:rsidP="00B051A1">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="006B34D0" w:rsidRPr="00665616">
         <w:t xml:space="preserve">incident site cannot be resumed for use or for other internal investigation purposes until </w:t>
       </w:r>
       <w:r w:rsidRPr="00665616">
         <w:t xml:space="preserve">WorkSafe </w:t>
       </w:r>
       <w:r w:rsidR="006B34D0" w:rsidRPr="00665616">
         <w:t xml:space="preserve">has concluded their investigation and informed the Superintendent of such. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D975988" w14:textId="4764EABA" w:rsidR="004153EE" w:rsidRDefault="00C11FD3" w:rsidP="00605749">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="59" w:name="_Toc189644221"/>
-      <w:bookmarkEnd w:id="58"/>
+      <w:bookmarkStart w:id="59" w:name="_Toc217910840"/>
+      <w:bookmarkEnd w:id="57"/>
       <w:r>
         <w:t xml:space="preserve">Support Services – Family and </w:t>
       </w:r>
       <w:r w:rsidR="00174595">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidR="004153EE">
         <w:t>risoners</w:t>
       </w:r>
       <w:bookmarkEnd w:id="59"/>
     </w:p>
     <w:p w14:paraId="52528B4D" w14:textId="77777777" w:rsidR="004153EE" w:rsidRDefault="004153EE" w:rsidP="00605749">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
-      <w:bookmarkStart w:id="60" w:name="_Toc189644222"/>
+      <w:bookmarkStart w:id="60" w:name="_Toc217910841"/>
       <w:r>
         <w:t>Contact with next of kin and booked visitors</w:t>
       </w:r>
       <w:bookmarkEnd w:id="60"/>
     </w:p>
     <w:p w14:paraId="56F47342" w14:textId="5CD31361" w:rsidR="00B82A04" w:rsidRPr="00B82A04" w:rsidRDefault="004153EE" w:rsidP="00B82A04">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Following verified contact by </w:t>
       </w:r>
       <w:r w:rsidR="00CA0950">
         <w:t>WAPF</w:t>
       </w:r>
       <w:r w:rsidDel="000B6BFA">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>with the next of kin, the Superintendent shall promptly contact or arrange for contact to be made (at a reasonable hour)</w:t>
       </w:r>
       <w:r w:rsidRPr="000A51F5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">with the next of kin, to offer condolences and a face to face meeting. </w:t>
       </w:r>
       <w:r w:rsidRPr="00A22B46">
         <w:t>Assistance from the relevant chaplain or prisoner support services (</w:t>
       </w:r>
       <w:r w:rsidR="00C11FD3">
         <w:t>eg</w:t>
       </w:r>
       <w:r w:rsidRPr="00A22B46">
         <w:t xml:space="preserve"> Aboriginal Visitors Scheme</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (AVS)</w:t>
       </w:r>
       <w:r w:rsidR="00C11FD3">
         <w:t>) may be sought.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5900048E" w14:textId="77777777" w:rsidR="00133D17" w:rsidRDefault="00133D17" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:bookmarkStart w:id="61" w:name="_Toc531872968"/>
       <w:bookmarkStart w:id="62" w:name="_Toc532389283"/>
       <w:bookmarkStart w:id="63" w:name="_Toc531872969"/>
       <w:bookmarkStart w:id="64" w:name="_Toc532389284"/>
       <w:bookmarkStart w:id="65" w:name="_Toc531872981"/>
       <w:bookmarkStart w:id="66" w:name="_Toc532389296"/>
       <w:bookmarkStart w:id="67" w:name="_Toc531873044"/>
       <w:bookmarkStart w:id="68" w:name="_Toc532389359"/>
       <w:bookmarkStart w:id="69" w:name="_Toc531873052"/>
       <w:bookmarkStart w:id="70" w:name="_Toc532389367"/>
       <w:bookmarkEnd w:id="61"/>
       <w:bookmarkEnd w:id="62"/>
       <w:bookmarkEnd w:id="63"/>
       <w:bookmarkEnd w:id="64"/>
       <w:bookmarkEnd w:id="65"/>
       <w:bookmarkEnd w:id="66"/>
       <w:bookmarkEnd w:id="67"/>
       <w:bookmarkEnd w:id="68"/>
       <w:bookmarkEnd w:id="69"/>
       <w:bookmarkEnd w:id="70"/>
@@ -11630,56 +11563,68 @@
         <w:t xml:space="preserve">with the next of kin </w:t>
       </w:r>
       <w:r w:rsidR="00A22B46">
         <w:t>shall</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> include:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70BB9772" w14:textId="0BAF3DD8" w:rsidR="00133D17" w:rsidRPr="006552AC" w:rsidRDefault="00FB3B4D" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="1276"/>
       </w:pPr>
       <w:r w:rsidRPr="006552AC">
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00133D17" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">etails of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35" w:history="1">
+      <w:hyperlink r:id="rId34" w:history="1">
         <w:r w:rsidR="00133D17" w:rsidRPr="00C11FD3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>Bereavement Assistance Program</w:t>
+          <w:t>Bereavement Assi</w:t>
+        </w:r>
+        <w:r w:rsidR="00133D17" w:rsidRPr="00C11FD3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidR="00133D17" w:rsidRPr="00C11FD3">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>tance Program</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00133D17" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> offered by the Department of </w:t>
       </w:r>
       <w:r w:rsidR="00AA6012" w:rsidRPr="006552AC">
         <w:t xml:space="preserve">Communities </w:t>
       </w:r>
       <w:r w:rsidR="00D13374" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> (Note:</w:t>
       </w:r>
       <w:r w:rsidR="00133D17" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> financial assistance to meet funeral costs cannot be provided retrospectively</w:t>
       </w:r>
       <w:r w:rsidR="00D13374" w:rsidRPr="006552AC">
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r w:rsidR="00794CBF">
         <w:t>the Department of Communities</w:t>
       </w:r>
       <w:r w:rsidR="00133D17" w:rsidRPr="006552AC">
         <w:t>, requiring prompt application for consideration</w:t>
       </w:r>
       <w:r w:rsidR="00D13374" w:rsidRPr="006552AC">
         <w:t>)</w:t>
@@ -11748,101 +11693,98 @@
       <w:r w:rsidR="002423A9" w:rsidRPr="00F85796">
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00D73723" w:rsidRPr="00F85796">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="002423A9" w:rsidRPr="00F85796">
         <w:t xml:space="preserve">ection </w:t>
       </w:r>
       <w:r w:rsidR="00040222" w:rsidRPr="00F85796">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00F85796" w:rsidRPr="00F85796">
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00040222" w:rsidRPr="00F85796">
         <w:t>.2</w:t>
       </w:r>
       <w:r w:rsidR="002423A9" w:rsidRPr="00F85796">
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="152E8395" w14:textId="77777777" w:rsidR="006A2FBF" w:rsidRDefault="00A22B46" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>Where a meeting is requested</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="006A2FBF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF">
         <w:t>by the next of kin</w:t>
       </w:r>
       <w:r w:rsidR="00D13374">
         <w:t>, the Superintendent shall</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF">
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347AA413" w14:textId="77777777" w:rsidR="006A2FBF" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="006E2FE2">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t>rrange a meeting venue, which may be at the prison, a neutral venue or the home of the next of kin, where appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FF5488A" w14:textId="730953AD" w:rsidR="006A2FBF" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="006E2FE2">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
+        <w:lastRenderedPageBreak/>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">sk whether </w:t>
       </w:r>
       <w:r w:rsidR="00D13374" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">the next of kin </w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">would like </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">ounselling </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>s</w:t>
@@ -11857,54 +11799,50 @@
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="1276" w:hanging="425"/>
       </w:pPr>
       <w:r w:rsidRPr="009C615C">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t>stablish whether transport assistance</w:t>
       </w:r>
       <w:r w:rsidR="00E924C4" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A2FBF" w:rsidRPr="009C615C">
         <w:t>is required</w:t>
       </w:r>
       <w:r w:rsidR="00E924C4" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> and, if so, offer to pay costs of attendance, including transport from a remote location, at the prison’s expense. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FF4B6F" w14:textId="77777777" w:rsidR="00F918DB" w:rsidRDefault="00A03E85" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>The purpose</w:t>
       </w:r>
       <w:r w:rsidR="00F918DB">
         <w:t xml:space="preserve"> and procedure for meeting with the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> next of kin</w:t>
       </w:r>
       <w:r w:rsidR="00F918DB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0099259B">
         <w:t xml:space="preserve">should </w:t>
       </w:r>
       <w:r w:rsidR="00F918DB">
         <w:t>include the following</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
@@ -12443,51 +12381,51 @@
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve"> or alternatively</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>arrangement</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> by the prison or </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>Coronial Counselling Service</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> for return of</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC59D7">
               <w:t xml:space="preserve"> property at the Department’s expense</w:t>
             </w:r>
             <w:r w:rsidRPr="00216EC9">
               <w:t xml:space="preserve">. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r w:rsidR="00216EC9" w:rsidRPr="004C41D6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>(</w:t>
               </w:r>
               <w:r w:rsidRPr="004C41D6">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">See also </w:t>
               </w:r>
               <w:r w:rsidRPr="00A72FAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COPP </w:t>
               </w:r>
               <w:r w:rsidR="00A72FAB" w:rsidRPr="00A72FAB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
@@ -12530,54 +12468,50 @@
                 </w:rPr>
                 <w:t>)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00BC59D7">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6445C99E" w14:textId="77777777" w:rsidR="00C95337" w:rsidRPr="003A0E67" w:rsidRDefault="00C95337" w:rsidP="00C11FD3">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1C2FDF57" w14:textId="65CF50CA" w:rsidR="004E12DA" w:rsidRDefault="0099259B" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00BC59D7">
         <w:t xml:space="preserve">In the event that the next of kin does not wish to </w:t>
       </w:r>
       <w:r w:rsidR="004E12DA">
         <w:t xml:space="preserve">immediately </w:t>
       </w:r>
       <w:r w:rsidR="00216EC9">
         <w:t>meet in person, the S</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC59D7">
         <w:t xml:space="preserve">uperintendent </w:t>
       </w:r>
       <w:r w:rsidR="004E12DA">
         <w:t>shall:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7397D821" w14:textId="77777777" w:rsidR="004E12DA" w:rsidRPr="009C615C" w:rsidRDefault="00FE46B5" w:rsidP="006E2FE2">
       <w:pPr>
         <w:pStyle w:val="ListNumber2"/>
         <w:numPr>
@@ -12607,54 +12541,50 @@
       <w:r w:rsidRPr="009C615C">
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="004E12DA" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">rovide information </w:t>
       </w:r>
       <w:r w:rsidR="00F13EDD" w:rsidRPr="009C615C">
         <w:t xml:space="preserve">in writing, </w:t>
       </w:r>
       <w:r w:rsidR="00450DA6">
         <w:t xml:space="preserve">that </w:t>
       </w:r>
       <w:r w:rsidR="00F13EDD" w:rsidRPr="009C615C">
         <w:t>would have been provided at the face to face meeting, in terms of support and the release of property</w:t>
       </w:r>
       <w:r w:rsidR="00220B25" w:rsidRPr="009C615C">
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="004E12DA" w:rsidRPr="009C615C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1FBFA558" w14:textId="4A6C9459" w:rsidR="00B26690" w:rsidRPr="005536EE" w:rsidRDefault="00980666" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>The Superintendent shall ensure e</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5">
         <w:t xml:space="preserve">very effort </w:t>
       </w:r>
       <w:r>
         <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5">
         <w:t xml:space="preserve"> made to promptly contact any booked visitors, once notification of the next of kin has been confirmed and documented. </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t xml:space="preserve">A check must be made and </w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>any booked social and/or official visit</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>or</w:t>
@@ -12691,112 +12621,105 @@
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>) or contract</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>ed service providers</w:t>
       </w:r>
       <w:r w:rsidR="004B30D5" w:rsidRPr="005536EE">
         <w:t>, if necessary</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1636D4F9" w14:textId="77777777" w:rsidR="0007141F" w:rsidRDefault="006960F2" w:rsidP="00605749">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="71" w:name="_Toc532389369"/>
       <w:bookmarkStart w:id="72" w:name="_Toc532389378"/>
       <w:bookmarkStart w:id="73" w:name="_Death_of_an"/>
-      <w:bookmarkStart w:id="74" w:name="_Toc189644223"/>
+      <w:bookmarkStart w:id="74" w:name="_Toc217910842"/>
       <w:bookmarkEnd w:id="71"/>
       <w:bookmarkEnd w:id="72"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Death of an</w:t>
       </w:r>
       <w:r w:rsidR="0007141F">
         <w:t xml:space="preserve"> Abo</w:t>
       </w:r>
       <w:r w:rsidR="007542E1">
         <w:t xml:space="preserve">riginal </w:t>
       </w:r>
       <w:r>
         <w:t>person</w:t>
       </w:r>
       <w:bookmarkEnd w:id="74"/>
     </w:p>
     <w:p w14:paraId="50950A2E" w14:textId="69E21328" w:rsidR="00FF184B" w:rsidRDefault="00FF184B" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>Where</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> the prisoner was of Aboriginal descent, the next of kin shall be advised that the Superintendent can arrange for the ALS</w:t>
       </w:r>
       <w:r w:rsidR="0027148D">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> to be informed. The purpose of informing ALS</w:t>
       </w:r>
       <w:r w:rsidR="0027148D">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> is to action the protocols developed to independently </w:t>
       </w:r>
       <w:r w:rsidR="00413009">
         <w:t>review</w:t>
       </w:r>
       <w:r w:rsidR="00E14C42" w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> an Aboriginal death in custody. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00B4699F" w14:textId="3C47B331" w:rsidR="00E14C42" w:rsidRDefault="00E14C42" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00E14C42">
         <w:t>In the event that the next of kin requests that ALS</w:t>
       </w:r>
       <w:r w:rsidR="0027148D">
         <w:t>WA</w:t>
       </w:r>
       <w:r w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> be advised, the following protocol</w:t>
       </w:r>
       <w:r w:rsidR="00FF184B">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FF184B">
         <w:t>are</w:t>
       </w:r>
       <w:r w:rsidRPr="00E14C42">
         <w:t xml:space="preserve"> to be implemented:</w:t>
@@ -13132,81 +13055,77 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8312" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A470D7A" w14:textId="77777777" w:rsidR="00390C38" w:rsidRDefault="00390C38" w:rsidP="00D33260">
             <w:r>
               <w:t>Access to the scene of the death and related exhibits are to be at a time suitable to the routine and security of the prison. During this inspection, no discussion is to take place between prisoners and members of the family or their legal representative.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="444DFAE4" w14:textId="77777777" w:rsidR="00CE0160" w:rsidRDefault="008015C5" w:rsidP="00605749">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:bookmarkStart w:id="75" w:name="_Toc532389380"/>
       <w:bookmarkStart w:id="76" w:name="_Toc532389409"/>
       <w:bookmarkStart w:id="77" w:name="_Toc532389413"/>
-      <w:bookmarkStart w:id="78" w:name="_Toc189644224"/>
+      <w:bookmarkStart w:id="78" w:name="_Toc217910843"/>
       <w:bookmarkEnd w:id="75"/>
       <w:bookmarkEnd w:id="76"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:t xml:space="preserve">Prisoner </w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00CE0160">
         <w:t xml:space="preserve">upport </w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00E71A2E">
         <w:t>ervices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="78"/>
       <w:r w:rsidR="00E71A2E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E9ED9BC" w14:textId="77777777" w:rsidR="00071B35" w:rsidRPr="00071B35" w:rsidRDefault="00B323F8" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">At the discretion of the </w:t>
       </w:r>
       <w:r w:rsidR="00E71A2E">
         <w:t>Superintendent</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve">available </w:t>
       </w:r>
       <w:r>
         <w:t>prison support services</w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00C11FD3">
         <w:t>eg</w:t>
@@ -13264,303 +13183,280 @@
       </w:r>
       <w:r w:rsidR="00E35D8F">
         <w:t xml:space="preserve">should be </w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t>consulted</w:t>
       </w:r>
       <w:r w:rsidR="0064675C">
         <w:t xml:space="preserve"> in consideration of cultural and religious requirements to be observed in managing issues for </w:t>
       </w:r>
       <w:r w:rsidR="00E35D8F">
         <w:t>specific prisoner cohorts.</w:t>
       </w:r>
       <w:r w:rsidR="00D76881">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F140A7E" w14:textId="0FF3BA3D" w:rsidR="008015C5" w:rsidRDefault="008015C5" w:rsidP="00040222">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
       </w:pPr>
-      <w:bookmarkStart w:id="79" w:name="_Toc189644225"/>
+      <w:bookmarkStart w:id="79" w:name="_Toc217910844"/>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Staff </w:t>
       </w:r>
       <w:r w:rsidR="00605749">
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t xml:space="preserve">ebrief and </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">upport </w:t>
       </w:r>
       <w:r w:rsidR="00A605AD">
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00E71A2E">
         <w:t>ervices</w:t>
       </w:r>
       <w:bookmarkEnd w:id="79"/>
     </w:p>
     <w:p w14:paraId="2EE34DBB" w14:textId="1B276029" w:rsidR="004C644C" w:rsidRPr="008F640B" w:rsidRDefault="004C644C" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="008F640B">
         <w:t xml:space="preserve">The management of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">post incident </w:t>
       </w:r>
       <w:r w:rsidRPr="008F640B">
         <w:t>debriefs</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and staff support is set out in</w:t>
       </w:r>
       <w:r w:rsidRPr="004C644C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37" w:history="1">
+      <w:hyperlink r:id="rId36" w:history="1">
         <w:r w:rsidRPr="00081250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">COPP 13.1 – Incident Reporting, </w:t>
         </w:r>
         <w:r w:rsidR="00C111BB" w:rsidRPr="00081250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Notification</w:t>
         </w:r>
         <w:r w:rsidR="00043A5A" w:rsidRPr="00081250">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve"> and Communication</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6129BD1F" w14:textId="73620D2E" w:rsidR="00071B35" w:rsidRPr="005536EE" w:rsidRDefault="00B93C2F" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t xml:space="preserve">Superintendent </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">shall </w:t>
       </w:r>
       <w:r w:rsidR="00075B88" w:rsidRPr="005536EE">
         <w:t xml:space="preserve">notify the </w:t>
       </w:r>
       <w:r w:rsidR="00075B88">
         <w:t xml:space="preserve">site based staff support coordinator and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38" w:history="1">
+      <w:hyperlink r:id="rId37" w:history="1">
         <w:r w:rsidR="00075B88" w:rsidRPr="00EF45FA">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Employee Welfare</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00075B88" w:rsidRPr="00EF45FA">
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="00075B88">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ensure </w:t>
       </w:r>
       <w:r w:rsidR="00C96D3A">
         <w:t xml:space="preserve">the support needs of </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">prison </w:t>
       </w:r>
       <w:r w:rsidR="00075B88">
         <w:t xml:space="preserve">officers and </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">staff directly/indirectly dealing with a death in custody are </w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="0069508B" w:rsidRPr="005536EE">
         <w:t>ssess</w:t>
       </w:r>
       <w:r w:rsidRPr="005536EE">
         <w:t>ed</w:t>
       </w:r>
       <w:r w:rsidR="00075B88" w:rsidRPr="005536EE">
         <w:t xml:space="preserve"> and supports put in place where required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19494553" w14:textId="77777777" w:rsidR="00C111BB" w:rsidRDefault="00C96D3A" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="000A194F">
         <w:t>There should be a delay between the initial employee support option</w:t>
       </w:r>
       <w:r w:rsidR="008E0F30" w:rsidRPr="000A194F">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="000A194F">
         <w:t xml:space="preserve"> being </w:t>
       </w:r>
       <w:r w:rsidR="004C644C">
         <w:t>actioned and the operational de</w:t>
       </w:r>
       <w:r w:rsidRPr="000A194F">
         <w:t>brief; they should not be convened directly adjacent to each other.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AF54CAF" w14:textId="77777777" w:rsidR="00C111BB" w:rsidRPr="004153EE" w:rsidRDefault="004C644C" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r>
         <w:t>A formal operational de</w:t>
       </w:r>
       <w:r w:rsidR="00C96D3A" w:rsidRPr="000A194F">
         <w:t xml:space="preserve">brief is not to take place until all incident reports relating to the death are complete. Where necessary, practical and reasonable, staff members involved in managing the death of a prisoner will be provided the option to complete the remainder of their shift in a different location or unit as to where the incident occurred. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F8B8CA6" w14:textId="77777777" w:rsidR="00390C38" w:rsidRPr="00BF1906" w:rsidRDefault="00390C38" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="004470FF">
         <w:t>Staff attending the Coroner</w:t>
       </w:r>
       <w:r w:rsidR="0069508B">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidRPr="004470FF">
         <w:t>s Court shall be made aware of the range of support services available</w:t>
       </w:r>
       <w:r w:rsidR="0069508B">
         <w:t xml:space="preserve"> to them.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="479F8330" w14:textId="045677B8" w:rsidR="00382E25" w:rsidRDefault="00382E25" w:rsidP="00B65EA3">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="851" w:hanging="851"/>
       </w:pPr>
-      <w:bookmarkStart w:id="80" w:name="_Toc189644226"/>
+      <w:bookmarkStart w:id="80" w:name="_Toc217910845"/>
       <w:r>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t>oroner</w:t>
       </w:r>
       <w:r w:rsidR="00EC2931">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="006159A0">
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidR="00F33137">
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:t>indings</w:t>
       </w:r>
       <w:bookmarkEnd w:id="80"/>
     </w:p>
     <w:p w14:paraId="4D789BD5" w14:textId="77D3DB35" w:rsidR="00A62080" w:rsidRPr="00960DF3" w:rsidRDefault="00DB3E3F" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
       <w:r w:rsidRPr="00960DF3">
         <w:t>When requested, t</w:t>
       </w:r>
       <w:r w:rsidR="00173BEF" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve">he </w:t>
       </w:r>
       <w:r w:rsidR="00813675" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve">relevant </w:t>
       </w:r>
       <w:r w:rsidR="00173BEF" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve">Deputy Commissioner shall </w:t>
       </w:r>
       <w:r w:rsidR="00062255" w:rsidRPr="00960DF3">
         <w:t>coordinate provision of</w:t>
       </w:r>
       <w:r w:rsidR="00173BEF" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve"> a report to the Minister for Corrective Services in response to the </w:t>
       </w:r>
       <w:r w:rsidRPr="00960DF3">
         <w:t>Coron</w:t>
@@ -13583,62 +13479,63 @@
       <w:r w:rsidRPr="00960DF3">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00D81F69" w:rsidRPr="00960DF3">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00DB5853" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00390C38" w:rsidRPr="00960DF3">
         <w:t xml:space="preserve">The report shall include comment as to any action taken or proposed as a result of the </w:t>
       </w:r>
       <w:r w:rsidRPr="00960DF3">
         <w:t>recommendation(s).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FF1A97" w14:textId="77777777" w:rsidR="004C41D6" w:rsidRPr="00164669" w:rsidRDefault="004C41D6" w:rsidP="00164669">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="23ABCF06" w14:textId="77777777" w:rsidR="002117A7" w:rsidRDefault="002117A7" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="81" w:name="_Toc189644227"/>
+      <w:bookmarkStart w:id="81" w:name="_Toc217910846"/>
       <w:r w:rsidRPr="002117A7">
+        <w:lastRenderedPageBreak/>
         <w:t>Annexures</w:t>
       </w:r>
       <w:bookmarkEnd w:id="81"/>
     </w:p>
     <w:p w14:paraId="1131ED8D" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="0041769F" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="82" w:name="_Related_COPPS_and"/>
-      <w:bookmarkStart w:id="83" w:name="_Toc189644228"/>
+      <w:bookmarkStart w:id="83" w:name="_Toc217910847"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:t>Related COPPs</w:t>
       </w:r>
       <w:r w:rsidR="003D708E">
         <w:t xml:space="preserve"> and documents</w:t>
       </w:r>
       <w:bookmarkEnd w:id="83"/>
     </w:p>
     <w:p w14:paraId="437301EE" w14:textId="77777777" w:rsidR="00390AE7" w:rsidRPr="005536EE" w:rsidRDefault="00390AE7" w:rsidP="005536EE">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005536EE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>COPPs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E1DDAC8" w14:textId="65ECC511" w:rsidR="00DC2047" w:rsidRPr="00C3434F" w:rsidRDefault="00C3434F" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
@@ -13858,51 +13755,51 @@
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://dojwa.sharepoint.com/sites/intranet/department/standards"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="004150BF" w:rsidRPr="00AF4C00">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>Staff Drug and Alcohol Testing Procedures</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5416A769" w14:textId="77777777" w:rsidR="003D708E" w:rsidRDefault="003D708E" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:bookmarkStart w:id="86" w:name="_Toc2776664"/>
-      <w:bookmarkStart w:id="87" w:name="_Toc189644229"/>
+      <w:bookmarkStart w:id="87" w:name="_Toc217910848"/>
       <w:bookmarkEnd w:id="85"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:t>Definitions and acronyms</w:t>
       </w:r>
       <w:bookmarkEnd w:id="87"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2547"/>
         <w:gridCol w:w="6621"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D708E" w:rsidRPr="000E6F0A" w14:paraId="22058AE3" w14:textId="77777777" w:rsidTr="00164669">
         <w:trPr>
@@ -14225,50 +14122,51 @@
             <w:r w:rsidR="00A46632">
               <w:t xml:space="preserve">of the </w:t>
             </w:r>
             <w:r w:rsidRPr="0050044C">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Prisons Act 1981</w:t>
             </w:r>
             <w:r w:rsidRPr="0050044C">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B406D0" w:rsidRPr="000E6F0A" w14:paraId="5DF1B305" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35DCC7D5" w14:textId="77777777" w:rsidR="00B406D0" w:rsidRDefault="00B406D0" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Coroner</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="71EAF624" w14:textId="53953BE8" w:rsidR="00B406D0" w:rsidRPr="0050044C" w:rsidRDefault="00B406D0" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00B406D0">
               <w:t>Includes the State Coroner and Deputy State Coroner appointed under s</w:t>
             </w:r>
             <w:r w:rsidR="00450DA6">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00164669">
               <w:t>6 and</w:t>
             </w:r>
             <w:r w:rsidRPr="00B406D0">
               <w:t xml:space="preserve"> s</w:t>
             </w:r>
             <w:r w:rsidR="00450DA6">
@@ -14583,78 +14481,99 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>Foreign national</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7DE2AFB2" w14:textId="77777777" w:rsidR="00F94014" w:rsidRPr="0050044C" w:rsidRDefault="00F94014" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
               <w:t>A prisoner who is a citizen of a country other than Australia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C45850" w:rsidRPr="000E6F0A" w14:paraId="5E40F7D4" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E739A28" w14:textId="77777777" w:rsidR="00C45850" w:rsidRPr="00F94014" w:rsidRDefault="00C45850" w:rsidP="00164669">
+          <w:p w14:paraId="1E739A28" w14:textId="4844058E" w:rsidR="00C45850" w:rsidRPr="004B3051" w:rsidRDefault="00873C60" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004B3051">
               <w:rPr>
                 <w:bCs/>
               </w:rPr>
-              <w:t>HS</w:t>
+              <w:t>Justice Health and Wellbeing Service</w:t>
+            </w:r>
+            <w:r w:rsidR="003A3FCC" w:rsidRPr="004B3051">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003A3FCC" w:rsidRPr="004B3051">
+              <w:t>(JHWS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53EDA0DC" w14:textId="31A52536" w:rsidR="00C45850" w:rsidRPr="0050044C" w:rsidRDefault="00C45850" w:rsidP="00164669">
-[...6 lines deleted...]
-            <w:r w:rsidR="001C6885">
+          <w:p w14:paraId="53EDA0DC" w14:textId="0D964A04" w:rsidR="00C45850" w:rsidRPr="004B3051" w:rsidRDefault="003A3FCC" w:rsidP="00164669">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t xml:space="preserve">The Department’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00C45850" w:rsidRPr="004B3051">
+              <w:t xml:space="preserve">Health </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3051">
+              <w:t xml:space="preserve">and Wellbeing </w:t>
+            </w:r>
+            <w:r w:rsidR="00C45850" w:rsidRPr="004B3051">
+              <w:t>Service</w:t>
+            </w:r>
+            <w:r w:rsidR="001C6885" w:rsidRPr="004B3051">
               <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3051">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AF5815" w:rsidRPr="000E6F0A" w14:paraId="5D30ACFB" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D706D08" w14:textId="77777777" w:rsidR="00AF5815" w:rsidRPr="00962380" w:rsidRDefault="00AF5815" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004F7C05">
               <w:t>Life Extinct</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
@@ -14708,50 +14627,51 @@
             <w:r w:rsidR="0008373E">
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C41D6">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>Prisons Act 1981.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F17A6" w14:paraId="32B65BB5" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="099694EA" w14:textId="77777777" w:rsidR="000F17A6" w:rsidRPr="00F65497" w:rsidRDefault="000F17A6" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>Medical Staff</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70DB937F" w14:textId="77777777" w:rsidR="000F17A6" w:rsidRDefault="008E2AE0" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="008E2AE0">
               <w:t>Collective term for Medical Practitioner, Medical Officers and Registered Nurses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006B34D0" w14:paraId="710DD973" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CFE3AC7" w14:textId="10A2776B" w:rsidR="006B34D0" w:rsidRPr="00665616" w:rsidRDefault="006B34D0" w:rsidP="00164669">
             <w:pPr>
@@ -15352,149 +15272,145 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0139F32C" w14:textId="13BDE2D7" w:rsidR="00447434" w:rsidRPr="0050044C" w:rsidRDefault="00DF5E3A" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0050044C">
               <w:t>The Superintendent as defined in s</w:t>
             </w:r>
             <w:r w:rsidR="00BA55E4">
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="0050044C">
               <w:t>36</w:t>
             </w:r>
             <w:r w:rsidR="0008373E">
               <w:t xml:space="preserve"> of the</w:t>
             </w:r>
             <w:r w:rsidRPr="0050044C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidRPr="0050044C">
+                <w:rPr>
+                  <w:i/>
+                </w:rPr>
+                <w:t>Prisons Act 1981</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="0050044C">
+              <w:t xml:space="preserve">  includes any reference to the position responsible for the management of a private prison under Part IIIA</w:t>
+            </w:r>
+            <w:r w:rsidR="0008373E">
+              <w:t xml:space="preserve"> of the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0050044C">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r w:rsidRPr="0050044C">
                 <w:rPr>
                   <w:i/>
                 </w:rPr>
                 <w:t>Prisons Act 1981</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0050044C">
-              <w:t xml:space="preserve">  includes any reference to the position responsible for the management of a private prison under Part IIIA</w:t>
-[...15 lines deleted...]
-            <w:r w:rsidRPr="0050044C">
               <w:t>. Does not extend to the Officer in Charge of a prison</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00447434" w14:paraId="3C2162BF" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="576F09F7" w14:textId="77777777" w:rsidR="00447434" w:rsidRDefault="00447434" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="0098748A">
+              <w:lastRenderedPageBreak/>
               <w:t>Total Offender Management Solution  (TOMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="59DE3197" w14:textId="77777777" w:rsidR="00AF0DCD" w:rsidRPr="006E03D7" w:rsidRDefault="00D8661B" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00D8661B">
               <w:t>An electronic database used by the Department of Corrective Services to record and manage comprehensive information relating to prisoners and detainees.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D5708E" w14:paraId="1929CB47" w14:textId="77777777" w:rsidTr="00164669">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2547" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67D5FAA6" w14:textId="77777777" w:rsidR="00D5708E" w:rsidRPr="0098748A" w:rsidRDefault="00D5708E" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>WA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6621" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="16FD942A" w14:textId="77777777" w:rsidR="00AF0DCD" w:rsidRPr="00E75599" w:rsidDel="00D8661B" w:rsidRDefault="00D5708E" w:rsidP="00164669">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Western Australia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="73682939" w14:textId="77777777" w:rsidR="00164669" w:rsidRDefault="00164669" w:rsidP="00164669"/>
-[...4 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="7E026604" w14:textId="4091BA7B" w:rsidR="00164669" w:rsidRDefault="00164669"/>
     <w:p w14:paraId="3D10A076" w14:textId="77777777" w:rsidR="003D708E" w:rsidRPr="003D708E" w:rsidRDefault="003D708E" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
-      <w:bookmarkStart w:id="88" w:name="_Toc189644230"/>
+      <w:bookmarkStart w:id="88" w:name="_Toc217910849"/>
       <w:r>
         <w:t>Related legislation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="88"/>
     </w:p>
     <w:p w14:paraId="41E8B632" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="004365E2" w:rsidRDefault="00DC7D15" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="283"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004365E2">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>Coroners Act 1996</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17A26226" w14:textId="77777777" w:rsidR="00C111BB" w:rsidRPr="004365E2" w:rsidRDefault="00C111BB" w:rsidP="00174595">
@@ -15580,159 +15496,159 @@
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> Regulation</w:t>
       </w:r>
       <w:r w:rsidR="001C6885" w:rsidRPr="00B051A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B051A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> 1982</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1D5E4BE4" w14:textId="77777777" w:rsidR="00C111BB" w:rsidRPr="00C111BB" w:rsidRDefault="00C111BB" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:bookmarkStart w:id="89" w:name="_Toc178286"/>
       <w:bookmarkStart w:id="90" w:name="_Toc32917338"/>
-      <w:bookmarkStart w:id="91" w:name="_Toc189644231"/>
+      <w:bookmarkStart w:id="91" w:name="_Toc217910850"/>
       <w:r w:rsidRPr="00C111BB">
         <w:t>Assurance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="89"/>
       <w:bookmarkEnd w:id="90"/>
       <w:bookmarkEnd w:id="91"/>
     </w:p>
     <w:p w14:paraId="45921BBB" w14:textId="77777777" w:rsidR="004C0005" w:rsidRPr="004C0005" w:rsidRDefault="004C0005" w:rsidP="004C0005">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
         <w:t>It is expected that:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113EADBA" w14:textId="2E84034A" w:rsidR="004C0005" w:rsidRPr="0041111A" w:rsidRDefault="004C0005" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="0041111A">
         <w:t xml:space="preserve">Prisons will undertake local compliance in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
+      <w:hyperlink r:id="rId40" w:history="1">
         <w:r w:rsidRPr="0041111A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
           <w:t>Compliance Manual</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="0041111A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C9B756A" w14:textId="77777777" w:rsidR="004C0005" w:rsidRPr="0041111A" w:rsidRDefault="004C0005" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="0041111A">
         <w:t xml:space="preserve">The relevant Deputy Commissioner will undertake management oversight as required. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62F429DD" w14:textId="23B8D50D" w:rsidR="004C0005" w:rsidRPr="0041111A" w:rsidRDefault="009C615C" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="0041111A">
         <w:t>Operational Compliance</w:t>
       </w:r>
       <w:r w:rsidR="004C0005" w:rsidRPr="0041111A">
         <w:t xml:space="preserve"> Branch will undertake checks in accordance with the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42" w:history="1">
+      <w:hyperlink r:id="rId41" w:history="1">
         <w:r w:rsidR="006530DA" w:rsidRPr="0041111A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Operational </w:t>
         </w:r>
         <w:r w:rsidR="004C0005" w:rsidRPr="0041111A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsia="Calibri"/>
           </w:rPr>
           <w:t>Compliance Framework</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="004C0005" w:rsidRPr="0041111A">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BF6F2A1" w14:textId="77777777" w:rsidR="00245869" w:rsidRPr="005536EE" w:rsidRDefault="004C0005" w:rsidP="00174595">
+    <w:p w14:paraId="3780A701" w14:textId="77777777" w:rsidR="00A2030D" w:rsidRDefault="004C0005" w:rsidP="00174595">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:ind w:left="1134" w:hanging="283"/>
       </w:pPr>
       <w:r w:rsidRPr="00606FAA">
-        <w:t xml:space="preserve">Independent oversight will be undertaken as required. </w:t>
+        <w:t>Independent oversight will be undertaken as required.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BC6E12E" w14:textId="07AB4D5B" w:rsidR="00245869" w:rsidRDefault="00245869" w:rsidP="00436113">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
-      <w:bookmarkStart w:id="92" w:name="_Toc189644232"/>
+      <w:bookmarkStart w:id="92" w:name="_Toc217910851"/>
       <w:r>
         <w:t xml:space="preserve">Document </w:t>
       </w:r>
       <w:r w:rsidR="00436113">
         <w:t>V</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ersion </w:t>
       </w:r>
       <w:r w:rsidR="00436113">
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:t>istory</w:t>
       </w:r>
       <w:bookmarkEnd w:id="92"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9563" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="57" w:type="dxa"/>
@@ -15797,87 +15713,88 @@
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="11B20DA7" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="007D3C6F" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r w:rsidRPr="007D3C6F">
               <w:t>Date completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="623BFE2C" w14:textId="03FB7342" w:rsidR="00594CAE" w:rsidRPr="007D3C6F" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tableheading"/>
             </w:pPr>
             <w:r>
               <w:t>Effective date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00594CAE" w:rsidRPr="007D3C6F" w14:paraId="10E95ED2" w14:textId="5DE3FFBF" w:rsidTr="00594CAE">
+      <w:tr w:rsidR="00594CAE" w:rsidRPr="007D3C6F" w14:paraId="10E95ED2" w14:textId="5DE3FFBF" w:rsidTr="006C42ED">
         <w:trPr>
-          <w:trHeight w:val="897"/>
+          <w:trHeight w:val="1025"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F1303A8" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>1.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="57801A1F" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68770C26" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="68770C26" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t>Approved by the A/Director Operational Policy Compliance and Contracts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3A19F56E" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>7 July 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ED728AB" w14:textId="0F95BC16" w:rsidR="00594CAE" w:rsidRDefault="00594CAE" w:rsidP="005536EE">
             <w:pPr>
@@ -15901,53 +15818,54 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>2.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3D804F22" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="0088150B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E689B4C" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="0088150B">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="7E689B4C" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t xml:space="preserve">Approved by the </w:t>
             </w:r>
             <w:r>
               <w:t>Commissioner Corrective Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E1AAB8C" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRDefault="00594CAE" w:rsidP="0088150B">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>3 December 2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
@@ -15977,53 +15895,54 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>3.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3677A9C7" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27B90020" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="003B1C47">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="27B90020" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRPr="00D1230B" w:rsidRDefault="00594CAE" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t xml:space="preserve">Approved by the </w:t>
             </w:r>
             <w:r>
               <w:t>Commissioner Corrective Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F469460" w14:textId="77777777" w:rsidR="00594CAE" w:rsidRDefault="00594CAE" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>13 January 2021</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
@@ -16050,53 +15969,54 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>4.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56B8C1D4" w14:textId="1260E898" w:rsidR="004150BF" w:rsidRPr="00BB5964" w:rsidRDefault="00B65EA3" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08F0C41A" w14:textId="448FA223" w:rsidR="004150BF" w:rsidRPr="00BB5964" w:rsidRDefault="00B65EA3" w:rsidP="003B1C47">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="08F0C41A" w14:textId="448FA223" w:rsidR="004150BF" w:rsidRPr="00BB5964" w:rsidRDefault="00B65EA3" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00BB5964">
               <w:t xml:space="preserve">Approved by the </w:t>
             </w:r>
             <w:r>
               <w:t>Commissioner Corrective Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="179FC402" w14:textId="601F2853" w:rsidR="004150BF" w:rsidRDefault="00960DF3" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>12 July 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
@@ -16123,68 +16043,68 @@
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>5.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3C3B7802" w14:textId="7779ECFC" w:rsidR="00C63317" w:rsidRPr="00BB5964" w:rsidRDefault="00C63317" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C63317">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3142373D" w14:textId="0EFCA2B5" w:rsidR="00D43C06" w:rsidRDefault="00C63317" w:rsidP="003B1C47">
+          <w:p w14:paraId="32F3DD87" w14:textId="77777777" w:rsidR="00965F3C" w:rsidRDefault="00C63317" w:rsidP="00965F3C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C63317">
               <w:t xml:space="preserve">Approved by the </w:t>
             </w:r>
             <w:r w:rsidR="005C2DCE">
               <w:t xml:space="preserve">Deputy </w:t>
             </w:r>
             <w:r w:rsidRPr="00C63317">
               <w:t xml:space="preserve">Commissioner </w:t>
             </w:r>
             <w:r w:rsidR="009356AF">
               <w:t>Operational Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5077C77B" w14:textId="6E37603C" w:rsidR="00D43C06" w:rsidRPr="00BB5964" w:rsidRDefault="00D43C06" w:rsidP="00D43C06">
+          <w:p w14:paraId="5077C77B" w14:textId="196E2E53" w:rsidR="00D43C06" w:rsidRPr="00BB5964" w:rsidRDefault="00D43C06" w:rsidP="00965F3C">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>CM ref:</w:t>
             </w:r>
             <w:r w:rsidR="00210CF5">
               <w:t xml:space="preserve"> D23/930890</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1E2CA2F6" w14:textId="3FA7CEA6" w:rsidR="00C63317" w:rsidRDefault="000A4355" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidR="006930E0">
               <w:t xml:space="preserve"> October 2023</w:t>
@@ -16196,85 +16116,87 @@
             <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="317472B6" w14:textId="39CEE6E3" w:rsidR="00C63317" w:rsidRDefault="00C16766" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>10 November 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009356AF" w:rsidRPr="007D3C6F" w14:paraId="15C05E09" w14:textId="77777777" w:rsidTr="00594CAE">
         <w:trPr>
           <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="598B4F88" w14:textId="6445B119" w:rsidR="009356AF" w:rsidRDefault="009356AF" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
+              <w:lastRenderedPageBreak/>
               <w:t>6.0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="50770A0B" w14:textId="17D4C44E" w:rsidR="009356AF" w:rsidRPr="00C63317" w:rsidRDefault="009356AF" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="27B44A99" w14:textId="77777777" w:rsidR="009356AF" w:rsidRDefault="009356AF" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by the Deputy </w:t>
             </w:r>
             <w:r w:rsidR="00200371">
               <w:t>Commissioner Operational Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01C92895" w14:textId="57439B46" w:rsidR="00200371" w:rsidRPr="00C63317" w:rsidRDefault="00200371" w:rsidP="003B1C47">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="01C92895" w14:textId="57439B46" w:rsidR="00200371" w:rsidRPr="00C63317" w:rsidRDefault="00200371" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>CM Ref:</w:t>
             </w:r>
             <w:r w:rsidR="00966877">
               <w:t>D23/1067734</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D2694C7" w14:textId="1B562719" w:rsidR="009356AF" w:rsidRDefault="00112F6E" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00DB4C81">
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> January 2024</w:t>
@@ -16318,53 +16240,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43B8C092" w14:textId="6B5F08A9" w:rsidR="00B21A0C" w:rsidRPr="00C5131E" w:rsidRDefault="00B21A0C" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C5131E">
               <w:t xml:space="preserve">Operational Policy </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C59C5F9" w14:textId="77777777" w:rsidR="00B21A0C" w:rsidRDefault="00B21A0C" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C5131E">
               <w:t xml:space="preserve">Approved by the Assistant Director, Operational Policy </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21C07FC0" w14:textId="0A2E1A62" w:rsidR="00C5131E" w:rsidRPr="00C5131E" w:rsidRDefault="00C5131E" w:rsidP="003B1C47">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="21C07FC0" w14:textId="0A2E1A62" w:rsidR="00C5131E" w:rsidRPr="00C5131E" w:rsidRDefault="00C5131E" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>CM Ref:</w:t>
             </w:r>
             <w:r w:rsidR="007818EB">
               <w:t xml:space="preserve"> D24/388024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70F1B300" w14:textId="48670607" w:rsidR="00B21A0C" w:rsidRPr="00C5131E" w:rsidRDefault="00C5131E" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>3 April 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
@@ -16405,53 +16328,54 @@
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r w:rsidRPr="00C5131E">
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="58D56A92" w14:textId="4279BA98" w:rsidR="003078D2" w:rsidRDefault="00B76B10" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Approved by the </w:t>
             </w:r>
             <w:r w:rsidR="003109A4">
               <w:t xml:space="preserve">Assistant </w:t>
             </w:r>
             <w:r>
               <w:t>Director Operational Policy</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="215753A5" w14:textId="7FC990BD" w:rsidR="00025A68" w:rsidRPr="00C5131E" w:rsidRDefault="00B76B10" w:rsidP="003B1C47">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="215753A5" w14:textId="7FC990BD" w:rsidR="00025A68" w:rsidRPr="00C5131E" w:rsidRDefault="00B76B10" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">CM Ref: </w:t>
             </w:r>
             <w:r w:rsidR="006C47C9">
               <w:t>D24/479366</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2E30A581" w14:textId="173D48B3" w:rsidR="003078D2" w:rsidRDefault="00B76B10" w:rsidP="003B1C47">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>08 March 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
@@ -16486,53 +16410,54 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="702D5B80" w14:textId="7B9AC825" w:rsidR="00B051A1" w:rsidRPr="00C5131E" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DE6FAA3" w14:textId="77777777" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by the Deputy Commissioner, Operational Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="171C3ADC" w14:textId="70872278" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="171C3ADC" w14:textId="70872278" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">CM Ref: </w:t>
             </w:r>
             <w:r w:rsidR="004E1F60">
               <w:t>D25</w:t>
             </w:r>
             <w:r w:rsidR="000F3760">
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="004E1F60">
               <w:t>46208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="310AB90E" w14:textId="6565A172" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>4 December 2024</w:t>
@@ -16576,134 +16501,224 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1837" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E123463" w14:textId="67F7A398" w:rsidR="00B051A1" w:rsidRPr="00C5131E" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Operational Policy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3051" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1156EF15" w14:textId="53EC09CE" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>Approved by the Commissioner, Operational Support</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B70ACC1" w14:textId="3A1BEC22" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00B051A1">
-[...1 lines deleted...]
-              <w:pStyle w:val="Tabledata"/>
+          <w:p w14:paraId="4B70ACC1" w14:textId="3A1BEC22" w:rsidR="00B051A1" w:rsidRDefault="00B051A1" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>CM Ref: D24/927298</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1817" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CA04C71" w14:textId="04688E54" w:rsidR="00B051A1" w:rsidRDefault="00665616" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>1 February 2024</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6CA16D34" w14:textId="598F0A58" w:rsidR="00B051A1" w:rsidRDefault="00E812CC" w:rsidP="00B051A1">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
             <w:r>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00665616">
               <w:t xml:space="preserve"> February 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D073A1" w:rsidRPr="007D3C6F" w14:paraId="25AFA47B" w14:textId="77777777" w:rsidTr="00594CAE">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53767BB0" w14:textId="1EF9CC21" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="00D073A1" w:rsidP="00B051A1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t>11.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1837" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0374040E" w14:textId="6A957EDA" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="00D073A1" w:rsidP="00B051A1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t>Operational Policy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3051" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4613A06D" w14:textId="7DBE0D9D" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="00D073A1" w:rsidP="00B051A1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t>Approved by Deputy Commissioner</w:t>
+            </w:r>
+            <w:r w:rsidR="00723CA9" w:rsidRPr="004B3051">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3051">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B5F90FA" w14:textId="77777777" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="00D073A1" w:rsidP="00B051A1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t>Operational Support</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14CC3CE5" w14:textId="75F0DA22" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="00D073A1" w:rsidP="00965F3C">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+              <w:spacing w:after="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t xml:space="preserve">CM Ref: </w:t>
+            </w:r>
+            <w:r w:rsidR="0027121E" w:rsidRPr="004B3051">
+              <w:t>S25/117685</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A48CC51" w14:textId="4AC2E9B2" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="004B3051" w:rsidP="00B051A1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r w:rsidRPr="004B3051">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B3051">
+              <w:t xml:space="preserve"> December 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1807" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D3494B" w14:textId="661C63CD" w:rsidR="00D073A1" w:rsidRPr="004B3051" w:rsidRDefault="004B3051" w:rsidP="00B051A1">
+            <w:pPr>
+              <w:pStyle w:val="Tabledata"/>
+            </w:pPr>
+            <w:r>
+              <w:t>29 December 2025</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C880362" w14:textId="77777777" w:rsidR="0024575D" w:rsidRDefault="0024575D" w:rsidP="00D05B49"/>
     <w:p w14:paraId="5BE8CB55" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="78E4DC4E" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="16BD34B1" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="1B7DC005" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="62E5F0ED" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="4D11C81B" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="3B574602" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="0DB84749" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="7F94E2E1" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="607E250B" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="485A1160" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="785E95FC" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="501B0BF0" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="2D708F99" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="60136547" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="52759DB0" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="75DC617A" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="61C4E77C" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="1917C90B" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="53F6575A" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
-    <w:p w14:paraId="537F2EBF" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
-[...12 lines deleted...]
-    <w:p w14:paraId="211B1DC6" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="622C9843" w14:textId="77777777" w:rsidR="00B76B10" w:rsidRDefault="00B76B10" w:rsidP="00D05B49"/>
     <w:p w14:paraId="7D4149A6" w14:textId="77A249AA" w:rsidR="00601980" w:rsidRPr="00F60ABD" w:rsidRDefault="0055140D" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
       <w:bookmarkStart w:id="93" w:name="_Appendix_A:_Records"/>
-      <w:bookmarkStart w:id="94" w:name="_Toc189644233"/>
+      <w:bookmarkStart w:id="94" w:name="_Toc217910852"/>
       <w:bookmarkEnd w:id="93"/>
       <w:r w:rsidRPr="00F60ABD">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix A: Records </w:t>
       </w:r>
       <w:r w:rsidR="00925769">
         <w:t>W</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60ABD">
         <w:t xml:space="preserve">hich </w:t>
       </w:r>
       <w:r w:rsidR="002B1C88" w:rsidRPr="00F60ABD">
         <w:t>WA Police Force</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60ABD">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00925769">
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60ABD">
         <w:t xml:space="preserve">ay </w:t>
       </w:r>
       <w:r w:rsidR="00925769">
         <w:t>Re</w:t>
       </w:r>
       <w:r w:rsidRPr="00F60ABD">
         <w:t>quire</w:t>
@@ -16917,53 +16932,54 @@
         <w:t>Photographs</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D0B79CA" w14:textId="77777777" w:rsidR="0024575D" w:rsidRDefault="0024575D" w:rsidP="00F60ABD">
       <w:pPr>
         <w:pStyle w:val="ListBullet"/>
       </w:pPr>
       <w:r w:rsidRPr="0024575D">
         <w:t>Prisoner’s personal correspondence</w:t>
       </w:r>
       <w:r w:rsidR="00F60ABD">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C4C1CB0" w14:textId="77777777" w:rsidR="00FE6572" w:rsidRPr="00F60ABD" w:rsidRDefault="00FE6572" w:rsidP="00F60ABD"/>
     <w:p w14:paraId="3EF571C4" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="00157910" w:rsidRDefault="0024575D" w:rsidP="0024575D">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="691A4058" w14:textId="77777777" w:rsidR="0055140D" w:rsidRDefault="0055140D" w:rsidP="005536EE">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
       <w:bookmarkStart w:id="95" w:name="_Appendix_B:_Additional"/>
-      <w:bookmarkStart w:id="96" w:name="_Toc189644234"/>
+      <w:bookmarkStart w:id="96" w:name="_Toc217910853"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r w:rsidRPr="0055140D">
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix B: Additional Notifications and Reporting</w:t>
       </w:r>
       <w:bookmarkEnd w:id="96"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9360" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3537"/>
         <w:gridCol w:w="5823"/>
       </w:tblGrid>
       <w:tr w:rsidR="0024575D" w14:paraId="2ED26268" w14:textId="77777777" w:rsidTr="00551CEB">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
@@ -17060,51 +17076,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="148DFB28" w14:textId="77777777" w:rsidR="005829D4" w:rsidRDefault="005829D4" w:rsidP="005829D4">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:spacing w:after="0"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25E8E0B6" w14:textId="77777777" w:rsidR="0024575D" w:rsidRPr="009A6DFE" w:rsidRDefault="00D721E5" w:rsidP="00B23E80">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone: (08) 9423 8700</w:t>
             </w:r>
             <w:r w:rsidR="005829D4">
               <w:br/>
             </w:r>
             <w:r w:rsidR="0024575D">
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidR="005829D4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidR="009469DF" w:rsidRPr="00BE1943">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>prisoners</w:t>
               </w:r>
               <w:r w:rsidR="009469DF" w:rsidRPr="00152FAE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                 </w:rPr>
                 <w:t>reviewboardregistrar@justice.wa.gov.au</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0024575D" w14:paraId="044EDC8C" w14:textId="77777777" w:rsidTr="00551CEB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3537" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="393009E2" w14:textId="77777777" w:rsidR="0024575D" w:rsidRDefault="0024575D" w:rsidP="005829D4">
             <w:pPr>
               <w:pStyle w:val="Tabledata"/>
             </w:pPr>
@@ -17157,53 +17173,54 @@
             </w:pPr>
             <w:r>
               <w:t>Telephone: (02) 6250 6127</w:t>
             </w:r>
             <w:r w:rsidR="005829D4">
               <w:br/>
             </w:r>
             <w:r>
               <w:t>Fax: (02) 6250 5920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45010A38" w14:textId="4B493408" w:rsidR="006C6B7F" w:rsidRDefault="006C6B7F" w:rsidP="005829D4"/>
     <w:p w14:paraId="525DFC49" w14:textId="77777777" w:rsidR="006C6B7F" w:rsidRDefault="006C6B7F">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0BC62369" w14:textId="62B1F162" w:rsidR="00245869" w:rsidRPr="00BA22DE" w:rsidRDefault="006C6B7F" w:rsidP="00BA22DE">
       <w:pPr>
         <w:pStyle w:val="H1nonumber"/>
       </w:pPr>
       <w:bookmarkStart w:id="97" w:name="_Appendix_C_–"/>
-      <w:bookmarkStart w:id="98" w:name="_Toc189644235"/>
+      <w:bookmarkStart w:id="98" w:name="_Toc217910854"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r w:rsidRPr="00BA22DE">
+        <w:lastRenderedPageBreak/>
         <w:t>Appendix C – Death of a Prisoner Discharge Procedure</w:t>
       </w:r>
       <w:bookmarkEnd w:id="98"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="DCStable"/>
         <w:tblW w:w="9209" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="85" w:type="dxa"/>
           <w:left w:w="85" w:type="dxa"/>
           <w:bottom w:w="85" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9209"/>
       </w:tblGrid>
       <w:tr w:rsidR="006C6B7F" w:rsidRPr="003246A4" w14:paraId="5DE2B87E" w14:textId="77777777" w:rsidTr="00B667C0">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="211"/>
         </w:trPr>
         <w:tc>
@@ -17343,84 +17360,84 @@
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006C6B7F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>The action ‘confirmation’ appears – select ‘yes’</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="190E8A77" w14:textId="77777777" w:rsidR="006C6B7F" w:rsidRPr="003246A4" w:rsidRDefault="006C6B7F" w:rsidP="00B667C0">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5DCC9BA1" w14:textId="77777777" w:rsidR="006C6B7F" w:rsidRPr="00AB1031" w:rsidRDefault="006C6B7F" w:rsidP="006C6B7F"/>
     <w:p w14:paraId="6141EBF3" w14:textId="77777777" w:rsidR="006C6B7F" w:rsidRPr="006C6B7F" w:rsidRDefault="006C6B7F" w:rsidP="006C6B7F"/>
     <w:sectPr w:rsidR="006C6B7F" w:rsidRPr="006C6B7F" w:rsidSect="00F60ABD">
-      <w:headerReference w:type="even" r:id="rId44"/>
-[...2 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId47"/>
+      <w:headerReference w:type="even" r:id="rId43"/>
+      <w:headerReference w:type="default" r:id="rId44"/>
+      <w:footerReference w:type="default" r:id="rId45"/>
+      <w:headerReference w:type="first" r:id="rId46"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1304" w:bottom="851" w:left="1304" w:header="709" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7C1408A7" w14:textId="77777777" w:rsidR="007F3D86" w:rsidRDefault="007F3D86" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4A8A7280" w14:textId="77777777" w:rsidR="007F3D86" w:rsidRDefault="007F3D86" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -17449,71 +17466,72 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial bold">
+  <w:font w:name="Arial Bold">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gotham">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10BC55C8" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F" w:rsidP="00F60ABD">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="left" w:pos="1095"/>
         <w:tab w:val="left" w:pos="8080"/>
       </w:tabs>
       <w:ind w:right="-461"/>
     </w:pPr>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t xml:space="preserve">The current version of this document is maintained on the </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="C00000"/>
       </w:rPr>
       <w:t>Custodial Ops</w:t>
     </w:r>
     <w:r w:rsidRPr="00627992">
       <w:rPr>
         <w:color w:val="C00000"/>
@@ -17560,51 +17578,51 @@
       <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>23</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="05E34597" w14:textId="77777777" w:rsidR="007F3D86" w:rsidRDefault="007F3D86" w:rsidP="00D06E62">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="197BA30C" w14:textId="77777777" w:rsidR="007F3D86" w:rsidRDefault="007F3D86" w:rsidP="00D06E62">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="7DF89583" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F" w:rsidP="00E91C58">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
@@ -17730,51 +17748,51 @@
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> s.38 and s.39 </w:t>
       </w:r>
       <w:r w:rsidRPr="00B051A1">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Work Health and Safety Act 2020</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C3BF63C" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="34251214" wp14:editId="0D335BEA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
               <wp:wrapNone/>
               <wp:docPr id="7" name="WordArt 8"/>
               <wp:cNvGraphicFramePr>
@@ -17879,51 +17897,51 @@
                         <w:szCs w:val="2"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="000000">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25F921B3" w14:textId="77777777" w:rsidR="0010245F" w:rsidRPr="00C15CE3" w:rsidRDefault="0010245F" w:rsidP="00EA7EAC">
     <w:pPr>
       <w:pStyle w:val="Subtitle"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251677696" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="0659E0E6" wp14:editId="41159692">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
               <wp:wrapNone/>
               <wp:docPr id="5" name="WordArt 9"/>
               <wp:cNvGraphicFramePr>
@@ -18084,174 +18102,174 @@
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2639695" cy="296545"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                              <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:id w:val="-137430788"/>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
                             <w:p w14:paraId="2E2D6F5D" w14:textId="77777777" w:rsidR="0010245F" w:rsidRPr="00464E72" w:rsidRDefault="0010245F" w:rsidP="00857A48">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="743E2FA9" id="Text Box 2" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:8.25pt;margin-top:2.2pt;width:207.85pt;height:23.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAnyCjb/QEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3bcOF1bcVbb3W5V&#10;aXuRtv0AjHGMCgwFEjv9+h1wNhu1b1X9gIDxnJlz5rC5nrQiB+G8BNPQ5SKnRBgOnTS7hv74fv/m&#10;ihIfmOmYAiMaehSeXm9fv9qMthYFDKA64QiCGF+PtqFDCLbOMs8HoZlfgBUGgz04zQIe3S7rHBsR&#10;XausyPN1NoLrrAMuvMfbuzlItwm/7wUPX/vei0BUQ7G3kFaX1jau2XbD6p1jdpD81Ab7hy40kwaL&#10;nqHuWGBk7+RfUFpyBx76sOCgM+h7yUXigGyW+R9sHgdmReKC4nh7lsn/P1j+5fBovzkSpvcw4QAT&#10;CW8fgP/0xMDtwMxO3DgH4yBYh4WXUbJstL4+pUapfe0jSDt+hg6HzPYBEtDUOx1VQZ4E0XEAx7Po&#10;YgqE42Wxflutq5ISjrGiWperMpVg9XO2dT58FKBJ3DTU4VATOjs8+BC7YfXzL7GYgXupVBqsMmRs&#10;aFUWZUq4iGgZ0HdK6oZe5fGbnRBJfjBdSg5MqnmPBZQ5sY5EZ8phaiciO2w65kYRWuiOKIOD2Wb4&#10;LHAzgPtNyYgWa6j/tWdOUKI+GZSyWq5W0ZPpsCrfFXhwl5H2MsIMR6iGBkrm7W1IPp4p36DkvUxq&#10;vHRyahmtk0Q62Tx68/Kc/np5jNsnAAAA//8DAFBLAwQUAAYACAAAACEAqfgxVtsAAAAHAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyOTU/DMBBE70j9D9YicaN2QlJBiFNVIK5UlA+Jmxtvk4h4HcVuE/49&#10;2xM9jmb05pXr2fXihGPoPGlIlgoEUu1tR42Gj/eX23sQIRqypveEGn4xwLpaXJWmsH6iNzztYiMY&#10;QqEwGtoYh0LKULfoTFj6AYm7gx+diRzHRtrRTAx3vUyVWklnOuKH1gz41GL9szs6DZ+vh++vTG2b&#10;Z5cPk5+VJPcgtb65njePICLO8X8MZ31Wh4qd9v5INoie8yrnpYYsA8F1dpemIPYa8iQBWZXy0r/6&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACfIKNv9AQAA1AMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKn4MVbbAAAABwEAAA8AAAAAAAAAAAAA&#10;AAAAVwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="-137430788"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="2E2D6F5D" w14:textId="77777777" w:rsidR="0010245F" w:rsidRPr="00464E72" w:rsidRDefault="0010245F" w:rsidP="00857A48">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00C15CE3">
       <w:t>Policy and Procedure</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="351DE91A" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D1F1529" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="008114B3">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="56"/>
         <w:szCs w:val="56"/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="63B7720E" wp14:editId="0F9F76EE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>181610</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>287655</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1647825" cy="296545"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -18265,141 +18283,141 @@
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1647825" cy="296545"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="9525">
                         <a:noFill/>
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:sdt>
                           <w:sdtPr>
                             <w:rPr>
-                              <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                              <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                               <w:b/>
                               <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             </w:rPr>
                             <w:id w:val="1242679275"/>
                           </w:sdtPr>
                           <w:sdtEndPr>
                             <w:rPr>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:sdtEndPr>
                           <w:sdtContent>
                             <w:p w14:paraId="0BA5742E" w14:textId="77777777" w:rsidR="0010245F" w:rsidRPr="00464E72" w:rsidRDefault="0010245F" w:rsidP="008D51C1">
                               <w:pPr>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                               </w:pPr>
                               <w:r>
                                 <w:rPr>
-                                  <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                                  <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                                   <w:b/>
                                   <w:color w:val="FFFFFF" w:themeColor="background1"/>
                                   <w:sz w:val="20"/>
                                   <w:szCs w:val="20"/>
                                 </w:rPr>
                                 <w:t>Corrective Services</w:t>
                               </w:r>
                             </w:p>
                           </w:sdtContent>
                         </w:sdt>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="63B7720E" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:14.3pt;margin-top:22.65pt;width:129.75pt;height:23.35pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBWUuY++wEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X5x4SZpYIVXXrtOk&#10;7kPq9gMIxjEacBmQ2Nmv7wW7adS9TfMD4vrCufece9hc90aTo/RBgWV0NplSIq2AWtk9oz9/3L9b&#10;URIitzXXYCWjJxno9fbtm03nKllCC7qWniCIDVXnGG1jdFVRBNFKw8MEnLSYbMAbHjH0+6L2vEN0&#10;o4tyOl0WHfjaeRAyBPx7NyTpNuM3jRTxW9MEGYlmFHuLefV53aW12G54tffctUqMbfB/6MJwZbHo&#10;GeqOR04OXv0FZZTwEKCJEwGmgKZRQmYOyGY2fcXmseVOZi4oTnBnmcL/gxVfj4/uuyex/wA9DjCT&#10;CO4BxK9ALNy23O7ljffQtZLXWHiWJCs6F6rxapI6VCGB7LovUOOQ+SFCBuobb5IqyJMgOg7gdBZd&#10;9pGIVHI5v1qVC0oE5sr1cjFf5BK8er7tfIifJBiSNox6HGpG58eHEFM3vHo+kopZuFda58FqSzpG&#10;1wuEf5UxKqLvtDKMrqbpG5yQSH60db4cudLDHgtoO7JORAfKsd/1RNWMvk93kwg7qE8og4fBZvgs&#10;cNOC/0NJhxZjNPw+cC8p0Z8tSrmezefJkzmYL65KDPxlZneZ4VYgFKORkmF7G7OPB2I3KHmjshov&#10;nYwto3WySKPNkzcv43zq5TFunwAAAP//AwBQSwMEFAAGAAgAAAAhAC0WhNHdAAAACAEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0FPwkAUhO8m/IfNM/Emu1QgpfSVEI1XjYAm3Jbuo23svm26C63/3vUk&#10;x8lMZr7JN6NtxZV63zhGmE0VCOLSmYYrhMP+9TEF4YNmo1vHhPBDHjbF5C7XmXEDf9B1FyoRS9hn&#10;GqEOocuk9GVNVvup64ijd3a91SHKvpKm10Mst61MlFpKqxuOC7Xu6Lmm8nt3sQifb+fj11y9Vy92&#10;0Q1uVJLtSiI+3I/bNYhAY/gPwx9+RIciMp3chY0XLUKSLmMSYb54AhH9JE1nIE4Iq0SBLHJ5e6D4&#10;BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFZS5j77AQAA1AMAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAC0WhNHdAAAACAEAAA8AAAAAAAAAAAAA&#10;AAAAVQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABfBQAAAAA=&#10;" filled="f" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:sdt>
                     <w:sdtPr>
                       <w:rPr>
-                        <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                        <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                         <w:b/>
                         <w:color w:val="FFFFFF" w:themeColor="background1"/>
                       </w:rPr>
                       <w:id w:val="1242679275"/>
                     </w:sdtPr>
                     <w:sdtEndPr>
                       <w:rPr>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:sdtEndPr>
                     <w:sdtContent>
                       <w:p w14:paraId="0BA5742E" w14:textId="77777777" w:rsidR="0010245F" w:rsidRPr="00464E72" w:rsidRDefault="0010245F" w:rsidP="008D51C1">
                         <w:pPr>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                         </w:pPr>
                         <w:r>
                           <w:rPr>
-                            <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+                            <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
                             <w:b/>
                             <w:color w:val="FFFFFF" w:themeColor="background1"/>
                             <w:sz w:val="20"/>
                             <w:szCs w:val="20"/>
                           </w:rPr>
                           <w:t>Corrective Services</w:t>
                         </w:r>
                       </w:p>
                     </w:sdtContent>
                   </w:sdt>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="73A234E4" wp14:editId="30D40404">
@@ -18543,51 +18561,51 @@
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="50AAEA97" id="Text Box 21" o:spid="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:201.8pt;margin-top:3.15pt;width:312.75pt;height:42.75pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBX9JGabQIAAEQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X52kSbsEcYqsRYcB&#10;RVusHXpWZCkxJouaxMTOfn0p2U6CbpcOu0iU+Ejx8UPzq6YybKd8KMHmfHg24ExZCUVp1zn/8Xz7&#10;6TNnAYUthAGrcr5XgV8tPn6Y126mRrABUyjPyIkNs9rlfIPoZlkW5EZVIpyBU5aUGnwlkI5+nRVe&#10;1OS9MtloMLjIavCF8yBVCHR70yr5IvnXWkl80DooZCbnFBum1ad1FddsMReztRduU8ouDPEPUVSi&#10;tPTowdWNQMG2vvzDVVVKDwE0nkmoMtC6lCpxIDbDwRs2TxvhVOJCyQnukKbw/9zK+92Te/QMmy/Q&#10;UAFjQmoXZoEuI59G+yruFCkjPaVwf0ibapBJujyfXg6nowlnknST8SjK5CY7Wjsf8KuCikUh557K&#10;krIldncBW2gPiY9ZuC2NSaUxltU5vzifDJLBQUPOjY1YlYrcuTlGniTcGxUxxn5XmpVFIhAvUnup&#10;a+PZTlBjCCmVxcQ9+SV0RGkK4j2GHf4Y1XuMWx79y2DxYFyVFnxi/ybs4mcfsm7xlPMT3lHEZtUQ&#10;8ZyP+8KuoNhTvT20oxCcvC2pKHci4KPw1PtUYppnfKBFG6DkQydxtgH/+2/3EU8tSVrOapqlnIdf&#10;W+EVZ+abpWadDsfjOHzpMJ5cjujgTzWrU43dVtdAVRnSz+FkEiMeTS9qD9ULjf0yvkoqYSW9nXPs&#10;xWtsJ5y+DamWywSicXMC7+yTk9F1LFJsuefmRXjX9SVSR99DP3Vi9qY9W2y0tLDcIugy9W7Mc5vV&#10;Lv80qqn7u28l/gWn54Q6fn6LVwAAAP//AwBQSwMEFAAGAAgAAAAhANqyJrbhAAAACQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMjzFPwzAUhHck/oP1KrFROylEaYhTVZEqJARDSxc2J35NosbPIXbbwK/H&#10;ncp4utPdd/lqMj074+g6SxKiuQCGVFvdUSNh/7l5TIE5r0ir3hJK+EEHq+L+LleZthfa4nnnGxZK&#10;yGVKQuv9kHHu6haNcnM7IAXvYEejfJBjw/WoLqHc9DwWIuFGdRQWWjVg2WJ93J2MhLdy86G2VWzS&#10;3758fT+sh+/917OUD7Np/QLM4+RvYbjiB3QoAlNlT6Qd6yU8iUUSohKSBbCrL+JlBKySsIxS4EXO&#10;/z8o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBX9JGabQIAAEQFAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDasia24QAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAMcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA1QUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="31319067" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F" w:rsidP="00B937D8">
                     <w:pPr>
                       <w:pStyle w:val="Publicationtitle"/>
                     </w:pPr>
                     <w:r>
                       <w:t>Commissioner’s Operating Policy and Procedure (COPP)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="28A9BAA6" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="54D5B8F3" wp14:editId="262520FD">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="WordArt 11"/>
               <wp:cNvGraphicFramePr>
@@ -18692,120 +18710,123 @@
                         <w:szCs w:val="2"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="000000">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="12627FD7" w14:textId="596C2F06" w:rsidR="0010245F" w:rsidRPr="000F5404" w:rsidRDefault="0010245F" w:rsidP="004D040B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="12627FD7" w14:textId="7D9D3526" w:rsidR="0010245F" w:rsidRPr="000F5404" w:rsidRDefault="0010245F" w:rsidP="004D040B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="4" w:space="3" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:r w:rsidRPr="000F5404">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="000F5404">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:instrText xml:space="preserve"> STYLEREF  Title  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="000F5404">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00490B2E" w:rsidRPr="00490B2E">
+    <w:r w:rsidR="007A0BB8" w:rsidRPr="007A0BB8">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:t>COPP 13.2 Death of</w:t>
     </w:r>
-    <w:r w:rsidR="00490B2E">
+    <w:r w:rsidR="007A0BB8">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> a Prisoner</w:t>
     </w:r>
     <w:r w:rsidRPr="000F5404">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="000F5404">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t xml:space="preserve">v </w:t>
     </w:r>
-    <w:r w:rsidR="00B25A51">
-      <w:t>10</w:t>
+    <w:r w:rsidR="00B25A51" w:rsidRPr="00FA4237">
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="0044652E">
+    <w:r w:rsidR="003859FC" w:rsidRPr="00FA4237">
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="0044652E" w:rsidRPr="00FA4237">
       <w:t>.0</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6B10081F" w14:textId="77777777" w:rsidR="0010245F" w:rsidRDefault="0010245F">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251679744" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="796F5429" wp14:editId="3EFCA952">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionV>
               <wp:extent cx="7900670" cy="315595"/>
               <wp:effectExtent l="0" t="2714625" r="0" b="2684780"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="WordArt 10"/>
               <wp:cNvGraphicFramePr>
@@ -18910,91 +18931,204 @@
                         <w:szCs w:val="2"/>
                         <w14:textFill>
                           <w14:solidFill>
                             <w14:srgbClr w14:val="000000">
                               <w14:alpha w14:val="50000"/>
                             </w14:srgbClr>
                           </w14:solidFill>
                         </w14:textFill>
                       </w:rPr>
                       <w:t>Draft and not for further dissemination until approved</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin" anchory="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B7941820"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="ABB0EFC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="00D10980"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="44643D98"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="027D1383"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A6FCB4E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19090,51 +19224,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02E23CFB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7506DBEC"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="765" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1485" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19203,51 +19337,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5805" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6525" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05B8113D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4F0B746"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="576" w:hanging="576"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
@@ -19307,51 +19441,51 @@
       <w:pPr>
         <w:ind w:left="1296" w:hanging="1296"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading8"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading9"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="12D7733E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="29367A0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -19420,51 +19554,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ED93334"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1F847FBE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -19560,51 +19694,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="293472DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB380AF8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="780" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1500" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19673,51 +19807,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5820" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="336036FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C06A3FBA"/>
     <w:lvl w:ilvl="0" w:tplc="412CA9F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -19760,51 +19894,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="360402CB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE3EF942"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -19873,51 +20007,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="418D018D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="29367A0A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1146"/>
         </w:tabs>
         <w:ind w:left="1146" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="720"/>
@@ -19986,51 +20120,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457A1D90"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBCAD814"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20099,51 +20233,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="50B913C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A1305D06"/>
     <w:lvl w:ilvl="0" w:tplc="A85C7A42">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber2"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1475" w:hanging="340"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:outline w:val="0"/>
         <w:shadow w:val="0"/>
         <w:emboss w:val="0"/>
@@ -20236,51 +20370,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6261" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6981" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7701" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54365E05"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D128822C"/>
     <w:lvl w:ilvl="0" w:tplc="DC868806">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="113" w:hanging="113"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -20325,51 +20459,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58E64AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B5900DBA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20438,51 +20572,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F033AB6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="52F2A418"/>
     <w:lvl w:ilvl="0" w:tplc="5C2C72D4">
       <w:start w:val="2"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1855" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -20527,51 +20661,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F3372B0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9E6A274"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1724" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2444" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20640,51 +20774,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6764" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7484" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="632542EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E51C29F6"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20753,51 +20887,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="668D7C9D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE185220"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -20866,51 +21000,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AEF31B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C896C728"/>
     <w:lvl w:ilvl="0" w:tplc="1ABA9536">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1855" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2575" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -20955,51 +21089,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6175" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6895" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7615" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70511F3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2DAC224"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -21041,51 +21175,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="794F1C71"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="116CB7A6"/>
     <w:lvl w:ilvl="0" w:tplc="17C2BCA8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1855" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
@@ -21131,397 +21265,404 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1093362084">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="491871691">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="960457213">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1213076430">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1675768305">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="324628644">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1944655163">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="742096866">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="2052991777">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1370257020">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="542405862">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="836772772">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1725595085">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="832067238">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1676760334">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="94908036">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="341585602">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1570534733">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1864394470">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="480925700">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2034108547">
-    <w:abstractNumId w:val="21"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="552811087">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="905146281">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="925185596">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="2024628989">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="563956245">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1944800814">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="1678187239">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1678187239">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="29" w16cid:durableId="1014184700">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="361594179">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="44305769">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1925338658">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1897735020">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="740326419">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1725057377">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="1823504717">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="2145543290">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1569144774">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1815635217">
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="22"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1728" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="TVaZsasR8bbaw54bRWLRvRNPY+GGcPJ6aBWfWMW/8Y/PO+cPdHr7+d2ywfb5wloBu1MvY9xAcq30UUgMOmYcjg==" w:salt="5IybR7KiHVFV5PMyonZCHw=="/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NSsI0uzai81ndx6f7NzJ7D5n+sdp55lKKr/Aw6Xc3yftXOXowEpLzGUzaqD5b+MA+c09+Kpl3PwS6KcphuoUzw==" w:salt="nxXRqJvJ2ZM9gup+ZBXTTQ=="/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="ManualSave" w:val="Y"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A802ED"/>
     <w:rsid w:val="000006B9"/>
     <w:rsid w:val="0000281D"/>
     <w:rsid w:val="00003765"/>
     <w:rsid w:val="00005938"/>
     <w:rsid w:val="000068E8"/>
     <w:rsid w:val="00007C33"/>
     <w:rsid w:val="000107DF"/>
+    <w:rsid w:val="0001084D"/>
     <w:rsid w:val="000150E4"/>
     <w:rsid w:val="00016841"/>
     <w:rsid w:val="000208A3"/>
     <w:rsid w:val="00022D5B"/>
     <w:rsid w:val="000235B5"/>
     <w:rsid w:val="00023844"/>
     <w:rsid w:val="00023FEE"/>
     <w:rsid w:val="000243C1"/>
     <w:rsid w:val="00024923"/>
     <w:rsid w:val="00025A68"/>
     <w:rsid w:val="00027E1A"/>
     <w:rsid w:val="00030B99"/>
     <w:rsid w:val="00030ED1"/>
     <w:rsid w:val="0003179C"/>
     <w:rsid w:val="00033F0E"/>
     <w:rsid w:val="00034C4C"/>
     <w:rsid w:val="000363EB"/>
+    <w:rsid w:val="00036C6C"/>
     <w:rsid w:val="00036CCA"/>
     <w:rsid w:val="00040222"/>
     <w:rsid w:val="00040794"/>
     <w:rsid w:val="00041958"/>
     <w:rsid w:val="00042B8A"/>
     <w:rsid w:val="000439AB"/>
     <w:rsid w:val="00043A5A"/>
     <w:rsid w:val="00043C1D"/>
     <w:rsid w:val="00043E15"/>
     <w:rsid w:val="000440D3"/>
     <w:rsid w:val="000451BC"/>
     <w:rsid w:val="00045F51"/>
     <w:rsid w:val="00050D16"/>
     <w:rsid w:val="00051B28"/>
     <w:rsid w:val="00052083"/>
     <w:rsid w:val="000528CF"/>
     <w:rsid w:val="00053F01"/>
     <w:rsid w:val="00054165"/>
     <w:rsid w:val="00054CB1"/>
     <w:rsid w:val="0005645A"/>
     <w:rsid w:val="000567DC"/>
     <w:rsid w:val="000610E1"/>
     <w:rsid w:val="000616CE"/>
     <w:rsid w:val="00061F62"/>
     <w:rsid w:val="00062084"/>
@@ -21538,1140 +21679,1218 @@
     <w:rsid w:val="0007141F"/>
     <w:rsid w:val="00071421"/>
     <w:rsid w:val="00071917"/>
     <w:rsid w:val="00071B35"/>
     <w:rsid w:val="00072090"/>
     <w:rsid w:val="0007403F"/>
     <w:rsid w:val="000755EE"/>
     <w:rsid w:val="00075749"/>
     <w:rsid w:val="00075B88"/>
     <w:rsid w:val="00077570"/>
     <w:rsid w:val="00080C32"/>
     <w:rsid w:val="00080EF2"/>
     <w:rsid w:val="00081250"/>
     <w:rsid w:val="0008176D"/>
     <w:rsid w:val="0008373E"/>
     <w:rsid w:val="0008737F"/>
     <w:rsid w:val="00090297"/>
     <w:rsid w:val="00090406"/>
     <w:rsid w:val="00091672"/>
     <w:rsid w:val="00091862"/>
     <w:rsid w:val="000925A5"/>
     <w:rsid w:val="000925D0"/>
     <w:rsid w:val="00094B8B"/>
     <w:rsid w:val="00094F50"/>
     <w:rsid w:val="000952A9"/>
+    <w:rsid w:val="00095D8A"/>
     <w:rsid w:val="00095F49"/>
     <w:rsid w:val="00097604"/>
     <w:rsid w:val="00097BFC"/>
     <w:rsid w:val="000A013B"/>
     <w:rsid w:val="000A1507"/>
     <w:rsid w:val="000A194F"/>
     <w:rsid w:val="000A1D49"/>
     <w:rsid w:val="000A28CE"/>
     <w:rsid w:val="000A4212"/>
     <w:rsid w:val="000A4355"/>
     <w:rsid w:val="000A51F5"/>
     <w:rsid w:val="000A5DE8"/>
     <w:rsid w:val="000A6FC1"/>
     <w:rsid w:val="000B2469"/>
     <w:rsid w:val="000B364C"/>
     <w:rsid w:val="000B6320"/>
     <w:rsid w:val="000B6BFA"/>
     <w:rsid w:val="000B72C6"/>
     <w:rsid w:val="000C21C7"/>
     <w:rsid w:val="000C42B4"/>
     <w:rsid w:val="000C6EB0"/>
     <w:rsid w:val="000D008C"/>
     <w:rsid w:val="000D0BF2"/>
+    <w:rsid w:val="000D1720"/>
     <w:rsid w:val="000D4096"/>
     <w:rsid w:val="000D49DF"/>
     <w:rsid w:val="000D4C48"/>
     <w:rsid w:val="000D69A3"/>
     <w:rsid w:val="000E0B70"/>
     <w:rsid w:val="000E22C7"/>
     <w:rsid w:val="000E2449"/>
     <w:rsid w:val="000E254C"/>
+    <w:rsid w:val="000E4AFB"/>
     <w:rsid w:val="000E7C6A"/>
     <w:rsid w:val="000F12F4"/>
     <w:rsid w:val="000F17A6"/>
     <w:rsid w:val="000F3760"/>
     <w:rsid w:val="000F5404"/>
+    <w:rsid w:val="000F5681"/>
     <w:rsid w:val="000F5B50"/>
     <w:rsid w:val="000F5BA2"/>
     <w:rsid w:val="000F6102"/>
     <w:rsid w:val="000F6C6F"/>
     <w:rsid w:val="000F70F8"/>
     <w:rsid w:val="000F7531"/>
     <w:rsid w:val="00100C63"/>
     <w:rsid w:val="00100C87"/>
     <w:rsid w:val="00101264"/>
     <w:rsid w:val="00102072"/>
     <w:rsid w:val="0010245F"/>
     <w:rsid w:val="001035D6"/>
     <w:rsid w:val="00103D5D"/>
     <w:rsid w:val="0010638A"/>
+    <w:rsid w:val="0010740D"/>
     <w:rsid w:val="00110A4A"/>
     <w:rsid w:val="00112F6E"/>
     <w:rsid w:val="001130BD"/>
     <w:rsid w:val="00113600"/>
     <w:rsid w:val="0011377D"/>
     <w:rsid w:val="001154B5"/>
     <w:rsid w:val="001158E9"/>
     <w:rsid w:val="00116340"/>
     <w:rsid w:val="00116470"/>
     <w:rsid w:val="00122EF7"/>
     <w:rsid w:val="001244E7"/>
     <w:rsid w:val="00126611"/>
     <w:rsid w:val="00131037"/>
     <w:rsid w:val="00131AF4"/>
     <w:rsid w:val="00131B31"/>
     <w:rsid w:val="00132C50"/>
     <w:rsid w:val="0013371B"/>
     <w:rsid w:val="00133D17"/>
     <w:rsid w:val="00134076"/>
     <w:rsid w:val="001367F4"/>
     <w:rsid w:val="00136831"/>
     <w:rsid w:val="00137723"/>
     <w:rsid w:val="00144A1B"/>
     <w:rsid w:val="00144F88"/>
     <w:rsid w:val="00145EB1"/>
     <w:rsid w:val="00146739"/>
     <w:rsid w:val="001467DF"/>
     <w:rsid w:val="00146AC4"/>
     <w:rsid w:val="00150099"/>
     <w:rsid w:val="00152FAE"/>
     <w:rsid w:val="00152FD0"/>
     <w:rsid w:val="001530F4"/>
     <w:rsid w:val="00153C7C"/>
     <w:rsid w:val="00153C87"/>
     <w:rsid w:val="001553CE"/>
     <w:rsid w:val="00155864"/>
     <w:rsid w:val="001565A9"/>
     <w:rsid w:val="00157910"/>
     <w:rsid w:val="001616D1"/>
     <w:rsid w:val="00162834"/>
     <w:rsid w:val="00163610"/>
+    <w:rsid w:val="00163EEF"/>
+    <w:rsid w:val="00164470"/>
     <w:rsid w:val="00164669"/>
     <w:rsid w:val="001660E4"/>
     <w:rsid w:val="00166BBE"/>
     <w:rsid w:val="00167676"/>
     <w:rsid w:val="001706DD"/>
     <w:rsid w:val="00170BE5"/>
     <w:rsid w:val="00173BEF"/>
     <w:rsid w:val="00174595"/>
     <w:rsid w:val="00175187"/>
     <w:rsid w:val="001757E8"/>
     <w:rsid w:val="00175EC7"/>
     <w:rsid w:val="00176ADD"/>
     <w:rsid w:val="001777A3"/>
+    <w:rsid w:val="001817C4"/>
     <w:rsid w:val="0018384C"/>
+    <w:rsid w:val="0018442A"/>
     <w:rsid w:val="00184CCF"/>
     <w:rsid w:val="001873AE"/>
     <w:rsid w:val="0019071F"/>
     <w:rsid w:val="001914B8"/>
     <w:rsid w:val="0019242B"/>
     <w:rsid w:val="00193880"/>
+    <w:rsid w:val="001939CD"/>
     <w:rsid w:val="00193CA6"/>
     <w:rsid w:val="00195C06"/>
     <w:rsid w:val="00196A3C"/>
     <w:rsid w:val="00197FB0"/>
     <w:rsid w:val="001A387D"/>
     <w:rsid w:val="001A4EEC"/>
     <w:rsid w:val="001A5678"/>
     <w:rsid w:val="001B121A"/>
     <w:rsid w:val="001B14E9"/>
     <w:rsid w:val="001B1E56"/>
     <w:rsid w:val="001B2671"/>
     <w:rsid w:val="001B2F72"/>
     <w:rsid w:val="001B63E7"/>
     <w:rsid w:val="001C1216"/>
     <w:rsid w:val="001C240D"/>
     <w:rsid w:val="001C2C4A"/>
     <w:rsid w:val="001C43D6"/>
     <w:rsid w:val="001C4D8B"/>
     <w:rsid w:val="001C500D"/>
     <w:rsid w:val="001C5C95"/>
     <w:rsid w:val="001C5D3B"/>
     <w:rsid w:val="001C6885"/>
     <w:rsid w:val="001C6EED"/>
     <w:rsid w:val="001D1293"/>
     <w:rsid w:val="001D1876"/>
     <w:rsid w:val="001D2BDC"/>
     <w:rsid w:val="001D3128"/>
     <w:rsid w:val="001D4280"/>
     <w:rsid w:val="001D437E"/>
     <w:rsid w:val="001D5F45"/>
     <w:rsid w:val="001E0DC7"/>
     <w:rsid w:val="001E1184"/>
     <w:rsid w:val="001E1E04"/>
     <w:rsid w:val="001E67A3"/>
+    <w:rsid w:val="001E7C2F"/>
     <w:rsid w:val="001F0E21"/>
     <w:rsid w:val="001F20CC"/>
     <w:rsid w:val="001F3291"/>
     <w:rsid w:val="001F4219"/>
     <w:rsid w:val="001F42D7"/>
     <w:rsid w:val="001F431B"/>
     <w:rsid w:val="001F490D"/>
     <w:rsid w:val="00200371"/>
     <w:rsid w:val="00201A83"/>
     <w:rsid w:val="00201CFE"/>
     <w:rsid w:val="002031F6"/>
     <w:rsid w:val="00203D6A"/>
     <w:rsid w:val="00203FB5"/>
     <w:rsid w:val="002057FA"/>
     <w:rsid w:val="00205E91"/>
     <w:rsid w:val="002069B9"/>
     <w:rsid w:val="00210076"/>
     <w:rsid w:val="00210CF5"/>
     <w:rsid w:val="002117A7"/>
     <w:rsid w:val="00212CA0"/>
     <w:rsid w:val="0021428C"/>
     <w:rsid w:val="0021543C"/>
     <w:rsid w:val="00216EC9"/>
     <w:rsid w:val="002178FA"/>
     <w:rsid w:val="00220B25"/>
     <w:rsid w:val="00220E43"/>
     <w:rsid w:val="00225852"/>
     <w:rsid w:val="00233908"/>
     <w:rsid w:val="00236E26"/>
     <w:rsid w:val="0024113B"/>
     <w:rsid w:val="002413C6"/>
     <w:rsid w:val="002423A9"/>
+    <w:rsid w:val="00242FE5"/>
     <w:rsid w:val="00243BC6"/>
     <w:rsid w:val="0024575D"/>
     <w:rsid w:val="002457AA"/>
     <w:rsid w:val="00245869"/>
+    <w:rsid w:val="00247324"/>
     <w:rsid w:val="00247526"/>
     <w:rsid w:val="00247DDC"/>
     <w:rsid w:val="00250C62"/>
     <w:rsid w:val="002515D6"/>
     <w:rsid w:val="00253041"/>
     <w:rsid w:val="00253757"/>
     <w:rsid w:val="002538EE"/>
     <w:rsid w:val="002539D2"/>
     <w:rsid w:val="00254316"/>
     <w:rsid w:val="002549E7"/>
     <w:rsid w:val="0025565E"/>
     <w:rsid w:val="002560F4"/>
     <w:rsid w:val="00256F45"/>
     <w:rsid w:val="00261BF9"/>
     <w:rsid w:val="00261E82"/>
     <w:rsid w:val="00263688"/>
     <w:rsid w:val="0026540D"/>
     <w:rsid w:val="002670B2"/>
     <w:rsid w:val="00267655"/>
+    <w:rsid w:val="0027121E"/>
     <w:rsid w:val="0027148D"/>
+    <w:rsid w:val="00271856"/>
     <w:rsid w:val="00272244"/>
     <w:rsid w:val="002727B9"/>
     <w:rsid w:val="002729ED"/>
     <w:rsid w:val="0027478D"/>
     <w:rsid w:val="00275F18"/>
     <w:rsid w:val="0027609B"/>
     <w:rsid w:val="00276997"/>
     <w:rsid w:val="00276A3E"/>
     <w:rsid w:val="00277A35"/>
     <w:rsid w:val="0028053C"/>
     <w:rsid w:val="00280E12"/>
+    <w:rsid w:val="00281BEF"/>
     <w:rsid w:val="00282EFA"/>
     <w:rsid w:val="00284C2D"/>
     <w:rsid w:val="00285795"/>
     <w:rsid w:val="0028797D"/>
     <w:rsid w:val="002921DA"/>
     <w:rsid w:val="00292E06"/>
     <w:rsid w:val="00293163"/>
     <w:rsid w:val="002933A3"/>
     <w:rsid w:val="00293474"/>
     <w:rsid w:val="00293BD4"/>
     <w:rsid w:val="00295D19"/>
     <w:rsid w:val="00296367"/>
     <w:rsid w:val="00297525"/>
     <w:rsid w:val="00297A15"/>
     <w:rsid w:val="002A06B2"/>
     <w:rsid w:val="002A17A4"/>
     <w:rsid w:val="002A192C"/>
     <w:rsid w:val="002A3140"/>
     <w:rsid w:val="002A35CF"/>
     <w:rsid w:val="002A4F6C"/>
     <w:rsid w:val="002A51B8"/>
     <w:rsid w:val="002A58BD"/>
     <w:rsid w:val="002A6B1D"/>
     <w:rsid w:val="002B0CF8"/>
     <w:rsid w:val="002B1C88"/>
+    <w:rsid w:val="002B1C8D"/>
     <w:rsid w:val="002B1D0B"/>
     <w:rsid w:val="002B382D"/>
     <w:rsid w:val="002B4A19"/>
     <w:rsid w:val="002B7B8A"/>
     <w:rsid w:val="002C1317"/>
     <w:rsid w:val="002C1697"/>
     <w:rsid w:val="002C1CAC"/>
     <w:rsid w:val="002C20A3"/>
     <w:rsid w:val="002C21AB"/>
     <w:rsid w:val="002C35C9"/>
+    <w:rsid w:val="002C4A3B"/>
     <w:rsid w:val="002C5154"/>
     <w:rsid w:val="002C7280"/>
     <w:rsid w:val="002C7708"/>
     <w:rsid w:val="002D1805"/>
     <w:rsid w:val="002D21DD"/>
     <w:rsid w:val="002D2B31"/>
     <w:rsid w:val="002D5C58"/>
     <w:rsid w:val="002D6D1A"/>
     <w:rsid w:val="002D6E1C"/>
     <w:rsid w:val="002D71F8"/>
     <w:rsid w:val="002D76DB"/>
     <w:rsid w:val="002E01B5"/>
     <w:rsid w:val="002E1E4B"/>
     <w:rsid w:val="002E46F6"/>
     <w:rsid w:val="002E6F7B"/>
     <w:rsid w:val="002E794E"/>
     <w:rsid w:val="002F2F08"/>
     <w:rsid w:val="002F3E4A"/>
     <w:rsid w:val="002F45F5"/>
     <w:rsid w:val="002F4A4B"/>
     <w:rsid w:val="002F52CB"/>
     <w:rsid w:val="002F6AEB"/>
+    <w:rsid w:val="002F7D33"/>
     <w:rsid w:val="002F7F2D"/>
     <w:rsid w:val="00301522"/>
     <w:rsid w:val="00302144"/>
     <w:rsid w:val="0030394D"/>
     <w:rsid w:val="003048D9"/>
     <w:rsid w:val="00305297"/>
     <w:rsid w:val="0030595A"/>
     <w:rsid w:val="003078D2"/>
     <w:rsid w:val="00307964"/>
     <w:rsid w:val="003109A4"/>
     <w:rsid w:val="00310FA9"/>
     <w:rsid w:val="00312E51"/>
     <w:rsid w:val="003139DC"/>
     <w:rsid w:val="00313AEF"/>
     <w:rsid w:val="003147C4"/>
     <w:rsid w:val="003154EB"/>
     <w:rsid w:val="003160E9"/>
     <w:rsid w:val="00317E64"/>
     <w:rsid w:val="00320B79"/>
     <w:rsid w:val="00320DCB"/>
     <w:rsid w:val="00321073"/>
     <w:rsid w:val="00321970"/>
     <w:rsid w:val="00321B7B"/>
     <w:rsid w:val="00321D6A"/>
     <w:rsid w:val="0032343E"/>
     <w:rsid w:val="003235F3"/>
     <w:rsid w:val="00325CC9"/>
     <w:rsid w:val="0033025D"/>
     <w:rsid w:val="00330A42"/>
     <w:rsid w:val="003314E1"/>
     <w:rsid w:val="003316AC"/>
     <w:rsid w:val="00331F8D"/>
     <w:rsid w:val="00333B99"/>
     <w:rsid w:val="00334798"/>
     <w:rsid w:val="003348B2"/>
     <w:rsid w:val="00334F0C"/>
     <w:rsid w:val="00337384"/>
     <w:rsid w:val="0034257A"/>
     <w:rsid w:val="00342696"/>
     <w:rsid w:val="003440AA"/>
     <w:rsid w:val="00346037"/>
     <w:rsid w:val="003469D9"/>
+    <w:rsid w:val="00346C6E"/>
     <w:rsid w:val="00350625"/>
     <w:rsid w:val="0035086C"/>
+    <w:rsid w:val="003520CD"/>
     <w:rsid w:val="0035266F"/>
     <w:rsid w:val="00352A25"/>
     <w:rsid w:val="003536D4"/>
     <w:rsid w:val="00353733"/>
     <w:rsid w:val="00354E5D"/>
     <w:rsid w:val="003578E6"/>
     <w:rsid w:val="003604E8"/>
     <w:rsid w:val="0036200C"/>
     <w:rsid w:val="003700F3"/>
     <w:rsid w:val="0037139F"/>
     <w:rsid w:val="00371ABE"/>
     <w:rsid w:val="003720DA"/>
     <w:rsid w:val="00373862"/>
+    <w:rsid w:val="00375EBD"/>
     <w:rsid w:val="0037605F"/>
     <w:rsid w:val="00376534"/>
     <w:rsid w:val="00377963"/>
     <w:rsid w:val="00377A85"/>
     <w:rsid w:val="00380258"/>
     <w:rsid w:val="00381B93"/>
     <w:rsid w:val="003829C5"/>
     <w:rsid w:val="00382E25"/>
     <w:rsid w:val="00384073"/>
     <w:rsid w:val="003846D3"/>
     <w:rsid w:val="00385004"/>
+    <w:rsid w:val="003859FC"/>
     <w:rsid w:val="00385AA1"/>
     <w:rsid w:val="00385AE1"/>
     <w:rsid w:val="0038629B"/>
     <w:rsid w:val="00387AC2"/>
     <w:rsid w:val="0039000E"/>
     <w:rsid w:val="0039066E"/>
     <w:rsid w:val="00390AE7"/>
     <w:rsid w:val="00390C38"/>
     <w:rsid w:val="003915C6"/>
     <w:rsid w:val="00392C79"/>
     <w:rsid w:val="00393710"/>
     <w:rsid w:val="00393A53"/>
     <w:rsid w:val="00394980"/>
     <w:rsid w:val="00396076"/>
     <w:rsid w:val="00397A7E"/>
     <w:rsid w:val="00397E62"/>
     <w:rsid w:val="003A03BB"/>
     <w:rsid w:val="003A0E67"/>
     <w:rsid w:val="003A23FD"/>
     <w:rsid w:val="003A2673"/>
     <w:rsid w:val="003A3056"/>
+    <w:rsid w:val="003A3FCC"/>
     <w:rsid w:val="003A4D56"/>
     <w:rsid w:val="003A630B"/>
     <w:rsid w:val="003A6C74"/>
     <w:rsid w:val="003A72FC"/>
     <w:rsid w:val="003A797F"/>
+    <w:rsid w:val="003B0088"/>
     <w:rsid w:val="003B0214"/>
     <w:rsid w:val="003B18DA"/>
     <w:rsid w:val="003B1C47"/>
     <w:rsid w:val="003B594C"/>
     <w:rsid w:val="003B65CB"/>
     <w:rsid w:val="003C1B90"/>
     <w:rsid w:val="003C2103"/>
     <w:rsid w:val="003C2165"/>
     <w:rsid w:val="003C27C9"/>
     <w:rsid w:val="003C3A78"/>
     <w:rsid w:val="003C4891"/>
     <w:rsid w:val="003D0A01"/>
     <w:rsid w:val="003D1164"/>
     <w:rsid w:val="003D298B"/>
     <w:rsid w:val="003D4934"/>
+    <w:rsid w:val="003D4D7B"/>
     <w:rsid w:val="003D538A"/>
     <w:rsid w:val="003D708E"/>
     <w:rsid w:val="003D73B9"/>
     <w:rsid w:val="003E127F"/>
     <w:rsid w:val="003E4939"/>
     <w:rsid w:val="003E4F54"/>
     <w:rsid w:val="003E5FB8"/>
     <w:rsid w:val="003E6CE1"/>
     <w:rsid w:val="003E7ED4"/>
     <w:rsid w:val="003F10C7"/>
     <w:rsid w:val="003F3146"/>
     <w:rsid w:val="003F377B"/>
     <w:rsid w:val="003F63ED"/>
+    <w:rsid w:val="003F7217"/>
     <w:rsid w:val="00400DF5"/>
     <w:rsid w:val="00402BA1"/>
     <w:rsid w:val="0040440F"/>
     <w:rsid w:val="00404E07"/>
     <w:rsid w:val="0040567A"/>
     <w:rsid w:val="004056C6"/>
     <w:rsid w:val="004059DD"/>
     <w:rsid w:val="00407307"/>
     <w:rsid w:val="0040757F"/>
     <w:rsid w:val="0040796F"/>
     <w:rsid w:val="00410F39"/>
     <w:rsid w:val="0041111A"/>
+    <w:rsid w:val="00411231"/>
     <w:rsid w:val="004114FA"/>
     <w:rsid w:val="00411AFC"/>
     <w:rsid w:val="00413009"/>
     <w:rsid w:val="00413B64"/>
     <w:rsid w:val="004143B2"/>
     <w:rsid w:val="0041447C"/>
     <w:rsid w:val="00414CCF"/>
     <w:rsid w:val="004150BF"/>
     <w:rsid w:val="004153EE"/>
     <w:rsid w:val="0041677D"/>
     <w:rsid w:val="00416F0B"/>
     <w:rsid w:val="0041769F"/>
+    <w:rsid w:val="00421F89"/>
     <w:rsid w:val="00424D37"/>
     <w:rsid w:val="00426949"/>
     <w:rsid w:val="0043164E"/>
     <w:rsid w:val="004317FF"/>
     <w:rsid w:val="004325AD"/>
     <w:rsid w:val="00433F99"/>
     <w:rsid w:val="004344CF"/>
     <w:rsid w:val="00436113"/>
     <w:rsid w:val="004365E2"/>
     <w:rsid w:val="00436D9A"/>
     <w:rsid w:val="004375E8"/>
+    <w:rsid w:val="00437B9D"/>
     <w:rsid w:val="00437F26"/>
     <w:rsid w:val="00440DFB"/>
+    <w:rsid w:val="004450D4"/>
     <w:rsid w:val="0044652E"/>
     <w:rsid w:val="004470FF"/>
     <w:rsid w:val="00447434"/>
     <w:rsid w:val="00447CD8"/>
     <w:rsid w:val="00447D35"/>
     <w:rsid w:val="00447EE1"/>
     <w:rsid w:val="00450DA6"/>
     <w:rsid w:val="00453F45"/>
     <w:rsid w:val="0045459F"/>
     <w:rsid w:val="00456381"/>
     <w:rsid w:val="00456553"/>
     <w:rsid w:val="004568C5"/>
     <w:rsid w:val="00457598"/>
     <w:rsid w:val="004603A4"/>
     <w:rsid w:val="0046079E"/>
     <w:rsid w:val="004608F1"/>
     <w:rsid w:val="0046258B"/>
     <w:rsid w:val="0046260D"/>
     <w:rsid w:val="00464E72"/>
     <w:rsid w:val="0046587B"/>
     <w:rsid w:val="00465DC3"/>
     <w:rsid w:val="00465FF1"/>
     <w:rsid w:val="00473DC2"/>
     <w:rsid w:val="00474083"/>
+    <w:rsid w:val="00474A3E"/>
     <w:rsid w:val="00475135"/>
     <w:rsid w:val="00476CEE"/>
     <w:rsid w:val="004802ED"/>
     <w:rsid w:val="00480838"/>
     <w:rsid w:val="00481336"/>
     <w:rsid w:val="00482FB8"/>
     <w:rsid w:val="00483CF7"/>
     <w:rsid w:val="00483FD4"/>
     <w:rsid w:val="0048553E"/>
     <w:rsid w:val="00487451"/>
     <w:rsid w:val="004877A9"/>
     <w:rsid w:val="00490500"/>
     <w:rsid w:val="00490B2E"/>
     <w:rsid w:val="00491A25"/>
     <w:rsid w:val="00492C86"/>
     <w:rsid w:val="004936E5"/>
     <w:rsid w:val="0049446F"/>
     <w:rsid w:val="004A030A"/>
     <w:rsid w:val="004A13CF"/>
+    <w:rsid w:val="004A3FBF"/>
+    <w:rsid w:val="004B3051"/>
     <w:rsid w:val="004B307A"/>
     <w:rsid w:val="004B30D5"/>
     <w:rsid w:val="004B35E3"/>
     <w:rsid w:val="004B41F9"/>
     <w:rsid w:val="004B4FC1"/>
     <w:rsid w:val="004B56DC"/>
     <w:rsid w:val="004B6106"/>
     <w:rsid w:val="004B63FE"/>
     <w:rsid w:val="004B7555"/>
     <w:rsid w:val="004C0005"/>
     <w:rsid w:val="004C040F"/>
     <w:rsid w:val="004C09BA"/>
     <w:rsid w:val="004C1B28"/>
     <w:rsid w:val="004C41D6"/>
     <w:rsid w:val="004C4483"/>
     <w:rsid w:val="004C47CD"/>
     <w:rsid w:val="004C47E6"/>
     <w:rsid w:val="004C4A7B"/>
     <w:rsid w:val="004C644C"/>
     <w:rsid w:val="004D040B"/>
     <w:rsid w:val="004D23B8"/>
     <w:rsid w:val="004D52C4"/>
     <w:rsid w:val="004D5D45"/>
     <w:rsid w:val="004D72AF"/>
     <w:rsid w:val="004D74EE"/>
     <w:rsid w:val="004D7C33"/>
     <w:rsid w:val="004E0BA3"/>
     <w:rsid w:val="004E12DA"/>
     <w:rsid w:val="004E131E"/>
     <w:rsid w:val="004E1F60"/>
     <w:rsid w:val="004E3BDF"/>
     <w:rsid w:val="004E3CF0"/>
+    <w:rsid w:val="004E4A92"/>
     <w:rsid w:val="004E4E37"/>
     <w:rsid w:val="004E571B"/>
     <w:rsid w:val="004E729B"/>
     <w:rsid w:val="004F15FA"/>
     <w:rsid w:val="004F323C"/>
     <w:rsid w:val="004F3E34"/>
     <w:rsid w:val="004F4051"/>
     <w:rsid w:val="004F64C7"/>
     <w:rsid w:val="004F7C05"/>
     <w:rsid w:val="005002C2"/>
     <w:rsid w:val="0050044C"/>
     <w:rsid w:val="00500B22"/>
     <w:rsid w:val="00505BB6"/>
     <w:rsid w:val="00506233"/>
     <w:rsid w:val="005064B9"/>
     <w:rsid w:val="00510AB0"/>
     <w:rsid w:val="00510DCB"/>
     <w:rsid w:val="0051257E"/>
     <w:rsid w:val="005127A9"/>
     <w:rsid w:val="0051289E"/>
     <w:rsid w:val="005135AB"/>
     <w:rsid w:val="00515BCA"/>
     <w:rsid w:val="00517046"/>
     <w:rsid w:val="00521AF0"/>
     <w:rsid w:val="00522DED"/>
     <w:rsid w:val="00527DBB"/>
     <w:rsid w:val="00527E7E"/>
     <w:rsid w:val="00527F97"/>
     <w:rsid w:val="00531F98"/>
     <w:rsid w:val="005327A1"/>
     <w:rsid w:val="00532D7C"/>
     <w:rsid w:val="00534649"/>
     <w:rsid w:val="0053546C"/>
     <w:rsid w:val="00535F4C"/>
     <w:rsid w:val="00535FD7"/>
     <w:rsid w:val="005379AD"/>
     <w:rsid w:val="005411F0"/>
     <w:rsid w:val="00544920"/>
     <w:rsid w:val="00544C5F"/>
     <w:rsid w:val="00546996"/>
     <w:rsid w:val="0054760A"/>
     <w:rsid w:val="00550203"/>
+    <w:rsid w:val="00551135"/>
     <w:rsid w:val="0055140D"/>
     <w:rsid w:val="00551569"/>
     <w:rsid w:val="00551CEB"/>
     <w:rsid w:val="005531E2"/>
     <w:rsid w:val="005536EE"/>
     <w:rsid w:val="00553A5B"/>
     <w:rsid w:val="00554150"/>
     <w:rsid w:val="00554385"/>
     <w:rsid w:val="0055467B"/>
     <w:rsid w:val="00555468"/>
     <w:rsid w:val="0056036B"/>
     <w:rsid w:val="00562F5D"/>
+    <w:rsid w:val="005651FD"/>
     <w:rsid w:val="005657AE"/>
     <w:rsid w:val="005674A1"/>
     <w:rsid w:val="005717BF"/>
     <w:rsid w:val="00571B41"/>
     <w:rsid w:val="00573AD6"/>
     <w:rsid w:val="005758A9"/>
     <w:rsid w:val="00575BD6"/>
     <w:rsid w:val="00576EFF"/>
     <w:rsid w:val="00581038"/>
     <w:rsid w:val="005829D4"/>
     <w:rsid w:val="005864B8"/>
     <w:rsid w:val="00587136"/>
     <w:rsid w:val="005873A7"/>
     <w:rsid w:val="00587891"/>
     <w:rsid w:val="00590134"/>
     <w:rsid w:val="00590153"/>
     <w:rsid w:val="00591704"/>
     <w:rsid w:val="00592112"/>
     <w:rsid w:val="00594CAE"/>
     <w:rsid w:val="005A1066"/>
     <w:rsid w:val="005A2AF0"/>
     <w:rsid w:val="005A2D1D"/>
     <w:rsid w:val="005A3CD5"/>
     <w:rsid w:val="005A3EA6"/>
     <w:rsid w:val="005A4D7D"/>
     <w:rsid w:val="005A4F7C"/>
     <w:rsid w:val="005A5391"/>
     <w:rsid w:val="005A58F0"/>
     <w:rsid w:val="005B13B9"/>
     <w:rsid w:val="005B16CF"/>
     <w:rsid w:val="005B1D64"/>
     <w:rsid w:val="005B27E2"/>
     <w:rsid w:val="005B4433"/>
     <w:rsid w:val="005B4614"/>
     <w:rsid w:val="005B4804"/>
     <w:rsid w:val="005B515B"/>
+    <w:rsid w:val="005B54B1"/>
     <w:rsid w:val="005B57A1"/>
     <w:rsid w:val="005B6652"/>
     <w:rsid w:val="005B6D48"/>
     <w:rsid w:val="005C1804"/>
     <w:rsid w:val="005C185B"/>
     <w:rsid w:val="005C26E8"/>
     <w:rsid w:val="005C2DCE"/>
     <w:rsid w:val="005C31B8"/>
     <w:rsid w:val="005C483D"/>
     <w:rsid w:val="005C5B79"/>
+    <w:rsid w:val="005D08EF"/>
     <w:rsid w:val="005D121C"/>
     <w:rsid w:val="005D1346"/>
     <w:rsid w:val="005D191D"/>
     <w:rsid w:val="005D31E8"/>
     <w:rsid w:val="005D4C9C"/>
     <w:rsid w:val="005D5716"/>
     <w:rsid w:val="005D5FFA"/>
     <w:rsid w:val="005D65FD"/>
     <w:rsid w:val="005D7976"/>
     <w:rsid w:val="005D7B59"/>
     <w:rsid w:val="005E002E"/>
     <w:rsid w:val="005E0A4F"/>
     <w:rsid w:val="005E123B"/>
     <w:rsid w:val="005E1DA6"/>
     <w:rsid w:val="005E2758"/>
     <w:rsid w:val="005E30DC"/>
     <w:rsid w:val="005E566A"/>
     <w:rsid w:val="005E5906"/>
     <w:rsid w:val="005E76B0"/>
     <w:rsid w:val="005F10C2"/>
+    <w:rsid w:val="005F143F"/>
     <w:rsid w:val="005F1524"/>
     <w:rsid w:val="005F395D"/>
     <w:rsid w:val="005F586B"/>
     <w:rsid w:val="005F7F54"/>
     <w:rsid w:val="0060035E"/>
     <w:rsid w:val="006003BF"/>
     <w:rsid w:val="00600957"/>
     <w:rsid w:val="00601980"/>
     <w:rsid w:val="006042BE"/>
     <w:rsid w:val="00605749"/>
+    <w:rsid w:val="0060741F"/>
     <w:rsid w:val="006077D1"/>
     <w:rsid w:val="00610813"/>
     <w:rsid w:val="00611200"/>
     <w:rsid w:val="00611DB3"/>
     <w:rsid w:val="00614D61"/>
     <w:rsid w:val="006159A0"/>
     <w:rsid w:val="006216D9"/>
     <w:rsid w:val="00622804"/>
     <w:rsid w:val="00626D28"/>
     <w:rsid w:val="00627992"/>
     <w:rsid w:val="00627DC2"/>
     <w:rsid w:val="006300B3"/>
+    <w:rsid w:val="00631F76"/>
     <w:rsid w:val="00632FDD"/>
     <w:rsid w:val="006335A4"/>
     <w:rsid w:val="00633E82"/>
     <w:rsid w:val="00634C54"/>
     <w:rsid w:val="006352A3"/>
     <w:rsid w:val="00635596"/>
+    <w:rsid w:val="00635834"/>
     <w:rsid w:val="006374DF"/>
     <w:rsid w:val="00637706"/>
     <w:rsid w:val="00637C7F"/>
     <w:rsid w:val="006406A4"/>
     <w:rsid w:val="006415FF"/>
     <w:rsid w:val="006424A0"/>
     <w:rsid w:val="006434A9"/>
     <w:rsid w:val="006444FB"/>
     <w:rsid w:val="00644A2D"/>
+    <w:rsid w:val="006462D9"/>
     <w:rsid w:val="0064675C"/>
     <w:rsid w:val="00650D93"/>
     <w:rsid w:val="006525FA"/>
     <w:rsid w:val="006530DA"/>
     <w:rsid w:val="006533F7"/>
     <w:rsid w:val="00653A13"/>
     <w:rsid w:val="00654102"/>
     <w:rsid w:val="00654985"/>
     <w:rsid w:val="00654AA3"/>
     <w:rsid w:val="006552AC"/>
     <w:rsid w:val="0065682B"/>
     <w:rsid w:val="00656F4A"/>
     <w:rsid w:val="006620A1"/>
     <w:rsid w:val="006628A4"/>
     <w:rsid w:val="00662A55"/>
     <w:rsid w:val="00664403"/>
     <w:rsid w:val="00665616"/>
     <w:rsid w:val="0067200F"/>
     <w:rsid w:val="00672523"/>
     <w:rsid w:val="00673651"/>
     <w:rsid w:val="00674816"/>
     <w:rsid w:val="006769BF"/>
     <w:rsid w:val="00676BEC"/>
     <w:rsid w:val="006827BA"/>
     <w:rsid w:val="00683881"/>
     <w:rsid w:val="00684046"/>
     <w:rsid w:val="00684400"/>
     <w:rsid w:val="0068534A"/>
     <w:rsid w:val="00686315"/>
     <w:rsid w:val="0068678E"/>
     <w:rsid w:val="006869E6"/>
     <w:rsid w:val="00687052"/>
     <w:rsid w:val="00690258"/>
     <w:rsid w:val="00690D5A"/>
     <w:rsid w:val="006914EA"/>
     <w:rsid w:val="006930E0"/>
     <w:rsid w:val="0069508B"/>
     <w:rsid w:val="006960F2"/>
     <w:rsid w:val="0069634C"/>
+    <w:rsid w:val="00697270"/>
     <w:rsid w:val="0069778C"/>
     <w:rsid w:val="006A0060"/>
     <w:rsid w:val="006A2FBF"/>
     <w:rsid w:val="006A2FD2"/>
     <w:rsid w:val="006A3C54"/>
     <w:rsid w:val="006A6F66"/>
     <w:rsid w:val="006A774D"/>
     <w:rsid w:val="006B1FCE"/>
     <w:rsid w:val="006B2C55"/>
     <w:rsid w:val="006B34D0"/>
     <w:rsid w:val="006B3601"/>
     <w:rsid w:val="006B37E5"/>
+    <w:rsid w:val="006B5D69"/>
     <w:rsid w:val="006B69A0"/>
     <w:rsid w:val="006B79E3"/>
     <w:rsid w:val="006B7AF7"/>
     <w:rsid w:val="006C0778"/>
     <w:rsid w:val="006C13F1"/>
     <w:rsid w:val="006C1A93"/>
     <w:rsid w:val="006C2928"/>
+    <w:rsid w:val="006C42ED"/>
     <w:rsid w:val="006C47C9"/>
     <w:rsid w:val="006C4A61"/>
     <w:rsid w:val="006C574F"/>
     <w:rsid w:val="006C6361"/>
     <w:rsid w:val="006C66F4"/>
     <w:rsid w:val="006C6AA1"/>
     <w:rsid w:val="006C6B7F"/>
     <w:rsid w:val="006D05C2"/>
     <w:rsid w:val="006D0AF5"/>
     <w:rsid w:val="006D15B2"/>
     <w:rsid w:val="006D178A"/>
     <w:rsid w:val="006D2146"/>
     <w:rsid w:val="006D2995"/>
     <w:rsid w:val="006D3D5F"/>
     <w:rsid w:val="006D458D"/>
     <w:rsid w:val="006D45C1"/>
     <w:rsid w:val="006D5959"/>
     <w:rsid w:val="006D6970"/>
     <w:rsid w:val="006E0A24"/>
     <w:rsid w:val="006E12E1"/>
     <w:rsid w:val="006E2B73"/>
     <w:rsid w:val="006E2FE2"/>
     <w:rsid w:val="006E357C"/>
     <w:rsid w:val="006E4EE4"/>
     <w:rsid w:val="006E5B15"/>
     <w:rsid w:val="006E74AE"/>
     <w:rsid w:val="006E77A6"/>
     <w:rsid w:val="006E7916"/>
     <w:rsid w:val="006F1A02"/>
     <w:rsid w:val="006F2005"/>
     <w:rsid w:val="006F2FE4"/>
     <w:rsid w:val="006F37ED"/>
     <w:rsid w:val="006F5A74"/>
+    <w:rsid w:val="006F5BE5"/>
     <w:rsid w:val="006F6636"/>
     <w:rsid w:val="007009FF"/>
     <w:rsid w:val="00700CE9"/>
     <w:rsid w:val="007017CD"/>
     <w:rsid w:val="007019B2"/>
     <w:rsid w:val="00702F6F"/>
     <w:rsid w:val="00703008"/>
     <w:rsid w:val="0070342A"/>
+    <w:rsid w:val="007045E9"/>
     <w:rsid w:val="0070571C"/>
     <w:rsid w:val="007058EC"/>
     <w:rsid w:val="00706DB9"/>
     <w:rsid w:val="00710BD1"/>
     <w:rsid w:val="00711C79"/>
+    <w:rsid w:val="00713BAC"/>
     <w:rsid w:val="00715807"/>
     <w:rsid w:val="00715BA9"/>
     <w:rsid w:val="00717A4D"/>
     <w:rsid w:val="00717AE1"/>
     <w:rsid w:val="00720093"/>
     <w:rsid w:val="0072050E"/>
     <w:rsid w:val="00722577"/>
     <w:rsid w:val="00722BC2"/>
     <w:rsid w:val="0072308C"/>
+    <w:rsid w:val="00723CA9"/>
     <w:rsid w:val="00725232"/>
     <w:rsid w:val="00725E8D"/>
     <w:rsid w:val="00727C61"/>
     <w:rsid w:val="00727E9F"/>
+    <w:rsid w:val="007345F8"/>
     <w:rsid w:val="00735061"/>
     <w:rsid w:val="00735190"/>
     <w:rsid w:val="0073643E"/>
     <w:rsid w:val="00737B40"/>
     <w:rsid w:val="007401A2"/>
     <w:rsid w:val="00740FFC"/>
     <w:rsid w:val="00741EAF"/>
     <w:rsid w:val="00744060"/>
     <w:rsid w:val="007444AC"/>
     <w:rsid w:val="00744607"/>
     <w:rsid w:val="00744BC8"/>
     <w:rsid w:val="00745176"/>
     <w:rsid w:val="0074558E"/>
     <w:rsid w:val="00745DAB"/>
     <w:rsid w:val="0074676B"/>
     <w:rsid w:val="00746ABA"/>
     <w:rsid w:val="007479CB"/>
     <w:rsid w:val="00750B1C"/>
     <w:rsid w:val="00752A9E"/>
     <w:rsid w:val="00752C54"/>
     <w:rsid w:val="00753698"/>
     <w:rsid w:val="007542E1"/>
     <w:rsid w:val="00754BA0"/>
     <w:rsid w:val="00755020"/>
     <w:rsid w:val="007557F7"/>
     <w:rsid w:val="00756290"/>
     <w:rsid w:val="00757944"/>
     <w:rsid w:val="00762384"/>
     <w:rsid w:val="00763589"/>
     <w:rsid w:val="007639B7"/>
     <w:rsid w:val="007665DF"/>
     <w:rsid w:val="00772FA2"/>
+    <w:rsid w:val="007732AD"/>
     <w:rsid w:val="00773B4F"/>
     <w:rsid w:val="00775238"/>
     <w:rsid w:val="007759D0"/>
     <w:rsid w:val="007776C5"/>
     <w:rsid w:val="00780921"/>
     <w:rsid w:val="00780BD7"/>
     <w:rsid w:val="007810CD"/>
     <w:rsid w:val="00781161"/>
     <w:rsid w:val="007818EB"/>
     <w:rsid w:val="0078236B"/>
+    <w:rsid w:val="00783AE6"/>
     <w:rsid w:val="007850ED"/>
     <w:rsid w:val="007874B4"/>
+    <w:rsid w:val="00787527"/>
     <w:rsid w:val="007908ED"/>
     <w:rsid w:val="00791200"/>
+    <w:rsid w:val="00791322"/>
     <w:rsid w:val="0079427D"/>
     <w:rsid w:val="007943D7"/>
     <w:rsid w:val="00794403"/>
     <w:rsid w:val="00794CBF"/>
     <w:rsid w:val="00796452"/>
     <w:rsid w:val="00797DAD"/>
+    <w:rsid w:val="007A0BB8"/>
     <w:rsid w:val="007A0D79"/>
     <w:rsid w:val="007A147D"/>
     <w:rsid w:val="007A3D9F"/>
     <w:rsid w:val="007A6444"/>
     <w:rsid w:val="007A700D"/>
+    <w:rsid w:val="007B0805"/>
     <w:rsid w:val="007B1348"/>
     <w:rsid w:val="007B1B99"/>
     <w:rsid w:val="007B1DD9"/>
     <w:rsid w:val="007B4060"/>
     <w:rsid w:val="007B450F"/>
+    <w:rsid w:val="007B53F9"/>
     <w:rsid w:val="007B72C1"/>
     <w:rsid w:val="007C0260"/>
     <w:rsid w:val="007C0FF0"/>
     <w:rsid w:val="007C1025"/>
     <w:rsid w:val="007C1315"/>
     <w:rsid w:val="007C1DAB"/>
     <w:rsid w:val="007C21EE"/>
     <w:rsid w:val="007C23FF"/>
     <w:rsid w:val="007C4758"/>
     <w:rsid w:val="007C5B10"/>
     <w:rsid w:val="007C6090"/>
     <w:rsid w:val="007C6C01"/>
+    <w:rsid w:val="007C7DEC"/>
     <w:rsid w:val="007D0127"/>
     <w:rsid w:val="007D2943"/>
     <w:rsid w:val="007D3C6F"/>
     <w:rsid w:val="007D5F76"/>
     <w:rsid w:val="007D69D2"/>
     <w:rsid w:val="007E047F"/>
     <w:rsid w:val="007E2E73"/>
     <w:rsid w:val="007E35C1"/>
     <w:rsid w:val="007E67F4"/>
     <w:rsid w:val="007E6978"/>
     <w:rsid w:val="007F0623"/>
     <w:rsid w:val="007F0899"/>
     <w:rsid w:val="007F09E1"/>
     <w:rsid w:val="007F3D86"/>
     <w:rsid w:val="007F5291"/>
     <w:rsid w:val="007F62D0"/>
     <w:rsid w:val="007F6799"/>
     <w:rsid w:val="007F7794"/>
     <w:rsid w:val="008000C6"/>
     <w:rsid w:val="0080049E"/>
     <w:rsid w:val="008015C5"/>
     <w:rsid w:val="00802A97"/>
     <w:rsid w:val="00802B18"/>
     <w:rsid w:val="00803710"/>
     <w:rsid w:val="00804C2D"/>
     <w:rsid w:val="00810DCB"/>
     <w:rsid w:val="00810E37"/>
     <w:rsid w:val="008114B3"/>
     <w:rsid w:val="00812644"/>
     <w:rsid w:val="00813675"/>
+    <w:rsid w:val="00816B88"/>
     <w:rsid w:val="008175B1"/>
     <w:rsid w:val="0082017D"/>
     <w:rsid w:val="008209A2"/>
     <w:rsid w:val="00820CC1"/>
     <w:rsid w:val="008219B5"/>
     <w:rsid w:val="00822BFB"/>
     <w:rsid w:val="0082350D"/>
     <w:rsid w:val="008249E3"/>
     <w:rsid w:val="00824A6E"/>
     <w:rsid w:val="00824B14"/>
     <w:rsid w:val="0082513A"/>
     <w:rsid w:val="00825F5A"/>
     <w:rsid w:val="00826384"/>
     <w:rsid w:val="00826543"/>
     <w:rsid w:val="00827584"/>
+    <w:rsid w:val="00832F54"/>
     <w:rsid w:val="008344D2"/>
     <w:rsid w:val="00834786"/>
     <w:rsid w:val="008348F0"/>
     <w:rsid w:val="008361C9"/>
     <w:rsid w:val="008417B2"/>
     <w:rsid w:val="00841D3C"/>
     <w:rsid w:val="00842990"/>
     <w:rsid w:val="00842D3B"/>
     <w:rsid w:val="00843130"/>
     <w:rsid w:val="0084327B"/>
     <w:rsid w:val="00843F2C"/>
     <w:rsid w:val="008440FB"/>
     <w:rsid w:val="00844223"/>
     <w:rsid w:val="00846117"/>
+    <w:rsid w:val="00846257"/>
     <w:rsid w:val="00847B37"/>
     <w:rsid w:val="00850ED3"/>
+    <w:rsid w:val="00856528"/>
     <w:rsid w:val="00856BD4"/>
     <w:rsid w:val="008572AC"/>
     <w:rsid w:val="00857A48"/>
     <w:rsid w:val="0086067A"/>
     <w:rsid w:val="0086083B"/>
     <w:rsid w:val="00860FD3"/>
     <w:rsid w:val="00861841"/>
     <w:rsid w:val="00862282"/>
     <w:rsid w:val="00863F56"/>
     <w:rsid w:val="008661C4"/>
     <w:rsid w:val="00866798"/>
+    <w:rsid w:val="00872110"/>
     <w:rsid w:val="00872582"/>
+    <w:rsid w:val="00873C60"/>
     <w:rsid w:val="0087567B"/>
     <w:rsid w:val="0087615C"/>
+    <w:rsid w:val="008769B3"/>
+    <w:rsid w:val="008777BC"/>
     <w:rsid w:val="00877FC6"/>
     <w:rsid w:val="008803D6"/>
     <w:rsid w:val="00880402"/>
     <w:rsid w:val="0088150B"/>
     <w:rsid w:val="0088156D"/>
     <w:rsid w:val="00882501"/>
     <w:rsid w:val="00882650"/>
     <w:rsid w:val="0088542A"/>
     <w:rsid w:val="00886B7A"/>
     <w:rsid w:val="00890127"/>
     <w:rsid w:val="008913D4"/>
     <w:rsid w:val="00892126"/>
     <w:rsid w:val="0089235D"/>
     <w:rsid w:val="00892572"/>
     <w:rsid w:val="00896CB0"/>
     <w:rsid w:val="00896CF2"/>
     <w:rsid w:val="008976B1"/>
     <w:rsid w:val="00897F3F"/>
     <w:rsid w:val="008A0ECC"/>
     <w:rsid w:val="008A3C2A"/>
     <w:rsid w:val="008A41D4"/>
     <w:rsid w:val="008A5882"/>
     <w:rsid w:val="008B157B"/>
     <w:rsid w:val="008B3E1A"/>
+    <w:rsid w:val="008B4895"/>
     <w:rsid w:val="008B4F95"/>
     <w:rsid w:val="008B5E88"/>
     <w:rsid w:val="008B6374"/>
     <w:rsid w:val="008B718E"/>
+    <w:rsid w:val="008B7F0E"/>
     <w:rsid w:val="008C0E96"/>
     <w:rsid w:val="008C107D"/>
     <w:rsid w:val="008C1D8F"/>
     <w:rsid w:val="008C2810"/>
     <w:rsid w:val="008C2DC4"/>
     <w:rsid w:val="008C76E8"/>
     <w:rsid w:val="008C7EBB"/>
     <w:rsid w:val="008C7FEB"/>
     <w:rsid w:val="008D3DE0"/>
     <w:rsid w:val="008D51C1"/>
     <w:rsid w:val="008D5664"/>
+    <w:rsid w:val="008D6776"/>
     <w:rsid w:val="008E0F30"/>
     <w:rsid w:val="008E1200"/>
     <w:rsid w:val="008E1892"/>
     <w:rsid w:val="008E2AE0"/>
     <w:rsid w:val="008E3282"/>
     <w:rsid w:val="008E497C"/>
     <w:rsid w:val="008E54C7"/>
     <w:rsid w:val="008E61E7"/>
     <w:rsid w:val="008F125A"/>
     <w:rsid w:val="008F268C"/>
     <w:rsid w:val="008F40D5"/>
     <w:rsid w:val="008F64CD"/>
     <w:rsid w:val="008F6FDC"/>
     <w:rsid w:val="008F7D26"/>
     <w:rsid w:val="00900E80"/>
     <w:rsid w:val="009041CA"/>
     <w:rsid w:val="0090601D"/>
     <w:rsid w:val="0090759F"/>
     <w:rsid w:val="0091064C"/>
     <w:rsid w:val="0091065E"/>
     <w:rsid w:val="00910DE3"/>
     <w:rsid w:val="00910F6C"/>
     <w:rsid w:val="00913027"/>
     <w:rsid w:val="0091460E"/>
     <w:rsid w:val="009162FE"/>
     <w:rsid w:val="00917236"/>
     <w:rsid w:val="00920F02"/>
     <w:rsid w:val="009212BD"/>
     <w:rsid w:val="00925769"/>
     <w:rsid w:val="00925784"/>
     <w:rsid w:val="009257A2"/>
     <w:rsid w:val="00926A12"/>
     <w:rsid w:val="00927369"/>
     <w:rsid w:val="00930B45"/>
     <w:rsid w:val="009327ED"/>
     <w:rsid w:val="00932DA4"/>
     <w:rsid w:val="009356AF"/>
     <w:rsid w:val="00935E30"/>
     <w:rsid w:val="00935F68"/>
     <w:rsid w:val="00936CEE"/>
     <w:rsid w:val="00942CD2"/>
     <w:rsid w:val="00944AAD"/>
     <w:rsid w:val="00945BE6"/>
     <w:rsid w:val="009465D8"/>
     <w:rsid w:val="009469DF"/>
     <w:rsid w:val="00946BDE"/>
     <w:rsid w:val="00946F0F"/>
     <w:rsid w:val="009502E5"/>
+    <w:rsid w:val="009518EF"/>
     <w:rsid w:val="00951A59"/>
     <w:rsid w:val="00951F23"/>
     <w:rsid w:val="00951FBA"/>
     <w:rsid w:val="009541CC"/>
     <w:rsid w:val="00954DA3"/>
     <w:rsid w:val="0095593A"/>
     <w:rsid w:val="00956419"/>
     <w:rsid w:val="0096091F"/>
     <w:rsid w:val="00960C3D"/>
     <w:rsid w:val="00960DF3"/>
     <w:rsid w:val="00962380"/>
     <w:rsid w:val="00962B9D"/>
     <w:rsid w:val="00963A3F"/>
     <w:rsid w:val="009642F2"/>
+    <w:rsid w:val="00965F3C"/>
     <w:rsid w:val="00966877"/>
     <w:rsid w:val="00972481"/>
     <w:rsid w:val="0097357D"/>
     <w:rsid w:val="009740D5"/>
     <w:rsid w:val="00976129"/>
     <w:rsid w:val="00976814"/>
     <w:rsid w:val="0097701A"/>
     <w:rsid w:val="0097791D"/>
     <w:rsid w:val="00977A5F"/>
     <w:rsid w:val="00980666"/>
     <w:rsid w:val="009809FA"/>
     <w:rsid w:val="0098371F"/>
     <w:rsid w:val="009843A3"/>
     <w:rsid w:val="00984634"/>
     <w:rsid w:val="00984DC9"/>
     <w:rsid w:val="009851D3"/>
     <w:rsid w:val="009853E5"/>
     <w:rsid w:val="009854C6"/>
     <w:rsid w:val="0098728E"/>
     <w:rsid w:val="00987977"/>
     <w:rsid w:val="00987DB9"/>
     <w:rsid w:val="00987FD0"/>
+    <w:rsid w:val="00990790"/>
     <w:rsid w:val="0099106A"/>
     <w:rsid w:val="00992092"/>
     <w:rsid w:val="0099259B"/>
     <w:rsid w:val="00992EB0"/>
     <w:rsid w:val="00994E4C"/>
+    <w:rsid w:val="00995ED6"/>
     <w:rsid w:val="009962C0"/>
     <w:rsid w:val="009A00DC"/>
     <w:rsid w:val="009A19E1"/>
     <w:rsid w:val="009A2EB4"/>
     <w:rsid w:val="009A41C0"/>
     <w:rsid w:val="009A488A"/>
     <w:rsid w:val="009A6DFE"/>
     <w:rsid w:val="009B0EB6"/>
     <w:rsid w:val="009B419A"/>
     <w:rsid w:val="009B5C2E"/>
     <w:rsid w:val="009B622C"/>
     <w:rsid w:val="009B751B"/>
     <w:rsid w:val="009C3C35"/>
     <w:rsid w:val="009C3CF0"/>
+    <w:rsid w:val="009C4A70"/>
     <w:rsid w:val="009C5894"/>
     <w:rsid w:val="009C615C"/>
     <w:rsid w:val="009C6B7F"/>
     <w:rsid w:val="009C76DA"/>
     <w:rsid w:val="009D173D"/>
     <w:rsid w:val="009D1F1C"/>
     <w:rsid w:val="009E0A61"/>
     <w:rsid w:val="009E3DDA"/>
     <w:rsid w:val="009E5A94"/>
     <w:rsid w:val="009E5DC5"/>
     <w:rsid w:val="009F193F"/>
     <w:rsid w:val="009F1E26"/>
     <w:rsid w:val="009F3DAA"/>
     <w:rsid w:val="009F4004"/>
     <w:rsid w:val="009F6D7A"/>
+    <w:rsid w:val="00A010D7"/>
     <w:rsid w:val="00A028A4"/>
     <w:rsid w:val="00A02DB1"/>
     <w:rsid w:val="00A03E85"/>
     <w:rsid w:val="00A0752D"/>
     <w:rsid w:val="00A1356B"/>
     <w:rsid w:val="00A14D14"/>
     <w:rsid w:val="00A15A29"/>
+    <w:rsid w:val="00A2030D"/>
     <w:rsid w:val="00A2181B"/>
     <w:rsid w:val="00A2232F"/>
     <w:rsid w:val="00A22B46"/>
     <w:rsid w:val="00A22BC5"/>
     <w:rsid w:val="00A2455C"/>
     <w:rsid w:val="00A24BF5"/>
     <w:rsid w:val="00A271A0"/>
     <w:rsid w:val="00A278D1"/>
     <w:rsid w:val="00A30A00"/>
     <w:rsid w:val="00A320B2"/>
     <w:rsid w:val="00A33B16"/>
     <w:rsid w:val="00A33E5E"/>
     <w:rsid w:val="00A346DE"/>
     <w:rsid w:val="00A36C86"/>
     <w:rsid w:val="00A37664"/>
     <w:rsid w:val="00A37895"/>
     <w:rsid w:val="00A4008D"/>
     <w:rsid w:val="00A41019"/>
     <w:rsid w:val="00A41821"/>
     <w:rsid w:val="00A43017"/>
     <w:rsid w:val="00A43332"/>
     <w:rsid w:val="00A43790"/>
     <w:rsid w:val="00A43D05"/>
     <w:rsid w:val="00A46559"/>
     <w:rsid w:val="00A46632"/>
@@ -22681,700 +22900,743 @@
     <w:rsid w:val="00A50AAE"/>
     <w:rsid w:val="00A516C3"/>
     <w:rsid w:val="00A5478C"/>
     <w:rsid w:val="00A54819"/>
     <w:rsid w:val="00A571D0"/>
     <w:rsid w:val="00A57FA0"/>
     <w:rsid w:val="00A601D7"/>
     <w:rsid w:val="00A605AD"/>
     <w:rsid w:val="00A60673"/>
     <w:rsid w:val="00A60D8D"/>
     <w:rsid w:val="00A62080"/>
     <w:rsid w:val="00A6249B"/>
     <w:rsid w:val="00A628E0"/>
     <w:rsid w:val="00A62C42"/>
     <w:rsid w:val="00A663AB"/>
     <w:rsid w:val="00A66890"/>
     <w:rsid w:val="00A67388"/>
     <w:rsid w:val="00A679F0"/>
     <w:rsid w:val="00A709AF"/>
     <w:rsid w:val="00A71B6B"/>
     <w:rsid w:val="00A72295"/>
     <w:rsid w:val="00A725C1"/>
     <w:rsid w:val="00A72FAB"/>
     <w:rsid w:val="00A7381D"/>
     <w:rsid w:val="00A74866"/>
+    <w:rsid w:val="00A77030"/>
     <w:rsid w:val="00A802ED"/>
     <w:rsid w:val="00A820CD"/>
     <w:rsid w:val="00A82250"/>
     <w:rsid w:val="00A84914"/>
+    <w:rsid w:val="00A858D9"/>
     <w:rsid w:val="00A869FC"/>
     <w:rsid w:val="00A86E37"/>
     <w:rsid w:val="00A874FC"/>
     <w:rsid w:val="00A908EA"/>
     <w:rsid w:val="00A92C4E"/>
     <w:rsid w:val="00A930CF"/>
     <w:rsid w:val="00A93351"/>
     <w:rsid w:val="00A9521D"/>
     <w:rsid w:val="00A958E8"/>
     <w:rsid w:val="00A9653D"/>
     <w:rsid w:val="00A97B08"/>
     <w:rsid w:val="00AA04C4"/>
+    <w:rsid w:val="00AA1BD5"/>
     <w:rsid w:val="00AA3543"/>
     <w:rsid w:val="00AA6012"/>
     <w:rsid w:val="00AA6B4F"/>
     <w:rsid w:val="00AB08DB"/>
     <w:rsid w:val="00AB0E46"/>
     <w:rsid w:val="00AB1B01"/>
     <w:rsid w:val="00AB2FC4"/>
     <w:rsid w:val="00AB588F"/>
     <w:rsid w:val="00AB71D0"/>
     <w:rsid w:val="00AC0764"/>
     <w:rsid w:val="00AC1262"/>
     <w:rsid w:val="00AC2779"/>
     <w:rsid w:val="00AC3540"/>
     <w:rsid w:val="00AC4D10"/>
     <w:rsid w:val="00AC5D9B"/>
     <w:rsid w:val="00AC5EAE"/>
     <w:rsid w:val="00AD0339"/>
     <w:rsid w:val="00AD0362"/>
     <w:rsid w:val="00AD216E"/>
     <w:rsid w:val="00AD2924"/>
+    <w:rsid w:val="00AD4C92"/>
     <w:rsid w:val="00AD5F16"/>
     <w:rsid w:val="00AD67E9"/>
     <w:rsid w:val="00AD6AF7"/>
     <w:rsid w:val="00AD71DC"/>
     <w:rsid w:val="00AD7278"/>
     <w:rsid w:val="00AD7A1D"/>
+    <w:rsid w:val="00AE01F0"/>
     <w:rsid w:val="00AE119E"/>
     <w:rsid w:val="00AE2769"/>
     <w:rsid w:val="00AE2C28"/>
     <w:rsid w:val="00AE3362"/>
     <w:rsid w:val="00AE637D"/>
     <w:rsid w:val="00AE7A18"/>
     <w:rsid w:val="00AF0DCD"/>
     <w:rsid w:val="00AF1ED9"/>
     <w:rsid w:val="00AF26CE"/>
     <w:rsid w:val="00AF2A6C"/>
     <w:rsid w:val="00AF2CC2"/>
+    <w:rsid w:val="00AF3710"/>
     <w:rsid w:val="00AF3F10"/>
     <w:rsid w:val="00AF4C00"/>
     <w:rsid w:val="00AF4C82"/>
     <w:rsid w:val="00AF5815"/>
     <w:rsid w:val="00AF6A68"/>
     <w:rsid w:val="00AF6EF6"/>
     <w:rsid w:val="00AF7621"/>
     <w:rsid w:val="00AF7DDC"/>
     <w:rsid w:val="00B01322"/>
     <w:rsid w:val="00B01877"/>
     <w:rsid w:val="00B02899"/>
     <w:rsid w:val="00B02B08"/>
     <w:rsid w:val="00B045F4"/>
     <w:rsid w:val="00B051A1"/>
     <w:rsid w:val="00B05372"/>
     <w:rsid w:val="00B05672"/>
+    <w:rsid w:val="00B056EB"/>
     <w:rsid w:val="00B058AC"/>
     <w:rsid w:val="00B06308"/>
     <w:rsid w:val="00B06D93"/>
     <w:rsid w:val="00B079DA"/>
     <w:rsid w:val="00B1295D"/>
     <w:rsid w:val="00B14C4E"/>
     <w:rsid w:val="00B154A7"/>
     <w:rsid w:val="00B16861"/>
     <w:rsid w:val="00B17121"/>
     <w:rsid w:val="00B20E41"/>
     <w:rsid w:val="00B215DD"/>
     <w:rsid w:val="00B21A0C"/>
     <w:rsid w:val="00B21A96"/>
     <w:rsid w:val="00B21B64"/>
     <w:rsid w:val="00B22B15"/>
     <w:rsid w:val="00B23252"/>
     <w:rsid w:val="00B23AF1"/>
+    <w:rsid w:val="00B23B18"/>
     <w:rsid w:val="00B23DF2"/>
     <w:rsid w:val="00B23E80"/>
     <w:rsid w:val="00B24052"/>
+    <w:rsid w:val="00B2591B"/>
     <w:rsid w:val="00B25A51"/>
+    <w:rsid w:val="00B26309"/>
     <w:rsid w:val="00B26690"/>
     <w:rsid w:val="00B2722C"/>
     <w:rsid w:val="00B2726E"/>
     <w:rsid w:val="00B27366"/>
     <w:rsid w:val="00B32121"/>
     <w:rsid w:val="00B323F8"/>
     <w:rsid w:val="00B32949"/>
     <w:rsid w:val="00B34528"/>
     <w:rsid w:val="00B3562F"/>
     <w:rsid w:val="00B36542"/>
     <w:rsid w:val="00B401D2"/>
     <w:rsid w:val="00B406D0"/>
     <w:rsid w:val="00B407AF"/>
     <w:rsid w:val="00B41D59"/>
     <w:rsid w:val="00B42569"/>
     <w:rsid w:val="00B4321A"/>
     <w:rsid w:val="00B43470"/>
+    <w:rsid w:val="00B434F8"/>
     <w:rsid w:val="00B437D9"/>
     <w:rsid w:val="00B44C5E"/>
     <w:rsid w:val="00B4636E"/>
     <w:rsid w:val="00B46DD7"/>
     <w:rsid w:val="00B47802"/>
     <w:rsid w:val="00B47EAD"/>
     <w:rsid w:val="00B53288"/>
     <w:rsid w:val="00B5347C"/>
     <w:rsid w:val="00B53EE7"/>
     <w:rsid w:val="00B5531A"/>
     <w:rsid w:val="00B55634"/>
     <w:rsid w:val="00B56BA7"/>
     <w:rsid w:val="00B60F0A"/>
     <w:rsid w:val="00B6160F"/>
     <w:rsid w:val="00B6253F"/>
     <w:rsid w:val="00B6350E"/>
     <w:rsid w:val="00B65EA3"/>
+    <w:rsid w:val="00B67C25"/>
     <w:rsid w:val="00B70D29"/>
     <w:rsid w:val="00B73620"/>
     <w:rsid w:val="00B74D19"/>
     <w:rsid w:val="00B75BDD"/>
     <w:rsid w:val="00B76B10"/>
     <w:rsid w:val="00B8271D"/>
     <w:rsid w:val="00B82A04"/>
     <w:rsid w:val="00B83B44"/>
     <w:rsid w:val="00B8565E"/>
     <w:rsid w:val="00B87E8E"/>
     <w:rsid w:val="00B90835"/>
     <w:rsid w:val="00B90A07"/>
     <w:rsid w:val="00B92108"/>
     <w:rsid w:val="00B937D8"/>
     <w:rsid w:val="00B93C2F"/>
     <w:rsid w:val="00B94034"/>
     <w:rsid w:val="00B944D8"/>
     <w:rsid w:val="00B954D8"/>
     <w:rsid w:val="00B95B8F"/>
     <w:rsid w:val="00B9618A"/>
     <w:rsid w:val="00B969FD"/>
     <w:rsid w:val="00B977A8"/>
     <w:rsid w:val="00B97884"/>
     <w:rsid w:val="00BA22DE"/>
     <w:rsid w:val="00BA2A81"/>
     <w:rsid w:val="00BA3032"/>
     <w:rsid w:val="00BA3C57"/>
     <w:rsid w:val="00BA3F83"/>
     <w:rsid w:val="00BA49F6"/>
     <w:rsid w:val="00BA5007"/>
     <w:rsid w:val="00BA55E4"/>
     <w:rsid w:val="00BA5CAF"/>
     <w:rsid w:val="00BA7A77"/>
     <w:rsid w:val="00BB20AC"/>
     <w:rsid w:val="00BB4A4F"/>
     <w:rsid w:val="00BB5036"/>
     <w:rsid w:val="00BB5964"/>
     <w:rsid w:val="00BB668E"/>
     <w:rsid w:val="00BB7083"/>
     <w:rsid w:val="00BB7B59"/>
     <w:rsid w:val="00BC13E2"/>
     <w:rsid w:val="00BC2E91"/>
     <w:rsid w:val="00BC37CE"/>
+    <w:rsid w:val="00BC39CC"/>
     <w:rsid w:val="00BC4C92"/>
     <w:rsid w:val="00BC59D7"/>
     <w:rsid w:val="00BC61D6"/>
     <w:rsid w:val="00BC63CA"/>
     <w:rsid w:val="00BC67FE"/>
     <w:rsid w:val="00BC680F"/>
     <w:rsid w:val="00BC73BE"/>
     <w:rsid w:val="00BC784F"/>
+    <w:rsid w:val="00BC7F45"/>
     <w:rsid w:val="00BD0EE0"/>
     <w:rsid w:val="00BD28A9"/>
     <w:rsid w:val="00BD2C54"/>
+    <w:rsid w:val="00BD2F3C"/>
     <w:rsid w:val="00BD2F81"/>
     <w:rsid w:val="00BD4BDC"/>
     <w:rsid w:val="00BD5B23"/>
     <w:rsid w:val="00BD6235"/>
     <w:rsid w:val="00BD6E05"/>
     <w:rsid w:val="00BD7B86"/>
     <w:rsid w:val="00BE13F9"/>
     <w:rsid w:val="00BE1943"/>
     <w:rsid w:val="00BE1B8A"/>
     <w:rsid w:val="00BE6EB2"/>
     <w:rsid w:val="00BE780C"/>
     <w:rsid w:val="00BF0E17"/>
     <w:rsid w:val="00BF1906"/>
     <w:rsid w:val="00BF2469"/>
     <w:rsid w:val="00BF31F7"/>
     <w:rsid w:val="00BF452F"/>
     <w:rsid w:val="00C039EC"/>
     <w:rsid w:val="00C04077"/>
     <w:rsid w:val="00C06A93"/>
     <w:rsid w:val="00C0767A"/>
     <w:rsid w:val="00C07DA4"/>
     <w:rsid w:val="00C07DCE"/>
     <w:rsid w:val="00C10068"/>
     <w:rsid w:val="00C106FE"/>
     <w:rsid w:val="00C111BB"/>
     <w:rsid w:val="00C11C3C"/>
     <w:rsid w:val="00C11CF2"/>
     <w:rsid w:val="00C11FD3"/>
     <w:rsid w:val="00C12594"/>
     <w:rsid w:val="00C12F64"/>
     <w:rsid w:val="00C1311F"/>
+    <w:rsid w:val="00C134D4"/>
     <w:rsid w:val="00C14441"/>
     <w:rsid w:val="00C14E53"/>
     <w:rsid w:val="00C15484"/>
     <w:rsid w:val="00C15D4C"/>
     <w:rsid w:val="00C16766"/>
     <w:rsid w:val="00C16FB6"/>
     <w:rsid w:val="00C2087B"/>
     <w:rsid w:val="00C20E8A"/>
     <w:rsid w:val="00C2101E"/>
     <w:rsid w:val="00C22911"/>
     <w:rsid w:val="00C26A00"/>
     <w:rsid w:val="00C27917"/>
     <w:rsid w:val="00C3030A"/>
     <w:rsid w:val="00C32391"/>
     <w:rsid w:val="00C34111"/>
     <w:rsid w:val="00C3434F"/>
     <w:rsid w:val="00C34CDF"/>
     <w:rsid w:val="00C35DC5"/>
     <w:rsid w:val="00C371DC"/>
     <w:rsid w:val="00C3785F"/>
     <w:rsid w:val="00C41462"/>
     <w:rsid w:val="00C44EC3"/>
     <w:rsid w:val="00C452D9"/>
     <w:rsid w:val="00C45850"/>
     <w:rsid w:val="00C47C0E"/>
     <w:rsid w:val="00C47D65"/>
     <w:rsid w:val="00C5131E"/>
     <w:rsid w:val="00C53F93"/>
     <w:rsid w:val="00C54E54"/>
     <w:rsid w:val="00C566CC"/>
     <w:rsid w:val="00C56DB4"/>
     <w:rsid w:val="00C57133"/>
     <w:rsid w:val="00C578F7"/>
     <w:rsid w:val="00C57B3F"/>
     <w:rsid w:val="00C57D90"/>
     <w:rsid w:val="00C60119"/>
     <w:rsid w:val="00C63317"/>
     <w:rsid w:val="00C641A6"/>
     <w:rsid w:val="00C65110"/>
     <w:rsid w:val="00C667C3"/>
     <w:rsid w:val="00C66F68"/>
     <w:rsid w:val="00C67E7B"/>
     <w:rsid w:val="00C7019F"/>
     <w:rsid w:val="00C711B0"/>
     <w:rsid w:val="00C711C0"/>
     <w:rsid w:val="00C72ACC"/>
     <w:rsid w:val="00C72AFA"/>
     <w:rsid w:val="00C735A8"/>
+    <w:rsid w:val="00C73717"/>
     <w:rsid w:val="00C7372A"/>
     <w:rsid w:val="00C75A1E"/>
     <w:rsid w:val="00C770FD"/>
     <w:rsid w:val="00C803C8"/>
     <w:rsid w:val="00C81099"/>
     <w:rsid w:val="00C8272F"/>
     <w:rsid w:val="00C832E4"/>
     <w:rsid w:val="00C83D26"/>
     <w:rsid w:val="00C84073"/>
     <w:rsid w:val="00C84F4B"/>
     <w:rsid w:val="00C8596A"/>
     <w:rsid w:val="00C9167E"/>
+    <w:rsid w:val="00C91A55"/>
     <w:rsid w:val="00C91E2C"/>
     <w:rsid w:val="00C92292"/>
+    <w:rsid w:val="00C93C97"/>
     <w:rsid w:val="00C95337"/>
     <w:rsid w:val="00C9641C"/>
     <w:rsid w:val="00C96702"/>
     <w:rsid w:val="00C96D3A"/>
     <w:rsid w:val="00CA02E1"/>
     <w:rsid w:val="00CA0950"/>
     <w:rsid w:val="00CA0E88"/>
     <w:rsid w:val="00CA1F70"/>
     <w:rsid w:val="00CA2CF3"/>
     <w:rsid w:val="00CA36EA"/>
     <w:rsid w:val="00CA578C"/>
     <w:rsid w:val="00CB287D"/>
     <w:rsid w:val="00CB29D0"/>
     <w:rsid w:val="00CB3F3D"/>
     <w:rsid w:val="00CB5272"/>
     <w:rsid w:val="00CB5375"/>
     <w:rsid w:val="00CB5C24"/>
     <w:rsid w:val="00CB6292"/>
     <w:rsid w:val="00CB6F3E"/>
     <w:rsid w:val="00CB7100"/>
     <w:rsid w:val="00CC0BF3"/>
     <w:rsid w:val="00CC2FB5"/>
+    <w:rsid w:val="00CC332B"/>
     <w:rsid w:val="00CC3B49"/>
     <w:rsid w:val="00CC3F3D"/>
     <w:rsid w:val="00CC42E0"/>
     <w:rsid w:val="00CC498E"/>
     <w:rsid w:val="00CD0F35"/>
     <w:rsid w:val="00CD1867"/>
     <w:rsid w:val="00CD2D22"/>
     <w:rsid w:val="00CD614F"/>
     <w:rsid w:val="00CD64AE"/>
     <w:rsid w:val="00CD66CA"/>
     <w:rsid w:val="00CD691E"/>
     <w:rsid w:val="00CD69B4"/>
     <w:rsid w:val="00CE0160"/>
     <w:rsid w:val="00CE1734"/>
     <w:rsid w:val="00CE1A06"/>
     <w:rsid w:val="00CE75E3"/>
     <w:rsid w:val="00CF23E6"/>
     <w:rsid w:val="00CF559E"/>
     <w:rsid w:val="00CF69CB"/>
     <w:rsid w:val="00CF7923"/>
     <w:rsid w:val="00D006AE"/>
     <w:rsid w:val="00D058A3"/>
     <w:rsid w:val="00D05AFA"/>
     <w:rsid w:val="00D05B49"/>
     <w:rsid w:val="00D06E62"/>
     <w:rsid w:val="00D06FE6"/>
+    <w:rsid w:val="00D073A1"/>
     <w:rsid w:val="00D108CF"/>
     <w:rsid w:val="00D10C3B"/>
     <w:rsid w:val="00D1230B"/>
     <w:rsid w:val="00D13374"/>
     <w:rsid w:val="00D14089"/>
+    <w:rsid w:val="00D1515D"/>
     <w:rsid w:val="00D15511"/>
     <w:rsid w:val="00D15687"/>
     <w:rsid w:val="00D158BB"/>
     <w:rsid w:val="00D203CC"/>
     <w:rsid w:val="00D20781"/>
     <w:rsid w:val="00D20E41"/>
     <w:rsid w:val="00D20ED3"/>
     <w:rsid w:val="00D21DBE"/>
     <w:rsid w:val="00D21F09"/>
     <w:rsid w:val="00D22C2C"/>
     <w:rsid w:val="00D23D0B"/>
     <w:rsid w:val="00D279A7"/>
     <w:rsid w:val="00D33260"/>
     <w:rsid w:val="00D35146"/>
     <w:rsid w:val="00D354D2"/>
     <w:rsid w:val="00D35F98"/>
     <w:rsid w:val="00D40C9B"/>
     <w:rsid w:val="00D41A10"/>
     <w:rsid w:val="00D41A43"/>
     <w:rsid w:val="00D41A63"/>
     <w:rsid w:val="00D427FF"/>
     <w:rsid w:val="00D43C06"/>
     <w:rsid w:val="00D43EA8"/>
+    <w:rsid w:val="00D47632"/>
     <w:rsid w:val="00D47E40"/>
     <w:rsid w:val="00D501E6"/>
     <w:rsid w:val="00D506E9"/>
     <w:rsid w:val="00D51B9E"/>
     <w:rsid w:val="00D52373"/>
     <w:rsid w:val="00D54BB5"/>
     <w:rsid w:val="00D551A4"/>
     <w:rsid w:val="00D568A2"/>
     <w:rsid w:val="00D56A65"/>
     <w:rsid w:val="00D56E74"/>
     <w:rsid w:val="00D57008"/>
     <w:rsid w:val="00D5708E"/>
     <w:rsid w:val="00D57C75"/>
     <w:rsid w:val="00D61841"/>
     <w:rsid w:val="00D63E47"/>
     <w:rsid w:val="00D65CBE"/>
     <w:rsid w:val="00D70BDD"/>
     <w:rsid w:val="00D71A4C"/>
     <w:rsid w:val="00D71BB2"/>
+    <w:rsid w:val="00D71BBA"/>
     <w:rsid w:val="00D71F0D"/>
     <w:rsid w:val="00D721E5"/>
     <w:rsid w:val="00D736FF"/>
     <w:rsid w:val="00D73723"/>
     <w:rsid w:val="00D74892"/>
     <w:rsid w:val="00D7587D"/>
     <w:rsid w:val="00D75B98"/>
     <w:rsid w:val="00D75D01"/>
     <w:rsid w:val="00D76881"/>
     <w:rsid w:val="00D76CFB"/>
     <w:rsid w:val="00D77401"/>
     <w:rsid w:val="00D77F9B"/>
     <w:rsid w:val="00D81F69"/>
     <w:rsid w:val="00D83396"/>
     <w:rsid w:val="00D84EBB"/>
+    <w:rsid w:val="00D850DD"/>
     <w:rsid w:val="00D85B03"/>
     <w:rsid w:val="00D8626F"/>
     <w:rsid w:val="00D8661B"/>
     <w:rsid w:val="00D875B2"/>
     <w:rsid w:val="00D915F9"/>
     <w:rsid w:val="00D92DB5"/>
     <w:rsid w:val="00D92DBD"/>
     <w:rsid w:val="00D9330E"/>
     <w:rsid w:val="00D9516B"/>
     <w:rsid w:val="00D955A2"/>
     <w:rsid w:val="00D95F45"/>
     <w:rsid w:val="00DA133F"/>
     <w:rsid w:val="00DA1658"/>
     <w:rsid w:val="00DA3305"/>
     <w:rsid w:val="00DA4070"/>
     <w:rsid w:val="00DA4FB4"/>
     <w:rsid w:val="00DA5697"/>
     <w:rsid w:val="00DA5757"/>
     <w:rsid w:val="00DA6497"/>
     <w:rsid w:val="00DA6BCD"/>
     <w:rsid w:val="00DB15C9"/>
     <w:rsid w:val="00DB1AB8"/>
     <w:rsid w:val="00DB267A"/>
     <w:rsid w:val="00DB3703"/>
     <w:rsid w:val="00DB3E3F"/>
     <w:rsid w:val="00DB4C81"/>
     <w:rsid w:val="00DB5853"/>
     <w:rsid w:val="00DB5A6B"/>
     <w:rsid w:val="00DC1318"/>
     <w:rsid w:val="00DC2047"/>
     <w:rsid w:val="00DC2078"/>
     <w:rsid w:val="00DC250F"/>
     <w:rsid w:val="00DC3B91"/>
     <w:rsid w:val="00DC4B97"/>
     <w:rsid w:val="00DC4E72"/>
     <w:rsid w:val="00DC50ED"/>
     <w:rsid w:val="00DC612B"/>
     <w:rsid w:val="00DC61A7"/>
     <w:rsid w:val="00DC7D15"/>
     <w:rsid w:val="00DD0746"/>
     <w:rsid w:val="00DD0D33"/>
     <w:rsid w:val="00DD30AF"/>
     <w:rsid w:val="00DD5307"/>
     <w:rsid w:val="00DD5B85"/>
     <w:rsid w:val="00DD6A84"/>
     <w:rsid w:val="00DE1F7B"/>
+    <w:rsid w:val="00DE37B2"/>
     <w:rsid w:val="00DE43D9"/>
     <w:rsid w:val="00DE4CB8"/>
     <w:rsid w:val="00DE5C04"/>
     <w:rsid w:val="00DE605A"/>
     <w:rsid w:val="00DE6543"/>
     <w:rsid w:val="00DE790A"/>
     <w:rsid w:val="00DF0017"/>
     <w:rsid w:val="00DF1130"/>
     <w:rsid w:val="00DF1496"/>
     <w:rsid w:val="00DF4FDE"/>
     <w:rsid w:val="00DF52C6"/>
     <w:rsid w:val="00DF549F"/>
     <w:rsid w:val="00DF5E3A"/>
     <w:rsid w:val="00DF64C7"/>
     <w:rsid w:val="00DF6E89"/>
     <w:rsid w:val="00DF6FED"/>
     <w:rsid w:val="00DF778C"/>
     <w:rsid w:val="00DF7D64"/>
     <w:rsid w:val="00E01555"/>
     <w:rsid w:val="00E03D0E"/>
+    <w:rsid w:val="00E03D47"/>
     <w:rsid w:val="00E0742D"/>
     <w:rsid w:val="00E102E9"/>
     <w:rsid w:val="00E12E82"/>
     <w:rsid w:val="00E13B2E"/>
     <w:rsid w:val="00E13D2C"/>
     <w:rsid w:val="00E14C42"/>
     <w:rsid w:val="00E15187"/>
     <w:rsid w:val="00E16902"/>
     <w:rsid w:val="00E200E0"/>
     <w:rsid w:val="00E21CE5"/>
     <w:rsid w:val="00E23A49"/>
     <w:rsid w:val="00E24EB5"/>
+    <w:rsid w:val="00E25666"/>
     <w:rsid w:val="00E25E77"/>
     <w:rsid w:val="00E26A73"/>
     <w:rsid w:val="00E27257"/>
     <w:rsid w:val="00E27C8B"/>
     <w:rsid w:val="00E27E53"/>
     <w:rsid w:val="00E3053F"/>
     <w:rsid w:val="00E317F4"/>
     <w:rsid w:val="00E31ACD"/>
     <w:rsid w:val="00E344DE"/>
     <w:rsid w:val="00E34870"/>
     <w:rsid w:val="00E35D8F"/>
     <w:rsid w:val="00E37326"/>
     <w:rsid w:val="00E375A4"/>
     <w:rsid w:val="00E403B4"/>
     <w:rsid w:val="00E41B16"/>
     <w:rsid w:val="00E45E00"/>
     <w:rsid w:val="00E46C8A"/>
     <w:rsid w:val="00E46F77"/>
     <w:rsid w:val="00E4769E"/>
     <w:rsid w:val="00E5031C"/>
     <w:rsid w:val="00E510F0"/>
     <w:rsid w:val="00E57585"/>
     <w:rsid w:val="00E61B48"/>
     <w:rsid w:val="00E61D00"/>
     <w:rsid w:val="00E626F3"/>
     <w:rsid w:val="00E6366E"/>
     <w:rsid w:val="00E63E43"/>
     <w:rsid w:val="00E664CD"/>
     <w:rsid w:val="00E66606"/>
     <w:rsid w:val="00E67F1F"/>
     <w:rsid w:val="00E7044E"/>
     <w:rsid w:val="00E71999"/>
     <w:rsid w:val="00E71A2E"/>
     <w:rsid w:val="00E743AD"/>
     <w:rsid w:val="00E74D02"/>
     <w:rsid w:val="00E774DF"/>
     <w:rsid w:val="00E779A3"/>
     <w:rsid w:val="00E812CC"/>
     <w:rsid w:val="00E82221"/>
     <w:rsid w:val="00E84D53"/>
     <w:rsid w:val="00E867A6"/>
     <w:rsid w:val="00E91C58"/>
     <w:rsid w:val="00E924C4"/>
     <w:rsid w:val="00E9310C"/>
     <w:rsid w:val="00E93771"/>
+    <w:rsid w:val="00E93EB1"/>
     <w:rsid w:val="00E943CA"/>
     <w:rsid w:val="00E9474D"/>
     <w:rsid w:val="00E962DE"/>
     <w:rsid w:val="00EA1C7C"/>
     <w:rsid w:val="00EA2F74"/>
     <w:rsid w:val="00EA36D4"/>
     <w:rsid w:val="00EA3858"/>
+    <w:rsid w:val="00EA5F60"/>
     <w:rsid w:val="00EA6458"/>
     <w:rsid w:val="00EA6531"/>
+    <w:rsid w:val="00EA66A7"/>
     <w:rsid w:val="00EA7EAC"/>
     <w:rsid w:val="00EB0BBC"/>
     <w:rsid w:val="00EB0FBC"/>
     <w:rsid w:val="00EB1824"/>
     <w:rsid w:val="00EB4206"/>
     <w:rsid w:val="00EB5E80"/>
     <w:rsid w:val="00EB714F"/>
     <w:rsid w:val="00EB75F6"/>
     <w:rsid w:val="00EC03D8"/>
     <w:rsid w:val="00EC11D3"/>
     <w:rsid w:val="00EC2113"/>
     <w:rsid w:val="00EC2931"/>
     <w:rsid w:val="00EC2FAF"/>
     <w:rsid w:val="00EC593A"/>
     <w:rsid w:val="00EC5AF1"/>
     <w:rsid w:val="00EC60FA"/>
     <w:rsid w:val="00EC70DF"/>
     <w:rsid w:val="00EC7AB2"/>
     <w:rsid w:val="00ED0D53"/>
     <w:rsid w:val="00ED11EF"/>
     <w:rsid w:val="00ED2D8C"/>
     <w:rsid w:val="00ED4FB4"/>
     <w:rsid w:val="00EE1805"/>
+    <w:rsid w:val="00EE344D"/>
     <w:rsid w:val="00EE428E"/>
     <w:rsid w:val="00EE53BD"/>
     <w:rsid w:val="00EE5404"/>
     <w:rsid w:val="00EE646F"/>
     <w:rsid w:val="00EE75CF"/>
     <w:rsid w:val="00EF01DA"/>
+    <w:rsid w:val="00EF1320"/>
     <w:rsid w:val="00EF19B9"/>
     <w:rsid w:val="00EF1A77"/>
     <w:rsid w:val="00EF1CBD"/>
     <w:rsid w:val="00EF2200"/>
     <w:rsid w:val="00EF34AB"/>
     <w:rsid w:val="00EF3DBD"/>
     <w:rsid w:val="00EF45FA"/>
+    <w:rsid w:val="00EF6CF3"/>
     <w:rsid w:val="00EF6F5C"/>
     <w:rsid w:val="00F00477"/>
     <w:rsid w:val="00F012F7"/>
     <w:rsid w:val="00F015EB"/>
     <w:rsid w:val="00F025B7"/>
     <w:rsid w:val="00F02769"/>
     <w:rsid w:val="00F04A48"/>
     <w:rsid w:val="00F05A9D"/>
     <w:rsid w:val="00F1268F"/>
     <w:rsid w:val="00F130F1"/>
     <w:rsid w:val="00F133F5"/>
     <w:rsid w:val="00F13EDD"/>
     <w:rsid w:val="00F15023"/>
     <w:rsid w:val="00F15229"/>
+    <w:rsid w:val="00F17CBC"/>
     <w:rsid w:val="00F206B2"/>
     <w:rsid w:val="00F22F1F"/>
     <w:rsid w:val="00F23CC9"/>
     <w:rsid w:val="00F23ED5"/>
     <w:rsid w:val="00F24B9C"/>
+    <w:rsid w:val="00F25980"/>
+    <w:rsid w:val="00F25B80"/>
     <w:rsid w:val="00F27872"/>
     <w:rsid w:val="00F301B4"/>
     <w:rsid w:val="00F30691"/>
     <w:rsid w:val="00F33137"/>
     <w:rsid w:val="00F353E4"/>
     <w:rsid w:val="00F3655E"/>
     <w:rsid w:val="00F36ACA"/>
     <w:rsid w:val="00F3739D"/>
     <w:rsid w:val="00F3793A"/>
     <w:rsid w:val="00F37978"/>
     <w:rsid w:val="00F403DE"/>
     <w:rsid w:val="00F40557"/>
     <w:rsid w:val="00F4077A"/>
     <w:rsid w:val="00F41987"/>
     <w:rsid w:val="00F42D68"/>
     <w:rsid w:val="00F438FE"/>
     <w:rsid w:val="00F43A8A"/>
     <w:rsid w:val="00F43EF0"/>
     <w:rsid w:val="00F45241"/>
     <w:rsid w:val="00F45475"/>
     <w:rsid w:val="00F45492"/>
     <w:rsid w:val="00F45FEE"/>
     <w:rsid w:val="00F46CD0"/>
     <w:rsid w:val="00F46E2B"/>
     <w:rsid w:val="00F5158C"/>
     <w:rsid w:val="00F52EEA"/>
     <w:rsid w:val="00F53979"/>
     <w:rsid w:val="00F53E36"/>
     <w:rsid w:val="00F6011A"/>
     <w:rsid w:val="00F60389"/>
     <w:rsid w:val="00F60ABD"/>
     <w:rsid w:val="00F62115"/>
     <w:rsid w:val="00F6242E"/>
     <w:rsid w:val="00F624BC"/>
     <w:rsid w:val="00F62CDB"/>
     <w:rsid w:val="00F62E06"/>
+    <w:rsid w:val="00F62EBA"/>
+    <w:rsid w:val="00F642AB"/>
     <w:rsid w:val="00F65497"/>
     <w:rsid w:val="00F65FD4"/>
     <w:rsid w:val="00F66453"/>
     <w:rsid w:val="00F667A7"/>
     <w:rsid w:val="00F6751D"/>
     <w:rsid w:val="00F700E6"/>
     <w:rsid w:val="00F71394"/>
     <w:rsid w:val="00F7178F"/>
     <w:rsid w:val="00F734DA"/>
     <w:rsid w:val="00F7363D"/>
     <w:rsid w:val="00F74944"/>
     <w:rsid w:val="00F771BA"/>
     <w:rsid w:val="00F773F7"/>
     <w:rsid w:val="00F77E85"/>
     <w:rsid w:val="00F81C3B"/>
     <w:rsid w:val="00F838D2"/>
     <w:rsid w:val="00F842A5"/>
     <w:rsid w:val="00F8459F"/>
     <w:rsid w:val="00F85796"/>
     <w:rsid w:val="00F863DD"/>
     <w:rsid w:val="00F901E8"/>
+    <w:rsid w:val="00F90257"/>
     <w:rsid w:val="00F903D4"/>
     <w:rsid w:val="00F9064C"/>
     <w:rsid w:val="00F918DB"/>
     <w:rsid w:val="00F933CE"/>
     <w:rsid w:val="00F93976"/>
     <w:rsid w:val="00F94014"/>
     <w:rsid w:val="00F9430E"/>
     <w:rsid w:val="00F948E8"/>
     <w:rsid w:val="00F96748"/>
     <w:rsid w:val="00F9693C"/>
     <w:rsid w:val="00FA1D8B"/>
     <w:rsid w:val="00FA32D7"/>
+    <w:rsid w:val="00FA4237"/>
     <w:rsid w:val="00FA430D"/>
     <w:rsid w:val="00FA4AEE"/>
     <w:rsid w:val="00FB1DA6"/>
     <w:rsid w:val="00FB2058"/>
     <w:rsid w:val="00FB3B4D"/>
+    <w:rsid w:val="00FB4500"/>
     <w:rsid w:val="00FB4911"/>
     <w:rsid w:val="00FB5B03"/>
     <w:rsid w:val="00FB62A8"/>
     <w:rsid w:val="00FB7121"/>
     <w:rsid w:val="00FC046F"/>
     <w:rsid w:val="00FC0C80"/>
     <w:rsid w:val="00FC3BCD"/>
     <w:rsid w:val="00FC3F68"/>
+    <w:rsid w:val="00FC5389"/>
     <w:rsid w:val="00FD1AB9"/>
     <w:rsid w:val="00FD3DAF"/>
     <w:rsid w:val="00FD4282"/>
     <w:rsid w:val="00FE0446"/>
     <w:rsid w:val="00FE0CB2"/>
     <w:rsid w:val="00FE15AE"/>
     <w:rsid w:val="00FE1FF8"/>
     <w:rsid w:val="00FE207C"/>
     <w:rsid w:val="00FE363B"/>
     <w:rsid w:val="00FE46B5"/>
     <w:rsid w:val="00FE527B"/>
     <w:rsid w:val="00FE6572"/>
     <w:rsid w:val="00FE7BA8"/>
     <w:rsid w:val="00FF1328"/>
     <w:rsid w:val="00FF184B"/>
     <w:rsid w:val="00FF2490"/>
     <w:rsid w:val="00FF310F"/>
     <w:rsid w:val="00FF4991"/>
     <w:rsid w:val="00FF50A3"/>
     <w:rsid w:val="00FF61F0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -23382,51 +23644,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="22C52541"/>
   <w15:docId w15:val="{40E0BD7A-9081-4C68-9EEE-2DC83D7A05EB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS Mincho" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -23793,51 +24055,51 @@
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00042B8A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="005536EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="MS Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005536EE"/>
@@ -23868,185 +24130,185 @@
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:color w:val="243F60"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="243F60"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="000755EE"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
-        <w:numId w:val="1"/>
+        <w:numId w:val="17"/>
       </w:numPr>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -24387,97 +24649,97 @@
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007444AC"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="0000FF"/>
       <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="008D51C1"/>
     <w:pPr>
       <w:spacing w:before="1680" w:after="240"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="6A1A41"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="008D51C1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="6A1A41"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="56"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:rsid w:val="00126611"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="565A5C"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00126611"/>
     <w:rPr>
-      <w:rFonts w:ascii="Arial bold" w:hAnsi="Arial bold"/>
+      <w:rFonts w:ascii="Arial Bold" w:hAnsi="Arial Bold"/>
       <w:b/>
       <w:color w:val="565A5C"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="40"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00193880"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Classification">
     <w:name w:val="Classification"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00193880"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
@@ -24958,51 +25220,51 @@
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1247"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00050D16"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="83454057">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="666324675">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -25071,51 +25333,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1853494802">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/srsoperationalguidance/SMF-PRO-004_Physical%20Evidence%20Management.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:RiskAndAssurance@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/human-resources/safety-health/Pages/employee-welfare.aspx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/srsoperationalguidance/SMF-PRO-004%20Physical%20Evidence%20Management.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WHSTeam@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IntelligenceServices@justice.wa.gov.au?subject=Intelligence%20Services" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WHSTeam@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=staff%20drug%20and%20alcohol%20testing%20policy&amp;ql=3081" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=staff%20drug%20and%20alcohol%20testing%20policy&amp;ql=3081" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/organisation/department-of-communities/bereavement-assistance-program" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prisonersreviewboardregistrar@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/srsoperationalguidance/SMF-PRO-004_Physical%20Evidence%20Management.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wa.gov.au/organisation/department-of-communities/bereavement-assistance-program" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:prisonersreviewboardregistrar@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/ops-standards.aspx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.slp.wa.gov.au/legislation/statutes.nsf/main_mrtitle_751_homepage.html" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/security-intelligence/security-response/Pages/srs-operational-guidance.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WHSTeam@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Informationrelease@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IntelligenceServices@justice.wa.gov.au?subject=Intelligence%20Services" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/human-resources/safety-health/Pages/employee-welfare.aspx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/department/standards/Pages/monitoring.aspx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WHSTeam@justice.wa.gov.au" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=staff%20drug%20and%20alcohol%20testing%20policy&amp;ql=3081" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/:w:/r/sites/security-intelligence/security-response/_layouts/15/Doc.aspx?sourcedoc=%7BD460C6EB-4DFA-4DAB-97D1-4D97F9C8466D%7D&amp;file=SMF-TOO-015%20Incident%20or%20Crime%20Scene%20Entry%20%26%20Exit%20Log.docx&amp;action=default&amp;mobileredirect=true" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/search/Pages/results.aspx?k=staff%20drug%20and%20alcohol%20testing%20policy&amp;ql=3081" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dojwa.sharepoint.com/sites/intranet/prison-operations/Pages/prison-copps.aspx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -25384,50 +25646,132 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <pa8a0a93780a4945b3173f20d8e45055 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Policies and Guidelines</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">17b6b9e0-e741-42ae-bcca-e1208f0099dc</TermId>
+        </TermInfo>
+      </Terms>
+    </pa8a0a93780a4945b3173f20d8e45055>
+    <Contributor_x0020_Name xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Stead, Gail</DisplayName>
+        <AccountId>1014</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Name>
+    <Published_x0020_Year xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">2020</Published_x0020_Year>
+    <_DCDateModified xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <_Publisher xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Department of Justice</_Publisher>
+    <Date_x0020_Valid_x0020_To xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <Position xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">Senior Project Officer</Position>
+    <n398ab4bf91e43a0a550736abedc299f xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Corrective Services</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">ce9ba758-ea71-457b-9a14-44db9922bfb4</TermId>
+        </TermInfo>
+      </Terms>
+    </n398ab4bf91e43a0a550736abedc299f>
+    <TaxCatchAll xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Value>43</Value>
+      <Value>11</Value>
+      <Value>1</Value>
+      <Value>21</Value>
+    </TaxCatchAll>
+    <kf620cb349b946fa81ca1074c0b3c5af xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Operational Support</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">06b4752c-4a05-4733-84b5-3d0fa3cfc36b</TermId>
+        </TermInfo>
+      </Terms>
+    </kf620cb349b946fa81ca1074c0b3c5af>
+    <CategoryDescription xmlns="http://schemas.microsoft.com/sharepoint.v3">Policy linked to incident management for death of a  prisoner</CategoryDescription>
+    <_ResourceType xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Documents</_ResourceType>
+    <g2cdfbdd30c849e9bbb5c12aa747ff35 xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Publication</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">d5b3d387-833e-4939-b8d3-e5218353d246</TermId>
+        </TermInfo>
+      </Terms>
+    </g2cdfbdd30c849e9bbb5c12aa747ff35>
+    <Contributor_x0020_Email xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1">
+      <UserInfo>
+        <DisplayName>Stead, Gail</DisplayName>
+        <AccountId>1014</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </Contributor_x0020_Email>
+    <Date_x0020_Valid_x0020_From xmlns="87620643-678a-4ec4-b8d1-35ea5295a2f1" xsi:nil="true"/>
+    <_DCDateCreated xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="15230902-a580-4ba6-8738-a56353c9ac26" ContentTypeId="0x010100C5D63A055CE82242A2E4B837C82D470C" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="DCS Document" ma:contentTypeID="0x010100C5D63A055CE82242A2E4B837C82D470C009D283A2B4D092640B099EBA98FA54080" ma:contentTypeVersion="3" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="42d774b5afd53731e8863daee413fbf1">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="87620643-678a-4ec4-b8d1-35ea5295a2f1" xmlns:ns3="http://schemas.microsoft.com/sharepoint.v3" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="080184096bd90cb745b174dd50cf4b27" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint.v3"/>
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns3:CategoryDescription"/>
                 <xsd:element ref="ns4:_ResourceType" minOccurs="0"/>
                 <xsd:element ref="ns4:_Publisher" minOccurs="0"/>
                 <xsd:element ref="ns2:Published_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Contributor_x0020_Name"/>
                 <xsd:element ref="ns2:Contributor_x0020_Email"/>
                 <xsd:element ref="ns2:Position" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_From" minOccurs="0"/>
                 <xsd:element ref="ns2:Date_x0020_Valid_x0020_To" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateCreated" minOccurs="0"/>
                 <xsd:element ref="ns4:_DCDateModified" minOccurs="0"/>
                 <xsd:element ref="ns2:n398ab4bf91e43a0a550736abedc299f" minOccurs="0"/>
@@ -25677,223 +26021,141 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...80 lines deleted...]
-
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{37D31270-8447-466A-B9FE-DA2C0C9A5A75}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0FB0FFF2-7B4A-4717-AA7C-B8857DAA5CD4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E171D0D4-FBD3-4076-A952-B1BC63707D36}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{63CC65BD-572A-40EC-A137-96342E8E3756}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="87620643-678a-4ec4-b8d1-35ea5295a2f1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint.v3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...26 lines deleted...]
-
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BAEEA0B-C86F-443B-9486-2717838C88AC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>44911</Characters>
+  <Pages>27</Pages>
+  <Words>8335</Words>
+  <Characters>45510</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>8</DocSecurity>
-  <Lines>1448</Lines>
-  <Paragraphs>830</Paragraphs>
+  <Lines>1468</Lines>
+  <Paragraphs>841</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>COPP 13.2 Death of a Priosner</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager>Nimilandra.Nageswaran@correctiveservices.wa.gov.au</Manager>
   <Company>Department of Justice</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>52306</CharactersWithSpaces>
+  <CharactersWithSpaces>53004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="24" baseType="variant">
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>20</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_Toc358819794</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1703997</vt:i4>
       </vt:variant>
       <vt:variant>